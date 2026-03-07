--- v0 (2025-10-13)
+++ v1 (2026-03-07)
@@ -12,415 +12,536 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL 035-2016 Projectors</t>
   </si>
   <si>
+    <t>This policy contains energy labeling requirements for projectors. It applies to LCD and DLP projectors that work normally under grid voltage with projection as the main function and high-pressure mercury lamps or metal halide lamps as the light source. It is not suitable for integrated projection units consisting of a projection screen and projector, e.g., professional projectors for cinema projection.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 8170; GB 20943; SJ/T 11332; SJ/T 11346</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-035-2016-projectors</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=e59e428822a54893b571a5cf2b9b4f56</t>
+  </si>
+  <si>
     <t>CQC31-452422-2019. Energy Conservation Certification Rules for Ethernet Switches</t>
   </si>
   <si>
+    <t>Applies to fixed port ethernet switch directly or indirectly connected to grid power. Does NOT apply to slot ethernet switch or DC-powered ethernet switch.</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3140-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452422-2019-energy-conservation-certification-rules-ethernet-switches</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/496852.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473232-2014. Energy Conservation Certification Rules for Video Recorder</t>
   </si>
   <si>
+    <t>Apply to video recorder directly or indirectly connected to grid power</t>
+  </si>
+  <si>
     <t>CQC 3149-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-473232-2014-energy-conservation-certification-rules-video-recorder</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/511496.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473421-2017. Energy Conservation Certification Rules for Lottery Sales Terminal</t>
   </si>
   <si>
+    <t>Apply to lottery sales terminal</t>
+  </si>
+  <si>
     <t>CQC 3162-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-473421-2017-energy-conservation-certification-rules-lottery-sales-terminal</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/547515.shtml</t>
+  </si>
+  <si>
     <t>CQC61-452628-2016. Energy Conservation and Environmentally-Friendly Certification Rules for Projectors</t>
   </si>
   <si>
+    <t>Applies to products of front projecting type with LCD and DMD</t>
+  </si>
+  <si>
     <t>GB 32028-2015; CQC 6102-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-452628-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-20/492563.shtml</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Home Gateway</t>
   </si>
   <si>
+    <t>Electronic products, with nameplate output power ofpower supply less than equal to 150W at LAN port whenthe maximum network traffic occur, that enable receivingexternal access networks, connecting home networkequipments based on wire/wireless networks, convertingprotocols, controlling, monitoring, managing and providingother home network related services</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-home-gateway</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Modem</t>
   </si>
   <si>
+    <t>Short for modulator-demodulator, it is a device withnameplate output power of power supply less than equalto 150W that enables data transmission from computers orterminals of communication devices over cable lines. Theapplication scope is limited to external modems with itsown power supply device, separated from computer orcommunication terminals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-modem</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Large Network Equipment Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Large Network Equipment, a device whose primary function is to pass Internet Protocol traffic among various network interfaces/ports, are eligible for ENERGY STAR certification under this specification. Products explicitly excluded from Version 1.1 are products that contain greater than four Physical Network Ports that have 100 Gb/s or higher link rate capability, as well as the following products:
+i. Small Network Equipment;
+ii. Computer Servers, including blade switches sold within a Blade Server configuration;
+iii. Storage Products, including Blade Storage;
+iv. Storage Networking Products;
+v. Security Appliances;
+vi. Access Point Controllers;
+vii. DSLAM/CMTS equipment;
+viii. Network Caching Devices; and
+ix. Load Balancing Devices.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Large Network Equipment (Rev. December-2015)</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-large-network-equipment-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/large_network_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Small Network Equipment Version 1.0</t>
   </si>
   <si>
+    <t>Products that meet the definition for Small Network Equipment (SNE) as specified herein are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2 of the policy document. In addition, SNE shall meet one of the following equipment type definitions:
+i. Broadband Modems (Cable, DSL);
+ii. Optical Network Termination Device (ONT);
+iii. Integrated Access Device (IAD);
+iv. Router;
+v. Switch; or
+vi. Access Point.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Small Network Equipment Rev. Aug-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-small-network-equipment-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/small_network_equipment/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Routers</t>
   </si>
   <si>
+    <t>It covers routers</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-routers</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors</t>
   </si>
   <si>
+    <t>Applies to LCD and DLP projector used majorly for projection that have High Pressure Mercury Lamp and or metal halide lamp as lighting source. This can serve as reference for solid state lighting projector and projectors with LCOS as display parts.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>GB-T8170 GB20943 SJ-T11332 SJ-T11346</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32028-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80950D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenmark N82 - Portable Projectors</t>
   </si>
   <si>
+    <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n82-portable-projectors</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1195
 ,   
                     TIS 1956 (or CISPR 32, EN 55032)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-81-R1-17.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -684,867 +805,978 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N18"/>
+  <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="166" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="166.245" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="517.731" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2015</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2017</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...9 lines deleted...]
-      <c r="K2" t="s">
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6">
+        <v>2016</v>
+      </c>
+      <c r="J6" t="s">
+        <v>35</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>57</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>58</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7">
+        <v>2020</v>
+      </c>
+      <c r="J7" t="s">
+        <v>59</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>60</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...23 lines deleted...]
-      <c r="L3" t="s">
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>65</v>
+      </c>
+      <c r="D8" t="s">
         <v>32</v>
       </c>
-      <c r="M3" t="s">
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>67</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>65</v>
+      </c>
+      <c r="D9" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" t="s">
         <v>33</v>
       </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>66</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>67</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>69</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>75</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
-[...265 lines deleted...]
-        <v>2016</v>
+      <c r="G10" t="s">
+        <v>58</v>
       </c>
       <c r="H10">
         <v>2016</v>
       </c>
-      <c r="I10" t="s">
+      <c r="I10">
+        <v>2016</v>
+      </c>
+      <c r="J10" t="s">
+        <v>76</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" t="s">
+        <v>78</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>75</v>
+      </c>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>76</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>83</v>
+      </c>
+      <c r="M11" t="s">
+        <v>78</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>84</v>
+      </c>
+      <c r="P11" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>86</v>
+      </c>
+      <c r="B12" t="s">
+        <v>87</v>
+      </c>
+      <c r="C12" t="s">
+        <v>88</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
         <v>58</v>
       </c>
-      <c r="J10" t="s">
-[...8 lines deleted...]
-      <c r="M10" t="s">
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2010</v>
+      </c>
+      <c r="J12" t="s">
+        <v>89</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N10" t="s">
-        <v>61</v>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>90</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>92</v>
       </c>
     </row>
-    <row r="11" spans="1:14">
-[...6 lines deleted...]
-      <c r="C11" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>95</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>76</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>96</v>
+      </c>
+      <c r="M13" t="s">
+        <v>97</v>
+      </c>
+      <c r="N13" t="s">
         <v>27</v>
       </c>
-      <c r="D11" t="s">
-[...5 lines deleted...]
-      <c r="F11" t="s">
+      <c r="O13" t="s">
+        <v>98</v>
+      </c>
+      <c r="P13" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>100</v>
+      </c>
+      <c r="B14" t="s">
+        <v>101</v>
+      </c>
+      <c r="C14" t="s">
+        <v>102</v>
+      </c>
+      <c r="D14" t="s">
         <v>19</v>
       </c>
-      <c r="G11">
+      <c r="E14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2014</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>103</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>100</v>
+      </c>
+      <c r="M14" t="s">
+        <v>104</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>105</v>
+      </c>
+      <c r="P14" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>107</v>
+      </c>
+      <c r="B15" t="s">
+        <v>108</v>
+      </c>
+      <c r="C15" t="s">
+        <v>109</v>
+      </c>
+      <c r="D15" t="s">
+        <v>110</v>
+      </c>
+      <c r="E15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>111</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>112</v>
+      </c>
+      <c r="M15" t="s">
+        <v>113</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>114</v>
+      </c>
+      <c r="P15" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>116</v>
+      </c>
+      <c r="B16" t="s">
+        <v>117</v>
+      </c>
+      <c r="C16" t="s">
+        <v>118</v>
+      </c>
+      <c r="D16" t="s">
+        <v>119</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>120</v>
+      </c>
+      <c r="G16" t="s">
+        <v>58</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16">
+        <v>2021</v>
+      </c>
+      <c r="J16" t="s">
+        <v>121</v>
+      </c>
+      <c r="K16" t="s">
+        <v>122</v>
+      </c>
+      <c r="L16" t="s">
+        <v>123</v>
+      </c>
+      <c r="M16" t="s">
+        <v>124</v>
+      </c>
+      <c r="N16" t="s">
+        <v>125</v>
+      </c>
+      <c r="O16" t="s">
+        <v>126</v>
+      </c>
+      <c r="P16" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>128</v>
+      </c>
+      <c r="B17" t="s">
+        <v>129</v>
+      </c>
+      <c r="C17" t="s">
+        <v>130</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>33</v>
+      </c>
+      <c r="F17" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>58</v>
+      </c>
+      <c r="H17">
         <v>2013</v>
       </c>
-      <c r="H11"/>
-[...12 lines deleted...]
-      <c r="M11" t="s">
+      <c r="I17">
+        <v>2018</v>
+      </c>
+      <c r="J17" t="s">
+        <v>131</v>
+      </c>
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="N11" t="s">
-        <v>64</v>
+      <c r="L17" t="s">
+        <v>132</v>
+      </c>
+      <c r="M17" t="s">
+        <v>133</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>134</v>
+      </c>
+      <c r="P17" t="s">
+        <v>135</v>
       </c>
     </row>
-    <row r="12" spans="1:14">
-[...6 lines deleted...]
-      <c r="C12" t="s">
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>136</v>
+      </c>
+      <c r="B18" t="s">
+        <v>137</v>
+      </c>
+      <c r="C18" t="s">
+        <v>138</v>
+      </c>
+      <c r="D18" t="s">
+        <v>139</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>95</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>140</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18"/>
+      <c r="N18" t="s">
         <v>27</v>
       </c>
-      <c r="D12" t="s">
-[...280 lines deleted...]
-        <v>107</v>
+      <c r="O18" t="s">
+        <v>141</v>
+      </c>
+      <c r="P18" t="s">
+        <v>142</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>