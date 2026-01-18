--- v0 (2025-11-26)
+++ v1 (2026-01-18)
@@ -597,50 +597,53 @@
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
     <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
@@ -744,53 +747,50 @@
     <t>https://www.energystar.gov/products/data_center_equipment/small_network_equipment/partners</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Routers</t>
   </si>
   <si>
     <t>It covers routers</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-routers</t>
   </si>
   <si>
     <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
   </si>
   <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
-  </si>
-[...1 lines deleted...]
-    <t>Superseded</t>
   </si>
   <si>
     <t>November 2025</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
   </si>
   <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
     <t>This standard revised minimum energy performance standards and grades for air cleaners:
  — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
 — Air cleaners with functions for removing particulate matter and gaseous pollutants;
 — Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
@@ -3151,393 +3151,393 @@
       </c>
       <c r="P29" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>190</v>
       </c>
       <c r="B30" t="s">
         <v>191</v>
       </c>
       <c r="C30" t="s">
         <v>192</v>
       </c>
       <c r="D30" t="s">
         <v>193</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
-        <v>35</v>
+        <v>194</v>
       </c>
       <c r="H30">
         <v>2017</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="K30" t="s">
         <v>37</v>
       </c>
       <c r="L30" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="M30" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="P30" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B31" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C31" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D31" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2016</v>
       </c>
       <c r="I31">
         <v>2019</v>
       </c>
       <c r="J31" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="K31" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="P31" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B32" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C32" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D32" t="s">
         <v>57</v>
       </c>
       <c r="E32" t="s">
         <v>58</v>
       </c>
       <c r="F32" t="s">
         <v>59</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2012</v>
       </c>
       <c r="I32">
         <v>2019</v>
       </c>
       <c r="J32" t="s">
         <v>60</v>
       </c>
       <c r="K32" t="s">
         <v>37</v>
       </c>
       <c r="L32" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="M32" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="P32" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B33" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C33" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D33" t="s">
         <v>67</v>
       </c>
       <c r="E33" t="s">
         <v>58</v>
       </c>
       <c r="F33" t="s">
         <v>59</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2016</v>
       </c>
       <c r="I33">
         <v>2016</v>
       </c>
       <c r="J33" t="s">
         <v>60</v>
       </c>
       <c r="K33" t="s">
         <v>37</v>
       </c>
       <c r="L33" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="M33" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="P33" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B34" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C34" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D34" t="s">
         <v>33</v>
       </c>
       <c r="E34" t="s">
         <v>58</v>
       </c>
       <c r="F34" t="s">
         <v>59</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2004</v>
       </c>
       <c r="I34">
         <v>2020</v>
       </c>
       <c r="J34" t="s">
         <v>60</v>
       </c>
       <c r="K34" t="s">
         <v>37</v>
       </c>
       <c r="L34" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="M34" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="P34" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B35" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C35" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D35" t="s">
         <v>67</v>
       </c>
       <c r="E35" t="s">
         <v>58</v>
       </c>
       <c r="F35" t="s">
         <v>59</v>
       </c>
       <c r="G35" t="s">
         <v>35</v>
       </c>
       <c r="H35">
         <v>2013</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
         <v>60</v>
       </c>
       <c r="K35" t="s">
         <v>37</v>
       </c>
       <c r="L35" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="M35" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="P35" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B36" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C36" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D36" t="s">
         <v>67</v>
       </c>
       <c r="E36" t="s">
         <v>58</v>
       </c>
       <c r="F36" t="s">
         <v>34</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2008</v>
       </c>
       <c r="I36">
         <v>2010</v>
       </c>
       <c r="J36" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="K36" t="s">
         <v>37</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="P36" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B37" t="s">
         <v>31</v>
       </c>
       <c r="C37" t="s">
         <v>32</v>
       </c>
       <c r="D37" t="s">
         <v>33</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>238</v>
+        <v>194</v>
       </c>
       <c r="H37">
         <v>2018</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
         <v>239</v>
       </c>
       <c r="K37" t="s">
         <v>37</v>
       </c>
       <c r="L37" t="s">
         <v>38</v>
       </c>
       <c r="M37" t="s">
         <v>240</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
         <v>241</v>
       </c>
       <c r="P37" t="s">
         <v>242</v>
@@ -3966,101 +3966,101 @@
       </c>
       <c r="O46" t="s">
         <v>285</v>
       </c>
       <c r="P46" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
         <v>287</v>
       </c>
       <c r="B47" t="s">
         <v>288</v>
       </c>
       <c r="C47" t="s">
         <v>289</v>
       </c>
       <c r="D47" t="s">
         <v>45</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2012</v>
       </c>
       <c r="I47">
         <v>2014</v>
       </c>
       <c r="J47" t="s">
         <v>136</v>
       </c>
       <c r="K47" t="s">
         <v>37</v>
       </c>
       <c r="L47" t="s">
         <v>290</v>
       </c>
       <c r="M47" t="s">
         <v>291</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
         <v>292</v>
       </c>
       <c r="P47" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
         <v>294</v>
       </c>
       <c r="B48" t="s">
         <v>295</v>
       </c>
       <c r="C48" t="s">
         <v>296</v>
       </c>
       <c r="D48" t="s">
         <v>297</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2008</v>
       </c>
       <c r="I48">
         <v>2020</v>
       </c>
       <c r="J48" t="s">
         <v>298</v>
       </c>
       <c r="K48" t="s">
         <v>37</v>
       </c>
       <c r="L48" t="s">
         <v>299</v>
       </c>
       <c r="M48" t="s">
         <v>300</v>
       </c>
       <c r="N48" t="s">
         <v>252</v>
       </c>
@@ -4270,51 +4270,51 @@
         <v>314</v>
       </c>
       <c r="B53"/>
       <c r="C53" t="s">
         <v>148</v>
       </c>
       <c r="D53" t="s">
         <v>57</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>21</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2011</v>
       </c>
       <c r="I53">
         <v>2018</v>
       </c>
       <c r="J53" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="K53" t="s">
         <v>37</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
         <v>315</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
         <v>316</v>
       </c>
       <c r="P53" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
         <v>318</v>
       </c>
       <c r="B54" t="s">
         <v>319</v>
       </c>
@@ -4402,101 +4402,101 @@
       </c>
       <c r="O55" t="s">
         <v>333</v>
       </c>
       <c r="P55" t="s">
         <v>334</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
         <v>335</v>
       </c>
       <c r="B56" t="s">
         <v>336</v>
       </c>
       <c r="C56" t="s">
         <v>337</v>
       </c>
       <c r="D56" t="s">
         <v>338</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2017</v>
       </c>
       <c r="I56">
         <v>2021</v>
       </c>
       <c r="J56" t="s">
         <v>339</v>
       </c>
       <c r="K56" t="s">
         <v>340</v>
       </c>
       <c r="L56" t="s">
         <v>341</v>
       </c>
       <c r="M56" t="s">
         <v>342</v>
       </c>
       <c r="N56" t="s">
         <v>252</v>
       </c>
       <c r="O56" t="s">
         <v>343</v>
       </c>
       <c r="P56" t="s">
         <v>344</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
         <v>345</v>
       </c>
       <c r="B57" t="s">
         <v>346</v>
       </c>
       <c r="C57" t="s">
         <v>347</v>
       </c>
       <c r="D57" t="s">
         <v>89</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="G57" t="s">
         <v>348</v>
       </c>
       <c r="H57">
         <v>2024</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
         <v>349</v>
       </c>
       <c r="K57" t="s">
         <v>37</v>
       </c>
       <c r="L57" t="s">
         <v>350</v>
       </c>
       <c r="M57" t="s">
         <v>351</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
         <v>352</v>
@@ -4558,51 +4558,51 @@
     <row r="59" spans="1:16">
       <c r="A59" t="s">
         <v>358</v>
       </c>
       <c r="B59" t="s">
         <v>359</v>
       </c>
       <c r="C59" t="s">
         <v>360</v>
       </c>
       <c r="D59" t="s">
         <v>361</v>
       </c>
       <c r="E59" t="s">
         <v>58</v>
       </c>
       <c r="F59" t="s">
         <v>59</v>
       </c>
       <c r="G59" t="s">
         <v>362</v>
       </c>
       <c r="H59"/>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="K59" t="s">
         <v>37</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
         <v>363</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
         <v>364</v>
       </c>
       <c r="P59" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
         <v>366</v>
       </c>
       <c r="B60" t="s">
         <v>367</v>
       </c>
@@ -5034,51 +5034,51 @@
         <v>422</v>
       </c>
       <c r="B69" t="s">
         <v>423</v>
       </c>
       <c r="C69" t="s">
         <v>417</v>
       </c>
       <c r="D69" t="s">
         <v>45</v>
       </c>
       <c r="E69" t="s">
         <v>58</v>
       </c>
       <c r="F69" t="s">
         <v>34</v>
       </c>
       <c r="G69" t="s">
         <v>35</v>
       </c>
       <c r="H69">
         <v>2015</v>
       </c>
       <c r="I69"/>
       <c r="J69" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="K69" t="s">
         <v>37</v>
       </c>
       <c r="L69" t="s">
         <v>424</v>
       </c>
       <c r="M69" t="s">
         <v>419</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
         <v>425</v>
       </c>
       <c r="P69" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
         <v>427</v>
       </c>
       <c r="B70" t="s">