--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -12,218 +12,243 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-439343-2020. Energy Conservation Certification Rules for Refrigerated Beverage Vending Machines</t>
   </si>
   <si>
+    <t>Apply to refrigerated beverage bending machines</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 26920.3-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439343-2020-energy-conservation-certification-rules-refrigerated-beverage-vending</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-19/556980.shtml</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Refrigerated Beverage Vending Machines Version 4.0</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Refrigerated Beverage Vending Machine and Class A, Class B, Combination A, or Combination B, including new and rebuilt, as specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>10 CFR Part 431 Subpart Q, Appendix B</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-refrigerated-beverage-vending-machines-version-40</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/vending_machines/partners</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
+  </si>
+  <si>
+    <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>EN 16901
 ,   
                     EN 16902
 ,   
                     EN 50597
 ,   
                     EN ISO 23953-2</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-direct-sales-function</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-10.htm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -487,279 +512,306 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="149" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="743.104" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="80.123" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2004</v>
+      </c>
+      <c r="I3">
         <v>2020</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...75 lines deleted...]
-        <v>40</v>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>