--- v0 (2025-11-29)
+++ v1 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="270">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="264">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -486,125 +486,100 @@
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
     <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...30 lines deleted...]
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
   </si>
   <si>
     <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
 (b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenmark N81 - Fans</t>
   </si>
   <si>
     <t>Applies to the five types of fans specified in the five respective CNS standards: table-top and wall-hanging fans; ceiling fans; floor-standing fans; floor fans; and automatic oscillating ceiling fans.</t>
   </si>
   <si>
     <t>CNS 547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n81-fans</t>
   </si>
   <si>
     <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/81/cab018ef-810e-4809-a57a-c05e4ff4373c.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Energy Saving Device for Monitors</t>
   </si>
   <si>
     <t>Energy saving device for monitor: controlling monitor power by detecting human body with sensor, whose net power consumption is less than 1.8W</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-energy-saving-device-monitors</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
   </si>
@@ -1200,51 +1175,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P35"/>
+  <dimension ref="A1:P34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="98.976" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -2111,857 +2086,807 @@
       </c>
       <c r="M18" t="s">
         <v>153</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>154</v>
       </c>
       <c r="P18" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>156</v>
       </c>
       <c r="B19" t="s">
         <v>157</v>
       </c>
       <c r="C19" t="s">
         <v>158</v>
       </c>
       <c r="D19" t="s">
-        <v>44</v>
+        <v>88</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>119</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2013</v>
       </c>
       <c r="I19">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J19" t="s">
         <v>159</v>
       </c>
       <c r="K19" t="s">
         <v>46</v>
       </c>
       <c r="L19" t="s">
         <v>160</v>
       </c>
       <c r="M19" t="s">
         <v>161</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>162</v>
       </c>
       <c r="P19" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>164</v>
       </c>
       <c r="B20" t="s">
         <v>165</v>
       </c>
       <c r="C20" t="s">
-        <v>166</v>
+        <v>103</v>
       </c>
       <c r="D20" t="s">
-        <v>88</v>
+        <v>44</v>
       </c>
       <c r="E20" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F20" t="s">
-        <v>119</v>
+        <v>61</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H20">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>167</v>
+        <v>104</v>
       </c>
       <c r="K20" t="s">
         <v>46</v>
       </c>
       <c r="L20" t="s">
+        <v>166</v>
+      </c>
+      <c r="M20" t="s">
+        <v>112</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>167</v>
+      </c>
+      <c r="P20" t="s">
         <v>168</v>
-      </c>
-[...10 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>169</v>
+      </c>
+      <c r="B21" t="s">
+        <v>170</v>
+      </c>
+      <c r="C21" t="s">
+        <v>158</v>
+      </c>
+      <c r="D21" t="s">
+        <v>88</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>119</v>
+      </c>
+      <c r="G21" t="s">
         <v>171</v>
       </c>
-      <c r="B21" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H21">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>104</v>
+        <v>172</v>
       </c>
       <c r="K21" t="s">
         <v>46</v>
       </c>
       <c r="L21" t="s">
         <v>173</v>
       </c>
       <c r="M21" t="s">
-        <v>112</v>
+        <v>161</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>174</v>
       </c>
       <c r="P21" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>176</v>
       </c>
       <c r="B22" t="s">
         <v>177</v>
       </c>
       <c r="C22" t="s">
-        <v>166</v>
+        <v>96</v>
       </c>
       <c r="D22" t="s">
-        <v>88</v>
+        <v>60</v>
       </c>
       <c r="E22" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F22" t="s">
-        <v>119</v>
+        <v>61</v>
       </c>
       <c r="G22" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
       <c r="H22">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I22"/>
+        <v>1996</v>
+      </c>
+      <c r="I22">
+        <v>2010</v>
+      </c>
       <c r="J22" t="s">
-        <v>178</v>
+        <v>97</v>
       </c>
       <c r="K22" t="s">
         <v>46</v>
       </c>
-      <c r="L22" t="s">
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>98</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>178</v>
+      </c>
+      <c r="P22" t="s">
         <v>179</v>
-      </c>
-[...10 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>180</v>
+      </c>
+      <c r="B23" t="s">
+        <v>181</v>
+      </c>
+      <c r="C23" t="s">
+        <v>80</v>
+      </c>
+      <c r="D23" t="s">
         <v>182</v>
       </c>
-      <c r="B23" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E23" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>61</v>
+        <v>119</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H23">
-        <v>1996</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
-        <v>97</v>
+        <v>74</v>
       </c>
       <c r="K23" t="s">
         <v>46</v>
       </c>
-      <c r="L23"/>
+      <c r="L23" t="s">
+        <v>183</v>
+      </c>
       <c r="M23" t="s">
-        <v>98</v>
+        <v>82</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
         <v>184</v>
       </c>
       <c r="P23" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>186</v>
       </c>
       <c r="B24" t="s">
         <v>187</v>
       </c>
       <c r="C24" t="s">
-        <v>80</v>
+        <v>188</v>
       </c>
       <c r="D24" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>62</v>
       </c>
       <c r="H24">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>74</v>
+        <v>189</v>
       </c>
       <c r="K24" t="s">
         <v>46</v>
       </c>
-      <c r="L24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L24"/>
       <c r="M24" t="s">
-        <v>82</v>
+        <v>190</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="P24" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B25" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C25" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D25" t="s">
-        <v>188</v>
+        <v>88</v>
       </c>
       <c r="E25" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F25" t="s">
-        <v>21</v>
+        <v>196</v>
       </c>
       <c r="G25" t="s">
         <v>62</v>
       </c>
       <c r="H25">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="K25" t="s">
         <v>46</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="P25" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B26" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="C26" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D26" t="s">
-        <v>88</v>
+        <v>44</v>
       </c>
       <c r="E26" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>202</v>
+        <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
       <c r="H26">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I26"/>
+        <v>2008</v>
+      </c>
+      <c r="I26">
+        <v>2017</v>
+      </c>
       <c r="J26" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="K26" t="s">
         <v>46</v>
       </c>
-      <c r="L26"/>
+      <c r="L26" t="s">
+        <v>205</v>
+      </c>
       <c r="M26" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="P26" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B27" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C27" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="D27" t="s">
         <v>44</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>21</v>
+        <v>119</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2008</v>
+        <v>2014</v>
       </c>
       <c r="I27">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="J27" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="K27" t="s">
         <v>46</v>
       </c>
       <c r="L27" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="M27" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="P27" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B28" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C28" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D28" t="s">
-        <v>44</v>
+        <v>220</v>
       </c>
       <c r="E28" t="s">
-        <v>20</v>
+        <v>221</v>
       </c>
       <c r="F28" t="s">
         <v>119</v>
       </c>
       <c r="G28" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="H28"/>
+      <c r="I28"/>
       <c r="J28" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="K28" t="s">
         <v>46</v>
       </c>
-      <c r="L28" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L28"/>
+      <c r="M28"/>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="P28" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B29" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C29" t="s">
-        <v>225</v>
+        <v>203</v>
       </c>
       <c r="D29" t="s">
-        <v>226</v>
+        <v>88</v>
       </c>
       <c r="E29" t="s">
-        <v>227</v>
+        <v>33</v>
       </c>
       <c r="F29" t="s">
-        <v>119</v>
+        <v>61</v>
       </c>
       <c r="G29" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-      <c r="I29"/>
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>1997</v>
+      </c>
+      <c r="I29">
+        <v>2011</v>
+      </c>
       <c r="J29" t="s">
-        <v>228</v>
+        <v>204</v>
       </c>
       <c r="K29" t="s">
         <v>46</v>
       </c>
-      <c r="L29"/>
-      <c r="M29"/>
+      <c r="L29" t="s">
+        <v>227</v>
+      </c>
+      <c r="M29" t="s">
+        <v>228</v>
+      </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
         <v>229</v>
       </c>
       <c r="P29" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>231</v>
       </c>
       <c r="B30" t="s">
         <v>232</v>
       </c>
       <c r="C30" t="s">
-        <v>209</v>
+        <v>233</v>
       </c>
       <c r="D30" t="s">
-        <v>88</v>
+        <v>234</v>
       </c>
       <c r="E30" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>61</v>
+        <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>1997</v>
+        <v>2009</v>
       </c>
       <c r="I30">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="J30" t="s">
-        <v>210</v>
+        <v>45</v>
       </c>
       <c r="K30" t="s">
         <v>46</v>
       </c>
-      <c r="L30" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L30"/>
       <c r="M30" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="P30" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B31" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C31" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D31" t="s">
-        <v>240</v>
+        <v>44</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>21</v>
+        <v>119</v>
       </c>
       <c r="G31" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H31">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I31"/>
       <c r="J31" t="s">
-        <v>45</v>
+        <v>172</v>
       </c>
       <c r="K31" t="s">
         <v>46</v>
       </c>
-      <c r="L31"/>
+      <c r="L31" t="s">
+        <v>241</v>
+      </c>
       <c r="M31" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="P31" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B32" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C32" t="s">
-        <v>246</v>
+        <v>71</v>
       </c>
       <c r="D32" t="s">
-        <v>44</v>
+        <v>88</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>119</v>
       </c>
       <c r="G32" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
       <c r="H32">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I32"/>
+        <v>2007</v>
+      </c>
+      <c r="I32">
+        <v>2020</v>
+      </c>
       <c r="J32" t="s">
-        <v>178</v>
+        <v>74</v>
       </c>
       <c r="K32" t="s">
         <v>46</v>
       </c>
       <c r="L32" t="s">
         <v>247</v>
       </c>
       <c r="M32" t="s">
+        <v>75</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
         <v>248</v>
       </c>
-      <c r="N32" t="s">
-[...2 lines deleted...]
-      <c r="O32" t="s">
+      <c r="P32" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
+        <v>250</v>
+      </c>
+      <c r="B33" t="s">
         <v>251</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
+        <v>195</v>
+      </c>
+      <c r="D33" t="s">
         <v>252</v>
       </c>
-      <c r="C33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E33" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F33" t="s">
-        <v>119</v>
+        <v>61</v>
       </c>
       <c r="G33" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H33">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I33"/>
       <c r="J33" t="s">
-        <v>74</v>
+        <v>253</v>
       </c>
       <c r="K33" t="s">
         <v>46</v>
       </c>
       <c r="L33" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="M33" t="s">
-        <v>75</v>
+        <v>255</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="P33" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="B34" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="C34" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="D34" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="E34" t="s">
         <v>33</v>
       </c>
       <c r="F34" t="s">
-        <v>61</v>
+        <v>34</v>
       </c>
       <c r="G34" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
       <c r="H34">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I34"/>
+        <v>2001</v>
+      </c>
+      <c r="I34">
+        <v>2019</v>
+      </c>
       <c r="J34" t="s">
-        <v>259</v>
+        <v>90</v>
       </c>
       <c r="K34" t="s">
         <v>46</v>
       </c>
       <c r="L34" t="s">
         <v>260</v>
       </c>
       <c r="M34" t="s">
         <v>261</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
         <v>262</v>
       </c>
       <c r="P34" t="s">
         <v>263</v>
-      </c>
-[...48 lines deleted...]
-        <v>269</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">