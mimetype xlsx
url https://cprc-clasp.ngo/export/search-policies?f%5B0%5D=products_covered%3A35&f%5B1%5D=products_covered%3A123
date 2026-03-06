--- v0 (2025-10-13)
+++ v1 (2026-03-06)
@@ -12,613 +12,799 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="228">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
     <t>CQC31-462121-2009. CQC Mark Certification - Low voltage distribution saver</t>
   </si>
   <si>
+    <t>Applies to Low voltage distribution saver of rated voltage lower than 1000V; rated frequency of 50Hz and rated capacity no more than 2500kVA.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 3103-2009</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462121-2009-cqc-mark-certification-low-voltage-distribution-saver</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/rootfiles/2011/08/02/1312218401953921-1312218401978593.pdf</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>DRAFT Mexican Official Standard PROY-NOM-034-ENER/SE-2020</t>
   </si>
   <si>
+    <t>This Draft Official Mexican Standard establishes the minimum Energy Efficiency of ceiling fans , with or without lighting equipment and, wall, pedestal, floor and table fans, as well as the test methods, safety requirements, the labeling and the procedure for conformity assessment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>La Comisión Nacional para el Uso Eficiente de la Energía (Conuee)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-mexican-official-standard-proy-nom-034-enerse-2020</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5612480&amp;fecha=02/03/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Energy-Saving &amp; Controlling</t>
   </si>
   <si>
+    <t>Controlling devices that automatically shut the power ofthe machine connected to multi-tab, by sensing operationor brightness of surrounding; or standby power blockingreceptacles.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-energy-saving-controlling</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Electric Fan</t>
   </si>
   <si>
+    <t>By KS C 9301 household electric fan, desktop or stand; which has the diameterof wing of 20-41 cm and the axial single wing run by induction motor to be usedin general: table, stand, etc .</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS C 9301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-electric-fan</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
+    <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB 12021.9-2008, GB 13380</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
+  </si>
+  <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
+(c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
+(e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Energy Saving Device for Monitors</t>
   </si>
   <si>
+    <t>Energy saving device for monitor: controlling monitor power by detecting human body with sensor, whose net power consumption is less than 1.8W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-energy-saving-device-monitors</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010; IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; NBR 5891</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-299-09-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-299-de-9-de-julho-de-2021-331562798</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for Electric Fan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-electric-fan</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
+    <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Fans of Table, Wall Mounted and Floor Standing Types, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers table fans, wall-mounted electric fans, and floor standing electric fans used for single-phase AC power. The rated voltage does not exceed 250 volts, the electric frequency is 50 hertz. Covers electric fan types and sizes: Table electric fan and wall-mounted electric fan size 300 and 400 mm. and Floor standing electric fan size 300 and 400 mm.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Portable Fans</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-electric-fans-table-wall-mounted-and</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/32.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Fans - Ceiling and Orbital Types, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ceiling electric fans and orbit electric fans used for single-phase AC power with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz. It covers the following electric fan types and sizes: ceiling electric fans (1,200 and 1,400 mm) and orbit electric fans (400 mm).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-electric-fans-ceiling-and-orbital</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/17.PDF</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
+    <t>September 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Table and Ceiling Fans</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for table and ceiling fans.</t>
+  </si>
+  <si>
     <t>NBR NM-IEC-335-1/ 1998; IEC 60335-2-80 / 1997; NBR 14532 : 2003; Energy Star / 2002</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-table-and-ceiling-fans</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>TCVN 7826:2015 Electric fans - Energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for electric fans, including ceiling fans, table fans, wall fans, and pedestal fans.</t>
+  </si>
+  <si>
     <t>TCVN 7827:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7826-2015-quat-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 934 (AC electric fans, safety requirements)
 ,   
                     TIS 92 (AC electric fans, table and wall type)
 ,   
                     TIS 127 (AC electric fans, pedestal type)
 ,   
                     TIS 205 (AC electric fans, ceiling type)
 ,   
                     TIS 572 (AC electric fans, oscillating type)
 ,   
                     TIS 710 (AC electric fans, electric ventilating type)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-fans-tgl-51-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-51-11.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-fans</t>
+  </si>
+  <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -882,1353 +1068,1534 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N30"/>
+  <dimension ref="A1:P30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="123.827" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2012</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>48</v>
+      </c>
+      <c r="F5" t="s">
+        <v>49</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>53</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G6" t="s">
+        <v>61</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6">
+        <v>2023</v>
+      </c>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>68</v>
+      </c>
+      <c r="D7" t="s">
+        <v>69</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2020</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>62</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>70</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>75</v>
+      </c>
+      <c r="D8" t="s">
+        <v>76</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8" t="s">
+        <v>77</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>78</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>79</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>80</v>
+      </c>
+      <c r="P8" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>82</v>
+      </c>
+      <c r="B9" t="s">
+        <v>83</v>
+      </c>
+      <c r="C9" t="s">
+        <v>84</v>
+      </c>
+      <c r="D9" t="s">
+        <v>47</v>
+      </c>
+      <c r="E9" t="s">
+        <v>48</v>
+      </c>
+      <c r="F9" t="s">
+        <v>49</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>85</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>86</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>87</v>
+      </c>
+      <c r="P9" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>89</v>
+      </c>
+      <c r="B10" t="s">
+        <v>90</v>
+      </c>
+      <c r="C10" t="s">
+        <v>84</v>
+      </c>
+      <c r="D10" t="s">
+        <v>91</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...10 lines deleted...]
-      <c r="B3" t="s">
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>92</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>93</v>
+      </c>
+      <c r="M10" t="s">
+        <v>86</v>
+      </c>
+      <c r="N10" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...18 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O10" t="s">
+        <v>94</v>
+      </c>
+      <c r="P10" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>96</v>
+      </c>
+      <c r="B11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" t="s">
+        <v>46</v>
+      </c>
+      <c r="D11" t="s">
+        <v>76</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>33</v>
+      </c>
+      <c r="G11" t="s">
+        <v>98</v>
+      </c>
+      <c r="H11">
+        <v>1989</v>
+      </c>
+      <c r="I11">
+        <v>2009</v>
+      </c>
+      <c r="J11" t="s">
+        <v>99</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>100</v>
+      </c>
+      <c r="M11" t="s">
+        <v>101</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>102</v>
+      </c>
+      <c r="P11" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>104</v>
+      </c>
+      <c r="B12" t="s">
+        <v>105</v>
+      </c>
+      <c r="C12" t="s">
+        <v>46</v>
+      </c>
+      <c r="D12" t="s">
+        <v>76</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>33</v>
+      </c>
+      <c r="G12" t="s">
+        <v>61</v>
+      </c>
+      <c r="H12">
+        <v>1989</v>
+      </c>
+      <c r="I12">
+        <v>2021</v>
+      </c>
+      <c r="J12" t="s">
+        <v>99</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>106</v>
+      </c>
+      <c r="M12" t="s">
+        <v>107</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>108</v>
+      </c>
+      <c r="P12" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>110</v>
+      </c>
+      <c r="B13" t="s">
+        <v>111</v>
+      </c>
+      <c r="C13" t="s">
+        <v>112</v>
+      </c>
+      <c r="D13" t="s">
+        <v>76</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>113</v>
+      </c>
+      <c r="G13" t="s">
+        <v>61</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13">
+        <v>2025</v>
+      </c>
+      <c r="J13" t="s">
+        <v>114</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>115</v>
+      </c>
+      <c r="M13" t="s">
+        <v>116</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>117</v>
+      </c>
+      <c r="P13" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>119</v>
+      </c>
+      <c r="B14" t="s">
+        <v>120</v>
+      </c>
+      <c r="C14" t="s">
+        <v>112</v>
+      </c>
+      <c r="D14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>113</v>
+      </c>
+      <c r="G14" t="s">
+        <v>121</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>122</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>123</v>
+      </c>
+      <c r="M14" t="s">
+        <v>116</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>124</v>
+      </c>
+      <c r="P14" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>126</v>
+      </c>
+      <c r="B15" t="s">
+        <v>127</v>
+      </c>
+      <c r="C15" t="s">
+        <v>84</v>
+      </c>
+      <c r="D15" t="s">
+        <v>47</v>
+      </c>
+      <c r="E15" t="s">
+        <v>48</v>
+      </c>
+      <c r="F15" t="s">
+        <v>49</v>
+      </c>
+      <c r="G15" t="s">
+        <v>61</v>
+      </c>
+      <c r="H15">
+        <v>1996</v>
+      </c>
+      <c r="I15">
+        <v>2010</v>
+      </c>
+      <c r="J15" t="s">
+        <v>85</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>86</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>128</v>
+      </c>
+      <c r="P15" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>130</v>
+      </c>
+      <c r="B16" t="s">
+        <v>131</v>
+      </c>
+      <c r="C16" t="s">
+        <v>68</v>
+      </c>
+      <c r="D16" t="s">
+        <v>132</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>113</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2023</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>62</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>133</v>
+      </c>
+      <c r="M16" t="s">
+        <v>70</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>134</v>
+      </c>
+      <c r="P16" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>136</v>
+      </c>
+      <c r="B17" t="s">
+        <v>137</v>
+      </c>
+      <c r="C17" t="s">
+        <v>138</v>
+      </c>
+      <c r="D17" t="s">
+        <v>91</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...12 lines deleted...]
-      <c r="B4" t="s">
+      <c r="G17" t="s">
+        <v>61</v>
+      </c>
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17">
+        <v>2021</v>
+      </c>
+      <c r="J17" t="s">
+        <v>139</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>140</v>
+      </c>
+      <c r="M17" t="s">
+        <v>141</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>142</v>
+      </c>
+      <c r="P17" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>144</v>
+      </c>
+      <c r="B18" t="s">
+        <v>145</v>
+      </c>
+      <c r="C18" t="s">
+        <v>146</v>
+      </c>
+      <c r="D18" t="s">
         <v>32</v>
       </c>
-      <c r="C4" t="s">
-[...15 lines deleted...]
-      <c r="I4" t="s">
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
         <v>33</v>
       </c>
-      <c r="J4" t="s">
+      <c r="G18" t="s">
+        <v>61</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18">
+        <v>2014</v>
+      </c>
+      <c r="J18" t="s">
+        <v>50</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>147</v>
+      </c>
+      <c r="M18" t="s">
+        <v>148</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>149</v>
+      </c>
+      <c r="P18"/>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>150</v>
+      </c>
+      <c r="B19" t="s">
+        <v>151</v>
+      </c>
+      <c r="C19" t="s">
+        <v>152</v>
+      </c>
+      <c r="D19" t="s">
+        <v>132</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>33</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2022</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>153</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>154</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>155</v>
+      </c>
+      <c r="P19" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>157</v>
+      </c>
+      <c r="B20" t="s">
+        <v>90</v>
+      </c>
+      <c r="C20" t="s">
+        <v>84</v>
+      </c>
+      <c r="D20" t="s">
+        <v>91</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>33</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2009</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>92</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>93</v>
+      </c>
+      <c r="M20" t="s">
+        <v>86</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>158</v>
+      </c>
+      <c r="P20" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>159</v>
+      </c>
+      <c r="B21" t="s">
+        <v>160</v>
+      </c>
+      <c r="C21" t="s">
+        <v>161</v>
+      </c>
+      <c r="D21" t="s">
+        <v>91</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>113</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2021</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>162</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>163</v>
+      </c>
+      <c r="M21" t="s">
+        <v>164</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>165</v>
+      </c>
+      <c r="P21" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>167</v>
+      </c>
+      <c r="B22" t="s">
+        <v>168</v>
+      </c>
+      <c r="C22" t="s">
+        <v>161</v>
+      </c>
+      <c r="D22" t="s">
+        <v>169</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>113</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2021</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>162</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>170</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>171</v>
+      </c>
+      <c r="P22" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>173</v>
+      </c>
+      <c r="B23" t="s">
+        <v>174</v>
+      </c>
+      <c r="C23" t="s">
+        <v>175</v>
+      </c>
+      <c r="D23" t="s">
+        <v>176</v>
+      </c>
+      <c r="E23" t="s">
+        <v>48</v>
+      </c>
+      <c r="F23" t="s">
+        <v>177</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2009</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>178</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>179</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>180</v>
+      </c>
+      <c r="P23" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>182</v>
+      </c>
+      <c r="B24" t="s">
+        <v>183</v>
+      </c>
+      <c r="C24" t="s">
+        <v>175</v>
+      </c>
+      <c r="D24" t="s">
+        <v>76</v>
+      </c>
+      <c r="E24" t="s">
+        <v>48</v>
+      </c>
+      <c r="F24" t="s">
+        <v>177</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2015</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>178</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>179</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>184</v>
+      </c>
+      <c r="P24" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>186</v>
+      </c>
+      <c r="B25" t="s">
+        <v>187</v>
+      </c>
+      <c r="C25" t="s">
+        <v>188</v>
+      </c>
+      <c r="D25" t="s">
+        <v>189</v>
+      </c>
+      <c r="E25" t="s">
+        <v>190</v>
+      </c>
+      <c r="F25" t="s">
+        <v>191</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2023</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>62</v>
+      </c>
+      <c r="K25" t="s">
+        <v>192</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>193</v>
+      </c>
+      <c r="N25" t="s">
+        <v>53</v>
+      </c>
+      <c r="O25" t="s">
+        <v>194</v>
+      </c>
+      <c r="P25" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>196</v>
+      </c>
+      <c r="B26" t="s">
+        <v>197</v>
+      </c>
+      <c r="C26" t="s">
+        <v>198</v>
+      </c>
+      <c r="D26" t="s">
+        <v>199</v>
+      </c>
+      <c r="E26" t="s">
+        <v>190</v>
+      </c>
+      <c r="F26" t="s">
+        <v>113</v>
+      </c>
+      <c r="G26" t="s">
+        <v>77</v>
+      </c>
+      <c r="H26"/>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>200</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26"/>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>201</v>
+      </c>
+      <c r="P26" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>203</v>
+      </c>
+      <c r="B27" t="s">
+        <v>204</v>
+      </c>
+      <c r="C27" t="s">
+        <v>138</v>
+      </c>
+      <c r="D27" t="s">
+        <v>76</v>
+      </c>
+      <c r="E27" t="s">
+        <v>48</v>
+      </c>
+      <c r="F27" t="s">
+        <v>49</v>
+      </c>
+      <c r="G27" t="s">
+        <v>61</v>
+      </c>
+      <c r="H27">
+        <v>1997</v>
+      </c>
+      <c r="I27">
+        <v>2011</v>
+      </c>
+      <c r="J27" t="s">
+        <v>139</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>205</v>
+      </c>
+      <c r="M27" t="s">
+        <v>206</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>207</v>
+      </c>
+      <c r="P27" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>209</v>
+      </c>
+      <c r="B28" t="s">
+        <v>210</v>
+      </c>
+      <c r="C28" t="s">
+        <v>58</v>
+      </c>
+      <c r="D28" t="s">
+        <v>76</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>113</v>
+      </c>
+      <c r="G28" t="s">
+        <v>61</v>
+      </c>
+      <c r="H28">
+        <v>2007</v>
+      </c>
+      <c r="I28">
+        <v>2020</v>
+      </c>
+      <c r="J28" t="s">
+        <v>62</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>211</v>
+      </c>
+      <c r="M28" t="s">
+        <v>63</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>212</v>
+      </c>
+      <c r="P28" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>214</v>
+      </c>
+      <c r="B29" t="s">
+        <v>215</v>
+      </c>
+      <c r="C29" t="s">
+        <v>175</v>
+      </c>
+      <c r="D29" t="s">
+        <v>216</v>
+      </c>
+      <c r="E29" t="s">
+        <v>48</v>
+      </c>
+      <c r="F29" t="s">
+        <v>49</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2011</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>217</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>218</v>
+      </c>
+      <c r="M29" t="s">
+        <v>219</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>220</v>
+      </c>
+      <c r="P29" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>222</v>
+      </c>
+      <c r="B30" t="s">
+        <v>223</v>
+      </c>
+      <c r="C30" t="s">
+        <v>175</v>
+      </c>
+      <c r="D30" t="s">
+        <v>216</v>
+      </c>
+      <c r="E30" t="s">
+        <v>48</v>
+      </c>
+      <c r="F30" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-[...141 lines deleted...]
-      <c r="C8" t="s">
+      <c r="G30" t="s">
         <v>61</v>
       </c>
-      <c r="D8" t="s">
-[...143 lines deleted...]
-      <c r="L11" t="s">
+      <c r="H30">
+        <v>2001</v>
+      </c>
+      <c r="I30">
+        <v>2019</v>
+      </c>
+      <c r="J30" t="s">
         <v>78</v>
       </c>
-      <c r="M11" t="s">
-[...788 lines deleted...]
-      </c>
       <c r="K30" t="s">
-        <v>165</v>
+        <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>166</v>
+        <v>224</v>
       </c>
       <c r="M30" t="s">
-        <v>23</v>
+        <v>225</v>
       </c>
       <c r="N30" t="s">
-        <v>167</v>
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>226</v>
+      </c>
+      <c r="P30" t="s">
+        <v>227</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>