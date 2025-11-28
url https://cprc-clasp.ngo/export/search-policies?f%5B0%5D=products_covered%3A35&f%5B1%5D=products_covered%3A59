--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,247 +12,290 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-462121-2009. CQC Mark Certification - Low voltage distribution saver</t>
   </si>
   <si>
+    <t>Applies to Low voltage distribution saver of rated voltage lower than 1000V; rated frequency of 50Hz and rated capacity no more than 2500kVA.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CQC 3103-2009</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462121-2009-cqc-mark-certification-low-voltage-distribution-saver</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/rootfiles/2011/08/02/1312218401953921-1312218401978593.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Energy-Saving &amp; Controlling</t>
   </si>
   <si>
+    <t>Controlling devices that automatically shut the power ofthe machine connected to multi-tab, by sensing operationor brightness of surrounding; or standby power blockingreceptacles.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-energy-saving-controlling</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hair Dryers; En-Tech 10104024360</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 3714 - Hand-Supported Hair Dryers or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Hair Dryers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>IEC 61855: 2003</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-hair-dryers-en-tech-10104024360</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=10%20</t>
+  </si>
+  <si>
     <t>Greenmark N69 - Hand-held Hair Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to hand-held hair dryers  which meet the definition of CNS 3714: applies to portable electric blower is equipped with electric heaters in the hair dryer comes with a set of wind machine or whole hair accessories to beautify hair group apply to this standard. During use the products noise emission shall be less than the regulatory limit. The products measured electromagnetic interference shall be less than the regulatory limit. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n69-hand-held-hair-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/69/087ec305-7bdc-468f-9751-576fe608fc30.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Energy Saving Device for Monitors</t>
   </si>
   <si>
+    <t>Energy saving device for monitor: controlling monitor power by detecting human body with sensor, whose net power consumption is less than 1.8W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-energy-saving-device-monitors</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hair Dryers TGL-84-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal or animal hair dryers with a rated voltage not exceeding 250 V for home, shop, industrial, farm use, or similar purposes.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     IEC 61855
 ,   
                     IEC 60704-1
 ,   
                     IEC 60704-2-9
 ,   
                     IEC 60704-3</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-hair-dryers-tgl-84-13</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-84-13.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -516,403 +559,448 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="102" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="134" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="102.546" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="581.429" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="123.827" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2009</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
+        <v>35</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>35</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5">
+        <v>2001</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>45</v>
+      </c>
+      <c r="N5" t="s">
+        <v>35</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>42</v>
+      </c>
+      <c r="H6">
+        <v>1996</v>
+      </c>
+      <c r="I6">
+        <v>2010</v>
+      </c>
+      <c r="J6" t="s">
+        <v>33</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>34</v>
+      </c>
+      <c r="N6" t="s">
+        <v>35</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>58</v>
+      </c>
+      <c r="D7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>59</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...59 lines deleted...]
-      <c r="F4" t="s">
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>61</v>
+      </c>
+      <c r="N7" t="s">
         <v>35</v>
       </c>
-      <c r="G4">
-[...147 lines deleted...]
-        <v>49</v>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>