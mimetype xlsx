--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -12,239 +12,304 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2023/1669 of 16 June 2023 with regard to the energy labelling of smartphones and slate tablets</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of smartphones and slate tablets, and the provision of supplementary product information on smartphones and slate tablets.
+In addition to the energy efficiency score, the regulation includes requirements for the display of battery endurance, battery degradation, resistance to being dropped, repairability, and ingress protection on the energy label. 
+Reference test methods are listed in Annex IVa.
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Phones and tablets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20231669-16-june-2023-regard-energy-labelling</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1669</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20162281-30-november-2016-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2016/2281/contents/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016  implementing Directive 2009/125/EC of the European Parliament and of the Council establishing a framework for the setting of ecodesign requirements for energy-related products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20162281-30-november-2016-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02016R2281-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/1670 of 16 June 2023 laying down ecodesign requirements for smartphones &amp; mobile phones</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of smartphones, other mobile phones, cordless phones and slate tablets.
+These requirements include rules for the availability of spare parts, access to repair and maintenance information, maximum delivery time of spare parts, information on the price of spart parts, disassembly, reliability, and recyclability.  
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20231670-16-june-2023-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1670</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
+  </si>
+  <si>
     <t>Draft MEPS for chillers</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS  requirement for chillers</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Refrigeration, Industrial Process Chillers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-chillers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -508,421 +573,470 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="429.324" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2023</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...4 lines deleted...]
-      <c r="M2" t="s">
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="N2" t="s">
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>34</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>32</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="B3" t="s">
-[...65 lines deleted...]
-      </c>
+      <c r="L4"/>
       <c r="M4" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="N4" t="s">
         <v>34</v>
       </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
     </row>
-    <row r="5" spans="1:14">
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E5" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G5">
+        <v>32</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2023</v>
       </c>
-      <c r="H5"/>
-      <c r="I5" t="s">
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>30</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
-[...4 lines deleted...]
-      <c r="M5" t="s">
+      <c r="F6" t="s">
+        <v>32</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="N5" t="s">
-        <v>36</v>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>33</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>34</v>
+      </c>
+      <c r="O6" t="s">
+        <v>50</v>
+      </c>
+      <c r="P6" t="s">
+        <v>51</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...3 lines deleted...]
-      <c r="B6" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
+        <v>49</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>32</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>40</v>
+      </c>
+      <c r="N7" t="s">
+        <v>34</v>
+      </c>
+      <c r="O7" t="s">
+        <v>54</v>
+      </c>
+      <c r="P7" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>56</v>
+      </c>
+      <c r="B8" t="s">
+        <v>57</v>
+      </c>
+      <c r="C8" t="s">
+        <v>58</v>
+      </c>
+      <c r="D8" t="s">
+        <v>59</v>
+      </c>
+      <c r="E8" t="s">
+        <v>60</v>
+      </c>
+      <c r="F8" t="s">
+        <v>32</v>
+      </c>
+      <c r="G8" t="s">
+        <v>61</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>62</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>63</v>
+      </c>
+      <c r="N8" t="s">
         <v>25</v>
       </c>
-      <c r="C6" t="s">
-[...106 lines deleted...]
-      </c>
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>