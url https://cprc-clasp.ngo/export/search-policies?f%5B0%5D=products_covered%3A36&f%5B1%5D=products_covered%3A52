--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,248 +12,308 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BDS 563:1965 Electrical performance of power transformers</t>
   </si>
   <si>
+    <t>Covers power transformers</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Internal Power Supply</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-5631965-electrical-performance-power-transformers</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2023/1669 of 16 June 2023 with regard to the energy labelling of smartphones and slate tablets</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of smartphones and slate tablets, and the provision of supplementary product information on smartphones and slate tablets.
+In addition to the energy efficiency score, the regulation includes requirements for the display of battery endurance, battery degradation, resistance to being dropped, repairability, and ingress protection on the energy label. 
+Reference test methods are listed in Annex IVa.
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Phones and tablets</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20231669-16-june-2023-regard-energy-labelling</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1669</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/1670 of 16 June 2023 laying down ecodesign requirements for smartphones &amp; mobile phones</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of smartphones, other mobile phones, cordless phones and slate tablets.
+These requirements include rules for the availability of spare parts, access to repair and maintenance information, maximum delivery time of spare parts, information on the price of spart parts, disassembly, reliability, and recyclability.  
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20231670-16-june-2023-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1670</t>
+  </si>
+  <si>
     <t>CQC31-442412-2020. Energy Conservation Certification Rules for Electric Welding Machines</t>
   </si>
   <si>
+    <t>Apply to electric welding machines</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 28736-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-442412-2020-energy-conservation-certification-rules-electric-welding-machines</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-05-13/497379.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461235-2014. CQC Mark Certification - Switch power supply of computers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Applies to products as the internal switch of computers which working under normal grid voltage including ordinary desktop computers; high level desktop computers; working station, etc.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 3112-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461235-2014-cqc-mark-certification-switch-power-supply-computers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492782.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462213-2015. Energy Conservation Certification Rules for Closed Insulated Busways</t>
   </si>
   <si>
+    <t>Apply to closed insulated busways</t>
+  </si>
+  <si>
     <t>CQC3131-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462213-2015-energy-conservation-certification-rules-closed-insulated-busways</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492856.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462227-2021. Energy Conservation Certification Rules for Low-Voltage Switchgear Assemblies</t>
   </si>
   <si>
+    <t>Apply to low-voltage switchgear assemblies</t>
+  </si>
+  <si>
     <t>CQC3177-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462227-2021-energy-conservation-certification-rules-low-voltage-switchgear</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39718</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -517,437 +577,488 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="155" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="285.359" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="136.681" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="186.24" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2012</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2023</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2023</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...10 lines deleted...]
-      <c r="L2" t="s">
+      <c r="E5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H5">
+        <v>2020</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
+        <v>49</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>43</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6">
+        <v>2005</v>
+      </c>
+      <c r="I6">
+        <v>2014</v>
+      </c>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M6" t="s">
+        <v>48</v>
+      </c>
+      <c r="N6" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...8 lines deleted...]
-      <c r="F3" t="s">
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...15 lines deleted...]
-        <v>30</v>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>45</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>46</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>48</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...3 lines deleted...]
-      <c r="B4" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F8" t="s">
+        <v>45</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2021</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>46</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" t="s">
+        <v>48</v>
+      </c>
+      <c r="N8" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
-[...197 lines deleted...]
-        <v>52</v>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>