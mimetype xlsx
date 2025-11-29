--- v0 (2025-10-13)
+++ v1 (2025-11-29)
@@ -12,305 +12,377 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2023/1669 of 16 June 2023 with regard to the energy labelling of smartphones and slate tablets</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of smartphones and slate tablets, and the provision of supplementary product information on smartphones and slate tablets.
+In addition to the energy efficiency score, the regulation includes requirements for the display of battery endurance, battery degradation, resistance to being dropped, repairability, and ingress protection on the energy label. 
+Reference test methods are listed in Annex IVa.
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Phones and tablets</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20231669-16-june-2023-regard-energy-labelling</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1669</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/1670 of 16 June 2023 laying down ecodesign requirements for smartphones &amp; mobile phones</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of smartphones, other mobile phones, cordless phones and slate tablets.
+These requirements include rules for the availability of spare parts, access to repair and maintenance information, maximum delivery time of spare parts, information on the price of spart parts, disassembly, reliability, and recyclability.  
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20231670-16-june-2023-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1670</t>
+  </si>
+  <si>
     <t>CQC31-461234-2009. CQC Mark Certification - Uninterruptible Power Supplies (UPS)</t>
   </si>
   <si>
+    <t>This policy applies to uninterruptible power supplies.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 3108-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461234-2009-cqc-mark-certification-uninterruptible-power-supplies-ups</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492771.shtml</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Uninterruptible Power Supplies (UPSs) Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Uninterruptible Power Supply (UPS) as specified in the policy document, including Static and Rotary UPSs and Ac-output UPSs and Dc-output UPSs/Rectifiers, are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2. Eligible products include:</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Uninterruptible Power Supplies Rev. Dec-2017; 10 CFR 430, Section 4, Subpart B, Appendix Y</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-uninterruptible-power-supplies-upss-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/uninterruptible_power_supplies/partners</t>
+  </si>
+  <si>
     <t>Greenmark N141 - Uninterruptible Power Supply Systems</t>
   </si>
   <si>
+    <t>This standard is applicable to the uninterruptible power supply systems as defined in CNS 14843-1 and CNS 14843-2.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n141-uninterruptible-power-supply-systems</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/141/0e5d3b89-12e8-40de-b8d2-5ee476cb445d.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Uniterruptible Power System</t>
   </si>
   <si>
+    <t>Uniterruptible power system: controlling its function according to the amount of loads</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-uniterruptible-power-system</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4167 - Uninterruptible Power Supplies</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for uninterruptible power systems (UPS) in standby, interactive and double conversion line, with nominal supply voltage of 120 V to 480 V to deliver regulated voltage of 120 V up to 480 V and a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NMX-I-163-NYCE / NOM-001-SCFI / IEC 62040-3 / CAN/CSA C813.1-01</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4167-uninterruptible-power-supplies</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4167_01.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Uninterruptible Power System TGL-106-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to uninterrupted power system (UPS) products that have electrical energy storage devices in the DC connection.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1291 P 3</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-uninterruptible-power-system-tgl-106-15</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-106-15.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -574,529 +646,592 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="155" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="134" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="377.336" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="140.252" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="124.97" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2023</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2023</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>48</v>
+      </c>
+      <c r="F5" t="s">
+        <v>49</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" t="s">
+        <v>48</v>
+      </c>
+      <c r="F6" t="s">
+        <v>49</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>50</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...148 lines deleted...]
-      <c r="K6" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" t="s">
         <v>47</v>
       </c>
-      <c r="L6" t="s">
+      <c r="E7" t="s">
         <v>48</v>
       </c>
-      <c r="M6" t="s">
-[...2 lines deleted...]
-      <c r="N6" t="s">
+      <c r="F7" t="s">
         <v>49</v>
       </c>
-    </row>
-[...20 lines deleted...]
-        <v>2015</v>
+      <c r="G7" t="s">
+        <v>22</v>
       </c>
       <c r="H7">
         <v>2015</v>
       </c>
-      <c r="I7" t="s">
-        <v>52</v>
+      <c r="I7">
+        <v>2015</v>
       </c>
       <c r="J7" t="s">
-        <v>32</v>
+        <v>65</v>
       </c>
       <c r="K7" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="L7" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="M7" t="s">
-        <v>24</v>
+        <v>66</v>
       </c>
       <c r="N7" t="s">
-        <v>54</v>
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
       <c r="B8" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="C8" t="s">
-        <v>38</v>
+        <v>71</v>
       </c>
       <c r="D8" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="E8" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="F8" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G8">
+        <v>49</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>1996</v>
       </c>
-      <c r="H8">
+      <c r="I8">
         <v>2010</v>
       </c>
-      <c r="I8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J8" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>24</v>
+        <v>73</v>
       </c>
       <c r="N8" t="s">
-        <v>59</v>
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>74</v>
+      </c>
+      <c r="P8" t="s">
+        <v>75</v>
       </c>
     </row>
-    <row r="9" spans="1:14">
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>60</v>
+        <v>76</v>
       </c>
       <c r="B9" t="s">
-        <v>61</v>
+        <v>77</v>
       </c>
       <c r="C9" t="s">
-        <v>38</v>
+        <v>78</v>
       </c>
       <c r="D9" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="E9" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="F9" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G9">
+        <v>49</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
         <v>2010</v>
       </c>
-      <c r="H9">
+      <c r="I9">
         <v>2012</v>
       </c>
-      <c r="I9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J9" t="s">
-        <v>32</v>
+        <v>79</v>
       </c>
       <c r="K9" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="L9" t="s">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="M9" t="s">
-        <v>24</v>
+        <v>81</v>
       </c>
       <c r="N9" t="s">
-        <v>65</v>
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
       </c>
     </row>
-    <row r="10" spans="1:14">
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>66</v>
+        <v>84</v>
       </c>
       <c r="B10" t="s">
-        <v>67</v>
+        <v>85</v>
       </c>
       <c r="C10" t="s">
-        <v>38</v>
+        <v>86</v>
       </c>
       <c r="D10" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="E10" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="F10" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G10">
+        <v>49</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
         <v>2015</v>
       </c>
-      <c r="H10"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>32</v>
+        <v>87</v>
       </c>
       <c r="K10" t="s">
-        <v>69</v>
+        <v>37</v>
       </c>
       <c r="L10" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="M10" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="N10" t="s">
-        <v>71</v>
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>90</v>
+      </c>
+      <c r="P10" t="s">
+        <v>91</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>