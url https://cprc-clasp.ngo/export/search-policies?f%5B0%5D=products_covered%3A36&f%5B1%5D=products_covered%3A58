--- v0 (2025-10-14)
+++ v1 (2026-01-19)
@@ -12,380 +12,485 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2023/1669 of 16 June 2023 with regard to the energy labelling of smartphones and slate tablets</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of smartphones and slate tablets, and the provision of supplementary product information on smartphones and slate tablets.
+In addition to the energy efficiency score, the regulation includes requirements for the display of battery endurance, battery degradation, resistance to being dropped, repairability, and ingress protection on the energy label. 
+Reference test methods are listed in Annex IVa.
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Phones and tablets</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20231669-16-june-2023-regard-energy-labelling</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1669</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/1670 of 16 June 2023 laying down ecodesign requirements for smartphones &amp; mobile phones</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of smartphones, other mobile phones, cordless phones and slate tablets.
+These requirements include rules for the availability of spare parts, access to repair and maintenance information, maximum delivery time of spare parts, information on the price of spart parts, disassembly, reliability, and recyclability.  
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20231670-16-june-2023-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1670</t>
+  </si>
+  <si>
     <t>CQC31-439126-2014. CQC Mark Certification - Dehumidifier</t>
   </si>
   <si>
+    <t>Applies to whole-type or split-type dehumidifiers with a dehumidification capacity of more than 0.16 kg per h</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 19411-2003, GB/T 20109-2006</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439126-2014-cqc-mark-certification-dehumidifier</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/509967.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439802-2018 Safety and Energy conservation certification rules for air source heat pump drying -dehumidifying unit</t>
   </si>
   <si>
+    <t>Applies to air source heat pump drying -dehumidifying unit</t>
+  </si>
+  <si>
     <t>CQC6402-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-439802-2018-safety-and-energy-conservation-certification-rules-air-source-heat-pump</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/553403.shtml</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Dehumidifiers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 12492 regarding dehumidifiers or recognized by the Bureau of Energy of MOEA as dehumidifiers.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 12492</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-dehumidifiers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=5</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dehumidifier</t>
   </si>
   <si>
+    <t>As a single-phase AC, and rated voltage of 220V, its aim is to decrease the humidity of indoors, equipped with compression refrigerating system, blower fan, etc in a single cabinet, its electric power consumption is shall be less than 1,000W.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-dehumidifier</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Dehumidifiers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dehumidifier as specified in the policy document, including standalone and whole house units, are eligible for ENERGY STAR qualification. Dehumidifiers with daily water-removal capacities greater than 185 U.S. pints/87.5 liters are not eligible.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>10 CFR Appendix X to Subpart B of Part 430</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-dehumidifiers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/dehumidifiers/partners</t>
+  </si>
+  <si>
     <t>Greenmark N48 - Dehumidifier</t>
   </si>
   <si>
+    <t>This standard is applicable to the dehumidifiers which meet the definition of CNS 12492</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n48-dehumidifier</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/48/b1c13332-4241-4dea-9d4d-ed8f54f3e75c.pdf</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MEPS - Dehumidifier</t>
   </si>
   <si>
+    <t>The EF is limited to dehumidifiers with electric power not higher than 1000W at the present stage.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-dehumidifier-0</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>MEPS for Dehumidifier</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-dehumidifier</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Dehumidifiers</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/home/English.aspx</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Dehumidifier Products</t>
   </si>
   <si>
+    <t>The dehumidifiers meeting the definition of dehumidifiers as defined in CNS 12492 and promulgated by the Bureau of Standards Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-3</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=31</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Dehumidifiers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to self-contained, electrically operated, and mechanically refrigerated dehumidifiers that provide daily water removal capacities not exceeding 87 litres. Appliances that have larger capacity are excluded.</t>
+  </si>
+  <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>ANSI / AHAM DH-1 CAN/CSA-C749</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-dehumidifiers</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Dehumidifiers%202020_eng_v2.5%20(Final).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -649,827 +754,930 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N17"/>
+  <dimension ref="A1:P17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="155" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2023</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2023</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>48</v>
+      </c>
+      <c r="F5" t="s">
+        <v>49</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>46</v>
+      </c>
+      <c r="D6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" t="s">
+        <v>48</v>
+      </c>
+      <c r="F6" t="s">
+        <v>49</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>50</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>52</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
+        <v>47</v>
+      </c>
+      <c r="E7" t="s">
+        <v>48</v>
+      </c>
+      <c r="F7" t="s">
+        <v>49</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>63</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
+        <v>65</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...27 lines deleted...]
-        <v>33</v>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>70</v>
+      </c>
+      <c r="D8" t="s">
+        <v>47</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
-[...181 lines deleted...]
-        <v>2012</v>
+      <c r="G8" t="s">
+        <v>22</v>
       </c>
       <c r="H8">
         <v>2012</v>
       </c>
-      <c r="I8" t="s">
-        <v>56</v>
+      <c r="I8">
+        <v>2012</v>
       </c>
       <c r="J8" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="N8" t="s">
-        <v>58</v>
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
       </c>
     </row>
-    <row r="9" spans="1:14">
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>59</v>
+        <v>75</v>
       </c>
       <c r="B9" t="s">
-        <v>60</v>
+        <v>76</v>
       </c>
       <c r="C9" t="s">
-        <v>61</v>
+        <v>77</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
       <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>79</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2016</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>80</v>
+      </c>
+      <c r="K9" t="s">
+        <v>81</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>82</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E10" t="s">
+        <v>48</v>
+      </c>
+      <c r="F10" t="s">
+        <v>49</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2012</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>50</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10" t="s">
+        <v>88</v>
+      </c>
+      <c r="M10" t="s">
+        <v>89</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>90</v>
+      </c>
+      <c r="P10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C11" t="s">
         <v>62</v>
       </c>
-      <c r="F9" t="s">
-[...8 lines deleted...]
-      <c r="I9" t="s">
+      <c r="D11" t="s">
+        <v>47</v>
+      </c>
+      <c r="E11" t="s">
+        <v>48</v>
+      </c>
+      <c r="F11" t="s">
+        <v>49</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11">
+        <v>2013</v>
+      </c>
+      <c r="J11" t="s">
         <v>63</v>
       </c>
-      <c r="J9" t="s">
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>94</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>95</v>
+      </c>
+      <c r="P11" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>97</v>
+      </c>
+      <c r="B12" t="s">
+        <v>98</v>
+      </c>
+      <c r="C12" t="s">
+        <v>99</v>
+      </c>
+      <c r="D12" t="s">
+        <v>100</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>79</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>101</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>102</v>
+      </c>
+      <c r="M12" t="s">
+        <v>103</v>
+      </c>
+      <c r="N12" t="s">
+        <v>104</v>
+      </c>
+      <c r="O12" t="s">
+        <v>105</v>
+      </c>
+      <c r="P12" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>107</v>
+      </c>
+      <c r="B13" t="s">
+        <v>108</v>
+      </c>
+      <c r="C13" t="s">
+        <v>62</v>
+      </c>
+      <c r="D13" t="s">
+        <v>47</v>
+      </c>
+      <c r="E13" t="s">
+        <v>48</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>35</v>
+      </c>
+      <c r="H13">
+        <v>2011</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>63</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13" t="s">
         <v>64</v>
       </c>
-      <c r="K9"/>
-      <c r="L9" t="s">
+      <c r="M13" t="s">
         <v>65</v>
       </c>
-      <c r="M9" t="s">
-[...3 lines deleted...]
-        <v>66</v>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>109</v>
+      </c>
+      <c r="P13" t="s">
+        <v>110</v>
       </c>
     </row>
-    <row r="10" spans="1:14">
-[...30 lines deleted...]
-      <c r="K10" t="s">
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>111</v>
+      </c>
+      <c r="B14" t="s">
         <v>69</v>
       </c>
-      <c r="L10" t="s">
+      <c r="C14" t="s">
         <v>70</v>
       </c>
-      <c r="M10" t="s">
-[...143 lines deleted...]
-      </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>47</v>
       </c>
       <c r="E14" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
       </c>
       <c r="H14">
         <v>2012</v>
       </c>
-      <c r="I14" t="s">
-        <v>56</v>
+      <c r="I14">
+        <v>2012</v>
       </c>
       <c r="J14" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="N14" t="s">
-        <v>86</v>
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>112</v>
+      </c>
+      <c r="P14" t="s">
+        <v>74</v>
       </c>
     </row>
-    <row r="15" spans="1:14">
+    <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>113</v>
+      </c>
+      <c r="B15"/>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>62</v>
       </c>
       <c r="D15" t="s">
-        <v>17</v>
+        <v>47</v>
       </c>
       <c r="E15" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G15">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2011</v>
       </c>
-      <c r="H15">
+      <c r="I15">
         <v>2018</v>
       </c>
-      <c r="I15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J15" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
-        <v>24</v>
+        <v>114</v>
       </c>
       <c r="N15" t="s">
-        <v>89</v>
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>115</v>
+      </c>
+      <c r="P15" t="s">
+        <v>116</v>
       </c>
     </row>
-    <row r="16" spans="1:14">
+    <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>90</v>
+        <v>117</v>
       </c>
       <c r="B16" t="s">
-        <v>49</v>
+        <v>118</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>62</v>
       </c>
       <c r="D16" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="E16" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="F16" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>34</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
       </c>
       <c r="H16">
         <v>2011</v>
       </c>
-      <c r="I16" t="s">
-        <v>50</v>
+      <c r="I16">
+        <v>2011</v>
       </c>
       <c r="J16" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
       <c r="K16" t="s">
-        <v>51</v>
+        <v>37</v>
       </c>
       <c r="L16" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="M16" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
       <c r="N16" t="s">
-        <v>91</v>
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>119</v>
+      </c>
+      <c r="P16" t="s">
+        <v>120</v>
       </c>
     </row>
-    <row r="17" spans="1:14">
+    <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>92</v>
+        <v>121</v>
       </c>
       <c r="B17" t="s">
-        <v>76</v>
+        <v>122</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>99</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="E17" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="F17" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G17">
+        <v>49</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
         <v>2013</v>
       </c>
-      <c r="H17">
+      <c r="I17">
         <v>2020</v>
       </c>
-      <c r="I17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J17" t="s">
-        <v>32</v>
+        <v>123</v>
       </c>
       <c r="K17" t="s">
-        <v>94</v>
+        <v>37</v>
       </c>
       <c r="L17" t="s">
-        <v>95</v>
+        <v>124</v>
       </c>
       <c r="M17" t="s">
-        <v>24</v>
+        <v>125</v>
       </c>
       <c r="N17" t="s">
-        <v>96</v>
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>126</v>
+      </c>
+      <c r="P17" t="s">
+        <v>127</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>