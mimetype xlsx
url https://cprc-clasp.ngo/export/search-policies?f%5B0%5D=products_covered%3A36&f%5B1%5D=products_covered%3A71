--- v0 (2025-10-14)
+++ v1 (2025-12-15)
@@ -12,251 +12,305 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2023/1669 of 16 June 2023 with regard to the energy labelling of smartphones and slate tablets</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of smartphones and slate tablets, and the provision of supplementary product information on smartphones and slate tablets.
+In addition to the energy efficiency score, the regulation includes requirements for the display of battery endurance, battery degradation, resistance to being dropped, repairability, and ingress protection on the energy label. 
+Reference test methods are listed in Annex IVa.
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Phones and tablets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20231669-16-june-2023-regard-energy-labelling</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1669</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/1670 of 16 June 2023 laying down ecodesign requirements for smartphones &amp; mobile phones</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of smartphones, other mobile phones, cordless phones and slate tablets.
+These requirements include rules for the availability of spare parts, access to repair and maintenance information, maximum delivery time of spare parts, information on the price of spart parts, disassembly, reliability, and recyclability.  
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20231670-16-june-2023-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1670</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Fryers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Open Deep-Fat Fryer that are countertop; floor type; or drop-in designe are eligible for ENERGY STAR certification under this specification; with the exception of Fryers with vats measuring less than 12 inches wide or greater tan 24 inches wide.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Fryers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ASTM Standard F1361-07 (2013); ASTM Standard F2144-09</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-fryers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_fryers/partners</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Electric Deep Fryer</t>
   </si>
   <si>
+    <t>This scheme covers electric deep fryers (electric and liquefied petroleum gas fryers type), with the characteristics of working in batches and the maximum mass of oil used for frying is not more than 27 kg or 30 liters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 2717-2559</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-electric-deep-fryer</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/19_01032565.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fryers TGL-82-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to an electric pan that uses electricity to heat.</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1509
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-fryers-tgl-82-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-82-13.pdf</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016) Electric fryers: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric fryers intended for household and similar purposes use for alternating current single phase with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>Kitchen, Fryers</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2673-2559-2016-electric-fryers-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_370.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -520,395 +574,440 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="155" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="134" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="349.058" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="114.258" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2023</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2023</v>
       </c>
-      <c r="H2"/>
-[...3 lines deleted...]
-      <c r="J2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>31</v>
+      </c>
+      <c r="P3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" t="s">
+        <v>35</v>
+      </c>
+      <c r="D4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E4" t="s">
+        <v>37</v>
+      </c>
+      <c r="F4" t="s">
+        <v>38</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2016</v>
+      </c>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D5" t="s">
+        <v>36</v>
+      </c>
+      <c r="E5" t="s">
+        <v>37</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...1 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="N2" t="s">
-        <v>23</v>
+      <c r="H5">
+        <v>2022</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>38</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="L6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
         <v>25</v>
       </c>
-      <c r="F3" t="s">
-[...14 lines deleted...]
-      <c r="M3" t="s">
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>47</v>
+      </c>
+      <c r="D7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" t="s">
+        <v>30</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="N3" t="s">
-[...25 lines deleted...]
-      <c r="H4">
+      <c r="H7">
         <v>2016</v>
       </c>
-      <c r="I4" t="s">
-[...103 lines deleted...]
-      <c r="A7" t="s">
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>48</v>
       </c>
-      <c r="B7" t="s">
-[...8 lines deleted...]
-      <c r="E7" t="s">
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>63</v>
+      </c>
+      <c r="N7" t="s">
         <v>25</v>
       </c>
-      <c r="F7" t="s">
-[...20 lines deleted...]
-        <v>51</v>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>