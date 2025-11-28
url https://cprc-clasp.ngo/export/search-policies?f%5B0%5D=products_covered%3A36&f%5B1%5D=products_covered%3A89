--- v0 (2025-10-11)
+++ v1 (2025-11-28)
@@ -12,260 +12,314 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2023/1669 of 16 June 2023 with regard to the energy labelling of smartphones and slate tablets</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of smartphones and slate tablets, and the provision of supplementary product information on smartphones and slate tablets.
+In addition to the energy efficiency score, the regulation includes requirements for the display of battery endurance, battery degradation, resistance to being dropped, repairability, and ingress protection on the energy label. 
+Reference test methods are listed in Annex IVa.
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Phones and tablets</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20231669-16-june-2023-regard-energy-labelling</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1669</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/1670 of 16 June 2023 laying down ecodesign requirements for smartphones &amp; mobile phones</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of smartphones, other mobile phones, cordless phones and slate tablets.
+These requirements include rules for the availability of spare parts, access to repair and maintenance information, maximum delivery time of spare parts, information on the price of spart parts, disassembly, reliability, and recyclability.  
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20231670-16-june-2023-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1670</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ice Makers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Automatic Commercial Ice Maker as specified in the policy document that are air-cooled batch or continuous type, and of IMH, RCU, or SCU design, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Air-cooled RCUs designed for connection to remote rack compressors that are alternately sold (with the same model number) with a dedicated remote condensing unit are also eligible for ENERGY STAR qualification (based on measured performance with the associated dedicated condensing unit).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>10 CFR Part 431.134</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-ice-makers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ice_makers/partners</t>
+  </si>
+  <si>
     <t>SI 900 part 2.24 (APPLIANCES, ICE-CREAM APPLIANCES AND ICE-MAKERS)</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-900-part-224-appliances-ice-cream-appliances-and-ice-makers</t>
+  </si>
+  <si>
+    <t>https://portal.sii.org.il/eng/standardization/teken/?tid=9b4cfa12-0ed5-41ab-8a01-af70108e1e90</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -529,399 +583,444 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="155" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="134" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="674.692" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="119.114" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2023</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2023</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>37</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>48</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>50</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>37</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>58</v>
+      </c>
+      <c r="F6" t="s">
+        <v>59</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>37</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...25 lines deleted...]
-      <c r="J3" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>67</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...50 lines deleted...]
-      <c r="B5" t="s">
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1986</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>49</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
         <v>37</v>
       </c>
-      <c r="C5" t="s">
-[...117 lines deleted...]
-        <v>56</v>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>