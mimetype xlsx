--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -12,242 +12,276 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-2</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
     <t>GB 25501-2019 Minimum allowable values of water efficiency and water efficiency grades for faucets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grades and test methods for faucets. It is applicable to the water efficiency evaluation of washbasin faucets, kitchen faucets, bidgets faucets and ordinary washing faucets that are installed at ends of cold and hot water supply pipelines in buildings, with nominal pressure (static pressure) of not greater than 1.0 MPa and medium temperature of 4℃~ 90℃.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 33733</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-25501-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94003A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Chilled-Warm-Hot Water Fountain Machines</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot water fountain machines.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-chilled-warm-hot-water-fountain-machines</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Chilled/Warm/Hot Drinking Water Dispensers</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot drinking water dispensers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-chilledwarmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-warmhot-drinking-water-dispensers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -511,399 +545,442 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="116" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="116.686" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="575.574" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="136.681" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="116.686" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2021</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2020</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>39</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2018</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>53</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...22 lines deleted...]
-      <c r="L3" t="s">
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>51</v>
+      </c>
+      <c r="D6" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
-[...2 lines deleted...]
-      <c r="N3" t="s">
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
         <v>35</v>
       </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>52</v>
+      </c>
+      <c r="K6" t="s">
+        <v>53</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>54</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
-[...3 lines deleted...]
-      <c r="B4" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7"/>
+      <c r="C7" t="s">
+        <v>51</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2018</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>52</v>
+      </c>
+      <c r="K7" t="s">
+        <v>53</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>54</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="C4" t="s">
-[...153 lines deleted...]
-        <v>50</v>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>56</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>