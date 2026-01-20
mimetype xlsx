--- v0 (2025-11-28)
+++ v1 (2026-01-20)
@@ -215,72 +215,72 @@
   <si>
     <t>ENERGY STAR Program Requirements for Telephony Version 3.0</t>
   </si>
   <si>
     <t>Telephony products are categorized by two independent characteristics: Sound Transmission Mechanism and Configuration. Products that meet the definition of Telephone as specified in the policy document and transmit sound via Analog, VoIP, or a Hybrid of Analog and VoIP are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2.</t>
   </si>
   <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Telephony Rev. November-2013</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-telephony-version-30</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/electronics/cordless_phones/partners</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -940,51 +940,51 @@
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>67</v>
       </c>
       <c r="B7" t="s">
         <v>68</v>
       </c>
       <c r="C7" t="s">
         <v>69</v>
       </c>
       <c r="D7" t="s">
         <v>70</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>71</v>
       </c>
       <c r="G7" t="s">
         <v>44</v>
       </c>
       <c r="H7">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
         <v>72</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>73</v>
       </c>
       <c r="N7" t="s">
         <v>38</v>
       </c>
       <c r="O7" t="s">
         <v>74</v>
       </c>
       <c r="P7" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>76</v>