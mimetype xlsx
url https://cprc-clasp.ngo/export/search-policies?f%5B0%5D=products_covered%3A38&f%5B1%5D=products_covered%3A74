--- v0 (2025-10-13)
+++ v1 (2026-03-06)
@@ -12,212 +12,243 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to cordless phones and base stations according to the DECT standard or a similar standard. The devices shall be primarily designed for transmitting phone calls and messages. They may, however, also provide additional functions, such as answering machine, organizer, wireless Internet access or data transmission via infrared port or bluetooth, Class III. Excluded are cordless phones with WLAN function.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-digital-cordless-phones-de-uz-131</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20131-201404-en%20Criteria-2018-10-15.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Cordless/Corded Phones</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 100W, capable of automatic reporting,voice and image transmitting between the internal andexternal units, opening and locking of the gate,communicating with the security and crime &amp; fire controls; gas, fire, crime</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-cordlesscorded-phones</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Hot Food Holding Cabinets Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Hot Food Holding Cabinet as specified in the policy document are eligible for ENERGY STAR qualification under this specification. Dual function equipment (e.g., cook-and-hold and proofing units), heated transparent merchandising cabinets, and drawer warmers are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Hot Food Holding Cabinets</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ASTM Standard F2140-11</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-hot-food-holding-cabinets-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_hot_food_holding_cabinets/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Telephony Version 3.0</t>
   </si>
   <si>
+    <t>Telephony products are categorized by two independent characteristics: Sound Transmission Mechanism and Configuration. Products that meet the definition of Telephone as specified in the policy document and transmit sound via Analog, VoIP, or a Hybrid of Analog and VoIP are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Telephony Rev. November-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-telephony-version-30</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/electronics/cordless_phones/partners</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -481,321 +512,354 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="101" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="133.253" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="136.681" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2">
+        <v>2014</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
         <v>2010</v>
       </c>
-      <c r="H2">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2011</v>
+      </c>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2004</v>
+      </c>
+      <c r="I5">
         <v>2014</v>
       </c>
-      <c r="I2" t="s">
-[...12 lines deleted...]
-      <c r="N2" t="s">
+      <c r="J5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N5" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...117 lines deleted...]
-        <v>40</v>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>