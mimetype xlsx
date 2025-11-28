--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,1176 +12,1710 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="361">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="534">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>CEL-037. Copiers, Printers, and Fax Machines</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does not apply to AC contactors with external power saving device or semi-conductor type -solid type contactor.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 21521-2014</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-037-copiers-printers-and-fax-machines</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B617_%E5%A4%8D%E5%8D%B0%E6%9C%BA%E3%80%81%E6%89%93%E5%8D%B0%E6%9C%BA%E5%92%8C%E4%BC%A0%E7%9C%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Commission Decision of 28 May 2014: 2014-314-EU</t>
   </si>
   <si>
+    <t>1. The product group water-based heaters shall comprise products that are used to generate heat as part of a water- based central heating system; where the heated water is distributed by means of circulators and heat emitters in order to reach and maintain the indoor temperature of an enclosed space such as a building; a dwelling; or a room; at a desired level.    2. The maximum output power of the water-based heaters shall be 400 kW.    3. Combination heaters are included in the scope of this product group; provided that their primary function is to provide space heat.    4.The following products are excluded from the scope of this product group:   A. heaters whose primary function is to provide hot drinking or sanitary water;   B. heaters for heating and distributing gaseous heat transfer media such as vapour or air;    C. cogeneration space heaters with a maximum electrical capacity of 50 kW or above;    D. space heaters that combine both indirect heating; using water-based central heating system; and direct heating; by direct emission of heat into the room or space where the appliance is installed.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Water</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-28-may-2014-2014-314-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32014D0314</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1186/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015</t>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015-commission-delegated-regulation</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1187-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1187/contents/2015-04-27</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 811-2013 of 18 February 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of space heaters; combination heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0811-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for local space heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151188-28-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers</t>
   </si>
   <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1189/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1189-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
+    <t>May 2024</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>Department for Energy Security and Net Zero</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
-    <t>May 2024</t>
-[...4 lines deleted...]
-  <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-423221-2017-energy-conservation-certification-rules-industrial-boilers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-05-24/499029.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448149-2011. CQC Mark Certification - Commercial Water Boilers</t>
   </si>
   <si>
+    <t>Applies to commercial water boilers. For single-phase appliances connected to a phase line and neutral line its rated voltage not exceeding 250V and other appliances' rated voltage not exceeding 450V</t>
+  </si>
+  <si>
     <t>CQC 3133-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448149-2011-cqc-mark-certification-commercial-water-boilers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492730.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448187-2016 Energy Conservation Certification Rules for Household and Similar Use Room Heaters</t>
   </si>
   <si>
+    <t>Applies to room heaters that with a single-phase rated power voltage of no more than 250V, applies to portable, fixed, standing, and embedded type of room hearers.</t>
+  </si>
+  <si>
     <t>CQC3154-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448187-2016-energy-conservation-certification-rules-household-and-similar-use-room</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/513956.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452611-2011. CQC Mark Certification - Scanners</t>
   </si>
   <si>
+    <t>Applies to drum scanners; flatbed scanners; and scanners for film or transparent media.</t>
+  </si>
+  <si>
     <t>CQC 3134-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452611-2011-cqc-mark-certification-scanners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-04/492776.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452627-2014. CQC Mark Certification - Copy machines; printers; fax machines and multi-function equipment</t>
   </si>
   <si>
+    <t>Applies to copiers; printers; fax machines; and multi-function equipment. Applies to products operating under 220V and 50Hz; with printing speed lower than 70pages per minute and standard format. Can be used as reference for products with printing speed higher than 70pages per minute and non-standard format.</t>
+  </si>
+  <si>
     <t>GB 21521-2014, GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452627-2014-cqc-mark-certification-copy-machines-printers-fax-machines-and-multi</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492780.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448262-2015 Energy Conservation and environmentally-friendly Certification rules for Domestic Gas Instantaneous Water Heater and Gas Fired Heating-hot Water Combi-boilers</t>
   </si>
   <si>
+    <t>Applies to gas fired Domestic Gas Instantaneous Water Heater - including condensation type- with heat load not larger than 70kW; Applies to gas fired Heaing-hot Water Combi-boilers -including ndensation type warm bath dual use boilers.</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB 20665-2015; CQC 5105-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448262-2015-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-01-22/492743.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Fax Machine</t>
   </si>
   <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-fax-machine</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Multifunctional devices</t>
   </si>
   <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-multifunctional-devices</t>
   </si>
   <si>
     <t>e-Standby Power Program for Printers</t>
   </si>
   <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-printers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Scanners</t>
   </si>
   <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-scanners</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Printers; Neng-Chi-Tze-10405006191</t>
   </si>
   <si>
+    <t>Printers - 1. The Printer that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.32.00.00.1-A, 8443.31.00.00-2-A; or recognized by competent authority.   2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0  --hereunder briefed as ENERGY STAR REV. 2.0.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment (Version 2.0)</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-printers-neng-chi</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=33%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Household Gas Boiler</t>
   </si>
   <si>
+    <t>By KS B 8109 and KS C 8127 Gas water heating boiler of rated gasconsumption of 69.5 kW or less, and the total heat capacity is defined by KS B8101</t>
+  </si>
+  <si>
     <t>KS B 8109; KS C 8127</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-household-gas-boiler</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Efficiency Standard and Indication Method for the Copier Machine Energy Conservation Marker; Neng-Chi-Tze-10405006201</t>
   </si>
   <si>
+    <t>The Copier Machine that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.31.00.00-2-B, 8443.32.00.00-1-B, or recognized by competent authority.     2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0 -hereunder briefed as ENERGY STAR REV. 2.0.     3. The fax machine possessing single-page copying function shall not be applicable for the scope provided herein.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-standard-and-indication-method-copier-machine-energy-conservation-marker</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=32%20</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy labeling of electric heating furnaces), 5753 - 1993</t>
   </si>
   <si>
+    <t>Electric Heating Furnace</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-resources-regulations-energy-labeling-electric-heating-furnaces-5753-1993</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECElectricHeating.doc</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>Natural gas and LPG boilers</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-1</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Packaged Boilers Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definitions of both a commercial boiler and packaged boiler as specified in the policy document; which are marketed for sale in the commercial market are eligible for ENERGY STAR certification under this specification.
+Commercial Boiler: A type of packaged low pressure boiler with a capacity at full load rated input of 300 000 Btu per hour or more which is distributed in commerce: for heating or space conditioning applications in commercial buildings; or for service water heating in buildings excluding those products that meet the definition of Hot Water Supply Boiler.
+Packaged Boiler: A boiler that is shipped complete with heating equipment; mechanical draft equipment and automatic controls in one or more sections but is not custom designed and or field constructed.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>10 CFR Part 431.86; UL 795 or ANSI Z21.13-2014/CSA 4.9</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-packaged-boilers-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/commercial_boilers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Furnaces Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Furnace as specified in the policy document are eligible for ENERGY STAR certification, with the exception of Furnaces intended only for commercial installation and/or with a rating of 225 000 Btu per hour energy or higher. Only non-weatherized furnaces approved for residential installation are eligible.</t>
+  </si>
+  <si>
     <t>10 CFR Part 430 Appendix N; ANSI/ASHRAE 193-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-furnaces-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/furnaces/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Boilers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a residential boiler and combination space-heating and water heating appliance as specified in the policy document are eligible for ENERGY STAR certification. 
+Residential Boiler: A self-contained fuel burning appliance, with input less than 300 000 Btu per hour and operating at or below 160 psig water pressure and 250F water temperature, to supply low pressure steam or hot water for space heating applications. A heating unit that meets this definition and also provides hot water for domestic or other use is considered a combination space-heating and water heating appliance for purposes of this agreement.</t>
+  </si>
+  <si>
     <t>10 CFR part 430 Subpart B, Appendix N</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-boilers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/boilers/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Space heaters</t>
   </si>
   <si>
+    <t>Space heaters using gas or oil for fuel</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-space-heaters</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>Gas Boilers - Taiwan</t>
   </si>
   <si>
+    <t>The Efficiency Standard is applicable to steam boilers with oil or gas firing but not for through-flow boilers.</t>
+  </si>
+  <si>
     <t>CNS 2141</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gas-boilers-taiwan</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gas-boilers-taiwan-0</t>
   </si>
   <si>
     <t>GB 21521-2014 Minimum allowable values of energy efficiency and energy efficiency grades for copy machines; printers and fax machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21521-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-copy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED11D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24500-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to fixed type of steel-made steam boiler with water as medium and rated steam volume no less than 0.1 t per h; and fixed type of steel-made hot water boiler with rated outlet water pressure bigger than 0.1 MPa. Boilers shall use coal; gasoline; or gas as fuel and have rated steam pressure bigger than 0.04 MPa but smaller than 3.8 MPa.</t>
+  </si>
+  <si>
     <t>GB/T 10180; NB/T 47066</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24500-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF558CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 24848-2010 Minimum allowable values of energy efficiency and energy efficiency grades for heaters of petroleum industry</t>
   </si>
   <si>
+    <t>This policy covers heaters of the petroleum industry.</t>
+  </si>
+  <si>
     <t>SY/T 0540; SY/T 6381</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24848-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7D36FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 38449-2019 Minimum allowable values of energy efficiency and energy efficiency grade of regenerative rolling reheating furnace</t>
   </si>
   <si>
+    <t>This policy covers regenerative rolling reheating furnaces.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38449-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grade</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFEA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>GOST 26287-84 Household electric pumps - General specifications</t>
   </si>
   <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
     <t>Greenmark N19 - Printers</t>
   </si>
   <si>
+    <t>Laser and Inkjet Printers; Dot-matrix Printers</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n19-printers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/19/a2927784-929d-45e1-bd21-b2c2985afe95.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N45 - Monochromatic Copy Machines</t>
   </si>
   <si>
+    <t>Applies to carbon powder toner machines</t>
+  </si>
+  <si>
     <t>Requirements for energy consumption are described in the standard Greenmark N45</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n45-monochromatic-copy-machines</t>
   </si>
   <si>
     <t>Greenmark N78 - Image Output Devices</t>
   </si>
   <si>
+    <t>This standard is applicable to facsimile machines; copiers; and multifunction devices.    1. Facsimile -Fax Machine: A product whose primary functions are to scan paper originals for electronic transmission to remote units, and to receive electronic transmissions for conversion to paper output. Electronic transmission is primarily over a public telephone system, but may also be via a computer network or the Internet.    2. Copier: A product whose sole function is to produce paper duplicates from paper originals.   3. Multifunction Device -MFD: A product that performs two or more of the core functions of a Printer; Scanner; Copier; or Fax Machine.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n78-image-output-devices</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/78/ed90e8ff-2f8c-4f35-8385-bde4eba11953.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N88 - Scanners</t>
   </si>
   <si>
+    <t>This standard is applicable to scanners; excluding multi-function devices with scanning capabilities; network scanners; or scanners not directly powered by electricity from the wall outlets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n88-scanners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/88/398369f2-9d5f-47dd-a41b-1ab919c2cafd.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Industrial oil boilers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-0</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
+    <t>Oil boilers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-1</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Domestic Gas Boiler</t>
   </si>
   <si>
+    <t>Domestic gas boiler: Gas burning hot water boiler, whose heat efficiency is over 95 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-domestic-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Industrial Gas Boiler</t>
   </si>
   <si>
+    <t>Industrial gas boiler whose rated capacity is less than 12 million kcal per h, maximum allowable working pressure is less than 10kg per cm2, heat efficiency is over 91 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-industrial-gas-boiler</t>
   </si>
   <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
     <t>AS 4553,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 13782, Amendment No.1 , Boilers - Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>BoilersTechnical Specifications and Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
     <t>ISIRI 4231 ,ASME PTC4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-13782-amendment-no1-boilers-technical-specifications-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
     <t>AS 4553, ISIRI 7268-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
   </si>
   <si>
+    <t>Residential electric space heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
   </si>
   <si>
     <t>MEPS for Electric fan heater</t>
   </si>
   <si>
+    <t>Electric fan heater with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-electric-fan-heater</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Household Gas Boiler</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-household-gas-boiler</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Boilers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial boilers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-boilers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Scanner of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers scanners for office and home use that read data from images and record it on a computer.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Imaging Equipment</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-scanner-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048425</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Water Heaters, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers an electric water heater means an appliance that instantly raises the temperature of the water flowing through it without retaining water. Power size of the electric water heater (watts): 1. less than 4,000 watts, 2. 4,000 to 5,500 watts, and 3. more than 5,500 watts.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-electric-water-heaters-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/43.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Multi-Functional Devices in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers multi-functional devices that can print, copy, and scan documents in the same device and can be operated using power from the mains power supply. It covers ink-injected multi-function devices and laser multifunction devices or black LED multifunction devices.</t>
+  </si>
+  <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-multi-functional-devices-standby-and</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048424</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Printers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers printers that print documents and use them with computers. Included types: 1. Ink-jet printers and, 2. black laser printers or LED printers and color laser printers or LED printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-printers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048423</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 015 Imaging Equipment</t>
   </si>
   <si>
+    <t>Copiers, digital duplicators, facsimile machines, multifunction devices MFD, printers and scanners are eligible for a Nordic Ecolabel. The machines may be equipped with external or internal scanners. In this document we collect all of these products under the name imaging equipment.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>RAL-UZ 122 Version June 2006</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-015-imaging-equipment</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 059 Heat Pumps</t>
   </si>
   <si>
+    <t>1. For heating water up to 70 kW:</t>
+  </si>
+  <si>
     <t>EN 14511</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-059-heat-pumps</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=31</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Schedule 16 - Office Equipments (printers, scanners, copiers, fax machines and multi function devices)</t>
   </si>
   <si>
+    <t>The schedule specifies the MEPS and labeling instructions for office equipment copiers, printers, fax machines, scanners and multi-function devices for office automation and similar use. This schedule is for only single phase office equipment (printers, scanners, copiers, fax machines and multi-function devices) which operate at the standard voltage and frequency range specified by the relevant Indian Standards and the Indian Electricity Rules 1956.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-16-office-equipments-printers-scanners-copiers-fax-machines-and-multi-function</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%20-%2016Office%20Equipments.pdf</t>
+  </si>
+  <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
+    <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-36-packaged-boiler-0</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
+    <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
+The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
+This standard does not apply to boilers used for electricity generation.
+It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>TCVN 9509:2012 Printers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9510:2012 Copiers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for copiers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Facsimile machine TGL-36-R1-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to a stand-alone fax machine, a combined printer/facsimile, a multi-purpose fax machine. (multifunctional units).</t>
   </si>
   <si>
     <t>IEC 60950-1 (or TIS 1561)
 ,   
                     CISPR 22 (or TIS 1956, EN 55022)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-facsimile-machine-tgl-36-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-36-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Photocopiers TGL-27-R4-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to all sizes of dry system copiers and multifunction copiers for both color and monochrome copies, which are operated manually and/or automatically (exclude copiers without photoreceptor drums).</t>
+  </si>
+  <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-photocopiers-tgl-27-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-27-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Product Printer TGL-37-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to products that create pictures, texts and graphics on paper, and receives information from a single user or networked computer or other equipment (such as a digital camera).</t>
   </si>
   <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)
 ,   
                     TIS 1956 (or CISPR 22, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-product-printer-tgl-37-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-37-R2-15.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Fax Machines</t>
   </si>
   <si>
+    <t>Both ordinary fax machines and printer-fax combinations are covered by this scheme.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-fax-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Fax%20Machines%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Multifunction Devices</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electrically operated multifunction devices intended for production of A4-sized duplicates from graphical hard copy originals as well as performing one or both of the core functions such as printing, faxing, scanning, etc. However, a device whose primary function is faxing and offers limited sheet copying capabilities, so-called single sheet convenience copying; are not covered under this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-multifunction-devices</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Multifunction%20Devices%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Photocopiers</t>
   </si>
   <si>
+    <t>COPY MACHINE:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-photocopiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Photocopiers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Printers</t>
   </si>
   <si>
+    <t>Printers under this labelling scheme apply to all electrically operated black-and-white or colour printers that are capable of receiving information from single-user or networked computers and serve as hard copy output devices for production of A4-sized copies. Printers designed to handle multi-sized papers including A4-sized paper can also be qualified under this scheme provided that they can comply with the energy efficiency requirements for A4-sized paper.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-printers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Printers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Solid Fuel Boilers and Packages of Solid Fuel Boilers, Additional Heaters, Temperature Control Devices and Solar Energy Devices (2015/1187/EU) (SGM: 2022/31)</t>
   </si>
   <si>
+    <t>This policy defines the energy labeling of and the provision of supplementary product information on solid fuel boilers with a rated heat output of 70 kW or less and packages of a solid fuel boiler with a rated heat output of 70 kW or less, supplementary heaters, temperature controls, and solar devices. It does not apply to boilers generating heat only for hot drinking or sanitary water; boilers for heating and distributing gaseous heat transfer media such as vapor or air; solid fuel cogeneration boilers with a maximum electrical capacity of 50 kW or more; non-woody biomass boilers. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1187.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity, Solar, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-energy-labeling-solid-fuel-boilers-and-packages-solid</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Boilers (2015/1189/EU) (SGM: 2022/33)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel boilers with a rated heat output of 500 kilowatts (‘kW’) or less, including those integrated in packages of a solid fuel boiler, supplementary heaters, temperature controls, and solar devices as defined in Article 2 of Delegated Regulation (EU) 2015/1187. This policy is a transposition of Commission Regulation (EU) 2015/1189.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1189</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-10.htm</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1445,4219 +1979,4808 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N98"/>
+  <dimension ref="A1:P98"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1491.065" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>42</v>
+      </c>
+      <c r="F6" t="s">
+        <v>62</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2013</v>
+      </c>
+      <c r="J6" t="s">
+        <v>63</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>61</v>
+      </c>
+      <c r="D7" t="s">
+        <v>69</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>62</v>
+      </c>
+      <c r="G7" t="s">
+        <v>70</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>71</v>
+      </c>
+      <c r="K7" t="s">
+        <v>72</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D8" t="s">
+        <v>78</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8" t="s">
+        <v>70</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>79</v>
+      </c>
+      <c r="K8" t="s">
+        <v>80</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>81</v>
+      </c>
+      <c r="P8" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>83</v>
+      </c>
+      <c r="B9" t="s">
+        <v>84</v>
+      </c>
+      <c r="C9" t="s">
+        <v>61</v>
+      </c>
+      <c r="D9" t="s">
+        <v>78</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>70</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>63</v>
+      </c>
+      <c r="K9" t="s">
+        <v>80</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>85</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>61</v>
+      </c>
+      <c r="D10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" t="s">
+        <v>70</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>63</v>
+      </c>
+      <c r="K10" t="s">
+        <v>80</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>85</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>90</v>
+      </c>
+      <c r="P10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C11" t="s">
+        <v>77</v>
+      </c>
+      <c r="D11" t="s">
+        <v>69</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" t="s">
+        <v>70</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>79</v>
+      </c>
+      <c r="K11" t="s">
+        <v>80</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>93</v>
+      </c>
+      <c r="P11" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
+        <v>61</v>
+      </c>
+      <c r="D12" t="s">
+        <v>97</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>43</v>
+      </c>
+      <c r="G12" t="s">
+        <v>70</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>63</v>
+      </c>
+      <c r="K12" t="s">
+        <v>98</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>85</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>99</v>
+      </c>
+      <c r="P12" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C13" t="s">
+        <v>77</v>
+      </c>
+      <c r="D13" t="s">
+        <v>97</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>43</v>
+      </c>
+      <c r="G13" t="s">
+        <v>70</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>79</v>
+      </c>
+      <c r="K13" t="s">
+        <v>98</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13"/>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>102</v>
+      </c>
+      <c r="P13" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>104</v>
+      </c>
+      <c r="B14" t="s">
+        <v>105</v>
+      </c>
+      <c r="C14" t="s">
+        <v>77</v>
+      </c>
+      <c r="D14" t="s">
+        <v>78</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>70</v>
+      </c>
+      <c r="H14">
+        <v>2015</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>79</v>
+      </c>
+      <c r="K14" t="s">
+        <v>106</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14"/>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>107</v>
+      </c>
+      <c r="P14" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C15" t="s">
+        <v>77</v>
+      </c>
+      <c r="D15" t="s">
+        <v>69</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>70</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>79</v>
+      </c>
+      <c r="K15" t="s">
+        <v>80</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>111</v>
+      </c>
+      <c r="P15" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>109</v>
+      </c>
+      <c r="B16" t="s">
+        <v>113</v>
+      </c>
+      <c r="C16" t="s">
+        <v>61</v>
+      </c>
+      <c r="D16" t="s">
+        <v>69</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>70</v>
+      </c>
+      <c r="H16">
+        <v>2015</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>63</v>
+      </c>
+      <c r="K16" t="s">
+        <v>80</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>85</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>114</v>
+      </c>
+      <c r="P16" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>116</v>
+      </c>
+      <c r="B17" t="s">
+        <v>117</v>
+      </c>
+      <c r="C17" t="s">
+        <v>61</v>
+      </c>
+      <c r="D17" t="s">
+        <v>78</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2015</v>
+      </c>
+      <c r="I17">
+        <v>2024</v>
+      </c>
+      <c r="J17" t="s">
+        <v>118</v>
+      </c>
+      <c r="K17" t="s">
+        <v>106</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>85</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>119</v>
+      </c>
+      <c r="P17" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>121</v>
+      </c>
+      <c r="B18" t="s">
+        <v>122</v>
+      </c>
+      <c r="C18" t="s">
+        <v>61</v>
+      </c>
+      <c r="D18" t="s">
+        <v>97</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>1992</v>
+      </c>
+      <c r="I18">
+        <v>2013</v>
+      </c>
+      <c r="J18" t="s">
+        <v>123</v>
+      </c>
+      <c r="K18" t="s">
+        <v>45</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>85</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>124</v>
+      </c>
+      <c r="P18" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>121</v>
+      </c>
+      <c r="B19" t="s">
+        <v>122</v>
+      </c>
+      <c r="C19" t="s">
+        <v>126</v>
+      </c>
+      <c r="D19" t="s">
+        <v>97</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1992</v>
+      </c>
+      <c r="I19">
+        <v>2013</v>
+      </c>
+      <c r="J19" t="s">
+        <v>118</v>
+      </c>
+      <c r="K19" t="s">
+        <v>45</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>127</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>128</v>
+      </c>
+      <c r="P19" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>129</v>
+      </c>
+      <c r="B20" t="s">
+        <v>130</v>
+      </c>
+      <c r="C20" t="s">
+        <v>52</v>
+      </c>
+      <c r="D20" t="s">
+        <v>69</v>
+      </c>
+      <c r="E20" t="s">
+        <v>42</v>
+      </c>
+      <c r="F20" t="s">
+        <v>62</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20">
+        <v>2017</v>
+      </c>
+      <c r="J20" t="s">
+        <v>131</v>
+      </c>
+      <c r="K20" t="s">
+        <v>132</v>
+      </c>
+      <c r="L20" t="s">
+        <v>133</v>
+      </c>
+      <c r="M20" t="s">
+        <v>134</v>
+      </c>
+      <c r="N20" t="s">
+        <v>36</v>
+      </c>
+      <c r="O20" t="s">
+        <v>135</v>
+      </c>
+      <c r="P20" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>137</v>
+      </c>
+      <c r="B21" t="s">
+        <v>138</v>
+      </c>
+      <c r="C21" t="s">
+        <v>52</v>
+      </c>
+      <c r="D21" t="s">
+        <v>69</v>
+      </c>
+      <c r="E21" t="s">
+        <v>42</v>
+      </c>
+      <c r="F21" t="s">
+        <v>62</v>
+      </c>
+      <c r="G21" t="s">
+        <v>70</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>131</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" t="s">
+        <v>139</v>
+      </c>
+      <c r="M21" t="s">
+        <v>134</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>140</v>
+      </c>
+      <c r="P21" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>142</v>
+      </c>
+      <c r="B22" t="s">
+        <v>143</v>
+      </c>
+      <c r="C22" t="s">
+        <v>52</v>
+      </c>
+      <c r="D22" t="s">
+        <v>69</v>
+      </c>
+      <c r="E22" t="s">
+        <v>42</v>
+      </c>
+      <c r="F22" t="s">
+        <v>62</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2002</v>
+      </c>
+      <c r="I22">
+        <v>2017</v>
+      </c>
+      <c r="J22" t="s">
+        <v>131</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22" t="s">
+        <v>144</v>
+      </c>
+      <c r="M22" t="s">
+        <v>134</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>145</v>
+      </c>
+      <c r="P22" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>147</v>
+      </c>
+      <c r="B23" t="s">
+        <v>148</v>
+      </c>
+      <c r="C23" t="s">
+        <v>52</v>
+      </c>
+      <c r="D23" t="s">
+        <v>53</v>
+      </c>
+      <c r="E23" t="s">
+        <v>42</v>
+      </c>
+      <c r="F23" t="s">
+        <v>62</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2003</v>
+      </c>
+      <c r="I23">
+        <v>2011</v>
+      </c>
+      <c r="J23" t="s">
+        <v>131</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23" t="s">
+        <v>149</v>
+      </c>
+      <c r="M23" t="s">
+        <v>134</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>150</v>
+      </c>
+      <c r="P23" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>152</v>
+      </c>
+      <c r="B24" t="s">
+        <v>153</v>
+      </c>
+      <c r="C24" t="s">
+        <v>52</v>
+      </c>
+      <c r="D24" t="s">
+        <v>53</v>
+      </c>
+      <c r="E24" t="s">
+        <v>42</v>
+      </c>
+      <c r="F24" t="s">
+        <v>62</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2003</v>
+      </c>
+      <c r="I24">
+        <v>2015</v>
+      </c>
+      <c r="J24" t="s">
+        <v>131</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24" t="s">
+        <v>154</v>
+      </c>
+      <c r="M24" t="s">
+        <v>134</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>155</v>
+      </c>
+      <c r="P24" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>157</v>
+      </c>
+      <c r="B25" t="s">
+        <v>158</v>
+      </c>
+      <c r="C25" t="s">
+        <v>52</v>
+      </c>
+      <c r="D25" t="s">
+        <v>69</v>
+      </c>
+      <c r="E25" t="s">
+        <v>42</v>
+      </c>
+      <c r="F25" t="s">
+        <v>62</v>
+      </c>
+      <c r="G25" t="s">
+        <v>70</v>
+      </c>
+      <c r="H25">
+        <v>2015</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>131</v>
+      </c>
+      <c r="K25" t="s">
+        <v>159</v>
+      </c>
+      <c r="L25" t="s">
+        <v>160</v>
+      </c>
+      <c r="M25" t="s">
+        <v>134</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>161</v>
+      </c>
+      <c r="P25" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>163</v>
+      </c>
+      <c r="B26" t="s">
+        <v>164</v>
+      </c>
+      <c r="C26" t="s">
+        <v>165</v>
+      </c>
+      <c r="D26" t="s">
+        <v>166</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>167</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2011</v>
+      </c>
+      <c r="I26">
+        <v>2023</v>
+      </c>
+      <c r="J26" t="s">
+        <v>168</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>169</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>170</v>
+      </c>
+      <c r="P26" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>172</v>
+      </c>
+      <c r="B27" t="s">
+        <v>173</v>
+      </c>
+      <c r="C27" t="s">
+        <v>174</v>
+      </c>
+      <c r="D27" t="s">
+        <v>53</v>
+      </c>
+      <c r="E27" t="s">
+        <v>42</v>
+      </c>
+      <c r="F27" t="s">
+        <v>62</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2017</v>
+      </c>
+      <c r="I27">
+        <v>2020</v>
+      </c>
+      <c r="J27" t="s">
+        <v>175</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>176</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>177</v>
+      </c>
+      <c r="P27" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>179</v>
+      </c>
+      <c r="B28" t="s">
+        <v>180</v>
+      </c>
+      <c r="C28" t="s">
+        <v>181</v>
+      </c>
+      <c r="D28" t="s">
+        <v>53</v>
+      </c>
+      <c r="E28" t="s">
+        <v>42</v>
+      </c>
+      <c r="F28" t="s">
+        <v>62</v>
+      </c>
+      <c r="G28" t="s">
+        <v>70</v>
+      </c>
+      <c r="H28">
+        <v>2010</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>182</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>183</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>184</v>
+      </c>
+      <c r="P28" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>186</v>
+      </c>
+      <c r="B29" t="s">
+        <v>187</v>
+      </c>
+      <c r="C29" t="s">
+        <v>181</v>
+      </c>
+      <c r="D29" t="s">
+        <v>53</v>
+      </c>
+      <c r="E29" t="s">
+        <v>42</v>
+      </c>
+      <c r="F29" t="s">
+        <v>62</v>
+      </c>
+      <c r="G29" t="s">
+        <v>70</v>
+      </c>
+      <c r="H29">
+        <v>2009</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>182</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>183</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>188</v>
+      </c>
+      <c r="P29" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>189</v>
+      </c>
+      <c r="B30" t="s">
+        <v>190</v>
+      </c>
+      <c r="C30" t="s">
+        <v>181</v>
+      </c>
+      <c r="D30" t="s">
+        <v>53</v>
+      </c>
+      <c r="E30" t="s">
+        <v>42</v>
+      </c>
+      <c r="F30" t="s">
+        <v>62</v>
+      </c>
+      <c r="G30" t="s">
+        <v>70</v>
+      </c>
+      <c r="H30">
+        <v>2009</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>182</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>183</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>191</v>
+      </c>
+      <c r="P30" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>192</v>
+      </c>
+      <c r="B31" t="s">
+        <v>193</v>
+      </c>
+      <c r="C31" t="s">
+        <v>181</v>
+      </c>
+      <c r="D31" t="s">
+        <v>53</v>
+      </c>
+      <c r="E31" t="s">
+        <v>42</v>
+      </c>
+      <c r="F31" t="s">
+        <v>62</v>
+      </c>
+      <c r="G31" t="s">
+        <v>70</v>
+      </c>
+      <c r="H31">
+        <v>2010</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>182</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>183</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>194</v>
+      </c>
+      <c r="P31" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>195</v>
+      </c>
+      <c r="B32" t="s">
+        <v>196</v>
+      </c>
+      <c r="C32" t="s">
+        <v>197</v>
+      </c>
+      <c r="D32" t="s">
+        <v>53</v>
+      </c>
+      <c r="E32" t="s">
+        <v>42</v>
+      </c>
+      <c r="F32" t="s">
+        <v>62</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2000</v>
+      </c>
+      <c r="I32">
+        <v>2015</v>
+      </c>
+      <c r="J32" t="s">
+        <v>198</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32" t="s">
+        <v>199</v>
+      </c>
+      <c r="M32" t="s">
+        <v>200</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>201</v>
+      </c>
+      <c r="P32" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>203</v>
+      </c>
+      <c r="B33" t="s">
+        <v>204</v>
+      </c>
+      <c r="C33" t="s">
+        <v>181</v>
+      </c>
+      <c r="D33" t="s">
+        <v>69</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>43</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2000</v>
+      </c>
+      <c r="I33">
+        <v>2010</v>
+      </c>
+      <c r="J33" t="s">
+        <v>182</v>
+      </c>
+      <c r="K33" t="s">
+        <v>159</v>
+      </c>
+      <c r="L33" t="s">
+        <v>205</v>
+      </c>
+      <c r="M33" t="s">
+        <v>183</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>206</v>
+      </c>
+      <c r="P33" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>208</v>
+      </c>
+      <c r="B34" t="s">
+        <v>209</v>
+      </c>
+      <c r="C34" t="s">
+        <v>210</v>
+      </c>
+      <c r="D34" t="s">
+        <v>211</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>212</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I34">
+        <v>2019</v>
+      </c>
+      <c r="J34" t="s">
+        <v>213</v>
+      </c>
+      <c r="K34" t="s">
+        <v>45</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>214</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>215</v>
+      </c>
+      <c r="P34" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>217</v>
+      </c>
+      <c r="B35" t="s">
+        <v>218</v>
+      </c>
+      <c r="C35" t="s">
+        <v>197</v>
+      </c>
+      <c r="D35" t="s">
+        <v>53</v>
+      </c>
+      <c r="E35" t="s">
+        <v>42</v>
+      </c>
+      <c r="F35" t="s">
+        <v>62</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2000</v>
+      </c>
+      <c r="I35">
+        <v>2015</v>
+      </c>
+      <c r="J35" t="s">
+        <v>198</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35" t="s">
+        <v>199</v>
+      </c>
+      <c r="M35" t="s">
+        <v>200</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>219</v>
+      </c>
+      <c r="P35" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>221</v>
+      </c>
+      <c r="B36" t="s">
+        <v>222</v>
+      </c>
+      <c r="C36" t="s">
+        <v>223</v>
+      </c>
+      <c r="D36" t="s">
+        <v>224</v>
+      </c>
+      <c r="E36" t="s">
+        <v>42</v>
+      </c>
+      <c r="F36" t="s">
+        <v>43</v>
+      </c>
+      <c r="G36" t="s">
+        <v>70</v>
+      </c>
+      <c r="H36">
+        <v>2013</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>33</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>225</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>226</v>
+      </c>
+      <c r="P36" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>228</v>
+      </c>
+      <c r="B37" t="s">
+        <v>229</v>
+      </c>
+      <c r="C37" t="s">
+        <v>230</v>
+      </c>
+      <c r="D37" t="s">
+        <v>69</v>
+      </c>
+      <c r="E37" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F37" t="s">
+        <v>43</v>
+      </c>
+      <c r="G37" t="s">
+        <v>70</v>
+      </c>
+      <c r="H37">
+        <v>1993</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>213</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>225</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>231</v>
+      </c>
+      <c r="P37" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>233</v>
+      </c>
+      <c r="B38" t="s">
+        <v>234</v>
+      </c>
+      <c r="C38" t="s">
+        <v>77</v>
+      </c>
+      <c r="D38" t="s">
+        <v>69</v>
+      </c>
+      <c r="E38" t="s">
+        <v>42</v>
+      </c>
+      <c r="F38" t="s">
+        <v>62</v>
+      </c>
+      <c r="G38" t="s">
+        <v>70</v>
+      </c>
+      <c r="H38">
+        <v>2015</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>235</v>
+      </c>
+      <c r="K38" t="s">
+        <v>236</v>
+      </c>
+      <c r="L38" t="s">
+        <v>25</v>
+      </c>
+      <c r="M38" t="s">
+        <v>237</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>238</v>
+      </c>
+      <c r="P38" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>240</v>
+      </c>
+      <c r="B39" t="s">
+        <v>241</v>
+      </c>
+      <c r="C39" t="s">
+        <v>242</v>
+      </c>
+      <c r="D39" t="s">
+        <v>69</v>
+      </c>
+      <c r="E39" t="s">
+        <v>42</v>
+      </c>
+      <c r="F39" t="s">
+        <v>62</v>
+      </c>
+      <c r="G39" t="s">
+        <v>70</v>
+      </c>
+      <c r="H39">
+        <v>2016</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>131</v>
+      </c>
+      <c r="K39" t="s">
+        <v>236</v>
+      </c>
+      <c r="L39" t="s">
+        <v>243</v>
+      </c>
+      <c r="M39" t="s">
+        <v>244</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>245</v>
+      </c>
+      <c r="P39" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>247</v>
+      </c>
+      <c r="B40" t="s">
+        <v>248</v>
+      </c>
+      <c r="C40" t="s">
+        <v>242</v>
+      </c>
+      <c r="D40" t="s">
+        <v>69</v>
+      </c>
+      <c r="E40" t="s">
+        <v>42</v>
+      </c>
+      <c r="F40" t="s">
+        <v>62</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>1995</v>
+      </c>
+      <c r="I40">
+        <v>2013</v>
+      </c>
+      <c r="J40" t="s">
+        <v>131</v>
+      </c>
+      <c r="K40" t="s">
+        <v>236</v>
+      </c>
+      <c r="L40" t="s">
+        <v>249</v>
+      </c>
+      <c r="M40" t="s">
+        <v>244</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>250</v>
+      </c>
+      <c r="P40" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>252</v>
+      </c>
+      <c r="B41" t="s">
+        <v>253</v>
+      </c>
+      <c r="C41" t="s">
+        <v>254</v>
+      </c>
+      <c r="D41" t="s">
+        <v>53</v>
+      </c>
+      <c r="E41" t="s">
+        <v>42</v>
+      </c>
+      <c r="F41" t="s">
+        <v>62</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2001</v>
+      </c>
+      <c r="I41">
+        <v>2019</v>
+      </c>
+      <c r="J41" t="s">
+        <v>131</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41" t="s">
+        <v>255</v>
+      </c>
+      <c r="M41" t="s">
+        <v>244</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>256</v>
+      </c>
+      <c r="P41" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>258</v>
+      </c>
+      <c r="B42" t="s">
+        <v>259</v>
+      </c>
+      <c r="C42" t="s">
+        <v>242</v>
+      </c>
+      <c r="D42" t="s">
+        <v>69</v>
+      </c>
+      <c r="E42" t="s">
+        <v>42</v>
+      </c>
+      <c r="F42" t="s">
+        <v>62</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>1996</v>
+      </c>
+      <c r="I42">
+        <v>2014</v>
+      </c>
+      <c r="J42" t="s">
+        <v>131</v>
+      </c>
+      <c r="K42" t="s">
+        <v>236</v>
+      </c>
+      <c r="L42" t="s">
+        <v>260</v>
+      </c>
+      <c r="M42" t="s">
+        <v>244</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>261</v>
+      </c>
+      <c r="P42" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>263</v>
+      </c>
+      <c r="B43" t="s">
+        <v>264</v>
+      </c>
+      <c r="C43" t="s">
+        <v>265</v>
+      </c>
+      <c r="D43" t="s">
+        <v>69</v>
+      </c>
+      <c r="E43" t="s">
+        <v>42</v>
+      </c>
+      <c r="F43" t="s">
+        <v>43</v>
+      </c>
+      <c r="G43" t="s">
+        <v>70</v>
+      </c>
+      <c r="H43">
+        <v>2006</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>266</v>
+      </c>
+      <c r="K43" t="s">
+        <v>236</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>267</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>268</v>
+      </c>
+      <c r="P43" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>270</v>
+      </c>
+      <c r="B44" t="s">
+        <v>271</v>
+      </c>
+      <c r="C44" t="s">
+        <v>197</v>
+      </c>
+      <c r="D44" t="s">
+        <v>69</v>
+      </c>
+      <c r="E44" t="s">
+        <v>42</v>
+      </c>
+      <c r="F44" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G44" t="s">
+        <v>70</v>
+      </c>
+      <c r="H44">
+        <v>2003</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>198</v>
+      </c>
+      <c r="K44" t="s">
+        <v>159</v>
+      </c>
+      <c r="L44" t="s">
+        <v>272</v>
+      </c>
+      <c r="M44" t="s">
+        <v>273</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>274</v>
+      </c>
+      <c r="P44" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>270</v>
+      </c>
+      <c r="B45" t="s">
+        <v>271</v>
+      </c>
+      <c r="C45" t="s">
+        <v>197</v>
+      </c>
+      <c r="D45" t="s">
+        <v>69</v>
+      </c>
+      <c r="E45" t="s">
+        <v>42</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>70</v>
+      </c>
+      <c r="H45">
+        <v>2003</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>198</v>
+      </c>
+      <c r="K45" t="s">
+        <v>276</v>
+      </c>
+      <c r="L45" t="s">
+        <v>272</v>
+      </c>
+      <c r="M45" t="s">
+        <v>200</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>277</v>
+      </c>
+      <c r="P45" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>278</v>
+      </c>
+      <c r="B46" t="s">
+        <v>278</v>
+      </c>
+      <c r="C46" t="s">
+        <v>52</v>
+      </c>
+      <c r="D46" t="s">
+        <v>53</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...60 lines deleted...]
-      <c r="C4" t="s">
+      <c r="H46">
+        <v>2010</v>
+      </c>
+      <c r="I46">
+        <v>2015</v>
+      </c>
+      <c r="J46" t="s">
+        <v>131</v>
+      </c>
+      <c r="K46" t="s">
         <v>34</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="L46" t="s">
+        <v>55</v>
+      </c>
+      <c r="M46" t="s">
+        <v>56</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>279</v>
+      </c>
+      <c r="P46" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>281</v>
+      </c>
+      <c r="B47" t="s">
+        <v>282</v>
+      </c>
+      <c r="C47" t="s">
+        <v>52</v>
+      </c>
+      <c r="D47" t="s">
+        <v>69</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>70</v>
+      </c>
+      <c r="H47">
+        <v>2010</v>
+      </c>
+      <c r="I47">
+        <v>2021</v>
+      </c>
+      <c r="J47" t="s">
+        <v>54</v>
+      </c>
+      <c r="K47" t="s">
+        <v>159</v>
+      </c>
+      <c r="L47" t="s">
+        <v>283</v>
+      </c>
+      <c r="M47" t="s">
+        <v>56</v>
+      </c>
+      <c r="N47" t="s">
         <v>36</v>
       </c>
-      <c r="F4" t="s">
-[...28 lines deleted...]
-      <c r="A5" t="s">
+      <c r="O47" t="s">
+        <v>284</v>
+      </c>
+      <c r="P47" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>286</v>
+      </c>
+      <c r="B48" t="s">
+        <v>287</v>
+      </c>
+      <c r="C48" t="s">
+        <v>52</v>
+      </c>
+      <c r="D48" t="s">
+        <v>69</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>70</v>
+      </c>
+      <c r="H48">
+        <v>2010</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>131</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48" t="s">
+        <v>288</v>
+      </c>
+      <c r="M48" t="s">
+        <v>289</v>
+      </c>
+      <c r="N48" t="s">
+        <v>36</v>
+      </c>
+      <c r="O48" t="s">
+        <v>290</v>
+      </c>
+      <c r="P48" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>292</v>
+      </c>
+      <c r="B49" t="s">
+        <v>293</v>
+      </c>
+      <c r="C49" t="s">
+        <v>52</v>
+      </c>
+      <c r="D49" t="s">
+        <v>69</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>70</v>
+      </c>
+      <c r="H49">
+        <v>2020</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>54</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49" t="s">
+        <v>294</v>
+      </c>
+      <c r="M49" t="s">
+        <v>289</v>
+      </c>
+      <c r="N49" t="s">
+        <v>36</v>
+      </c>
+      <c r="O49" t="s">
+        <v>295</v>
+      </c>
+      <c r="P49" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>297</v>
+      </c>
+      <c r="B50" t="s">
+        <v>298</v>
+      </c>
+      <c r="C50" t="s">
+        <v>299</v>
+      </c>
+      <c r="D50" t="s">
+        <v>53</v>
+      </c>
+      <c r="E50" t="s">
         <v>42</v>
       </c>
-      <c r="B5" t="s">
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>1989</v>
+      </c>
+      <c r="I50">
+        <v>2015</v>
+      </c>
+      <c r="J50" t="s">
+        <v>300</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>301</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>302</v>
+      </c>
+      <c r="P50" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>304</v>
+      </c>
+      <c r="B51" t="s">
+        <v>305</v>
+      </c>
+      <c r="C51" t="s">
+        <v>299</v>
+      </c>
+      <c r="D51" t="s">
+        <v>53</v>
+      </c>
+      <c r="E51" t="s">
+        <v>42</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>70</v>
+      </c>
+      <c r="H51">
+        <v>1989</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>198</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>301</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>306</v>
+      </c>
+      <c r="P51" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>308</v>
+      </c>
+      <c r="B52" t="s">
+        <v>309</v>
+      </c>
+      <c r="C52" t="s">
+        <v>299</v>
+      </c>
+      <c r="D52" t="s">
+        <v>53</v>
+      </c>
+      <c r="E52" t="s">
+        <v>42</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>70</v>
+      </c>
+      <c r="H52">
+        <v>1989</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>198</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>301</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>310</v>
+      </c>
+      <c r="P52" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>312</v>
+      </c>
+      <c r="B53" t="s">
+        <v>313</v>
+      </c>
+      <c r="C53" t="s">
+        <v>299</v>
+      </c>
+      <c r="D53" t="s">
+        <v>69</v>
+      </c>
+      <c r="E53" t="s">
+        <v>42</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>70</v>
+      </c>
+      <c r="H53">
+        <v>2011</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>198</v>
+      </c>
+      <c r="K53" t="s">
+        <v>159</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>301</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>314</v>
+      </c>
+      <c r="P53" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>316</v>
+      </c>
+      <c r="B54" t="s">
+        <v>317</v>
+      </c>
+      <c r="C54" t="s">
+        <v>197</v>
+      </c>
+      <c r="D54" t="s">
+        <v>53</v>
+      </c>
+      <c r="E54" t="s">
+        <v>42</v>
+      </c>
+      <c r="F54" t="s">
+        <v>62</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2000</v>
+      </c>
+      <c r="I54">
+        <v>2013</v>
+      </c>
+      <c r="J54" t="s">
+        <v>198</v>
+      </c>
+      <c r="K54" t="s">
+        <v>34</v>
+      </c>
+      <c r="L54" t="s">
+        <v>318</v>
+      </c>
+      <c r="M54" t="s">
+        <v>273</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>319</v>
+      </c>
+      <c r="P54" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>321</v>
+      </c>
+      <c r="B55" t="s">
+        <v>322</v>
+      </c>
+      <c r="C55" t="s">
+        <v>197</v>
+      </c>
+      <c r="D55" t="s">
+        <v>53</v>
+      </c>
+      <c r="E55" t="s">
+        <v>42</v>
+      </c>
+      <c r="F55" t="s">
+        <v>62</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2000</v>
+      </c>
+      <c r="I55">
+        <v>2013</v>
+      </c>
+      <c r="J55" t="s">
+        <v>198</v>
+      </c>
+      <c r="K55" t="s">
+        <v>34</v>
+      </c>
+      <c r="L55" t="s">
+        <v>323</v>
+      </c>
+      <c r="M55" t="s">
+        <v>200</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>324</v>
+      </c>
+      <c r="P55"/>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>325</v>
+      </c>
+      <c r="B56" t="s">
+        <v>326</v>
+      </c>
+      <c r="C56" t="s">
+        <v>197</v>
+      </c>
+      <c r="D56" t="s">
+        <v>53</v>
+      </c>
+      <c r="E56" t="s">
+        <v>42</v>
+      </c>
+      <c r="F56" t="s">
+        <v>62</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2000</v>
+      </c>
+      <c r="I56">
+        <v>2013</v>
+      </c>
+      <c r="J56" t="s">
+        <v>198</v>
+      </c>
+      <c r="K56" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56" t="s">
+        <v>244</v>
+      </c>
+      <c r="M56" t="s">
+        <v>200</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>327</v>
+      </c>
+      <c r="P56" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>329</v>
+      </c>
+      <c r="B57" t="s">
+        <v>330</v>
+      </c>
+      <c r="C57" t="s">
+        <v>197</v>
+      </c>
+      <c r="D57" t="s">
+        <v>53</v>
+      </c>
+      <c r="E57" t="s">
+        <v>42</v>
+      </c>
+      <c r="F57" t="s">
+        <v>62</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2000</v>
+      </c>
+      <c r="I57">
+        <v>2014</v>
+      </c>
+      <c r="J57" t="s">
+        <v>198</v>
+      </c>
+      <c r="K57" t="s">
+        <v>34</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>273</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>331</v>
+      </c>
+      <c r="P57" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>333</v>
+      </c>
+      <c r="B58" t="s">
+        <v>334</v>
+      </c>
+      <c r="C58" t="s">
+        <v>181</v>
+      </c>
+      <c r="D58" t="s">
+        <v>69</v>
+      </c>
+      <c r="E58" t="s">
+        <v>42</v>
+      </c>
+      <c r="F58" t="s">
+        <v>62</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>1996</v>
+      </c>
+      <c r="I58">
+        <v>2012</v>
+      </c>
+      <c r="J58" t="s">
+        <v>182</v>
+      </c>
+      <c r="K58" t="s">
+        <v>276</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>183</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>335</v>
+      </c>
+      <c r="P58" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>333</v>
+      </c>
+      <c r="B59" t="s">
+        <v>337</v>
+      </c>
+      <c r="C59" t="s">
+        <v>181</v>
+      </c>
+      <c r="D59" t="s">
+        <v>69</v>
+      </c>
+      <c r="E59" t="s">
+        <v>42</v>
+      </c>
+      <c r="F59" t="s">
+        <v>62</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>1996</v>
+      </c>
+      <c r="I59">
+        <v>2012</v>
+      </c>
+      <c r="J59" t="s">
+        <v>182</v>
+      </c>
+      <c r="K59" t="s">
+        <v>276</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>183</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>338</v>
+      </c>
+      <c r="P59" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>339</v>
+      </c>
+      <c r="B60" t="s">
+        <v>340</v>
+      </c>
+      <c r="C60" t="s">
+        <v>181</v>
+      </c>
+      <c r="D60" t="s">
+        <v>69</v>
+      </c>
+      <c r="E60" t="s">
+        <v>42</v>
+      </c>
+      <c r="F60" t="s">
+        <v>62</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>1996</v>
+      </c>
+      <c r="I60">
+        <v>2010</v>
+      </c>
+      <c r="J60" t="s">
+        <v>182</v>
+      </c>
+      <c r="K60" t="s">
+        <v>159</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>183</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>341</v>
+      </c>
+      <c r="P60" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>342</v>
+      </c>
+      <c r="B61" t="s">
+        <v>343</v>
+      </c>
+      <c r="C61" t="s">
+        <v>181</v>
+      </c>
+      <c r="D61" t="s">
+        <v>69</v>
+      </c>
+      <c r="E61" t="s">
+        <v>42</v>
+      </c>
+      <c r="F61" t="s">
+        <v>62</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>1996</v>
+      </c>
+      <c r="I61">
+        <v>2010</v>
+      </c>
+      <c r="J61" t="s">
+        <v>182</v>
+      </c>
+      <c r="K61" t="s">
+        <v>159</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>183</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>344</v>
+      </c>
+      <c r="P61" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>345</v>
+      </c>
+      <c r="B62" t="s">
+        <v>346</v>
+      </c>
+      <c r="C62" t="s">
+        <v>347</v>
+      </c>
+      <c r="D62" t="s">
+        <v>53</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>212</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2012</v>
+      </c>
+      <c r="I62">
+        <v>2010</v>
+      </c>
+      <c r="J62" t="s">
+        <v>182</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62" t="s">
+        <v>348</v>
+      </c>
+      <c r="M62" t="s">
+        <v>349</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>350</v>
+      </c>
+      <c r="P62" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>352</v>
+      </c>
+      <c r="B63" t="s">
+        <v>353</v>
+      </c>
+      <c r="C63" t="s">
+        <v>347</v>
+      </c>
+      <c r="D63" t="s">
+        <v>69</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
         <v>43</v>
       </c>
-      <c r="C5" t="s">
-[...1381 lines deleted...]
-      <c r="K38" t="s">
+      <c r="G63" t="s">
         <v>22</v>
-      </c>
-[...1048 lines deleted...]
-        <v>2002</v>
       </c>
       <c r="H63">
         <v>2002</v>
       </c>
-      <c r="I63" t="s">
-        <v>130</v>
+      <c r="I63">
+        <v>2002</v>
       </c>
       <c r="J63" t="s">
-        <v>113</v>
+        <v>182</v>
       </c>
       <c r="K63" t="s">
-        <v>242</v>
+        <v>159</v>
       </c>
       <c r="L63" t="s">
-        <v>239</v>
+        <v>354</v>
       </c>
       <c r="M63" t="s">
+        <v>349</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>355</v>
+      </c>
+      <c r="P63" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>356</v>
+      </c>
+      <c r="B64" t="s">
+        <v>357</v>
+      </c>
+      <c r="C64" t="s">
+        <v>347</v>
+      </c>
+      <c r="D64" t="s">
+        <v>69</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>1998</v>
+      </c>
+      <c r="I64">
+        <v>2009</v>
+      </c>
+      <c r="J64" t="s">
+        <v>182</v>
+      </c>
+      <c r="K64" t="s">
+        <v>159</v>
+      </c>
+      <c r="L64" t="s">
+        <v>358</v>
+      </c>
+      <c r="M64" t="s">
+        <v>349</v>
+      </c>
+      <c r="N64" t="s">
+        <v>36</v>
+      </c>
+      <c r="O64" t="s">
+        <v>359</v>
+      </c>
+      <c r="P64" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>360</v>
+      </c>
+      <c r="B65" t="s">
+        <v>361</v>
+      </c>
+      <c r="C65" t="s">
+        <v>347</v>
+      </c>
+      <c r="D65" t="s">
+        <v>69</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>212</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2011</v>
+      </c>
+      <c r="I65">
+        <v>2015</v>
+      </c>
+      <c r="J65" t="s">
+        <v>175</v>
+      </c>
+      <c r="K65" t="s">
+        <v>34</v>
+      </c>
+      <c r="L65" t="s">
+        <v>362</v>
+      </c>
+      <c r="M65" t="s">
+        <v>349</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>363</v>
+      </c>
+      <c r="P65" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>364</v>
+      </c>
+      <c r="B66" t="s">
+        <v>365</v>
+      </c>
+      <c r="C66" t="s">
+        <v>347</v>
+      </c>
+      <c r="D66" t="s">
+        <v>69</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>21</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2011</v>
+      </c>
+      <c r="I66">
+        <v>2013</v>
+      </c>
+      <c r="J66" t="s">
+        <v>182</v>
+      </c>
+      <c r="K66" t="s">
+        <v>159</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>349</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>366</v>
+      </c>
+      <c r="P66" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>367</v>
+      </c>
+      <c r="B67" t="s">
+        <v>368</v>
+      </c>
+      <c r="C67" t="s">
+        <v>347</v>
+      </c>
+      <c r="D67" t="s">
+        <v>69</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>43</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2002</v>
+      </c>
+      <c r="I67">
+        <v>2010</v>
+      </c>
+      <c r="J67" t="s">
+        <v>182</v>
+      </c>
+      <c r="K67" t="s">
+        <v>159</v>
+      </c>
+      <c r="L67" t="s">
+        <v>369</v>
+      </c>
+      <c r="M67" t="s">
+        <v>349</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>370</v>
+      </c>
+      <c r="P67" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>371</v>
+      </c>
+      <c r="B68" t="s">
+        <v>372</v>
+      </c>
+      <c r="C68" t="s">
+        <v>347</v>
+      </c>
+      <c r="D68" t="s">
+        <v>69</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>43</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2002</v>
+      </c>
+      <c r="I68">
+        <v>2012</v>
+      </c>
+      <c r="J68" t="s">
+        <v>182</v>
+      </c>
+      <c r="K68" t="s">
+        <v>34</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>349</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>373</v>
+      </c>
+      <c r="P68" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>374</v>
+      </c>
+      <c r="B69" t="s">
+        <v>375</v>
+      </c>
+      <c r="C69" t="s">
+        <v>181</v>
+      </c>
+      <c r="D69" t="s">
+        <v>69</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>70</v>
+      </c>
+      <c r="H69">
+        <v>2011</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>182</v>
+      </c>
+      <c r="K69" t="s">
+        <v>34</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>183</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>376</v>
+      </c>
+      <c r="P69" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>378</v>
+      </c>
+      <c r="B70" t="s">
+        <v>204</v>
+      </c>
+      <c r="C70" t="s">
+        <v>181</v>
+      </c>
+      <c r="D70" t="s">
+        <v>69</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2001</v>
+      </c>
+      <c r="I70">
+        <v>2010</v>
+      </c>
+      <c r="J70" t="s">
+        <v>182</v>
+      </c>
+      <c r="K70" t="s">
+        <v>159</v>
+      </c>
+      <c r="L70" t="s">
+        <v>205</v>
+      </c>
+      <c r="M70" t="s">
+        <v>183</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>379</v>
+      </c>
+      <c r="P70" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>380</v>
+      </c>
+      <c r="B71" t="s">
+        <v>381</v>
+      </c>
+      <c r="C71" t="s">
+        <v>197</v>
+      </c>
+      <c r="D71" t="s">
+        <v>69</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>70</v>
+      </c>
+      <c r="H71">
+        <v>2003</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>213</v>
+      </c>
+      <c r="K71" t="s">
         <v>24</v>
       </c>
-      <c r="N63" t="s">
-[...25 lines deleted...]
-      <c r="H64">
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>200</v>
+      </c>
+      <c r="N71" t="s">
+        <v>36</v>
+      </c>
+      <c r="O71" t="s">
+        <v>382</v>
+      </c>
+      <c r="P71" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>384</v>
+      </c>
+      <c r="B72" t="s">
+        <v>385</v>
+      </c>
+      <c r="C72" t="s">
+        <v>223</v>
+      </c>
+      <c r="D72" t="s">
+        <v>224</v>
+      </c>
+      <c r="E72" t="s">
+        <v>42</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>70</v>
+      </c>
+      <c r="H72">
+        <v>2013</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>33</v>
+      </c>
+      <c r="K72" t="s">
+        <v>34</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>225</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>386</v>
+      </c>
+      <c r="P72" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>387</v>
+      </c>
+      <c r="B73" t="s">
+        <v>388</v>
+      </c>
+      <c r="C73" t="s">
+        <v>389</v>
+      </c>
+      <c r="D73" t="s">
+        <v>390</v>
+      </c>
+      <c r="E73" t="s">
+        <v>42</v>
+      </c>
+      <c r="F73" t="s">
+        <v>391</v>
+      </c>
+      <c r="G73" t="s">
+        <v>70</v>
+      </c>
+      <c r="H73">
+        <v>2015</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>392</v>
+      </c>
+      <c r="K73" t="s">
+        <v>34</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>393</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>394</v>
+      </c>
+      <c r="P73" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>396</v>
+      </c>
+      <c r="B74" t="s">
+        <v>397</v>
+      </c>
+      <c r="C74" t="s">
+        <v>389</v>
+      </c>
+      <c r="D74" t="s">
+        <v>69</v>
+      </c>
+      <c r="E74" t="s">
+        <v>42</v>
+      </c>
+      <c r="F74" t="s">
+        <v>391</v>
+      </c>
+      <c r="G74" t="s">
+        <v>70</v>
+      </c>
+      <c r="H74">
         <v>2009</v>
       </c>
-      <c r="I64" t="s">
-[...40 lines deleted...]
-      <c r="H65">
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>398</v>
+      </c>
+      <c r="K74" t="s">
+        <v>34</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>393</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>399</v>
+      </c>
+      <c r="P74" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>401</v>
+      </c>
+      <c r="B75" t="s">
+        <v>402</v>
+      </c>
+      <c r="C75" t="s">
+        <v>389</v>
+      </c>
+      <c r="D75" t="s">
+        <v>390</v>
+      </c>
+      <c r="E75" t="s">
+        <v>403</v>
+      </c>
+      <c r="F75" t="s">
+        <v>391</v>
+      </c>
+      <c r="G75" t="s">
+        <v>70</v>
+      </c>
+      <c r="H75">
         <v>2015</v>
       </c>
-      <c r="I65" t="s">
-[...11 lines deleted...]
-      <c r="M65" t="s">
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>392</v>
+      </c>
+      <c r="K75" t="s">
+        <v>34</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>393</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>404</v>
+      </c>
+      <c r="P75" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>406</v>
+      </c>
+      <c r="B76" t="s">
+        <v>407</v>
+      </c>
+      <c r="C76" t="s">
+        <v>389</v>
+      </c>
+      <c r="D76" t="s">
+        <v>390</v>
+      </c>
+      <c r="E76" t="s">
+        <v>42</v>
+      </c>
+      <c r="F76" t="s">
+        <v>391</v>
+      </c>
+      <c r="G76" t="s">
+        <v>70</v>
+      </c>
+      <c r="H76">
+        <v>2015</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>392</v>
+      </c>
+      <c r="K76" t="s">
+        <v>34</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>393</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>408</v>
+      </c>
+      <c r="P76" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>410</v>
+      </c>
+      <c r="B77" t="s">
+        <v>411</v>
+      </c>
+      <c r="C77" t="s">
+        <v>299</v>
+      </c>
+      <c r="D77" t="s">
+        <v>412</v>
+      </c>
+      <c r="E77" t="s">
+        <v>42</v>
+      </c>
+      <c r="F77" t="s">
+        <v>43</v>
+      </c>
+      <c r="G77" t="s">
+        <v>70</v>
+      </c>
+      <c r="H77">
+        <v>2012</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>198</v>
+      </c>
+      <c r="K77" t="s">
         <v>24</v>
       </c>
-      <c r="N65" t="s">
-[...25 lines deleted...]
-      <c r="H66">
+      <c r="L77" t="s">
+        <v>413</v>
+      </c>
+      <c r="M77" t="s">
+        <v>414</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>415</v>
+      </c>
+      <c r="P77" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>417</v>
+      </c>
+      <c r="B78" t="s">
+        <v>418</v>
+      </c>
+      <c r="C78" t="s">
+        <v>419</v>
+      </c>
+      <c r="D78" t="s">
+        <v>53</v>
+      </c>
+      <c r="E78" t="s">
+        <v>42</v>
+      </c>
+      <c r="F78" t="s">
+        <v>62</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2006</v>
+      </c>
+      <c r="I78">
+        <v>2015</v>
+      </c>
+      <c r="J78" t="s">
+        <v>420</v>
+      </c>
+      <c r="K78" t="s">
+        <v>34</v>
+      </c>
+      <c r="L78" t="s">
+        <v>421</v>
+      </c>
+      <c r="M78" t="s">
+        <v>422</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>423</v>
+      </c>
+      <c r="P78" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>425</v>
+      </c>
+      <c r="B79" t="s">
+        <v>426</v>
+      </c>
+      <c r="C79" t="s">
+        <v>419</v>
+      </c>
+      <c r="D79" t="s">
+        <v>97</v>
+      </c>
+      <c r="E79" t="s">
+        <v>42</v>
+      </c>
+      <c r="F79" t="s">
+        <v>62</v>
+      </c>
+      <c r="G79" t="s">
+        <v>70</v>
+      </c>
+      <c r="H79">
+        <v>2014</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>420</v>
+      </c>
+      <c r="K79" t="s">
+        <v>34</v>
+      </c>
+      <c r="L79" t="s">
+        <v>427</v>
+      </c>
+      <c r="M79" t="s">
+        <v>422</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>428</v>
+      </c>
+      <c r="P79" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>430</v>
+      </c>
+      <c r="B80" t="s">
+        <v>431</v>
+      </c>
+      <c r="C80" t="s">
+        <v>432</v>
+      </c>
+      <c r="D80" t="s">
+        <v>433</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>212</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2017</v>
+      </c>
+      <c r="I80">
+        <v>2021</v>
+      </c>
+      <c r="J80" t="s">
+        <v>434</v>
+      </c>
+      <c r="K80" t="s">
+        <v>435</v>
+      </c>
+      <c r="L80" t="s">
+        <v>436</v>
+      </c>
+      <c r="M80" t="s">
+        <v>437</v>
+      </c>
+      <c r="N80" t="s">
+        <v>36</v>
+      </c>
+      <c r="O80" t="s">
+        <v>438</v>
+      </c>
+      <c r="P80" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>440</v>
+      </c>
+      <c r="B81" t="s">
+        <v>441</v>
+      </c>
+      <c r="C81" t="s">
+        <v>442</v>
+      </c>
+      <c r="D81" t="s">
+        <v>53</v>
+      </c>
+      <c r="E81" t="s">
+        <v>42</v>
+      </c>
+      <c r="F81" t="s">
+        <v>62</v>
+      </c>
+      <c r="G81" t="s">
+        <v>70</v>
+      </c>
+      <c r="H81">
+        <v>2014</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>213</v>
+      </c>
+      <c r="K81" t="s">
+        <v>34</v>
+      </c>
+      <c r="L81" t="s">
+        <v>443</v>
+      </c>
+      <c r="M81" t="s">
+        <v>444</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>445</v>
+      </c>
+      <c r="P81" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>447</v>
+      </c>
+      <c r="B82" t="s">
+        <v>448</v>
+      </c>
+      <c r="C82" t="s">
+        <v>442</v>
+      </c>
+      <c r="D82" t="s">
+        <v>69</v>
+      </c>
+      <c r="E82" t="s">
+        <v>42</v>
+      </c>
+      <c r="F82" t="s">
+        <v>212</v>
+      </c>
+      <c r="G82" t="s">
+        <v>70</v>
+      </c>
+      <c r="H82">
+        <v>2024</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>23</v>
+      </c>
+      <c r="K82" t="s">
+        <v>449</v>
+      </c>
+      <c r="L82" t="s">
+        <v>450</v>
+      </c>
+      <c r="M82" t="s">
+        <v>444</v>
+      </c>
+      <c r="N82" t="s">
+        <v>36</v>
+      </c>
+      <c r="O82" t="s">
+        <v>451</v>
+      </c>
+      <c r="P82" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>453</v>
+      </c>
+      <c r="B83" t="s">
+        <v>454</v>
+      </c>
+      <c r="C83" t="s">
+        <v>455</v>
+      </c>
+      <c r="D83" t="s">
+        <v>456</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>21</v>
+      </c>
+      <c r="G83" t="s">
+        <v>70</v>
+      </c>
+      <c r="H83">
+        <v>2016</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>213</v>
+      </c>
+      <c r="K83" t="s">
+        <v>34</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>457</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>458</v>
+      </c>
+      <c r="P83" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>460</v>
+      </c>
+      <c r="B84" t="s">
+        <v>461</v>
+      </c>
+      <c r="C84" t="s">
+        <v>455</v>
+      </c>
+      <c r="D84" t="s">
+        <v>462</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>43</v>
+      </c>
+      <c r="G84" t="s">
+        <v>70</v>
+      </c>
+      <c r="H84">
+        <v>2017</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>213</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84"/>
+      <c r="M84" t="s">
+        <v>457</v>
+      </c>
+      <c r="N84" t="s">
+        <v>36</v>
+      </c>
+      <c r="O84" t="s">
+        <v>463</v>
+      </c>
+      <c r="P84" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>465</v>
+      </c>
+      <c r="B85" t="s">
+        <v>466</v>
+      </c>
+      <c r="C85" t="s">
+        <v>165</v>
+      </c>
+      <c r="D85" t="s">
+        <v>69</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2010</v>
+      </c>
+      <c r="I85">
+        <v>2019</v>
+      </c>
+      <c r="J85" t="s">
+        <v>168</v>
+      </c>
+      <c r="K85" t="s">
+        <v>236</v>
+      </c>
+      <c r="L85"/>
+      <c r="M85" t="s">
+        <v>169</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>467</v>
+      </c>
+      <c r="P85" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>469</v>
+      </c>
+      <c r="B86" t="s">
+        <v>470</v>
+      </c>
+      <c r="C86" t="s">
+        <v>165</v>
+      </c>
+      <c r="D86" t="s">
+        <v>69</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2010</v>
+      </c>
+      <c r="I86">
+        <v>2019</v>
+      </c>
+      <c r="J86" t="s">
+        <v>471</v>
+      </c>
+      <c r="K86" t="s">
+        <v>236</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>169</v>
+      </c>
+      <c r="N86" t="s">
+        <v>36</v>
+      </c>
+      <c r="O86" t="s">
+        <v>472</v>
+      </c>
+      <c r="P86" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>473</v>
+      </c>
+      <c r="B87" t="s">
+        <v>474</v>
+      </c>
+      <c r="C87" t="s">
+        <v>165</v>
+      </c>
+      <c r="D87" t="s">
+        <v>53</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2012</v>
+      </c>
+      <c r="I87">
+        <v>2015</v>
+      </c>
+      <c r="J87" t="s">
+        <v>168</v>
+      </c>
+      <c r="K87" t="s">
+        <v>34</v>
+      </c>
+      <c r="L87" t="s">
+        <v>443</v>
+      </c>
+      <c r="M87" t="s">
+        <v>169</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>475</v>
+      </c>
+      <c r="P87" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>477</v>
+      </c>
+      <c r="B88" t="s">
+        <v>478</v>
+      </c>
+      <c r="C88" t="s">
+        <v>165</v>
+      </c>
+      <c r="D88" t="s">
+        <v>53</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>70</v>
+      </c>
+      <c r="H88">
+        <v>2012</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>168</v>
+      </c>
+      <c r="K88" t="s">
+        <v>34</v>
+      </c>
+      <c r="L88" t="s">
+        <v>443</v>
+      </c>
+      <c r="M88" t="s">
+        <v>169</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>479</v>
+      </c>
+      <c r="P88" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>481</v>
+      </c>
+      <c r="B89" t="s">
+        <v>482</v>
+      </c>
+      <c r="C89" t="s">
+        <v>389</v>
+      </c>
+      <c r="D89" t="s">
+        <v>53</v>
+      </c>
+      <c r="E89" t="s">
+        <v>42</v>
+      </c>
+      <c r="F89" t="s">
+        <v>62</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>2003</v>
+      </c>
+      <c r="I89">
+        <v>2012</v>
+      </c>
+      <c r="J89" t="s">
+        <v>398</v>
+      </c>
+      <c r="K89" t="s">
+        <v>34</v>
+      </c>
+      <c r="L89" t="s">
+        <v>483</v>
+      </c>
+      <c r="M89" t="s">
+        <v>484</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>485</v>
+      </c>
+      <c r="P89" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>487</v>
+      </c>
+      <c r="B90" t="s">
+        <v>488</v>
+      </c>
+      <c r="C90" t="s">
+        <v>389</v>
+      </c>
+      <c r="D90" t="s">
+        <v>53</v>
+      </c>
+      <c r="E90" t="s">
+        <v>42</v>
+      </c>
+      <c r="F90" t="s">
+        <v>62</v>
+      </c>
+      <c r="G90" t="s">
+        <v>70</v>
+      </c>
+      <c r="H90">
+        <v>2018</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>398</v>
+      </c>
+      <c r="K90" t="s">
+        <v>34</v>
+      </c>
+      <c r="L90" t="s">
+        <v>489</v>
+      </c>
+      <c r="M90" t="s">
+        <v>484</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>490</v>
+      </c>
+      <c r="P90" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>492</v>
+      </c>
+      <c r="B91" t="s">
+        <v>493</v>
+      </c>
+      <c r="C91" t="s">
+        <v>389</v>
+      </c>
+      <c r="D91" t="s">
+        <v>53</v>
+      </c>
+      <c r="E91" t="s">
+        <v>42</v>
+      </c>
+      <c r="F91" t="s">
+        <v>62</v>
+      </c>
+      <c r="G91" t="s">
+        <v>70</v>
+      </c>
+      <c r="H91">
+        <v>2018</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>398</v>
+      </c>
+      <c r="K91" t="s">
+        <v>34</v>
+      </c>
+      <c r="L91" t="s">
+        <v>494</v>
+      </c>
+      <c r="M91" t="s">
+        <v>484</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>495</v>
+      </c>
+      <c r="P91" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>497</v>
+      </c>
+      <c r="B92" t="s">
+        <v>498</v>
+      </c>
+      <c r="C92" t="s">
+        <v>499</v>
+      </c>
+      <c r="D92" t="s">
+        <v>53</v>
+      </c>
+      <c r="E92" t="s">
+        <v>42</v>
+      </c>
+      <c r="F92" t="s">
+        <v>62</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>2006</v>
+      </c>
+      <c r="I92">
+        <v>2020</v>
+      </c>
+      <c r="J92" t="s">
+        <v>33</v>
+      </c>
+      <c r="K92" t="s">
+        <v>34</v>
+      </c>
+      <c r="L92" t="s">
+        <v>318</v>
+      </c>
+      <c r="M92" t="s">
+        <v>500</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>501</v>
+      </c>
+      <c r="P92" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>503</v>
+      </c>
+      <c r="B93" t="s">
+        <v>504</v>
+      </c>
+      <c r="C93" t="s">
+        <v>499</v>
+      </c>
+      <c r="D93" t="s">
+        <v>53</v>
+      </c>
+      <c r="E93" t="s">
+        <v>42</v>
+      </c>
+      <c r="F93" t="s">
+        <v>62</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2001</v>
+      </c>
+      <c r="I93">
+        <v>2020</v>
+      </c>
+      <c r="J93" t="s">
+        <v>33</v>
+      </c>
+      <c r="K93" t="s">
+        <v>34</v>
+      </c>
+      <c r="L93" t="s">
+        <v>318</v>
+      </c>
+      <c r="M93" t="s">
+        <v>500</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>505</v>
+      </c>
+      <c r="P93" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>507</v>
+      </c>
+      <c r="B94" t="s">
+        <v>508</v>
+      </c>
+      <c r="C94" t="s">
+        <v>499</v>
+      </c>
+      <c r="D94" t="s">
+        <v>53</v>
+      </c>
+      <c r="E94" t="s">
+        <v>42</v>
+      </c>
+      <c r="F94" t="s">
+        <v>62</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2000</v>
+      </c>
+      <c r="I94">
+        <v>2020</v>
+      </c>
+      <c r="J94" t="s">
+        <v>33</v>
+      </c>
+      <c r="K94" t="s">
+        <v>34</v>
+      </c>
+      <c r="L94" t="s">
+        <v>318</v>
+      </c>
+      <c r="M94" t="s">
+        <v>500</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>509</v>
+      </c>
+      <c r="P94" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>511</v>
+      </c>
+      <c r="B95" t="s">
+        <v>512</v>
+      </c>
+      <c r="C95" t="s">
+        <v>499</v>
+      </c>
+      <c r="D95" t="s">
+        <v>53</v>
+      </c>
+      <c r="E95" t="s">
+        <v>42</v>
+      </c>
+      <c r="F95" t="s">
+        <v>62</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2002</v>
+      </c>
+      <c r="I95">
+        <v>2020</v>
+      </c>
+      <c r="J95" t="s">
+        <v>33</v>
+      </c>
+      <c r="K95" t="s">
+        <v>34</v>
+      </c>
+      <c r="L95" t="s">
+        <v>318</v>
+      </c>
+      <c r="M95" t="s">
+        <v>500</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>513</v>
+      </c>
+      <c r="P95" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>515</v>
+      </c>
+      <c r="B96" t="s">
+        <v>516</v>
+      </c>
+      <c r="C96" t="s">
+        <v>517</v>
+      </c>
+      <c r="D96" t="s">
+        <v>69</v>
+      </c>
+      <c r="E96" t="s">
+        <v>42</v>
+      </c>
+      <c r="F96" t="s">
+        <v>43</v>
+      </c>
+      <c r="G96" t="s">
+        <v>70</v>
+      </c>
+      <c r="H96">
+        <v>2022</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>518</v>
+      </c>
+      <c r="K96" t="s">
+        <v>519</v>
+      </c>
+      <c r="L96" t="s">
+        <v>520</v>
+      </c>
+      <c r="M96" t="s">
+        <v>521</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>522</v>
+      </c>
+      <c r="P96" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>524</v>
+      </c>
+      <c r="B97" t="s">
+        <v>525</v>
+      </c>
+      <c r="C97" t="s">
+        <v>517</v>
+      </c>
+      <c r="D97" t="s">
+        <v>69</v>
+      </c>
+      <c r="E97" t="s">
+        <v>42</v>
+      </c>
+      <c r="F97" t="s">
+        <v>21</v>
+      </c>
+      <c r="G97" t="s">
+        <v>70</v>
+      </c>
+      <c r="H97">
+        <v>2022</v>
+      </c>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>518</v>
+      </c>
+      <c r="K97" t="s">
+        <v>80</v>
+      </c>
+      <c r="L97" t="s">
+        <v>526</v>
+      </c>
+      <c r="M97" t="s">
+        <v>521</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>527</v>
+      </c>
+      <c r="P97" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>529</v>
+      </c>
+      <c r="B98" t="s">
+        <v>530</v>
+      </c>
+      <c r="C98" t="s">
+        <v>531</v>
+      </c>
+      <c r="D98" t="s">
+        <v>53</v>
+      </c>
+      <c r="E98" t="s">
+        <v>42</v>
+      </c>
+      <c r="F98" t="s">
+        <v>21</v>
+      </c>
+      <c r="G98" t="s">
+        <v>70</v>
+      </c>
+      <c r="H98">
         <v>2013</v>
       </c>
-      <c r="I66" t="s">
-[...1345 lines deleted...]
-      </c>
+      <c r="I98"/>
       <c r="J98" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K98"/>
+        <v>63</v>
+      </c>
+      <c r="K98" t="s">
+        <v>34</v>
+      </c>
       <c r="L98"/>
-      <c r="M98" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M98"/>
       <c r="N98" t="s">
-        <v>360</v>
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>532</v>
+      </c>
+      <c r="P98" t="s">
+        <v>533</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>