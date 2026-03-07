--- v1 (2025-11-28)
+++ v2 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="534">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="535">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -387,66 +387,66 @@
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1189-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
     <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-423221-2017-energy-conservation-certification-rules-industrial-boilers</t>
   </si>
   <si>
     <t>http://www.cqc.com.cn/www/chinese/c/2017-05-24/499029.shtml</t>
   </si>
@@ -1424,50 +1424,53 @@
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
     <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
   </si>
   <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
     <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
     <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
   </si>
   <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
   </si>
   <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
     <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
 The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
 This standard does not apply to boilers used for electricity generation.
 It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>TCVN 9509:2012 Printers - energy efficiency</t>
   </si>
@@ -2809,136 +2812,136 @@
       <c r="K17" t="s">
         <v>106</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>85</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>119</v>
       </c>
       <c r="P17" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>121</v>
       </c>
       <c r="B18" t="s">
         <v>122</v>
       </c>
       <c r="C18" t="s">
-        <v>61</v>
+        <v>123</v>
       </c>
       <c r="D18" t="s">
         <v>97</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>1992</v>
       </c>
       <c r="I18">
         <v>2013</v>
       </c>
       <c r="J18" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="K18" t="s">
         <v>45</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>85</v>
+        <v>124</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="P18" t="s">
-        <v>125</v>
+        <v>108</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>121</v>
       </c>
       <c r="B19" t="s">
         <v>122</v>
       </c>
       <c r="C19" t="s">
-        <v>126</v>
+        <v>61</v>
       </c>
       <c r="D19" t="s">
         <v>97</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>1992</v>
       </c>
       <c r="I19">
         <v>2013</v>
       </c>
       <c r="J19" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="K19" t="s">
         <v>45</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
+        <v>85</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
         <v>127</v>
       </c>
-      <c r="N19" t="s">
-[...2 lines deleted...]
-      <c r="O19" t="s">
+      <c r="P19" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>129</v>
       </c>
       <c r="B20" t="s">
         <v>130</v>
       </c>
       <c r="C20" t="s">
         <v>52</v>
       </c>
       <c r="D20" t="s">
         <v>69</v>
       </c>
       <c r="E20" t="s">
         <v>42</v>
       </c>
       <c r="F20" t="s">
         <v>62</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
@@ -6043,708 +6046,708 @@
       </c>
       <c r="P84" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
         <v>465</v>
       </c>
       <c r="B85" t="s">
         <v>466</v>
       </c>
       <c r="C85" t="s">
         <v>165</v>
       </c>
       <c r="D85" t="s">
         <v>69</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>21</v>
       </c>
       <c r="G85" t="s">
-        <v>22</v>
+        <v>467</v>
       </c>
       <c r="H85">
         <v>2010</v>
       </c>
       <c r="I85">
         <v>2019</v>
       </c>
       <c r="J85" t="s">
         <v>168</v>
       </c>
       <c r="K85" t="s">
         <v>236</v>
       </c>
       <c r="L85"/>
       <c r="M85" t="s">
         <v>169</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="P85" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B86" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C86" t="s">
         <v>165</v>
       </c>
       <c r="D86" t="s">
         <v>69</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>21</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86">
         <v>2010</v>
       </c>
       <c r="I86">
         <v>2019</v>
       </c>
       <c r="J86" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="K86" t="s">
         <v>236</v>
       </c>
       <c r="L86"/>
       <c r="M86" t="s">
         <v>169</v>
       </c>
       <c r="N86" t="s">
         <v>36</v>
       </c>
       <c r="O86" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="P86" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B87" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C87" t="s">
         <v>165</v>
       </c>
       <c r="D87" t="s">
         <v>53</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>21</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
         <v>2012</v>
       </c>
       <c r="I87">
         <v>2015</v>
       </c>
       <c r="J87" t="s">
         <v>168</v>
       </c>
       <c r="K87" t="s">
         <v>34</v>
       </c>
       <c r="L87" t="s">
         <v>443</v>
       </c>
       <c r="M87" t="s">
         <v>169</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="P87" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B88" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C88" t="s">
         <v>165</v>
       </c>
       <c r="D88" t="s">
         <v>53</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>21</v>
       </c>
       <c r="G88" t="s">
         <v>70</v>
       </c>
       <c r="H88">
         <v>2012</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
         <v>168</v>
       </c>
       <c r="K88" t="s">
         <v>34</v>
       </c>
       <c r="L88" t="s">
         <v>443</v>
       </c>
       <c r="M88" t="s">
         <v>169</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="P88" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B89" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C89" t="s">
         <v>389</v>
       </c>
       <c r="D89" t="s">
         <v>53</v>
       </c>
       <c r="E89" t="s">
         <v>42</v>
       </c>
       <c r="F89" t="s">
         <v>62</v>
       </c>
       <c r="G89" t="s">
         <v>22</v>
       </c>
       <c r="H89">
         <v>2003</v>
       </c>
       <c r="I89">
         <v>2012</v>
       </c>
       <c r="J89" t="s">
         <v>398</v>
       </c>
       <c r="K89" t="s">
         <v>34</v>
       </c>
       <c r="L89" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="M89" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="P89" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="B90" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C90" t="s">
         <v>389</v>
       </c>
       <c r="D90" t="s">
         <v>53</v>
       </c>
       <c r="E90" t="s">
         <v>42</v>
       </c>
       <c r="F90" t="s">
         <v>62</v>
       </c>
       <c r="G90" t="s">
         <v>70</v>
       </c>
       <c r="H90">
         <v>2018</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
         <v>398</v>
       </c>
       <c r="K90" t="s">
         <v>34</v>
       </c>
       <c r="L90" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="M90" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="P90" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="B91" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C91" t="s">
         <v>389</v>
       </c>
       <c r="D91" t="s">
         <v>53</v>
       </c>
       <c r="E91" t="s">
         <v>42</v>
       </c>
       <c r="F91" t="s">
         <v>62</v>
       </c>
       <c r="G91" t="s">
         <v>70</v>
       </c>
       <c r="H91">
         <v>2018</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
         <v>398</v>
       </c>
       <c r="K91" t="s">
         <v>34</v>
       </c>
       <c r="L91" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="M91" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="P91" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="B92" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C92" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D92" t="s">
         <v>53</v>
       </c>
       <c r="E92" t="s">
         <v>42</v>
       </c>
       <c r="F92" t="s">
         <v>62</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
         <v>2006</v>
       </c>
       <c r="I92">
         <v>2020</v>
       </c>
       <c r="J92" t="s">
         <v>33</v>
       </c>
       <c r="K92" t="s">
         <v>34</v>
       </c>
       <c r="L92" t="s">
         <v>318</v>
       </c>
       <c r="M92" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="P92" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="B93" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="C93" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D93" t="s">
         <v>53</v>
       </c>
       <c r="E93" t="s">
         <v>42</v>
       </c>
       <c r="F93" t="s">
         <v>62</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
       <c r="H93">
         <v>2001</v>
       </c>
       <c r="I93">
         <v>2020</v>
       </c>
       <c r="J93" t="s">
         <v>33</v>
       </c>
       <c r="K93" t="s">
         <v>34</v>
       </c>
       <c r="L93" t="s">
         <v>318</v>
       </c>
       <c r="M93" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="P93" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="B94" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C94" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D94" t="s">
         <v>53</v>
       </c>
       <c r="E94" t="s">
         <v>42</v>
       </c>
       <c r="F94" t="s">
         <v>62</v>
       </c>
       <c r="G94" t="s">
         <v>22</v>
       </c>
       <c r="H94">
         <v>2000</v>
       </c>
       <c r="I94">
         <v>2020</v>
       </c>
       <c r="J94" t="s">
         <v>33</v>
       </c>
       <c r="K94" t="s">
         <v>34</v>
       </c>
       <c r="L94" t="s">
         <v>318</v>
       </c>
       <c r="M94" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="P94" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="B95" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C95" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D95" t="s">
         <v>53</v>
       </c>
       <c r="E95" t="s">
         <v>42</v>
       </c>
       <c r="F95" t="s">
         <v>62</v>
       </c>
       <c r="G95" t="s">
         <v>22</v>
       </c>
       <c r="H95">
         <v>2002</v>
       </c>
       <c r="I95">
         <v>2020</v>
       </c>
       <c r="J95" t="s">
         <v>33</v>
       </c>
       <c r="K95" t="s">
         <v>34</v>
       </c>
       <c r="L95" t="s">
         <v>318</v>
       </c>
       <c r="M95" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="P95" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="B96" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C96" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="D96" t="s">
         <v>69</v>
       </c>
       <c r="E96" t="s">
         <v>42</v>
       </c>
       <c r="F96" t="s">
         <v>43</v>
       </c>
       <c r="G96" t="s">
         <v>70</v>
       </c>
       <c r="H96">
         <v>2022</v>
       </c>
       <c r="I96"/>
       <c r="J96" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="K96" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="L96" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="M96" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="P96" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="B97" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="C97" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="D97" t="s">
         <v>69</v>
       </c>
       <c r="E97" t="s">
         <v>42</v>
       </c>
       <c r="F97" t="s">
         <v>21</v>
       </c>
       <c r="G97" t="s">
         <v>70</v>
       </c>
       <c r="H97">
         <v>2022</v>
       </c>
       <c r="I97"/>
       <c r="J97" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="K97" t="s">
         <v>80</v>
       </c>
       <c r="L97" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="M97" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="P97" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B98" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C98" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="D98" t="s">
         <v>53</v>
       </c>
       <c r="E98" t="s">
         <v>42</v>
       </c>
       <c r="F98" t="s">
         <v>21</v>
       </c>
       <c r="G98" t="s">
         <v>70</v>
       </c>
       <c r="H98">
         <v>2013</v>
       </c>
       <c r="I98"/>
       <c r="J98" t="s">
         <v>63</v>
       </c>
       <c r="K98" t="s">
         <v>34</v>
       </c>
       <c r="L98"/>
       <c r="M98"/>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="P98" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">