--- v0 (2025-10-12)
+++ v1 (2026-01-20)
@@ -12,1051 +12,1475 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="310">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="448">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>2021 Aspen Energy Code</t>
   </si>
   <si>
+    <t>This policy contains heat pump requirements for residential buildings, including single-family homes.  It also contains controls requirements for heat pump supplementary heat in commercial buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City of Aspen</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2021-aspen-energy-code</t>
   </si>
   <si>
+    <t>https://www.aspen.gov/DocumentCenter/View/10378/2021-Aspen-Energy-Code</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.2:2013 Performance of electrical appliances—Air conditioners and heat pumps—Part 2: Energy labelling and minimum energy performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>MEPL covers some single phase heat pump|air conditioners.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.4:2012 or AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-382322013-performance-electrical-appliances-air-conditioners-and-heat-pumps-part-2</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790----https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Air-Con-Heat-Pump-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>BDS 1852:2012 Performance of air conditioners and heat pumps — energy labelling and minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the energy labelling requirements for single-phase non-ducted air conditioners of the vapour compression type and the minimum energy performance standard (MEPS) requirements for single-phase and three-phase air conditioners of the vapour compression type up to a rated total cooling capacity of 65 kW that fall within the scope of AS/NZS 3823.1,1, AS/NZS 3823.1.2 or AS/NZS 3823, 1.3</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>BDS ISO 13253:2011</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18522012-performance-air-conditioners-and-heat-pumps-energy-labelling-and-minimum</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>CEL- Low Ambient Temperature Air Source Heat Pumps</t>
   </si>
   <si>
+    <t>This policy covers low ambient temperature air source heat pumps.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 21362-2008; GB/T 25127.1-2010; GB/T 25127.2-2010; JB/T 12841-2016</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-low-ambient-temperature-air-source-heat-pumps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E4%BD%8E%E7%8E%AF%E5%A2%83%E6%B8%A9%E5%BA%A6%E7%A9%BA%E6%B0%</t>
+  </si>
+  <si>
     <t>CEL-035. Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Applies to motor-driven air source heat pump water heaters with vapor-compression refrigeration cycle. Does not apply to electrical storage water heaters</t>
+  </si>
+  <si>
     <t>Heat Pumps, Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>GB 29541-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-035-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B631_%E7%83%AD%E6%B3%B5%E7%83%AD%E6%B0%B4%E6%9C%BA%EF%BC%88%E5%99%A8%EF%BC%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-037. Copiers, Printers, and Fax Machines</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does not apply to AC contactors with external power saving device or semi-conductor type -solid type contactor.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>GB 21521-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-037-copiers-printers-and-fax-machines</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B617_%E5%A4%8D%E5%8D%B0%E6%9C%BA%E3%80%81%E6%89%93%E5%8D%B0%E6%9C%BA%E5%92%8C%E4%BC%A0%E7%9C%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Climate Emergency – Bylaw Updates Applicable to Existing Detached Homes</t>
   </si>
   <si>
+    <t>This policy requires that all permanently installed new air conditioning systems in existing detached homes must function to provide both low-carbon heating and cooling, effective January 1, 2023. 
+Policy text: “8) In a building containing not more than two principal dwelling units, heat pumps that provide space cooling must also be able to provide space heating.”</t>
+  </si>
+  <si>
     <t>Americas, British Columbia</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>City of Vancouver</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/climate-emergency-bylaw-updates-applicable-existing-detached-homes</t>
   </si>
   <si>
+    <t>https://council.vancouver.ca/20220517/documents/R1b.pdf</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 811-2013 of 18 February 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of space heaters; combination heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Solar</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0811-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
+    <t>May 2024</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>Department for Energy Security and Net Zero</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
-    <t>May 2024</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
   </si>
   <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
+    <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
+  </si>
+  <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439803-2018 CQC Energy conservation certification rules for low ambient temperator air source heat pump air heaters</t>
   </si>
   <si>
+    <t>Applies to split air source heat pump air heaters that are motor-compressor driven; of which condensor and evaporator both use air heat exchanger; which can operate under an ambient temperature not lower than 30 and rated heating capapity not larger than 14000W; which are used for indoor environment</t>
+  </si>
+  <si>
     <t>CQC 3165-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439803-2018-cqc-energy-conservation-certification-rules-low-ambient-temperator-air</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-06-22/553630.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439804-2018. Energy Conservation Certification Rules for Multi-Type Low Ambient Temperature Air Source Heat Pump Air Heating Units</t>
   </si>
   <si>
+    <t>Apply to multi-type low ambient temperature air source heat pump air heating units</t>
+  </si>
+  <si>
     <t>CQC 3168-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439804-2018-energy-conservation-certification-rules-multi-type-low-ambient</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/554194.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439806-2020. Energy Conservation Certification Rules for Air Source Heat Pump for Tobacco Curing Barn</t>
   </si>
   <si>
+    <t>Apply to air source heat pump for tobacco curing barn</t>
+  </si>
+  <si>
     <t>CQC 3176-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439806-2020-energy-conservation-certification-rules-air-source-heat-pump-tobacco</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-07/557156.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452611-2011. CQC Mark Certification - Scanners</t>
   </si>
   <si>
+    <t>Applies to drum scanners; flatbed scanners; and scanners for film or transparent media.</t>
+  </si>
+  <si>
     <t>CQC 3134-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452611-2011-cqc-mark-certification-scanners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-04/492776.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452627-2014. CQC Mark Certification - Copy machines; printers; fax machines and multi-function equipment</t>
   </si>
   <si>
+    <t>Applies to copiers; printers; fax machines; and multi-function equipment. Applies to products operating under 220V and 50Hz; with printing speed lower than 70pages per minute and standard format. Can be used as reference for products with printing speed higher than 70pages per minute and non-standard format.</t>
+  </si>
+  <si>
     <t>GB 21521-2014, GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452627-2014-cqc-mark-certification-copy-machines-printers-fax-machines-and-multi</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492780.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
+  </si>
+  <si>
     <t>Draft 2025 Energy Code Express Terms</t>
   </si>
   <si>
+    <t>This document is a pre-rulemaking draft of the Express Terms for the 2025 update to the California Energy Code (Part 6 of California's Building Standards Code). It contains heat pump and control requirements for commercial and residential buildings in the state of California.</t>
+  </si>
+  <si>
     <t>California</t>
   </si>
   <si>
     <t>California Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-2025-energy-code-express-terms</t>
   </si>
   <si>
+    <t>https://efiling.energy.ca.gov/GetDocument.aspx?tn=252915&amp;DocumentContentId=88051</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Fax Machine</t>
   </si>
   <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-fax-machine</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Multifunctional devices</t>
   </si>
   <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-multifunctional-devices</t>
   </si>
   <si>
     <t>e-Standby Power Program for Printers</t>
   </si>
   <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-printers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Scanners</t>
   </si>
   <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-scanners</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Printers; Neng-Chi-Tze-10405006191</t>
   </si>
   <si>
+    <t>Printers - 1. The Printer that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.32.00.00.1-A, 8443.31.00.00-2-A; or recognized by competent authority.   2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0  --hereunder briefed as ENERGY STAR REV. 2.0.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment (Version 2.0)</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-printers-neng-chi</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=33%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW.</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-multi-heat-pump-systemvrf</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Efficiency Standard and Indication Method for the Copier Machine Energy Conservation Marker; Neng-Chi-Tze-10405006201</t>
   </si>
   <si>
+    <t>The Copier Machine that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.31.00.00-2-B, 8443.32.00.00-1-B, or recognized by competent authority.     2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0 -hereunder briefed as ENERGY STAR REV. 2.0.     3. The fax machine possessing single-page copying function shall not be applicable for the scope provided herein.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-standard-and-indication-method-copier-machine-energy-conservation-marker</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=32%20</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>GB 19577-2024 Energy efficiency limit values ​​and energy efficiency grades for heat pumps and chillers</t>
   </si>
   <si>
+    <t>This policy energy efficiency limit values ​​and energy efficiency grades for heat pumps and chillers. It applies to the following products: water chilling (heat pump) packages using vapor compression, low ambient temperature air source heat pump (water chilling) packages, water-source (ground-source) heat pumps, lithium bromide absorption water chillers (heaters), water-source high-temperature heat pumps using the vapor compression cycle, indirect evaporative cooling water chillers, and integrated water chilling (heat pump) packages. It enters into force on 1 February 2025 and replaces the following standards: GB 19577-2015, GB 29540-2013, GB 30721-2014, and GB 37480-2019.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Water</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>GB/T 10870
 ,   
                     GB/T 18362
 ,   
                     GB/T 18430.1
 ,   
                     GB/T 18430.2
 ,   
                     GB/T 18431
 ,   
                     GB/T 19409
 ,   
                     GB/T 25127.1
 ,   
                     GB/T 25127.2
 ,   
                     GB/T 25861
 ,   
                     JB/T 12839
 ,   
                     JB/T 12840
 ,   
                     JB/T 14640
 ,   
                     JB/T 14642</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC) and State Administration for …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19577-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-heat-pumps-and</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=C59327F9E5A3194DAD64C39B883C36C2</t>
+  </si>
+  <si>
     <t>GB 21521-2014 Minimum allowable values of energy efficiency and energy efficiency grades for copy machines; printers and fax machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21521-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-copy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED11D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30721-2014 Minimum allowable values of energy efficiency and energy efficiency grades for water-source -ground-source- heat pumps</t>
   </si>
   <si>
+    <t>Applies to water-source; ground-source; heat pumps with electrical and mechanical compression systems</t>
+  </si>
+  <si>
     <t>GB/T 19409-2003, GB/T 19409-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30721-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7F003D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37480-2019 Minimum allowable values of energy efficiency and energy efficiency grades for low ambient temperature air source heat pumps (water chiller) packages</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37480-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-low</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB80E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>Green Building Reach Codes for Home Renovation</t>
   </si>
   <si>
+    <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Air Conditioning, Water Heating</t>
   </si>
   <si>
     <t>City of San Mateo</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/green-building-reach-codes-home-renovation</t>
   </si>
   <si>
+    <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
+  </si>
+  <si>
     <t>Greenmark N19 - Printers</t>
   </si>
   <si>
+    <t>Laser and Inkjet Printers; Dot-matrix Printers</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n19-printers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/19/a2927784-929d-45e1-bd21-b2c2985afe95.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N45 - Monochromatic Copy Machines</t>
   </si>
   <si>
+    <t>Applies to carbon powder toner machines</t>
+  </si>
+  <si>
     <t>Requirements for energy consumption are described in the standard Greenmark N45</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n45-monochromatic-copy-machines</t>
   </si>
   <si>
     <t>Greenmark N78 - Image Output Devices</t>
   </si>
   <si>
+    <t>This standard is applicable to facsimile machines; copiers; and multifunction devices.    1. Facsimile -Fax Machine: A product whose primary functions are to scan paper originals for electronic transmission to remote units, and to receive electronic transmissions for conversion to paper output. Electronic transmission is primarily over a public telephone system, but may also be via a computer network or the Internet.    2. Copier: A product whose sole function is to produce paper duplicates from paper originals.   3. Multifunction Device -MFD: A product that performs two or more of the core functions of a Printer; Scanner; Copier; or Fax Machine.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n78-image-output-devices</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/78/ed90e8ff-2f8c-4f35-8385-bde4eba11953.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N88 - Scanners</t>
   </si>
   <si>
+    <t>This standard is applicable to scanners; excluding multi-function devices with scanning capabilities; network scanners; or scanners not directly powered by electricity from the wall outlets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n88-scanners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/88/398369f2-9d5f-47dd-a41b-1ab919c2cafd.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>MEPS for Electrical Driven Multi Heat Pump-Central HVAC</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for electrical-driven multi heat pumps.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Space Heating, Heat Pumps</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-electrical-driven-multi-heat-pump-central-hvac</t>
   </si>
   <si>
+    <t>https://www.iea.org/policies/8283-meps-for-electrical-driven-multi-heat-pump-central-hvac</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Scanner of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers scanners for office and home use that read data from images and record it on a computer.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Imaging Equipment</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-scanner-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048425</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Multi-Functional Devices in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers multi-functional devices that can print, copy, and scan documents in the same device and can be operated using power from the mains power supply. It covers ink-injected multi-function devices and laser multifunction devices or black LED multifunction devices.</t>
+  </si>
+  <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-multi-functional-devices-standby-and</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048424</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Printers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers printers that print documents and use them with computers. Included types: 1. Ink-jet printers and, 2. black laser printers or LED printers and color laser printers or LED printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-printers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048423</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 015 Imaging Equipment</t>
   </si>
   <si>
+    <t>Copiers, digital duplicators, facsimile machines, multifunction devices MFD, printers and scanners are eligible for a Nordic Ecolabel. The machines may be equipped with external or internal scanners. In this document we collect all of these products under the name imaging equipment.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>RAL-UZ 122 Version June 2006</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-015-imaging-equipment</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 059 Heat Pumps</t>
   </si>
   <si>
+    <t>1. For heating water up to 70 kW:</t>
+  </si>
+  <si>
     <t>EN 14511</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-059-heat-pumps</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=31</t>
+  </si>
+  <si>
     <t>ORDINANCE NO. 2022-447</t>
   </si>
   <si>
+    <t>This policy requires all residential construction additions, alterations, repairs, and/or accessory
+dwelling unit conversions that do not meet the definition of newly constructed that
+include the installation of a new or replacement, upgrade or relocation of an existing air
+conditioning condensing unit to require a reverse cycle air conditioning condensing unit (heat pump). This policy entered into effect on January 1, 2023, and applies to the town of Portola Valley, California only.</t>
+  </si>
+  <si>
     <t>Town of Portola Valley</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ordinance-no-2022-447</t>
   </si>
   <si>
+    <t>https://library.municode.com/ca/portola_valley/ordinances/code_of_ordinances?nodeId=1184430</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>Schedule 16 - Office Equipments (printers, scanners, copiers, fax machines and multi function devices)</t>
   </si>
   <si>
+    <t>The schedule specifies the MEPS and labeling instructions for office equipment copiers, printers, fax machines, scanners and multi-function devices for office automation and similar use. This schedule is for only single phase office equipment (printers, scanners, copiers, fax machines and multi-function devices) which operate at the standard voltage and frequency range specified by the relevant Indian Standards and the Indian Electricity Rules 1956.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-16-office-equipments-printers-scanners-copiers-fax-machines-and-multi-function</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%20-%2016Office%20Equipments.pdf</t>
+  </si>
+  <si>
     <t>TCVN 9509:2012 Printers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9510:2012 Copiers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for copiers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Facsimile machine TGL-36-R1-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to a stand-alone fax machine, a combined printer/facsimile, a multi-purpose fax machine. (multifunctional units).</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>IEC 60950-1 (or TIS 1561)
 ,   
                     CISPR 22 (or TIS 1956, EN 55022)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-facsimile-machine-tgl-36-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-36-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Heat Pumps TGL-57-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to heat pumps for residential use including heat pumps operated at a rated voltage up to 250 V for single-phase appliances and not more than 600 V for three-phase appliances.</t>
   </si>
   <si>
     <t>TIS 1529
 ,   
                     BS EN 255-4
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-heat-pumps-tgl-57-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-57-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Photocopiers TGL-27-R4-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to all sizes of dry system copiers and multifunction copiers for both color and monochrome copies, which are operated manually and/or automatically (exclude copiers without photoreceptor drums).</t>
+  </si>
+  <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-photocopiers-tgl-27-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-27-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Product Printer TGL-37-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to products that create pictures, texts and graphics on paper, and receives information from a single user or networked computer or other equipment (such as a digital camera).</t>
   </si>
   <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)
 ,   
                     TIS 1956 (or CISPR 22, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-product-printer-tgl-37-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-37-R2-15.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Fax Machines</t>
   </si>
   <si>
+    <t>Both ordinary fax machines and printer-fax combinations are covered by this scheme.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-fax-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Fax%20Machines%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Multifunction Devices</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electrically operated multifunction devices intended for production of A4-sized duplicates from graphical hard copy originals as well as performing one or both of the core functions such as printing, faxing, scanning, etc. However, a device whose primary function is faxing and offers limited sheet copying capabilities, so-called single sheet convenience copying; are not covered under this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-multifunction-devices</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Multifunction%20Devices%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Photocopiers</t>
   </si>
   <si>
+    <t>COPY MACHINE:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-photocopiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Photocopiers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Printers</t>
   </si>
   <si>
+    <t>Printers under this labelling scheme apply to all electrically operated black-and-white or colour printers that are capable of receiving information from single-user or networked computers and serve as hard copy output devices for production of A4-sized copies. Printers designed to handle multi-sized papers including A4-sized paper can also be qualified under this scheme provided that they can comply with the energy efficiency requirements for A4-sized paper.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-printers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Printers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1320,3147 +1744,3580 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N72"/>
+  <dimension ref="A1:P72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="257" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="257.08" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G5" t="s">
+        <v>55</v>
+      </c>
+      <c r="H5">
+        <v>2023</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>58</v>
+      </c>
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>63</v>
+      </c>
+      <c r="D6" t="s">
+        <v>64</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>65</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1998</v>
+      </c>
+      <c r="I6">
+        <v>2017</v>
+      </c>
+      <c r="J6" t="s">
+        <v>66</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>67</v>
+      </c>
+      <c r="M6" t="s">
+        <v>68</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>69</v>
+      </c>
+      <c r="P6" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>71</v>
+      </c>
+      <c r="B7" t="s">
+        <v>72</v>
+      </c>
+      <c r="C7" t="s">
+        <v>73</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>65</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J7" t="s">
+        <v>33</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>74</v>
+      </c>
+      <c r="M7" t="s">
+        <v>75</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>76</v>
+      </c>
+      <c r="P7" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>78</v>
+      </c>
+      <c r="B8" t="s">
+        <v>79</v>
+      </c>
+      <c r="C8" t="s">
+        <v>80</v>
+      </c>
+      <c r="D8" t="s">
+        <v>81</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F8" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H8">
+        <v>2020</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>82</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>83</v>
+      </c>
+      <c r="M8" t="s">
+        <v>84</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>85</v>
+      </c>
+      <c r="P8" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>87</v>
+      </c>
+      <c r="B9" t="s">
+        <v>88</v>
+      </c>
+      <c r="C9" t="s">
+        <v>80</v>
+      </c>
+      <c r="D9" t="s">
+        <v>89</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
+        <v>82</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>90</v>
+      </c>
+      <c r="M9" t="s">
+        <v>84</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>91</v>
+      </c>
+      <c r="P9" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>93</v>
+      </c>
+      <c r="B10" t="s">
+        <v>94</v>
+      </c>
+      <c r="C10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D10" t="s">
+        <v>95</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10">
+        <v>2015</v>
+      </c>
+      <c r="J10" t="s">
+        <v>82</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>96</v>
+      </c>
+      <c r="M10" t="s">
+        <v>84</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>97</v>
+      </c>
+      <c r="P10" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>99</v>
+      </c>
+      <c r="B11" t="s">
+        <v>100</v>
+      </c>
+      <c r="C11" t="s">
+        <v>101</v>
+      </c>
+      <c r="D11" t="s">
+        <v>53</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>54</v>
+      </c>
+      <c r="G11" t="s">
+        <v>102</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>56</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>103</v>
+      </c>
+      <c r="N11" t="s">
+        <v>58</v>
+      </c>
+      <c r="O11" t="s">
+        <v>104</v>
+      </c>
+      <c r="P11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>106</v>
+      </c>
+      <c r="B12" t="s">
+        <v>107</v>
+      </c>
+      <c r="C12" t="s">
+        <v>108</v>
+      </c>
+      <c r="D12" t="s">
+        <v>95</v>
+      </c>
+      <c r="E12" t="s">
+        <v>42</v>
+      </c>
+      <c r="F12" t="s">
+        <v>109</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2003</v>
+      </c>
+      <c r="I12">
+        <v>2013</v>
+      </c>
+      <c r="J12" t="s">
+        <v>110</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>111</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>112</v>
+      </c>
+      <c r="P12" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>114</v>
+      </c>
+      <c r="B13" t="s">
+        <v>115</v>
+      </c>
+      <c r="C13" t="s">
+        <v>108</v>
+      </c>
+      <c r="D13" t="s">
+        <v>81</v>
+      </c>
+      <c r="E13" t="s">
+        <v>42</v>
+      </c>
+      <c r="F13" t="s">
+        <v>109</v>
+      </c>
+      <c r="G13" t="s">
+        <v>55</v>
+      </c>
+      <c r="H13">
+        <v>2014</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>116</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>117</v>
+      </c>
+      <c r="M13" t="s">
+        <v>111</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>118</v>
+      </c>
+      <c r="P13" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>120</v>
+      </c>
+      <c r="B14" t="s">
+        <v>121</v>
+      </c>
+      <c r="C14" t="s">
+        <v>108</v>
+      </c>
+      <c r="D14" t="s">
+        <v>122</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>43</v>
+      </c>
+      <c r="G14" t="s">
+        <v>55</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>110</v>
+      </c>
+      <c r="K14" t="s">
+        <v>123</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>124</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>125</v>
+      </c>
+      <c r="P14" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>120</v>
+      </c>
+      <c r="B15" t="s">
+        <v>127</v>
+      </c>
+      <c r="C15" t="s">
+        <v>128</v>
+      </c>
+      <c r="D15" t="s">
+        <v>122</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>43</v>
+      </c>
+      <c r="G15" t="s">
+        <v>55</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>129</v>
+      </c>
+      <c r="K15" t="s">
+        <v>123</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>130</v>
+      </c>
+      <c r="P15" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>132</v>
+      </c>
+      <c r="B16" t="s">
+        <v>133</v>
+      </c>
+      <c r="C16" t="s">
+        <v>108</v>
+      </c>
+      <c r="D16" t="s">
+        <v>122</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G16" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H16">
+        <v>1992</v>
+      </c>
+      <c r="I16">
+        <v>2013</v>
+      </c>
+      <c r="J16" t="s">
+        <v>134</v>
+      </c>
+      <c r="K16" t="s">
+        <v>45</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>124</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>135</v>
+      </c>
+      <c r="P16" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>132</v>
+      </c>
+      <c r="B17" t="s">
+        <v>133</v>
+      </c>
+      <c r="C17" t="s">
+        <v>137</v>
+      </c>
+      <c r="D17" t="s">
+        <v>122</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>1992</v>
+      </c>
+      <c r="I17">
+        <v>2013</v>
+      </c>
+      <c r="J17" t="s">
+        <v>138</v>
+      </c>
+      <c r="K17" t="s">
+        <v>45</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>139</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>140</v>
+      </c>
+      <c r="P17" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>142</v>
+      </c>
+      <c r="B18" t="s">
+        <v>143</v>
+      </c>
+      <c r="C18" t="s">
+        <v>80</v>
+      </c>
+      <c r="D18" t="s">
+        <v>144</v>
+      </c>
+      <c r="E18" t="s">
+        <v>42</v>
+      </c>
+      <c r="F18" t="s">
+        <v>109</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2004</v>
+      </c>
+      <c r="I18">
+        <v>2019</v>
+      </c>
+      <c r="J18" t="s">
+        <v>145</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>146</v>
+      </c>
+      <c r="M18" t="s">
+        <v>147</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>148</v>
+      </c>
+      <c r="P18" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>150</v>
+      </c>
+      <c r="B19" t="s">
+        <v>151</v>
+      </c>
+      <c r="C19" t="s">
+        <v>80</v>
+      </c>
+      <c r="D19" t="s">
+        <v>81</v>
+      </c>
+      <c r="E19" t="s">
+        <v>42</v>
+      </c>
+      <c r="F19" t="s">
+        <v>109</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2002</v>
+      </c>
+      <c r="I19">
+        <v>2018</v>
+      </c>
+      <c r="J19" t="s">
+        <v>145</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" t="s">
+        <v>152</v>
+      </c>
+      <c r="M19" t="s">
+        <v>147</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>153</v>
+      </c>
+      <c r="P19" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>155</v>
+      </c>
+      <c r="B20" t="s">
+        <v>156</v>
+      </c>
+      <c r="C20" t="s">
+        <v>80</v>
+      </c>
+      <c r="D20" t="s">
+        <v>81</v>
+      </c>
+      <c r="E20" t="s">
+        <v>42</v>
+      </c>
+      <c r="F20" t="s">
+        <v>109</v>
+      </c>
+      <c r="G20" t="s">
+        <v>55</v>
+      </c>
+      <c r="H20">
+        <v>2018</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>82</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20" t="s">
+        <v>157</v>
+      </c>
+      <c r="M20" t="s">
+        <v>147</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>158</v>
+      </c>
+      <c r="P20" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>160</v>
+      </c>
+      <c r="B21" t="s">
+        <v>161</v>
+      </c>
+      <c r="C21" t="s">
+        <v>80</v>
+      </c>
+      <c r="D21" t="s">
+        <v>81</v>
+      </c>
+      <c r="E21" t="s">
+        <v>42</v>
+      </c>
+      <c r="F21" t="s">
+        <v>109</v>
+      </c>
+      <c r="G21" t="s">
+        <v>55</v>
+      </c>
+      <c r="H21">
+        <v>2020</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>82</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" t="s">
+        <v>162</v>
+      </c>
+      <c r="M21" t="s">
+        <v>147</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>163</v>
+      </c>
+      <c r="P21" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>165</v>
+      </c>
+      <c r="B22" t="s">
+        <v>166</v>
+      </c>
+      <c r="C22" t="s">
+        <v>80</v>
+      </c>
+      <c r="D22" t="s">
+        <v>95</v>
+      </c>
+      <c r="E22" t="s">
+        <v>42</v>
+      </c>
+      <c r="F22" t="s">
+        <v>109</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2003</v>
+      </c>
+      <c r="I22">
+        <v>2011</v>
+      </c>
+      <c r="J22" t="s">
+        <v>145</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22" t="s">
+        <v>167</v>
+      </c>
+      <c r="M22" t="s">
+        <v>147</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>168</v>
+      </c>
+      <c r="P22" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>170</v>
+      </c>
+      <c r="B23" t="s">
+        <v>171</v>
+      </c>
+      <c r="C23" t="s">
+        <v>80</v>
+      </c>
+      <c r="D23" t="s">
+        <v>95</v>
+      </c>
+      <c r="E23" t="s">
+        <v>42</v>
+      </c>
+      <c r="F23" t="s">
+        <v>109</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2003</v>
+      </c>
+      <c r="I23">
+        <v>2015</v>
+      </c>
+      <c r="J23" t="s">
+        <v>145</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23" t="s">
+        <v>172</v>
+      </c>
+      <c r="M23" t="s">
+        <v>147</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>173</v>
+      </c>
+      <c r="P23" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>175</v>
+      </c>
+      <c r="B24" t="s">
+        <v>176</v>
+      </c>
+      <c r="C24" t="s">
+        <v>177</v>
+      </c>
+      <c r="D24" t="s">
+        <v>178</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>179</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2011</v>
+      </c>
+      <c r="I24">
+        <v>2023</v>
+      </c>
+      <c r="J24" t="s">
+        <v>180</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>181</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>182</v>
+      </c>
+      <c r="P24" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>184</v>
+      </c>
+      <c r="B25" t="s">
+        <v>185</v>
+      </c>
+      <c r="C25" t="s">
+        <v>186</v>
+      </c>
+      <c r="D25" t="s">
+        <v>95</v>
+      </c>
+      <c r="E25" t="s">
+        <v>42</v>
+      </c>
+      <c r="F25" t="s">
+        <v>109</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2017</v>
+      </c>
+      <c r="I25">
+        <v>2020</v>
+      </c>
+      <c r="J25" t="s">
+        <v>187</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>188</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>189</v>
+      </c>
+      <c r="P25" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>191</v>
+      </c>
+      <c r="B26" t="s">
+        <v>192</v>
+      </c>
+      <c r="C26" t="s">
+        <v>193</v>
+      </c>
+      <c r="D26" t="s">
+        <v>53</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>54</v>
+      </c>
+      <c r="G26" t="s">
+        <v>102</v>
+      </c>
+      <c r="H26"/>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>56</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>194</v>
+      </c>
+      <c r="N26" t="s">
+        <v>58</v>
+      </c>
+      <c r="O26" t="s">
+        <v>195</v>
+      </c>
+      <c r="P26" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>197</v>
+      </c>
+      <c r="B27" t="s">
+        <v>198</v>
+      </c>
+      <c r="C27" t="s">
+        <v>199</v>
+      </c>
+      <c r="D27" t="s">
+        <v>95</v>
+      </c>
+      <c r="E27" t="s">
+        <v>42</v>
+      </c>
+      <c r="F27" t="s">
+        <v>109</v>
+      </c>
+      <c r="G27" t="s">
+        <v>55</v>
+      </c>
+      <c r="H27">
+        <v>2010</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>200</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>201</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>202</v>
+      </c>
+      <c r="P27" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>204</v>
+      </c>
+      <c r="B28" t="s">
+        <v>205</v>
+      </c>
+      <c r="C28" t="s">
+        <v>199</v>
+      </c>
+      <c r="D28" t="s">
+        <v>95</v>
+      </c>
+      <c r="E28" t="s">
+        <v>42</v>
+      </c>
+      <c r="F28" t="s">
+        <v>109</v>
+      </c>
+      <c r="G28" t="s">
+        <v>55</v>
+      </c>
+      <c r="H28">
+        <v>2009</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>200</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>201</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>206</v>
+      </c>
+      <c r="P28" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>207</v>
+      </c>
+      <c r="B29" t="s">
+        <v>208</v>
+      </c>
+      <c r="C29" t="s">
+        <v>199</v>
+      </c>
+      <c r="D29" t="s">
+        <v>95</v>
+      </c>
+      <c r="E29" t="s">
+        <v>42</v>
+      </c>
+      <c r="F29" t="s">
+        <v>109</v>
+      </c>
+      <c r="G29" t="s">
+        <v>55</v>
+      </c>
+      <c r="H29">
+        <v>2009</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>200</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>201</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>209</v>
+      </c>
+      <c r="P29" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>210</v>
+      </c>
+      <c r="B30" t="s">
+        <v>211</v>
+      </c>
+      <c r="C30" t="s">
+        <v>199</v>
+      </c>
+      <c r="D30" t="s">
+        <v>95</v>
+      </c>
+      <c r="E30" t="s">
+        <v>42</v>
+      </c>
+      <c r="F30" t="s">
+        <v>109</v>
+      </c>
+      <c r="G30" t="s">
+        <v>55</v>
+      </c>
+      <c r="H30">
+        <v>2010</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>200</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>201</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>212</v>
+      </c>
+      <c r="P30" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>213</v>
+      </c>
+      <c r="B31" t="s">
+        <v>214</v>
+      </c>
+      <c r="C31" t="s">
+        <v>215</v>
+      </c>
+      <c r="D31" t="s">
+        <v>95</v>
+      </c>
+      <c r="E31" t="s">
+        <v>42</v>
+      </c>
+      <c r="F31" t="s">
+        <v>109</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2000</v>
+      </c>
+      <c r="I31">
+        <v>2015</v>
+      </c>
+      <c r="J31" t="s">
+        <v>66</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31" t="s">
+        <v>216</v>
+      </c>
+      <c r="M31" t="s">
+        <v>217</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>218</v>
+      </c>
+      <c r="P31" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>220</v>
+      </c>
+      <c r="B32" t="s">
+        <v>221</v>
+      </c>
+      <c r="C32" t="s">
+        <v>199</v>
+      </c>
+      <c r="D32" t="s">
+        <v>81</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>43</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>1992</v>
+      </c>
+      <c r="I32">
+        <v>2016</v>
+      </c>
+      <c r="J32" t="s">
+        <v>222</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>201</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>223</v>
+      </c>
+      <c r="P32" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>225</v>
+      </c>
+      <c r="B33" t="s">
+        <v>226</v>
+      </c>
+      <c r="C33" t="s">
+        <v>227</v>
+      </c>
+      <c r="D33" t="s">
+        <v>228</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>65</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2016</v>
+      </c>
+      <c r="I33">
+        <v>2019</v>
+      </c>
+      <c r="J33" t="s">
+        <v>229</v>
+      </c>
+      <c r="K33" t="s">
+        <v>45</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>230</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>231</v>
+      </c>
+      <c r="P33" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>233</v>
+      </c>
+      <c r="B34" t="s">
+        <v>234</v>
+      </c>
+      <c r="C34" t="s">
+        <v>215</v>
+      </c>
+      <c r="D34" t="s">
+        <v>95</v>
+      </c>
+      <c r="E34" t="s">
+        <v>42</v>
+      </c>
+      <c r="F34" t="s">
+        <v>109</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2000</v>
+      </c>
+      <c r="I34">
+        <v>2015</v>
+      </c>
+      <c r="J34" t="s">
+        <v>66</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34" t="s">
+        <v>216</v>
+      </c>
+      <c r="M34" t="s">
+        <v>217</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>235</v>
+      </c>
+      <c r="P34" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>237</v>
+      </c>
+      <c r="B35" t="s">
+        <v>238</v>
+      </c>
+      <c r="C35" t="s">
+        <v>239</v>
+      </c>
+      <c r="D35" t="s">
+        <v>95</v>
+      </c>
+      <c r="E35" t="s">
+        <v>42</v>
+      </c>
+      <c r="F35" t="s">
+        <v>109</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2001</v>
+      </c>
+      <c r="I35">
+        <v>2019</v>
+      </c>
+      <c r="J35" t="s">
+        <v>145</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35" t="s">
+        <v>240</v>
+      </c>
+      <c r="M35" t="s">
+        <v>241</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>242</v>
+      </c>
+      <c r="P35" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>244</v>
+      </c>
+      <c r="B36" t="s">
+        <v>245</v>
+      </c>
+      <c r="C36" t="s">
+        <v>80</v>
+      </c>
+      <c r="D36" t="s">
+        <v>246</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>247</v>
+      </c>
+      <c r="H36">
+        <v>2024</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36" t="s">
+        <v>248</v>
+      </c>
+      <c r="M36" t="s">
+        <v>249</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>250</v>
+      </c>
+      <c r="P36" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>252</v>
+      </c>
+      <c r="B37" t="s">
+        <v>252</v>
+      </c>
+      <c r="C37" t="s">
+        <v>80</v>
+      </c>
+      <c r="D37" t="s">
+        <v>95</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2010</v>
+      </c>
+      <c r="I37">
+        <v>2015</v>
+      </c>
+      <c r="J37" t="s">
+        <v>145</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37" t="s">
+        <v>96</v>
+      </c>
+      <c r="M37" t="s">
+        <v>84</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>253</v>
+      </c>
+      <c r="P37" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>255</v>
+      </c>
+      <c r="B38" t="s">
+        <v>256</v>
+      </c>
+      <c r="C38" t="s">
+        <v>80</v>
+      </c>
+      <c r="D38" t="s">
+        <v>81</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2008</v>
+      </c>
+      <c r="I38">
+        <v>2015</v>
+      </c>
+      <c r="J38" t="s">
+        <v>145</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38" t="s">
+        <v>257</v>
+      </c>
+      <c r="M38" t="s">
+        <v>84</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>258</v>
+      </c>
+      <c r="P38" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>260</v>
+      </c>
+      <c r="B39" t="s">
+        <v>79</v>
+      </c>
+      <c r="C39" t="s">
+        <v>80</v>
+      </c>
+      <c r="D39" t="s">
+        <v>81</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>55</v>
+      </c>
+      <c r="H39">
+        <v>2020</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>82</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39" t="s">
+        <v>83</v>
+      </c>
+      <c r="M39" t="s">
+        <v>261</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>262</v>
+      </c>
+      <c r="P39" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>264</v>
+      </c>
+      <c r="B40" t="s">
+        <v>265</v>
+      </c>
+      <c r="C40" t="s">
+        <v>266</v>
+      </c>
+      <c r="D40" t="s">
+        <v>81</v>
+      </c>
+      <c r="E40" t="s">
+        <v>42</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>1987</v>
+      </c>
+      <c r="I40">
+        <v>1988</v>
+      </c>
+      <c r="J40" t="s">
+        <v>66</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40" t="s">
+        <v>267</v>
+      </c>
+      <c r="M40" t="s">
+        <v>268</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>269</v>
+      </c>
+      <c r="P40" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>271</v>
+      </c>
+      <c r="B41" t="s">
+        <v>272</v>
+      </c>
+      <c r="C41" t="s">
+        <v>266</v>
+      </c>
+      <c r="D41" t="s">
+        <v>95</v>
+      </c>
+      <c r="E41" t="s">
+        <v>42</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>1989</v>
+      </c>
+      <c r="I41">
+        <v>2015</v>
+      </c>
+      <c r="J41" t="s">
+        <v>273</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>268</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>274</v>
+      </c>
+      <c r="P41" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>276</v>
+      </c>
+      <c r="B42" t="s">
+        <v>277</v>
+      </c>
+      <c r="C42" t="s">
+        <v>266</v>
+      </c>
+      <c r="D42" t="s">
+        <v>95</v>
+      </c>
+      <c r="E42" t="s">
+        <v>42</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>55</v>
+      </c>
+      <c r="H42">
+        <v>1989</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>66</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>268</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>278</v>
+      </c>
+      <c r="P42" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>280</v>
+      </c>
+      <c r="B43" t="s">
+        <v>281</v>
+      </c>
+      <c r="C43" t="s">
+        <v>266</v>
+      </c>
+      <c r="D43" t="s">
+        <v>95</v>
+      </c>
+      <c r="E43" t="s">
+        <v>42</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>55</v>
+      </c>
+      <c r="H43">
+        <v>1989</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>66</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>268</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>282</v>
+      </c>
+      <c r="P43" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>284</v>
+      </c>
+      <c r="B44" t="s">
+        <v>285</v>
+      </c>
+      <c r="C44" t="s">
+        <v>193</v>
+      </c>
+      <c r="D44" t="s">
+        <v>286</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>54</v>
+      </c>
+      <c r="G44" t="s">
+        <v>55</v>
+      </c>
+      <c r="H44">
+        <v>2022</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>56</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>287</v>
+      </c>
+      <c r="N44" t="s">
+        <v>58</v>
+      </c>
+      <c r="O44" t="s">
+        <v>288</v>
+      </c>
+      <c r="P44" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>290</v>
+      </c>
+      <c r="B45" t="s">
+        <v>291</v>
+      </c>
+      <c r="C45" t="s">
+        <v>215</v>
+      </c>
+      <c r="D45" t="s">
+        <v>95</v>
+      </c>
+      <c r="E45" t="s">
+        <v>42</v>
+      </c>
+      <c r="F45" t="s">
+        <v>109</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2000</v>
+      </c>
+      <c r="I45">
+        <v>2013</v>
+      </c>
+      <c r="J45" t="s">
+        <v>66</v>
+      </c>
+      <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45" t="s">
+        <v>292</v>
+      </c>
+      <c r="M45" t="s">
+        <v>293</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>294</v>
+      </c>
+      <c r="P45" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>296</v>
+      </c>
+      <c r="B46" t="s">
+        <v>297</v>
+      </c>
+      <c r="C46" t="s">
+        <v>215</v>
+      </c>
+      <c r="D46" t="s">
+        <v>95</v>
+      </c>
+      <c r="E46" t="s">
+        <v>42</v>
+      </c>
+      <c r="F46" t="s">
+        <v>109</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2000</v>
+      </c>
+      <c r="I46">
+        <v>2013</v>
+      </c>
+      <c r="J46" t="s">
+        <v>66</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46" t="s">
+        <v>298</v>
+      </c>
+      <c r="M46" t="s">
+        <v>217</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>299</v>
+      </c>
+      <c r="P46"/>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>300</v>
+      </c>
+      <c r="B47" t="s">
+        <v>301</v>
+      </c>
+      <c r="C47" t="s">
+        <v>215</v>
+      </c>
+      <c r="D47" t="s">
+        <v>95</v>
+      </c>
+      <c r="E47" t="s">
+        <v>42</v>
+      </c>
+      <c r="F47" t="s">
+        <v>109</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2000</v>
+      </c>
+      <c r="I47">
+        <v>2013</v>
+      </c>
+      <c r="J47" t="s">
+        <v>66</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47" t="s">
+        <v>241</v>
+      </c>
+      <c r="M47" t="s">
+        <v>217</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>302</v>
+      </c>
+      <c r="P47" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>304</v>
+      </c>
+      <c r="B48" t="s">
+        <v>305</v>
+      </c>
+      <c r="C48" t="s">
+        <v>215</v>
+      </c>
+      <c r="D48" t="s">
+        <v>95</v>
+      </c>
+      <c r="E48" t="s">
+        <v>42</v>
+      </c>
+      <c r="F48" t="s">
+        <v>109</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2000</v>
+      </c>
+      <c r="I48">
+        <v>2014</v>
+      </c>
+      <c r="J48" t="s">
+        <v>66</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>293</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>306</v>
+      </c>
+      <c r="P48" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>308</v>
+      </c>
+      <c r="B49" t="s">
+        <v>309</v>
+      </c>
+      <c r="C49" t="s">
+        <v>310</v>
+      </c>
+      <c r="D49" t="s">
+        <v>95</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>65</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2012</v>
+      </c>
+      <c r="I49">
+        <v>2010</v>
+      </c>
+      <c r="J49" t="s">
+        <v>200</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49" t="s">
+        <v>311</v>
+      </c>
+      <c r="M49" t="s">
+        <v>312</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>313</v>
+      </c>
+      <c r="P49" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>315</v>
+      </c>
+      <c r="B50" t="s">
+        <v>316</v>
+      </c>
+      <c r="C50" t="s">
+        <v>199</v>
+      </c>
+      <c r="D50" t="s">
+        <v>317</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>318</v>
+      </c>
+      <c r="H50">
+        <v>2012</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>229</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>319</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>320</v>
+      </c>
+      <c r="P50" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>322</v>
+      </c>
+      <c r="B51" t="s">
+        <v>323</v>
+      </c>
+      <c r="C51" t="s">
+        <v>324</v>
+      </c>
+      <c r="D51" t="s">
+        <v>325</v>
+      </c>
+      <c r="E51" t="s">
+        <v>42</v>
+      </c>
+      <c r="F51" t="s">
+        <v>326</v>
+      </c>
+      <c r="G51" t="s">
+        <v>55</v>
+      </c>
+      <c r="H51">
+        <v>2015</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>327</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>328</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>329</v>
+      </c>
+      <c r="P51" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>331</v>
+      </c>
+      <c r="B52" t="s">
+        <v>332</v>
+      </c>
+      <c r="C52" t="s">
+        <v>324</v>
+      </c>
+      <c r="D52" t="s">
+        <v>325</v>
+      </c>
+      <c r="E52" t="s">
+        <v>333</v>
+      </c>
+      <c r="F52" t="s">
+        <v>326</v>
+      </c>
+      <c r="G52" t="s">
+        <v>55</v>
+      </c>
+      <c r="H52">
+        <v>2015</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>327</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>328</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>334</v>
+      </c>
+      <c r="P52" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>336</v>
+      </c>
+      <c r="B53" t="s">
+        <v>337</v>
+      </c>
+      <c r="C53" t="s">
+        <v>324</v>
+      </c>
+      <c r="D53" t="s">
+        <v>325</v>
+      </c>
+      <c r="E53" t="s">
+        <v>42</v>
+      </c>
+      <c r="F53" t="s">
+        <v>326</v>
+      </c>
+      <c r="G53" t="s">
+        <v>55</v>
+      </c>
+      <c r="H53">
+        <v>2015</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>327</v>
+      </c>
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>328</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>338</v>
+      </c>
+      <c r="P53" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>340</v>
+      </c>
+      <c r="B54" t="s">
+        <v>341</v>
+      </c>
+      <c r="C54" t="s">
+        <v>266</v>
+      </c>
+      <c r="D54" t="s">
+        <v>342</v>
+      </c>
+      <c r="E54" t="s">
+        <v>42</v>
+      </c>
+      <c r="F54" t="s">
+        <v>43</v>
+      </c>
+      <c r="G54" t="s">
+        <v>55</v>
+      </c>
+      <c r="H54">
+        <v>2012</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>66</v>
+      </c>
+      <c r="K54" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...48 lines deleted...]
-      <c r="A4" t="s">
+      <c r="L54" t="s">
+        <v>343</v>
+      </c>
+      <c r="M54" t="s">
+        <v>344</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>345</v>
+      </c>
+      <c r="P54" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>347</v>
+      </c>
+      <c r="B55" t="s">
+        <v>348</v>
+      </c>
+      <c r="C55" t="s">
+        <v>349</v>
+      </c>
+      <c r="D55" t="s">
+        <v>95</v>
+      </c>
+      <c r="E55" t="s">
+        <v>42</v>
+      </c>
+      <c r="F55" t="s">
+        <v>109</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2006</v>
+      </c>
+      <c r="I55">
+        <v>2015</v>
+      </c>
+      <c r="J55" t="s">
+        <v>350</v>
+      </c>
+      <c r="K55" t="s">
+        <v>34</v>
+      </c>
+      <c r="L55" t="s">
+        <v>351</v>
+      </c>
+      <c r="M55" t="s">
+        <v>352</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>353</v>
+      </c>
+      <c r="P55" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>355</v>
+      </c>
+      <c r="B56" t="s">
+        <v>356</v>
+      </c>
+      <c r="C56" t="s">
+        <v>349</v>
+      </c>
+      <c r="D56" t="s">
+        <v>122</v>
+      </c>
+      <c r="E56" t="s">
+        <v>42</v>
+      </c>
+      <c r="F56" t="s">
+        <v>109</v>
+      </c>
+      <c r="G56" t="s">
+        <v>55</v>
+      </c>
+      <c r="H56">
+        <v>2014</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>350</v>
+      </c>
+      <c r="K56" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56" t="s">
+        <v>357</v>
+      </c>
+      <c r="M56" t="s">
+        <v>352</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>358</v>
+      </c>
+      <c r="P56" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>360</v>
+      </c>
+      <c r="B57" t="s">
+        <v>361</v>
+      </c>
+      <c r="C57" t="s">
+        <v>193</v>
+      </c>
+      <c r="D57" t="s">
+        <v>53</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>54</v>
+      </c>
+      <c r="G57" t="s">
+        <v>55</v>
+      </c>
+      <c r="H57">
+        <v>2022</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>56</v>
+      </c>
+      <c r="K57" t="s">
+        <v>34</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>362</v>
+      </c>
+      <c r="N57" t="s">
+        <v>58</v>
+      </c>
+      <c r="O57" t="s">
+        <v>363</v>
+      </c>
+      <c r="P57" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>365</v>
+      </c>
+      <c r="B58" t="s">
+        <v>366</v>
+      </c>
+      <c r="C58" t="s">
+        <v>367</v>
+      </c>
+      <c r="D58" t="s">
+        <v>368</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>65</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2017</v>
+      </c>
+      <c r="I58">
+        <v>2021</v>
+      </c>
+      <c r="J58" t="s">
+        <v>369</v>
+      </c>
+      <c r="K58" t="s">
+        <v>370</v>
+      </c>
+      <c r="L58" t="s">
+        <v>371</v>
+      </c>
+      <c r="M58" t="s">
+        <v>372</v>
+      </c>
+      <c r="N58" t="s">
+        <v>36</v>
+      </c>
+      <c r="O58" t="s">
+        <v>373</v>
+      </c>
+      <c r="P58" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>375</v>
+      </c>
+      <c r="B59" t="s">
+        <v>376</v>
+      </c>
+      <c r="C59" t="s">
+        <v>52</v>
+      </c>
+      <c r="D59" t="s">
+        <v>377</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>54</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>1982</v>
+      </c>
+      <c r="I59">
+        <v>2024</v>
+      </c>
+      <c r="J59" t="s">
+        <v>56</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>378</v>
+      </c>
+      <c r="N59" t="s">
+        <v>58</v>
+      </c>
+      <c r="O59" t="s">
+        <v>379</v>
+      </c>
+      <c r="P59" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>381</v>
+      </c>
+      <c r="B60" t="s">
+        <v>382</v>
+      </c>
+      <c r="C60" t="s">
+        <v>383</v>
+      </c>
+      <c r="D60" t="s">
+        <v>95</v>
+      </c>
+      <c r="E60" t="s">
+        <v>42</v>
+      </c>
+      <c r="F60" t="s">
+        <v>109</v>
+      </c>
+      <c r="G60" t="s">
+        <v>55</v>
+      </c>
+      <c r="H60">
+        <v>2014</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>229</v>
+      </c>
+      <c r="K60" t="s">
+        <v>34</v>
+      </c>
+      <c r="L60" t="s">
+        <v>384</v>
+      </c>
+      <c r="M60" t="s">
+        <v>385</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>386</v>
+      </c>
+      <c r="P60" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>388</v>
+      </c>
+      <c r="B61" t="s">
+        <v>389</v>
+      </c>
+      <c r="C61" t="s">
+        <v>177</v>
+      </c>
+      <c r="D61" t="s">
+        <v>95</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2012</v>
+      </c>
+      <c r="I61">
+        <v>2015</v>
+      </c>
+      <c r="J61" t="s">
+        <v>180</v>
+      </c>
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61" t="s">
+        <v>384</v>
+      </c>
+      <c r="M61" t="s">
+        <v>181</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>390</v>
+      </c>
+      <c r="P61" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>392</v>
+      </c>
+      <c r="B62" t="s">
+        <v>393</v>
+      </c>
+      <c r="C62" t="s">
+        <v>177</v>
+      </c>
+      <c r="D62" t="s">
+        <v>95</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>55</v>
+      </c>
+      <c r="H62">
+        <v>2012</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>180</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62" t="s">
+        <v>384</v>
+      </c>
+      <c r="M62" t="s">
+        <v>181</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>394</v>
+      </c>
+      <c r="P62" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>396</v>
+      </c>
+      <c r="B63" t="s">
+        <v>397</v>
+      </c>
+      <c r="C63" t="s">
+        <v>324</v>
+      </c>
+      <c r="D63" t="s">
+        <v>95</v>
+      </c>
+      <c r="E63" t="s">
+        <v>42</v>
+      </c>
+      <c r="F63" t="s">
+        <v>109</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2003</v>
+      </c>
+      <c r="I63">
+        <v>2012</v>
+      </c>
+      <c r="J63" t="s">
+        <v>398</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63" t="s">
+        <v>399</v>
+      </c>
+      <c r="M63" t="s">
+        <v>400</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>401</v>
+      </c>
+      <c r="P63" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>403</v>
+      </c>
+      <c r="B64" t="s">
+        <v>404</v>
+      </c>
+      <c r="C64" t="s">
+        <v>324</v>
+      </c>
+      <c r="D64" t="s">
+        <v>317</v>
+      </c>
+      <c r="E64" t="s">
+        <v>42</v>
+      </c>
+      <c r="F64" t="s">
+        <v>109</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2001</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>398</v>
+      </c>
+      <c r="K64" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64" t="s">
+        <v>405</v>
+      </c>
+      <c r="M64" t="s">
+        <v>400</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>406</v>
+      </c>
+      <c r="P64" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>408</v>
+      </c>
+      <c r="B65" t="s">
+        <v>409</v>
+      </c>
+      <c r="C65" t="s">
+        <v>324</v>
+      </c>
+      <c r="D65" t="s">
+        <v>95</v>
+      </c>
+      <c r="E65" t="s">
+        <v>42</v>
+      </c>
+      <c r="F65" t="s">
+        <v>109</v>
+      </c>
+      <c r="G65" t="s">
+        <v>55</v>
+      </c>
+      <c r="H65">
+        <v>2018</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>398</v>
+      </c>
+      <c r="K65" t="s">
+        <v>34</v>
+      </c>
+      <c r="L65" t="s">
+        <v>410</v>
+      </c>
+      <c r="M65" t="s">
+        <v>400</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>411</v>
+      </c>
+      <c r="P65" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>413</v>
+      </c>
+      <c r="B66" t="s">
+        <v>414</v>
+      </c>
+      <c r="C66" t="s">
+        <v>324</v>
+      </c>
+      <c r="D66" t="s">
+        <v>95</v>
+      </c>
+      <c r="E66" t="s">
+        <v>42</v>
+      </c>
+      <c r="F66" t="s">
+        <v>109</v>
+      </c>
+      <c r="G66" t="s">
+        <v>55</v>
+      </c>
+      <c r="H66">
+        <v>2018</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>398</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66" t="s">
+        <v>415</v>
+      </c>
+      <c r="M66" t="s">
+        <v>400</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>416</v>
+      </c>
+      <c r="P66" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>418</v>
+      </c>
+      <c r="B67" t="s">
+        <v>419</v>
+      </c>
+      <c r="C67" t="s">
+        <v>420</v>
+      </c>
+      <c r="D67" t="s">
+        <v>95</v>
+      </c>
+      <c r="E67" t="s">
+        <v>42</v>
+      </c>
+      <c r="F67" t="s">
+        <v>109</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2006</v>
+      </c>
+      <c r="I67">
+        <v>2020</v>
+      </c>
+      <c r="J67" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
-[...40 lines deleted...]
-      <c r="A5" t="s">
+      <c r="K67" t="s">
+        <v>34</v>
+      </c>
+      <c r="L67" t="s">
+        <v>292</v>
+      </c>
+      <c r="M67" t="s">
+        <v>421</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>422</v>
+      </c>
+      <c r="P67" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>424</v>
+      </c>
+      <c r="B68" t="s">
+        <v>425</v>
+      </c>
+      <c r="C68" t="s">
+        <v>420</v>
+      </c>
+      <c r="D68" t="s">
+        <v>95</v>
+      </c>
+      <c r="E68" t="s">
         <v>42</v>
       </c>
-      <c r="B5" t="s">
+      <c r="F68" t="s">
+        <v>109</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2001</v>
+      </c>
+      <c r="I68">
+        <v>2020</v>
+      </c>
+      <c r="J68" t="s">
+        <v>33</v>
+      </c>
+      <c r="K68" t="s">
+        <v>34</v>
+      </c>
+      <c r="L68" t="s">
+        <v>292</v>
+      </c>
+      <c r="M68" t="s">
+        <v>421</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>426</v>
+      </c>
+      <c r="P68" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>428</v>
+      </c>
+      <c r="B69" t="s">
+        <v>429</v>
+      </c>
+      <c r="C69" t="s">
+        <v>420</v>
+      </c>
+      <c r="D69" t="s">
+        <v>95</v>
+      </c>
+      <c r="E69" t="s">
+        <v>42</v>
+      </c>
+      <c r="F69" t="s">
+        <v>109</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2000</v>
+      </c>
+      <c r="I69">
+        <v>2020</v>
+      </c>
+      <c r="J69" t="s">
+        <v>33</v>
+      </c>
+      <c r="K69" t="s">
+        <v>34</v>
+      </c>
+      <c r="L69" t="s">
+        <v>292</v>
+      </c>
+      <c r="M69" t="s">
+        <v>421</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>430</v>
+      </c>
+      <c r="P69" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>432</v>
+      </c>
+      <c r="B70" t="s">
+        <v>433</v>
+      </c>
+      <c r="C70" t="s">
+        <v>420</v>
+      </c>
+      <c r="D70" t="s">
+        <v>95</v>
+      </c>
+      <c r="E70" t="s">
+        <v>42</v>
+      </c>
+      <c r="F70" t="s">
+        <v>109</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2002</v>
+      </c>
+      <c r="I70">
+        <v>2020</v>
+      </c>
+      <c r="J70" t="s">
+        <v>33</v>
+      </c>
+      <c r="K70" t="s">
+        <v>34</v>
+      </c>
+      <c r="L70" t="s">
+        <v>292</v>
+      </c>
+      <c r="M70" t="s">
+        <v>421</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>434</v>
+      </c>
+      <c r="P70" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>436</v>
+      </c>
+      <c r="B71" t="s">
+        <v>437</v>
+      </c>
+      <c r="C71" t="s">
+        <v>438</v>
+      </c>
+      <c r="D71" t="s">
+        <v>64</v>
+      </c>
+      <c r="E71" t="s">
+        <v>42</v>
+      </c>
+      <c r="F71" t="s">
         <v>43</v>
       </c>
-      <c r="C5" t="s">
-[...57 lines deleted...]
-      <c r="I6" t="s">
+      <c r="G71" t="s">
         <v>55</v>
       </c>
-      <c r="J6" t="s">
-[...164 lines deleted...]
-      <c r="G10">
+      <c r="H71">
         <v>2009</v>
       </c>
-      <c r="H10">
-[...81 lines deleted...]
-      <c r="H12">
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>229</v>
+      </c>
+      <c r="K71" t="s">
+        <v>34</v>
+      </c>
+      <c r="L71" t="s">
+        <v>439</v>
+      </c>
+      <c r="M71" t="s">
+        <v>440</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>441</v>
+      </c>
+      <c r="P71" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>443</v>
+      </c>
+      <c r="B72" t="s">
+        <v>444</v>
+      </c>
+      <c r="C72" t="s">
+        <v>445</v>
+      </c>
+      <c r="D72" t="s">
+        <v>95</v>
+      </c>
+      <c r="E72" t="s">
+        <v>42</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>55</v>
+      </c>
+      <c r="H72">
         <v>2013</v>
       </c>
-      <c r="I12" t="s">
-[...227 lines deleted...]
-      <c r="C18" t="s">
+      <c r="I72"/>
+      <c r="J72" t="s">
         <v>110</v>
       </c>
-      <c r="D18" t="s">
-[...2302 lines deleted...]
-      <c r="K72"/>
+      <c r="K72" t="s">
+        <v>34</v>
+      </c>
       <c r="L72"/>
-      <c r="M72" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M72"/>
       <c r="N72" t="s">
-        <v>309</v>
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>446</v>
+      </c>
+      <c r="P72" t="s">
+        <v>447</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>