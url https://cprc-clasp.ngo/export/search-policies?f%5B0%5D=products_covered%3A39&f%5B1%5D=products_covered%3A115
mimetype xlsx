--- v1 (2026-01-20)
+++ v2 (2026-03-28)
@@ -418,72 +418,72 @@
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0811-20170307</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...14 lines deleted...]
-    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
     <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
   </si>
   <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
   </si>
@@ -2502,127 +2502,127 @@
         <v>129</v>
       </c>
       <c r="K15" t="s">
         <v>123</v>
       </c>
       <c r="L15"/>
       <c r="M15"/>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>130</v>
       </c>
       <c r="P15" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>132</v>
       </c>
       <c r="B16" t="s">
         <v>133</v>
       </c>
       <c r="C16" t="s">
-        <v>108</v>
+        <v>134</v>
       </c>
       <c r="D16" t="s">
         <v>122</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>1992</v>
       </c>
       <c r="I16">
         <v>2013</v>
       </c>
       <c r="J16" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="K16" t="s">
         <v>45</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="P16" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>132</v>
       </c>
       <c r="B17" t="s">
         <v>133</v>
       </c>
       <c r="C17" t="s">
-        <v>137</v>
+        <v>108</v>
       </c>
       <c r="D17" t="s">
         <v>122</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>1992</v>
       </c>
       <c r="I17">
         <v>2013</v>
       </c>
       <c r="J17" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="K17" t="s">
         <v>45</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>139</v>
+        <v>124</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>140</v>
       </c>
       <c r="P17" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>142</v>
       </c>
       <c r="B18" t="s">
         <v>143</v>
       </c>
       <c r="C18" t="s">
         <v>80</v>
       </c>
       <c r="D18" t="s">
         <v>144</v>
       </c>
       <c r="E18" t="s">