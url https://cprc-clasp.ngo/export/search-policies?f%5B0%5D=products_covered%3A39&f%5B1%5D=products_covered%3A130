--- v0 (2025-10-13)
+++ v1 (2026-03-05)
@@ -12,1062 +12,1523 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="317">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="469">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>CEL-037. Copiers, Printers, and Fax Machines</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does not apply to AC contactors with external power saving device or semi-conductor type -solid type contactor.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 21521-2014</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-037-copiers-printers-and-fax-machines</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B617_%E5%A4%8D%E5%8D%B0%E6%9C%BA%E3%80%81%E6%89%93%E5%8D%B0%E6%9C%BA%E5%92%8C%E4%BC%A0%E7%9C%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introduced in 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-0</t>
   </si>
   <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-1</t>
   </si>
   <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-2</t>
   </si>
   <si>
+    <t>Squatting Toilets</t>
+  </si>
+  <si>
     <t>GB 6952</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-3</t>
   </si>
   <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>CQC31-452611-2011. CQC Mark Certification - Scanners</t>
   </si>
   <si>
+    <t>Applies to drum scanners; flatbed scanners; and scanners for film or transparent media.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 3134-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452611-2011-cqc-mark-certification-scanners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-04/492776.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452627-2014. CQC Mark Certification - Copy machines; printers; fax machines and multi-function equipment</t>
   </si>
   <si>
+    <t>Applies to copiers; printers; fax machines; and multi-function equipment. Applies to products operating under 220V and 50Hz; with printing speed lower than 70pages per minute and standard format. Can be used as reference for products with printing speed higher than 70pages per minute and non-standard format.</t>
+  </si>
+  <si>
     <t>GB 21521-2014, GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452627-2014-cqc-mark-certification-copy-machines-printers-fax-machines-and-multi</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492780.shtml</t>
+  </si>
+  <si>
     <t>CQC32-369491-2021. Water Conservation Certification Rules for Shower Heads</t>
   </si>
   <si>
+    <t>Apply to shower heads</t>
+  </si>
+  <si>
     <t>Other</t>
   </si>
   <si>
     <t>GB 28378-2019; GB/T 23447-2009; GB/T 23448-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-369491-2021-water-conservation-certification-rules-shower-heads</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39493</t>
+  </si>
+  <si>
     <t>CQC32-372111-2021. Water Conservation Certification Rules for WC Pan</t>
   </si>
   <si>
+    <t>Apply to WC pan</t>
+  </si>
+  <si>
     <t>GB 25502-2017; GB 28377-2019; GB 30717-2019; GB 38448-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-372111-2021-water-conservation-certification-rules-wc-pan</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39491</t>
+  </si>
+  <si>
     <t>CQC32-429111-2021. Water Conservation Certification Rules for Shower</t>
   </si>
   <si>
+    <t>Apply to showers</t>
+  </si>
+  <si>
     <t>GB 28378-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-429111-2021-water-conservation-certification-rules-shower</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39492</t>
+  </si>
+  <si>
     <t>CQC32-432411-2016. Water Conservation Certification Rules for Flush Valve</t>
   </si>
   <si>
+    <t>Apply to flush valve</t>
+  </si>
+  <si>
     <t>GB 28379-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-432411-2016-water-conservation-certification-rules-flush-valve</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-30/492659.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432414-2009. Water Conservation Certification Rules for Valves with Screwed Connections for Water-Heating System</t>
   </si>
   <si>
+    <t>Apply to valves with screwed connections for water-heating system</t>
+  </si>
+  <si>
     <t>GB/T 8464-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-432414-2009-water-conservation-certification-rules-valves-screwed-connections-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492612.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432421-2021. Water Conservation Certification Rules for Faucets</t>
   </si>
   <si>
+    <t>Apply to faucets</t>
+  </si>
+  <si>
     <t>GB 25501-2019; GB 18145-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-432421-2021-water-conservation-certification-rules-faucets</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39490</t>
+  </si>
+  <si>
     <t>CQC32-439154-2022 Water Conservation Certification Rules for Drinking Water Treatment Purifiers</t>
   </si>
   <si>
+    <t>This policy contains water conservation certification rules for drinking water treatment purifiers. It applies small water purifiers used in households or similar places with municipal tap water or other centralized raw water supplier and uses reverse osmosis membrane or nanofiltration membrane as the main purification element. It does not apply to large water purifiers with length, width, or height ≥2000 mm; mass ≥100 kg and net water flow ≥3 L/min.</t>
+  </si>
+  <si>
     <t>Water Fixtures</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB34914-2021</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-439154-2022-water-conservation-certification-rules-drinking-water-treatment</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2022-03-22/529526.shtml</t>
+  </si>
+  <si>
     <t>CWL 02-2020 Intelligent toilets</t>
   </si>
   <si>
+    <t>This policy contains water efficiency label requirements for intelligent toilets. It applies to smart toilets installed on cold water pipelines in building facilities with a water supply pressure between 0.1~0.6 MPa.</t>
+  </si>
+  <si>
     <t>GB 38448</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cwl-02-2020-intelligent-toilets</t>
   </si>
   <si>
+    <t>http://www.waterlabel.org.cn/userfiles/2/files/cms/article/2020/10/%E6%99%BA%E8%83%BD%E5%9D%90%E4%BE%BF%E5%99%A8%E6%B0%B4%E6%95%88%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CWL 02-2021 Water purifiers</t>
   </si>
   <si>
     <t>GB 34914-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cwl-02-2021-water-purifiers</t>
   </si>
   <si>
+    <t>https://www.ndrc.gov.cn/xxgk/zcfb/ghxwj/202112/P020211213405201806707.pdf</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Fax Machine</t>
   </si>
   <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-fax-machine</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Multifunctional devices</t>
   </si>
   <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-multifunctional-devices</t>
   </si>
   <si>
     <t>e-Standby Power Program for Printers</t>
   </si>
   <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-printers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Scanners</t>
   </si>
   <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-scanners</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Printers; Neng-Chi-Tze-10405006191</t>
   </si>
   <si>
+    <t>Printers - 1. The Printer that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.32.00.00.1-A, 8443.31.00.00-2-A; or recognized by competent authority.   2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0  --hereunder briefed as ENERGY STAR REV. 2.0.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment (Version 2.0)</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-printers-neng-chi</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=33%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Standard and Indication Method for the Copier Machine Energy Conservation Marker; Neng-Chi-Tze-10405006201</t>
   </si>
   <si>
+    <t>The Copier Machine that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.31.00.00-2-B, 8443.32.00.00-1-B, or recognized by competent authority.     2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0 -hereunder briefed as ENERGY STAR REV. 2.0.     3. The fax machine possessing single-page copying function shall not be applicable for the scope provided herein.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-standard-and-indication-method-copier-machine-energy-conservation-marker</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=32%20</t>
+  </si>
+  <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>ETA 0804 - Specifications for the assignment of ANQIP water efficiency labels to toilet flush cisterns (V. 4)</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Simple flush toilets, gravity type; - Dual flush cisterns, gravity type; - Double-acting flush toilets (with discharge interruption), gravity type. Conditions for the attribution of water efficiency labels to cisterns are available in Table 1 page 3 of the document.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eta-0804-specifications-assignment-anqip-water-efficiency-labels-toilet-flush-cisterns-v-4</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0804_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>ETA 0806 - Specifications for assigning ANQIP water efficiency labels to showers and shower systems</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Shower (shower head), alone; Shower system (shower taps equipped with hose and shower head removable or fixed). The assignment of labeling rating to a given product follows the categories established in Table 1 - please access the document at page 3 for more information.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/eta-0806-specifications-assigning-anqip-water-efficiency-labels-showers-and-shower-systems</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0806_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>ETA 0808 - Specifications for assigning ANQIP water efficiency labels to taps and flow meters (p. 3)</t>
   </si>
   <si>
+    <t>This policy applies to washbasin taps, kitchen taps, and urinal flowmeters.</t>
+  </si>
+  <si>
     <t>Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eta-0808-specifications-assigning-anqip-water-efficiency-labels-taps-and-flow-meters-p-3</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0808_v.3_novo.1.pdf</t>
+  </si>
+  <si>
     <t>GB 21521-2014 Minimum allowable values of energy efficiency and energy efficiency grades for copy machines; printers and fax machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21521-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-copy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED11D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 25501-2019 Minimum allowable values of water efficiency and water efficiency grades for faucets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grades and test methods for faucets. It is applicable to the water efficiency evaluation of washbasin faucets, kitchen faucets, bidgets faucets and ordinary washing faucets that are installed at ends of cold and hot water supply pipelines in buildings, with nominal pressure (static pressure) of not greater than 1.0 MPa and medium temperature of 4℃~ 90℃.</t>
+  </si>
+  <si>
     <t>GB/T 33733</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-25501-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94003A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 25502-2017 Minimum allowable values of water efficiency and water efficiency grades for water closets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grade, and test methods for water closets. This standard is applicable to evaluation for water efficiency of various water closets installed in cold water pipeline in building facilities and used when water supply pressure is less than 0.6MPa.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-25502-2017-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81450D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28377-2019 Minimum allowable values of water efficiency and water efficiency grades for urinals</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grades, technical requirements and test methods for urinals. This standard is applicable to the evaluation on water efficiency of urinals (excluding waterless urinals) installed on cold water supply piping in building facilities and used under the static water supply pressure of 0.6 MPa.</t>
+  </si>
+  <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28377-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94002A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 28378-2019 Minimum allowable values of water efficiency and water efficiency grades for showers</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grade, technical requirements, and test methods for showers. It is applicable to the water efficiency evaluation of showers (including shower heads or combinations) used in sanitary facilities such as lavatories and shower rooms installed in buildings with nominal pressure (static pressure) less than 1.0 MPa and medium temperature of 4℃~90℃.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-28378-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400CA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 28379-2012 Minimum allowable values of water efficiency and water efficiency grades for flush valve for water closets</t>
   </si>
   <si>
+    <t>This policy covers flush valves for water closets.</t>
+  </si>
+  <si>
     <t>GB/T 8170-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28379-2012-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-flush</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FBCCD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
   </si>
   <si>
+    <t>It covers Squatting Toilets</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-30717-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FF5A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 34914-2021 Minimum allowable values of water efficiency and water efficiency grades for water purifiers</t>
+  </si>
+  <si>
+    <t>This standard specifies the water efficiency grades, technical requirements, and test methods for water purifiers. This standard applies to small water purifiers that use municipal tap water or other centralized water supply as raw water and use reverse osmosis membrane or nanofiltration membrane as the main purification element for use in households or similar places. This standard does not apply to large-scale water purifiers with a length or width or height greater than 2000mm, heavier than 100kg, or net water flow greater than 3L/min.</t>
   </si>
   <si>
     <t>GB 8538
 ,   
                     GB/T 5750
 ,   
                     GB 34914-2021</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-34914-2021-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=D275887A54507721E05397BE0A0AFB27</t>
+  </si>
+  <si>
     <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
   </si>
   <si>
+    <t>This policy covers smart water closets.</t>
+  </si>
+  <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>October 2025</t>
+    <t>This standard revises energy efficiency and water efficiency standards and rating for smart toilets. It replaces GB 38448-2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3850811E06397BE0A0A2D54</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>Greenmark N19 - Printers</t>
   </si>
   <si>
+    <t>Laser and Inkjet Printers; Dot-matrix Printers</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n19-printers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/19/a2927784-929d-45e1-bd21-b2c2985afe95.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N45 - Monochromatic Copy Machines</t>
   </si>
   <si>
+    <t>Applies to carbon powder toner machines</t>
+  </si>
+  <si>
     <t>Requirements for energy consumption are described in the standard Greenmark N45</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n45-monochromatic-copy-machines</t>
   </si>
   <si>
     <t>Greenmark N78 - Image Output Devices</t>
   </si>
   <si>
+    <t>This standard is applicable to facsimile machines; copiers; and multifunction devices.    1. Facsimile -Fax Machine: A product whose primary functions are to scan paper originals for electronic transmission to remote units, and to receive electronic transmissions for conversion to paper output. Electronic transmission is primarily over a public telephone system, but may also be via a computer network or the Internet.    2. Copier: A product whose sole function is to produce paper duplicates from paper originals.   3. Multifunction Device -MFD: A product that performs two or more of the core functions of a Printer; Scanner; Copier; or Fax Machine.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n78-image-output-devices</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/78/ed90e8ff-2f8c-4f35-8385-bde4eba11953.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N88 - Scanners</t>
   </si>
   <si>
+    <t>This standard is applicable to scanners; excluding multi-function devices with scanning capabilities; network scanners; or scanners not directly powered by electricity from the wall outlets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n88-scanners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/88/398369f2-9d5f-47dd-a41b-1ab919c2cafd.pdf</t>
+  </si>
+  <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>Korea Eco label Standards EL 228 Urinals</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Eco label of urinals installed in the buildings that use electronic flush valve or do not use water.</t>
+  </si>
+  <si>
     <t>KSB 2369</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-eco-label-standards-el-228-urinals</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW76txsqp5XCkvi0ddnbZ9Jpc8eHawEBEWOC1mu2zFGur7racKsZ9gJsTis16avSB4Us4zZf5jO6hyPsqRagQx5G3WqHdRX52Jjpercent2F5tzY</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Showerhead and Water Saving Components for Faucet EL 222:2012</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving faucets having a water saving function installed at the end of water pipes such as a single faucet, hot water and cold water mixed faucets or a stop valve among faucets used for supplying water with less than use pressure of 735kPa (hereinafter referred to as faucet), and valve products having a water saving function by stopping supply or water, automatically closing the value or supplying the specified amount of water. However, faucets for special use such as drinking water faucets, faucets for fountains and faucets for toilets shall be excluded.</t>
+  </si>
+  <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-eco-label-standards-water-saving-showerhead-and-water-saving-components-faucet-el</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7percent2FUTvuniRHmqp75nbpercent2BGaeLny2YsN0IlrQjpercent2F0percent2BKgxM4ispercent2FKD9DlHJ1yXUpercent2Bskykx</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Toilet EL 223:2013</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving toilet among toilets (western style water closet) with low tanks or flush valves (hereinafter referred to as "toilet").</t>
+  </si>
+  <si>
     <t>EM501, KS L 1551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-eco-label-standards-water-saving-toilet-el-2232013</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7y58Apercent2B81L7P4rLapercent2FajMJdT9b5yA8fyWJFp6vjuUC7yZjvQUPGqd5ftUlbeqBjW52LjNaMUCnmqNVnT1JgBlH501zOaauLm</t>
+  </si>
+  <si>
     <t>Korea Ecolabel Standards Water-saving Faucets EL221:2012</t>
   </si>
   <si>
+    <t>The criteria shall apply to single faucet, cold and warm water mixed faucet or stagnant water faucet the water faucet (hereafter referred to as "faucet") used in water supply/bath supply with less than the usage pressure of 7.5kgf/㎠ 735kPa, to the water-saving faucet, which shall be set up at the end of water pipe and have water-saving effect, and to the valve that have water- saving effect through the function of immediate water-stopping, self-closing and fixed-quantity water-stopping. However, faucets for special use such as ones for drinking water, fountain and toilet shall be excluded.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/korea-ecolabel-standards-water-saving-faucets-el2212012</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW74bllzXvqY5Wq0bOgPxdSkbYOaV9uckpercent2FRVFBygq3tRSx2WHxMnswq0VzzPLOeGRpercent2FjEUYTYWPvjh94a8dm0PyBXVQlEUV6y</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Chilled-Warm-Hot Water Fountain Machines</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot water fountain machines.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-chilled-warm-hot-water-fountain-machines</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Chilled/Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot drinking water dispensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-chilledwarmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-warmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Water Dispensers Supplied by Packaged Drinking Water</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial water dispensers supplied by packaged drinking water.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-water-dispensers-supplied-packaged-drinking-water</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Scanner of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers scanners for office and home use that read data from images and record it on a computer.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Imaging Equipment</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-scanner-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048425</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Multi-Functional Devices in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers multi-functional devices that can print, copy, and scan documents in the same device and can be operated using power from the mains power supply. It covers ink-injected multi-function devices and laser multifunction devices or black LED multifunction devices.</t>
+  </si>
+  <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-multi-functional-devices-standby-and</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048424</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Printers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers printers that print documents and use them with computers. Included types: 1. Ink-jet printers and, 2. black laser printers or LED printers and color laser printers or LED printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-printers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048423</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 015 Imaging Equipment</t>
   </si>
   <si>
+    <t>Copiers, digital duplicators, facsimile machines, multifunction devices MFD, printers and scanners are eligible for a Nordic Ecolabel. The machines may be equipped with external or internal scanners. In this document we collect all of these products under the name imaging equipment.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>RAL-UZ 122 Version June 2006</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-015-imaging-equipment</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
+  </si>
+  <si>
     <t>Schedule 16 - Office Equipments (printers, scanners, copiers, fax machines and multi function devices)</t>
   </si>
   <si>
+    <t>The schedule specifies the MEPS and labeling instructions for office equipment copiers, printers, fax machines, scanners and multi-function devices for office automation and similar use. This schedule is for only single phase office equipment (printers, scanners, copiers, fax machines and multi-function devices) which operate at the standard voltage and frequency range specified by the relevant Indian Standards and the Indian Electricity Rules 1956.</t>
+  </si>
+  <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-16-office-equipments-printers-scanners-copiers-fax-machines-and-multi-function</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%20-%2016Office%20Equipments.pdf</t>
+  </si>
+  <si>
     <t>TCVN 9509:2012 Printers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9510:2012 Copiers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for copiers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Facsimile machine TGL-36-R1-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to a stand-alone fax machine, a combined printer/facsimile, a multi-purpose fax machine. (multifunctional units).</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>IEC 60950-1 (or TIS 1561)
 ,   
                     CISPR 22 (or TIS 1956, EN 55022)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-facsimile-machine-tgl-36-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-36-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Faucets and water saving equipment TGL-11-R3-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to faucets and water-saving equipment including faucets for sinks, faucets for washbasins, self-closing faucets for washbasins, automatic faucets for sanitary wares, shower units, rinsing sprays, flush valves for urinals, and flush valves for toilets.</t>
   </si>
   <si>
     <t>TIS 2067, TIS 1277 (faucets for sinks)
 ,   
                     TIS 2067, TIS 1278 (faucets for wash basins)
 ,   
                     TIS 2067, TIS 1377 (self-closing faucets for wash basins)
 ,   
                     TIS 2147 (automatic faucets for sanitary wares)
 ,   
                     TIS 2066, TIS 1187 (shower units)
 ,   
                     TIS 1497 (rinsing sprays)
 ,   
                     TIS 1094 (flush valves for urinals)
 ,   
                     TIS 1093 (flush valves for toilets)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-faucets-and-water-saving-equipment-tgl-11-r3-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-11-R3-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Photocopiers TGL-27-R4-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to all sizes of dry system copiers and multifunction copiers for both color and monochrome copies, which are operated manually and/or automatically (exclude copiers without photoreceptor drums).</t>
+  </si>
+  <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-photocopiers-tgl-27-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-27-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Product Printer TGL-37-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to products that create pictures, texts and graphics on paper, and receives information from a single user or networked computer or other equipment (such as a digital camera).</t>
   </si>
   <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)
 ,   
                     TIS 1956 (or CISPR 22, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-product-printer-tgl-37-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-37-R2-15.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Fax Machines</t>
   </si>
   <si>
+    <t>Both ordinary fax machines and printer-fax combinations are covered by this scheme.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-fax-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Fax%20Machines%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Multifunction Devices</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electrically operated multifunction devices intended for production of A4-sized duplicates from graphical hard copy originals as well as performing one or both of the core functions such as printing, faxing, scanning, etc. However, a device whose primary function is faxing and offers limited sheet copying capabilities, so-called single sheet convenience copying; are not covered under this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-multifunction-devices</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Multifunction%20Devices%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Photocopiers</t>
   </si>
   <si>
+    <t>COPY MACHINE:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-photocopiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Photocopiers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Printers</t>
   </si>
   <si>
+    <t>Printers under this labelling scheme apply to all electrically operated black-and-white or colour printers that are capable of receiving information from single-user or networked computers and serve as hard copy output devices for production of A4-sized copies. Printers designed to handle multi-sized papers including A4-sized paper can also be qualified under this scheme provided that they can comply with the energy efficiency requirements for A4-sized paper.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-printers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Printers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
+  </si>
+  <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-conservation-certification</t>
   </si>
   <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficient-products-wep-i</t>
   </si>
   <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
+  </si>
+  <si>
     <t>WaterSense® High-Efficiency Lavatory Faucet Specification</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for high-efficiency lavatory faucets and faucet accessories under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to lavatory faucets, lavatory faucet accessories specifically designed to control the flow of water, and any other lavatory faucet technologies that meet these performance specifications. This specification applies to lavatory faucets in private use, such as in residences, and private</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>16 CFR 305.11; ASME A112.18.1/CSA B125.1 and NSF/ANSI Standard 61</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-high-efficiency-lavatory-faucet-specification</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-faucets.pdf</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Flushing Urinals</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a flushing urinal under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to:</t>
+  </si>
+  <si>
     <t>ASME A112.19.2/CSA B45.1, ASME A112.19.3/CSA B45.4, or IAPMO Z124.9</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-specification-flushing-urinals</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-urinals.pdf</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Showerheads</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for showerheads labeled under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. Water-saving showerheads that earn the WaterSense label must demonstrate that they use no more than 2.0 gpm. It is applicable to showerhead fixture fittings, inclusive of showerheads, rain showers, and hand-held showers, as defined in the ASME A112.18.1/CSA B125.1 Plumbing Supply Fittings standard. "Showerhead” also includes rain showers and handheld showers.</t>
+  </si>
+  <si>
     <t>10 CFR 429.29; ASME A112.18.1/CSA B125.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-specification-showerheads</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2018-07/documents/ws-products-specification-showerheads-v1-1.pdf</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Tank-Type Toilets Version 1.2</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a tank-type high-efficiency toilet under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. It is applicable to: • Single-flush, tank-type gravity toilets; • Dual-flush, tank-type gravity toilets; • Dual-flush, tank-type flushometer tank (pressure-assist) toilets</t>
+  </si>
+  <si>
     <t>ASME A112.19.2/CSA B45.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-specification-tank-type-toilets-version-12</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-toilets.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1331,3659 +1792,4160 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N84"/>
+  <dimension ref="A1:P84"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1491.065" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...13 lines deleted...]
-      <c r="B3" t="s">
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...23 lines deleted...]
-      <c r="K3" t="s">
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
         <v>32</v>
       </c>
-      <c r="L3" t="s">
-[...5 lines deleted...]
-      <c r="N3" t="s">
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>34</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G4">
+      <c r="G4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H4">
         <v>2018</v>
       </c>
-      <c r="H4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>39</v>
-[...4 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L4"/>
       <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>48</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
         <v>41</v>
       </c>
-      <c r="N4" t="s">
-[...6 lines deleted...]
-      </c>
       <c r="B5" t="s">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="C5" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="E5" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G5">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5">
         <v>2021</v>
       </c>
-      <c r="H5"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>39</v>
-[...4 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>46</v>
+      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
+        <v>48</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
         <v>41</v>
       </c>
-      <c r="N5" t="s">
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
         <v>44</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C6" t="s">
+      <c r="H6">
+        <v>2021</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>45</v>
       </c>
-      <c r="D6" t="s">
-[...8 lines deleted...]
-      <c r="G6">
+      <c r="K6" t="s">
+        <v>46</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>47</v>
+      </c>
+      <c r="N6" t="s">
+        <v>48</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>41</v>
+      </c>
+      <c r="B7" t="s">
+        <v>51</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7">
         <v>2021</v>
       </c>
-      <c r="H6"/>
-[...13 lines deleted...]
-      <c r="N6" t="s">
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>45</v>
+      </c>
+      <c r="K7" t="s">
         <v>46</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C7" t="s">
+      <c r="L7"/>
+      <c r="M7" t="s">
         <v>47</v>
-      </c>
-[...24 lines deleted...]
-        <v>41</v>
       </c>
       <c r="N7" t="s">
         <v>48</v>
       </c>
-    </row>
-    <row r="8" spans="1:14">
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
+        <v>41</v>
+      </c>
+      <c r="B8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>43</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8">
+        <v>2021</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>45</v>
+      </c>
+      <c r="K8" t="s">
+        <v>46</v>
+      </c>
+      <c r="L8" t="s">
+        <v>59</v>
+      </c>
+      <c r="M8" t="s">
+        <v>47</v>
+      </c>
+      <c r="N8" t="s">
+        <v>48</v>
+      </c>
+      <c r="O8" t="s">
+        <v>60</v>
+      </c>
+      <c r="P8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>61</v>
+      </c>
+      <c r="B9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C9" t="s">
+        <v>63</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>64</v>
+      </c>
+      <c r="F9" t="s">
+        <v>65</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2003</v>
+      </c>
+      <c r="I9">
+        <v>2013</v>
+      </c>
+      <c r="J9" t="s">
+        <v>66</v>
+      </c>
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>67</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>68</v>
+      </c>
+      <c r="P9" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>70</v>
+      </c>
+      <c r="B10" t="s">
+        <v>71</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>64</v>
+      </c>
+      <c r="F10" t="s">
+        <v>65</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2003</v>
+      </c>
+      <c r="I10">
+        <v>2011</v>
+      </c>
+      <c r="J10" t="s">
+        <v>72</v>
+      </c>
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L10" t="s">
+        <v>73</v>
+      </c>
+      <c r="M10" t="s">
+        <v>74</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>75</v>
+      </c>
+      <c r="P10" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>77</v>
+      </c>
+      <c r="B11" t="s">
+        <v>78</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F11" t="s">
+        <v>65</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2003</v>
+      </c>
+      <c r="I11">
+        <v>2015</v>
+      </c>
+      <c r="J11" t="s">
+        <v>72</v>
+      </c>
+      <c r="K11" t="s">
+        <v>36</v>
+      </c>
+      <c r="L11" t="s">
+        <v>79</v>
+      </c>
+      <c r="M11" t="s">
+        <v>74</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>80</v>
+      </c>
+      <c r="P11" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>82</v>
+      </c>
+      <c r="B12" t="s">
+        <v>83</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>54</v>
+      </c>
+      <c r="E12" t="s">
+        <v>64</v>
+      </c>
+      <c r="F12" t="s">
+        <v>65</v>
+      </c>
+      <c r="G12" t="s">
+        <v>44</v>
+      </c>
+      <c r="H12">
+        <v>2021</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
         <v>35</v>
       </c>
-      <c r="B8" t="s">
+      <c r="K12" t="s">
+        <v>84</v>
+      </c>
+      <c r="L12" t="s">
+        <v>85</v>
+      </c>
+      <c r="M12" t="s">
+        <v>74</v>
+      </c>
+      <c r="N12" t="s">
+        <v>48</v>
+      </c>
+      <c r="O12" t="s">
+        <v>86</v>
+      </c>
+      <c r="P12" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>88</v>
+      </c>
+      <c r="B13" t="s">
+        <v>89</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>43</v>
+      </c>
+      <c r="E13" t="s">
+        <v>64</v>
+      </c>
+      <c r="F13" t="s">
+        <v>65</v>
+      </c>
+      <c r="G13" t="s">
+        <v>44</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>35</v>
+      </c>
+      <c r="K13" t="s">
+        <v>84</v>
+      </c>
+      <c r="L13" t="s">
+        <v>90</v>
+      </c>
+      <c r="M13" t="s">
+        <v>74</v>
+      </c>
+      <c r="N13" t="s">
+        <v>48</v>
+      </c>
+      <c r="O13" t="s">
+        <v>91</v>
+      </c>
+      <c r="P13" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>93</v>
+      </c>
+      <c r="B14" t="s">
+        <v>94</v>
+      </c>
+      <c r="C14" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" t="s">
+        <v>54</v>
+      </c>
+      <c r="E14" t="s">
+        <v>64</v>
+      </c>
+      <c r="F14" t="s">
+        <v>65</v>
+      </c>
+      <c r="G14" t="s">
+        <v>44</v>
+      </c>
+      <c r="H14">
+        <v>2021</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>35</v>
+      </c>
+      <c r="K14" t="s">
+        <v>84</v>
+      </c>
+      <c r="L14" t="s">
+        <v>95</v>
+      </c>
+      <c r="M14" t="s">
+        <v>74</v>
+      </c>
+      <c r="N14" t="s">
+        <v>48</v>
+      </c>
+      <c r="O14" t="s">
+        <v>96</v>
+      </c>
+      <c r="P14" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>98</v>
+      </c>
+      <c r="B15" t="s">
+        <v>99</v>
+      </c>
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
+        <v>56</v>
+      </c>
+      <c r="E15" t="s">
+        <v>64</v>
+      </c>
+      <c r="F15" t="s">
+        <v>65</v>
+      </c>
+      <c r="G15" t="s">
+        <v>44</v>
+      </c>
+      <c r="H15">
+        <v>2016</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>35</v>
+      </c>
+      <c r="K15" t="s">
+        <v>84</v>
+      </c>
+      <c r="L15" t="s">
+        <v>100</v>
+      </c>
+      <c r="M15" t="s">
+        <v>74</v>
+      </c>
+      <c r="N15" t="s">
+        <v>48</v>
+      </c>
+      <c r="O15" t="s">
+        <v>101</v>
+      </c>
+      <c r="P15" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>103</v>
+      </c>
+      <c r="B16" t="s">
+        <v>104</v>
+      </c>
+      <c r="C16" t="s">
+        <v>32</v>
+      </c>
+      <c r="D16" t="s">
+        <v>56</v>
+      </c>
+      <c r="E16" t="s">
+        <v>64</v>
+      </c>
+      <c r="F16" t="s">
+        <v>65</v>
+      </c>
+      <c r="G16" t="s">
+        <v>44</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>35</v>
+      </c>
+      <c r="K16" t="s">
+        <v>84</v>
+      </c>
+      <c r="L16" t="s">
+        <v>105</v>
+      </c>
+      <c r="M16" t="s">
+        <v>74</v>
+      </c>
+      <c r="N16" t="s">
+        <v>48</v>
+      </c>
+      <c r="O16" t="s">
+        <v>106</v>
+      </c>
+      <c r="P16" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>108</v>
+      </c>
+      <c r="B17" t="s">
+        <v>109</v>
+      </c>
+      <c r="C17" t="s">
+        <v>32</v>
+      </c>
+      <c r="D17" t="s">
+        <v>56</v>
+      </c>
+      <c r="E17" t="s">
+        <v>64</v>
+      </c>
+      <c r="F17" t="s">
+        <v>65</v>
+      </c>
+      <c r="G17" t="s">
+        <v>44</v>
+      </c>
+      <c r="H17">
+        <v>2021</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>35</v>
+      </c>
+      <c r="K17" t="s">
+        <v>84</v>
+      </c>
+      <c r="L17" t="s">
+        <v>110</v>
+      </c>
+      <c r="M17" t="s">
+        <v>74</v>
+      </c>
+      <c r="N17" t="s">
+        <v>48</v>
+      </c>
+      <c r="O17" t="s">
+        <v>111</v>
+      </c>
+      <c r="P17" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>113</v>
+      </c>
+      <c r="B18" t="s">
+        <v>114</v>
+      </c>
+      <c r="C18" t="s">
+        <v>32</v>
+      </c>
+      <c r="D18" t="s">
+        <v>115</v>
+      </c>
+      <c r="E18" t="s">
+        <v>64</v>
+      </c>
+      <c r="F18" t="s">
+        <v>65</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2016</v>
+      </c>
+      <c r="I18">
+        <v>2022</v>
+      </c>
+      <c r="J18" t="s">
+        <v>116</v>
+      </c>
+      <c r="K18" t="s">
+        <v>46</v>
+      </c>
+      <c r="L18" t="s">
+        <v>117</v>
+      </c>
+      <c r="M18" t="s">
+        <v>118</v>
+      </c>
+      <c r="N18" t="s">
+        <v>48</v>
+      </c>
+      <c r="O18" t="s">
+        <v>119</v>
+      </c>
+      <c r="P18" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>121</v>
+      </c>
+      <c r="B19" t="s">
+        <v>122</v>
+      </c>
+      <c r="C19" t="s">
+        <v>32</v>
+      </c>
+      <c r="D19" t="s">
+        <v>43</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>44</v>
+      </c>
+      <c r="H19">
+        <v>2020</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>116</v>
+      </c>
+      <c r="K19" t="s">
+        <v>46</v>
+      </c>
+      <c r="L19" t="s">
+        <v>123</v>
+      </c>
+      <c r="M19" t="s">
+        <v>124</v>
+      </c>
+      <c r="N19" t="s">
+        <v>48</v>
+      </c>
+      <c r="O19" t="s">
+        <v>125</v>
+      </c>
+      <c r="P19" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>127</v>
+      </c>
+      <c r="B20"/>
+      <c r="C20" t="s">
+        <v>32</v>
+      </c>
+      <c r="D20" t="s">
+        <v>115</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>44</v>
+      </c>
+      <c r="H20">
+        <v>2021</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>116</v>
+      </c>
+      <c r="K20" t="s">
+        <v>46</v>
+      </c>
+      <c r="L20" t="s">
+        <v>128</v>
+      </c>
+      <c r="M20" t="s">
+        <v>124</v>
+      </c>
+      <c r="N20" t="s">
+        <v>48</v>
+      </c>
+      <c r="O20" t="s">
+        <v>129</v>
+      </c>
+      <c r="P20" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>131</v>
+      </c>
+      <c r="B21" t="s">
+        <v>132</v>
+      </c>
+      <c r="C21" t="s">
+        <v>133</v>
+      </c>
+      <c r="D21" t="s">
+        <v>134</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>135</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21">
+        <v>2023</v>
+      </c>
+      <c r="J21" t="s">
+        <v>136</v>
+      </c>
+      <c r="K21" t="s">
+        <v>36</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>137</v>
+      </c>
+      <c r="N21" t="s">
         <v>27</v>
       </c>
-      <c r="C8" t="s">
+      <c r="O21" t="s">
+        <v>138</v>
+      </c>
+      <c r="P21" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>140</v>
+      </c>
+      <c r="B22" t="s">
+        <v>141</v>
+      </c>
+      <c r="C22" t="s">
+        <v>142</v>
+      </c>
+      <c r="D22" t="s">
+        <v>33</v>
+      </c>
+      <c r="E22" t="s">
+        <v>64</v>
+      </c>
+      <c r="F22" t="s">
+        <v>65</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2017</v>
+      </c>
+      <c r="I22">
+        <v>2020</v>
+      </c>
+      <c r="J22" t="s">
+        <v>143</v>
+      </c>
+      <c r="K22" t="s">
         <v>36</v>
       </c>
-      <c r="D8" t="s">
-[...5 lines deleted...]
-      <c r="F8" t="s">
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>144</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>145</v>
+      </c>
+      <c r="P22" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>147</v>
+      </c>
+      <c r="B23" t="s">
+        <v>148</v>
+      </c>
+      <c r="C23" t="s">
+        <v>149</v>
+      </c>
+      <c r="D23" t="s">
+        <v>33</v>
+      </c>
+      <c r="E23" t="s">
+        <v>64</v>
+      </c>
+      <c r="F23" t="s">
+        <v>65</v>
+      </c>
+      <c r="G23" t="s">
+        <v>44</v>
+      </c>
+      <c r="H23">
+        <v>2010</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>150</v>
+      </c>
+      <c r="K23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>151</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>152</v>
+      </c>
+      <c r="P23" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>154</v>
+      </c>
+      <c r="B24" t="s">
+        <v>155</v>
+      </c>
+      <c r="C24" t="s">
+        <v>149</v>
+      </c>
+      <c r="D24" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" t="s">
+        <v>64</v>
+      </c>
+      <c r="F24" t="s">
+        <v>65</v>
+      </c>
+      <c r="G24" t="s">
+        <v>44</v>
+      </c>
+      <c r="H24">
+        <v>2009</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>150</v>
+      </c>
+      <c r="K24" t="s">
+        <v>36</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>151</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>156</v>
+      </c>
+      <c r="P24" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>157</v>
+      </c>
+      <c r="B25" t="s">
+        <v>158</v>
+      </c>
+      <c r="C25" t="s">
+        <v>149</v>
+      </c>
+      <c r="D25" t="s">
+        <v>33</v>
+      </c>
+      <c r="E25" t="s">
+        <v>64</v>
+      </c>
+      <c r="F25" t="s">
+        <v>65</v>
+      </c>
+      <c r="G25" t="s">
+        <v>44</v>
+      </c>
+      <c r="H25">
+        <v>2009</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>150</v>
+      </c>
+      <c r="K25" t="s">
+        <v>36</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>151</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>159</v>
+      </c>
+      <c r="P25" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>160</v>
+      </c>
+      <c r="B26" t="s">
+        <v>161</v>
+      </c>
+      <c r="C26" t="s">
+        <v>149</v>
+      </c>
+      <c r="D26" t="s">
+        <v>33</v>
+      </c>
+      <c r="E26" t="s">
+        <v>64</v>
+      </c>
+      <c r="F26" t="s">
+        <v>65</v>
+      </c>
+      <c r="G26" t="s">
+        <v>44</v>
+      </c>
+      <c r="H26">
+        <v>2010</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>150</v>
+      </c>
+      <c r="K26" t="s">
+        <v>36</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>151</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>162</v>
+      </c>
+      <c r="P26" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>163</v>
+      </c>
+      <c r="B27" t="s">
+        <v>164</v>
+      </c>
+      <c r="C27" t="s">
+        <v>165</v>
+      </c>
+      <c r="D27" t="s">
+        <v>33</v>
+      </c>
+      <c r="E27" t="s">
+        <v>64</v>
+      </c>
+      <c r="F27" t="s">
+        <v>65</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2000</v>
+      </c>
+      <c r="I27">
+        <v>2015</v>
+      </c>
+      <c r="J27" t="s">
+        <v>166</v>
+      </c>
+      <c r="K27" t="s">
+        <v>36</v>
+      </c>
+      <c r="L27" t="s">
+        <v>167</v>
+      </c>
+      <c r="M27" t="s">
+        <v>168</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>169</v>
+      </c>
+      <c r="P27" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>171</v>
+      </c>
+      <c r="B28" t="s">
+        <v>172</v>
+      </c>
+      <c r="C28" t="s">
+        <v>165</v>
+      </c>
+      <c r="D28" t="s">
+        <v>33</v>
+      </c>
+      <c r="E28" t="s">
+        <v>64</v>
+      </c>
+      <c r="F28" t="s">
+        <v>65</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2000</v>
+      </c>
+      <c r="I28">
+        <v>2015</v>
+      </c>
+      <c r="J28" t="s">
+        <v>166</v>
+      </c>
+      <c r="K28" t="s">
+        <v>36</v>
+      </c>
+      <c r="L28" t="s">
+        <v>167</v>
+      </c>
+      <c r="M28" t="s">
+        <v>168</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>173</v>
+      </c>
+      <c r="P28" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>175</v>
+      </c>
+      <c r="B29" t="s">
+        <v>176</v>
+      </c>
+      <c r="C29" t="s">
+        <v>177</v>
+      </c>
+      <c r="D29" t="s">
+        <v>178</v>
+      </c>
+      <c r="E29" t="s">
+        <v>64</v>
+      </c>
+      <c r="F29" t="s">
+        <v>34</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2010</v>
+      </c>
+      <c r="I29">
+        <v>2017</v>
+      </c>
+      <c r="J29" t="s">
+        <v>179</v>
+      </c>
+      <c r="K29" t="s">
+        <v>46</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>180</v>
+      </c>
+      <c r="N29" t="s">
+        <v>48</v>
+      </c>
+      <c r="O29" t="s">
+        <v>181</v>
+      </c>
+      <c r="P29" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>183</v>
+      </c>
+      <c r="B30" t="s">
+        <v>184</v>
+      </c>
+      <c r="C30" t="s">
+        <v>185</v>
+      </c>
+      <c r="D30" t="s">
+        <v>33</v>
+      </c>
+      <c r="E30" t="s">
+        <v>64</v>
+      </c>
+      <c r="F30" t="s">
+        <v>65</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2001</v>
+      </c>
+      <c r="I30">
+        <v>2019</v>
+      </c>
+      <c r="J30" t="s">
+        <v>72</v>
+      </c>
+      <c r="K30" t="s">
+        <v>36</v>
+      </c>
+      <c r="L30" t="s">
+        <v>186</v>
+      </c>
+      <c r="M30" t="s">
+        <v>187</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>188</v>
+      </c>
+      <c r="P30" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>190</v>
+      </c>
+      <c r="B31" t="s">
+        <v>191</v>
+      </c>
+      <c r="C31" t="s">
+        <v>192</v>
+      </c>
+      <c r="D31" t="s">
+        <v>43</v>
+      </c>
+      <c r="E31" t="s">
+        <v>64</v>
+      </c>
+      <c r="F31" t="s">
+        <v>34</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2008</v>
+      </c>
+      <c r="I31">
+        <v>2015</v>
+      </c>
+      <c r="J31" t="s">
+        <v>45</v>
+      </c>
+      <c r="K31" t="s">
+        <v>46</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>193</v>
+      </c>
+      <c r="N31" t="s">
+        <v>48</v>
+      </c>
+      <c r="O31" t="s">
+        <v>194</v>
+      </c>
+      <c r="P31" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>196</v>
+      </c>
+      <c r="B32" t="s">
+        <v>197</v>
+      </c>
+      <c r="C32" t="s">
+        <v>192</v>
+      </c>
+      <c r="D32" t="s">
+        <v>54</v>
+      </c>
+      <c r="E32" t="s">
+        <v>64</v>
+      </c>
+      <c r="F32" t="s">
+        <v>34</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2008</v>
+      </c>
+      <c r="I32">
+        <v>2015</v>
+      </c>
+      <c r="J32" t="s">
+        <v>45</v>
+      </c>
+      <c r="K32" t="s">
+        <v>46</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>193</v>
+      </c>
+      <c r="N32" t="s">
+        <v>48</v>
+      </c>
+      <c r="O32" t="s">
+        <v>198</v>
+      </c>
+      <c r="P32" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>200</v>
+      </c>
+      <c r="B33" t="s">
+        <v>201</v>
+      </c>
+      <c r="C33" t="s">
+        <v>192</v>
+      </c>
+      <c r="D33" t="s">
+        <v>202</v>
+      </c>
+      <c r="E33" t="s">
+        <v>64</v>
+      </c>
+      <c r="F33" t="s">
+        <v>34</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2008</v>
+      </c>
+      <c r="I33">
+        <v>2015</v>
+      </c>
+      <c r="J33" t="s">
+        <v>45</v>
+      </c>
+      <c r="K33" t="s">
+        <v>46</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>193</v>
+      </c>
+      <c r="N33" t="s">
+        <v>48</v>
+      </c>
+      <c r="O33" t="s">
+        <v>203</v>
+      </c>
+      <c r="P33" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>205</v>
+      </c>
+      <c r="B34" t="s">
+        <v>205</v>
+      </c>
+      <c r="C34" t="s">
+        <v>32</v>
+      </c>
+      <c r="D34" t="s">
+        <v>33</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2010</v>
+      </c>
+      <c r="I34">
+        <v>2015</v>
+      </c>
+      <c r="J34" t="s">
+        <v>72</v>
+      </c>
+      <c r="K34" t="s">
+        <v>36</v>
+      </c>
+      <c r="L34" t="s">
         <v>37</v>
       </c>
-      <c r="G8">
+      <c r="M34" t="s">
+        <v>38</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>206</v>
+      </c>
+      <c r="P34" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>208</v>
+      </c>
+      <c r="B35" t="s">
+        <v>209</v>
+      </c>
+      <c r="C35" t="s">
+        <v>32</v>
+      </c>
+      <c r="D35" t="s">
+        <v>56</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2011</v>
+      </c>
+      <c r="I35">
+        <v>2020</v>
+      </c>
+      <c r="J35" t="s">
+        <v>72</v>
+      </c>
+      <c r="K35" t="s">
+        <v>46</v>
+      </c>
+      <c r="L35" t="s">
+        <v>210</v>
+      </c>
+      <c r="M35" t="s">
+        <v>211</v>
+      </c>
+      <c r="N35" t="s">
+        <v>48</v>
+      </c>
+      <c r="O35" t="s">
+        <v>212</v>
+      </c>
+      <c r="P35" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>214</v>
+      </c>
+      <c r="B36" t="s">
+        <v>215</v>
+      </c>
+      <c r="C36" t="s">
+        <v>32</v>
+      </c>
+      <c r="D36" t="s">
+        <v>43</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2010</v>
+      </c>
+      <c r="I36">
+        <v>2017</v>
+      </c>
+      <c r="J36" t="s">
+        <v>72</v>
+      </c>
+      <c r="K36" t="s">
+        <v>46</v>
+      </c>
+      <c r="L36" t="s">
+        <v>59</v>
+      </c>
+      <c r="M36" t="s">
+        <v>211</v>
+      </c>
+      <c r="N36" t="s">
+        <v>48</v>
+      </c>
+      <c r="O36" t="s">
+        <v>216</v>
+      </c>
+      <c r="P36" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>218</v>
+      </c>
+      <c r="B37" t="s">
+        <v>219</v>
+      </c>
+      <c r="C37" t="s">
+        <v>32</v>
+      </c>
+      <c r="D37" t="s">
+        <v>52</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2012</v>
+      </c>
+      <c r="I37">
+        <v>2020</v>
+      </c>
+      <c r="J37" t="s">
+        <v>72</v>
+      </c>
+      <c r="K37" t="s">
+        <v>46</v>
+      </c>
+      <c r="L37" t="s">
+        <v>220</v>
+      </c>
+      <c r="M37" t="s">
+        <v>211</v>
+      </c>
+      <c r="N37" t="s">
+        <v>48</v>
+      </c>
+      <c r="O37" t="s">
+        <v>221</v>
+      </c>
+      <c r="P37" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>223</v>
+      </c>
+      <c r="B38" t="s">
+        <v>224</v>
+      </c>
+      <c r="C38" t="s">
+        <v>32</v>
+      </c>
+      <c r="D38" t="s">
+        <v>54</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2013</v>
+      </c>
+      <c r="I38">
+        <v>2020</v>
+      </c>
+      <c r="J38" t="s">
+        <v>72</v>
+      </c>
+      <c r="K38" t="s">
+        <v>46</v>
+      </c>
+      <c r="L38" t="s">
+        <v>210</v>
+      </c>
+      <c r="M38" t="s">
+        <v>211</v>
+      </c>
+      <c r="N38" t="s">
+        <v>48</v>
+      </c>
+      <c r="O38" t="s">
+        <v>225</v>
+      </c>
+      <c r="P38" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>227</v>
+      </c>
+      <c r="B39" t="s">
+        <v>228</v>
+      </c>
+      <c r="C39" t="s">
+        <v>32</v>
+      </c>
+      <c r="D39" t="s">
+        <v>43</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>44</v>
+      </c>
+      <c r="H39">
+        <v>2013</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>35</v>
+      </c>
+      <c r="K39" t="s">
+        <v>46</v>
+      </c>
+      <c r="L39" t="s">
+        <v>229</v>
+      </c>
+      <c r="M39" t="s">
+        <v>211</v>
+      </c>
+      <c r="N39" t="s">
+        <v>48</v>
+      </c>
+      <c r="O39" t="s">
+        <v>230</v>
+      </c>
+      <c r="P39" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>232</v>
+      </c>
+      <c r="B40" t="s">
+        <v>233</v>
+      </c>
+      <c r="C40" t="s">
+        <v>32</v>
+      </c>
+      <c r="D40" t="s">
+        <v>43</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2014</v>
+      </c>
+      <c r="I40">
+        <v>2020</v>
+      </c>
+      <c r="J40" t="s">
+        <v>72</v>
+      </c>
+      <c r="K40" t="s">
+        <v>46</v>
+      </c>
+      <c r="L40" t="s">
+        <v>220</v>
+      </c>
+      <c r="M40" t="s">
+        <v>47</v>
+      </c>
+      <c r="N40" t="s">
+        <v>48</v>
+      </c>
+      <c r="O40" t="s">
+        <v>234</v>
+      </c>
+      <c r="P40" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>236</v>
+      </c>
+      <c r="B41" t="s">
+        <v>237</v>
+      </c>
+      <c r="C41" t="s">
+        <v>32</v>
+      </c>
+      <c r="D41" t="s">
+        <v>115</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2017</v>
+      </c>
+      <c r="I41">
         <v>2021</v>
       </c>
-      <c r="H8"/>
-[...23 lines deleted...]
-      <c r="B9" t="s">
+      <c r="J41" t="s">
+        <v>116</v>
+      </c>
+      <c r="K41" t="s">
+        <v>46</v>
+      </c>
+      <c r="L41" t="s">
+        <v>238</v>
+      </c>
+      <c r="M41" t="s">
+        <v>239</v>
+      </c>
+      <c r="N41" t="s">
+        <v>48</v>
+      </c>
+      <c r="O41" t="s">
+        <v>240</v>
+      </c>
+      <c r="P41" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>242</v>
+      </c>
+      <c r="B42" t="s">
+        <v>243</v>
+      </c>
+      <c r="C42" t="s">
+        <v>32</v>
+      </c>
+      <c r="D42" t="s">
+        <v>43</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>244</v>
+      </c>
+      <c r="H42">
+        <v>2019</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>245</v>
+      </c>
+      <c r="K42" t="s">
+        <v>46</v>
+      </c>
+      <c r="L42" t="s">
+        <v>246</v>
+      </c>
+      <c r="M42" t="s">
+        <v>211</v>
+      </c>
+      <c r="N42" t="s">
+        <v>48</v>
+      </c>
+      <c r="O42" t="s">
+        <v>247</v>
+      </c>
+      <c r="P42" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>249</v>
+      </c>
+      <c r="B43" t="s">
+        <v>250</v>
+      </c>
+      <c r="C43" t="s">
+        <v>32</v>
+      </c>
+      <c r="D43" t="s">
+        <v>43</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>8</v>
+      </c>
+      <c r="H43">
+        <v>2019</v>
+      </c>
+      <c r="I43">
+        <v>2025</v>
+      </c>
+      <c r="J43" t="s">
+        <v>245</v>
+      </c>
+      <c r="K43" t="s">
+        <v>36</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>251</v>
+      </c>
+      <c r="N43" t="s">
+        <v>252</v>
+      </c>
+      <c r="O43" t="s">
+        <v>253</v>
+      </c>
+      <c r="P43" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>255</v>
+      </c>
+      <c r="B44" t="s">
+        <v>256</v>
+      </c>
+      <c r="C44" t="s">
+        <v>257</v>
+      </c>
+      <c r="D44" t="s">
+        <v>33</v>
+      </c>
+      <c r="E44" t="s">
+        <v>64</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>1989</v>
+      </c>
+      <c r="I44">
+        <v>2015</v>
+      </c>
+      <c r="J44" t="s">
+        <v>258</v>
+      </c>
+      <c r="K44" t="s">
+        <v>36</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>259</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>260</v>
+      </c>
+      <c r="P44" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>262</v>
+      </c>
+      <c r="B45" t="s">
+        <v>263</v>
+      </c>
+      <c r="C45" t="s">
+        <v>257</v>
+      </c>
+      <c r="D45" t="s">
+        <v>33</v>
+      </c>
+      <c r="E45" t="s">
+        <v>64</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>44</v>
+      </c>
+      <c r="H45">
+        <v>1989</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>166</v>
+      </c>
+      <c r="K45" t="s">
+        <v>36</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>259</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>264</v>
+      </c>
+      <c r="P45" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>266</v>
+      </c>
+      <c r="B46" t="s">
+        <v>267</v>
+      </c>
+      <c r="C46" t="s">
+        <v>257</v>
+      </c>
+      <c r="D46" t="s">
+        <v>33</v>
+      </c>
+      <c r="E46" t="s">
+        <v>64</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>44</v>
+      </c>
+      <c r="H46">
+        <v>1989</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>166</v>
+      </c>
+      <c r="K46" t="s">
+        <v>36</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>259</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>268</v>
+      </c>
+      <c r="P46" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>270</v>
+      </c>
+      <c r="B47" t="s">
+        <v>271</v>
+      </c>
+      <c r="C47" t="s">
+        <v>165</v>
+      </c>
+      <c r="D47" t="s">
+        <v>33</v>
+      </c>
+      <c r="E47" t="s">
+        <v>64</v>
+      </c>
+      <c r="F47" t="s">
+        <v>65</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2000</v>
+      </c>
+      <c r="I47">
+        <v>2013</v>
+      </c>
+      <c r="J47" t="s">
+        <v>166</v>
+      </c>
+      <c r="K47" t="s">
+        <v>36</v>
+      </c>
+      <c r="L47" t="s">
+        <v>272</v>
+      </c>
+      <c r="M47" t="s">
+        <v>273</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>274</v>
+      </c>
+      <c r="P47" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>276</v>
+      </c>
+      <c r="B48" t="s">
+        <v>277</v>
+      </c>
+      <c r="C48" t="s">
+        <v>165</v>
+      </c>
+      <c r="D48" t="s">
+        <v>33</v>
+      </c>
+      <c r="E48" t="s">
+        <v>64</v>
+      </c>
+      <c r="F48" t="s">
+        <v>65</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2000</v>
+      </c>
+      <c r="I48">
+        <v>2013</v>
+      </c>
+      <c r="J48" t="s">
+        <v>166</v>
+      </c>
+      <c r="K48" t="s">
+        <v>36</v>
+      </c>
+      <c r="L48" t="s">
+        <v>278</v>
+      </c>
+      <c r="M48" t="s">
+        <v>168</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>279</v>
+      </c>
+      <c r="P48"/>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>280</v>
+      </c>
+      <c r="B49" t="s">
+        <v>281</v>
+      </c>
+      <c r="C49" t="s">
+        <v>165</v>
+      </c>
+      <c r="D49" t="s">
+        <v>33</v>
+      </c>
+      <c r="E49" t="s">
+        <v>64</v>
+      </c>
+      <c r="F49" t="s">
+        <v>65</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2000</v>
+      </c>
+      <c r="I49">
+        <v>2013</v>
+      </c>
+      <c r="J49" t="s">
+        <v>166</v>
+      </c>
+      <c r="K49" t="s">
+        <v>36</v>
+      </c>
+      <c r="L49" t="s">
+        <v>187</v>
+      </c>
+      <c r="M49" t="s">
+        <v>168</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>282</v>
+      </c>
+      <c r="P49" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>284</v>
+      </c>
+      <c r="B50" t="s">
+        <v>285</v>
+      </c>
+      <c r="C50" t="s">
+        <v>165</v>
+      </c>
+      <c r="D50" t="s">
+        <v>33</v>
+      </c>
+      <c r="E50" t="s">
+        <v>64</v>
+      </c>
+      <c r="F50" t="s">
+        <v>65</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2000</v>
+      </c>
+      <c r="I50">
+        <v>2014</v>
+      </c>
+      <c r="J50" t="s">
+        <v>166</v>
+      </c>
+      <c r="K50" t="s">
+        <v>36</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>273</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>286</v>
+      </c>
+      <c r="P50" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>288</v>
+      </c>
+      <c r="B51" t="s">
+        <v>289</v>
+      </c>
+      <c r="C51" t="s">
+        <v>290</v>
+      </c>
+      <c r="D51" t="s">
+        <v>178</v>
+      </c>
+      <c r="E51" t="s">
+        <v>64</v>
+      </c>
+      <c r="F51" t="s">
+        <v>291</v>
+      </c>
+      <c r="G51" t="s">
+        <v>292</v>
+      </c>
+      <c r="H51"/>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>72</v>
+      </c>
+      <c r="K51" t="s">
+        <v>46</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>293</v>
+      </c>
+      <c r="N51" t="s">
+        <v>48</v>
+      </c>
+      <c r="O51" t="s">
+        <v>294</v>
+      </c>
+      <c r="P51" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>296</v>
+      </c>
+      <c r="B52" t="s">
+        <v>297</v>
+      </c>
+      <c r="C52" t="s">
+        <v>298</v>
+      </c>
+      <c r="D52" t="s">
+        <v>33</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>291</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2012</v>
+      </c>
+      <c r="I52">
+        <v>2010</v>
+      </c>
+      <c r="J52" t="s">
+        <v>150</v>
+      </c>
+      <c r="K52" t="s">
+        <v>36</v>
+      </c>
+      <c r="L52" t="s">
+        <v>299</v>
+      </c>
+      <c r="M52" t="s">
+        <v>300</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>301</v>
+      </c>
+      <c r="P52" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>303</v>
+      </c>
+      <c r="B53" t="s">
+        <v>304</v>
+      </c>
+      <c r="C53" t="s">
+        <v>149</v>
+      </c>
+      <c r="D53" t="s">
         <v>52</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="E53" t="s">
+        <v>64</v>
+      </c>
+      <c r="F53" t="s">
+        <v>65</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2006</v>
+      </c>
+      <c r="I53">
+        <v>2015</v>
+      </c>
+      <c r="J53" t="s">
+        <v>179</v>
+      </c>
+      <c r="K53" t="s">
+        <v>46</v>
+      </c>
+      <c r="L53" t="s">
+        <v>305</v>
+      </c>
+      <c r="M53" t="s">
+        <v>306</v>
+      </c>
+      <c r="N53" t="s">
+        <v>48</v>
+      </c>
+      <c r="O53" t="s">
+        <v>307</v>
+      </c>
+      <c r="P53" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>309</v>
+      </c>
+      <c r="B54" t="s">
+        <v>310</v>
+      </c>
+      <c r="C54" t="s">
+        <v>149</v>
+      </c>
+      <c r="D54" t="s">
         <v>54</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9">
+      <c r="E54" t="s">
+        <v>64</v>
+      </c>
+      <c r="F54" t="s">
+        <v>65</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2001</v>
+      </c>
+      <c r="I54">
+        <v>2012</v>
+      </c>
+      <c r="J54" t="s">
+        <v>179</v>
+      </c>
+      <c r="K54" t="s">
+        <v>46</v>
+      </c>
+      <c r="L54" t="s">
+        <v>311</v>
+      </c>
+      <c r="M54" t="s">
+        <v>306</v>
+      </c>
+      <c r="N54" t="s">
+        <v>48</v>
+      </c>
+      <c r="O54" t="s">
+        <v>312</v>
+      </c>
+      <c r="P54" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>314</v>
+      </c>
+      <c r="B55" t="s">
+        <v>315</v>
+      </c>
+      <c r="C55" t="s">
+        <v>149</v>
+      </c>
+      <c r="D55" t="s">
+        <v>43</v>
+      </c>
+      <c r="E55" t="s">
+        <v>64</v>
+      </c>
+      <c r="F55" t="s">
+        <v>65</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>1994</v>
+      </c>
+      <c r="I55">
+        <v>2013</v>
+      </c>
+      <c r="J55" t="s">
+        <v>179</v>
+      </c>
+      <c r="K55" t="s">
+        <v>46</v>
+      </c>
+      <c r="L55" t="s">
+        <v>316</v>
+      </c>
+      <c r="M55" t="s">
+        <v>306</v>
+      </c>
+      <c r="N55" t="s">
+        <v>48</v>
+      </c>
+      <c r="O55" t="s">
+        <v>317</v>
+      </c>
+      <c r="P55" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>319</v>
+      </c>
+      <c r="B56" t="s">
+        <v>320</v>
+      </c>
+      <c r="C56" t="s">
+        <v>149</v>
+      </c>
+      <c r="D56" t="s">
+        <v>56</v>
+      </c>
+      <c r="E56" t="s">
+        <v>64</v>
+      </c>
+      <c r="F56" t="s">
+        <v>65</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>1992</v>
+      </c>
+      <c r="I56">
+        <v>2012</v>
+      </c>
+      <c r="J56" t="s">
+        <v>179</v>
+      </c>
+      <c r="K56" t="s">
+        <v>46</v>
+      </c>
+      <c r="L56" t="s">
+        <v>311</v>
+      </c>
+      <c r="M56" t="s">
+        <v>306</v>
+      </c>
+      <c r="N56" t="s">
+        <v>48</v>
+      </c>
+      <c r="O56" t="s">
+        <v>321</v>
+      </c>
+      <c r="P56" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>323</v>
+      </c>
+      <c r="B57" t="s">
+        <v>324</v>
+      </c>
+      <c r="C57" t="s">
+        <v>165</v>
+      </c>
+      <c r="D57" t="s">
+        <v>56</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>44</v>
+      </c>
+      <c r="H57">
+        <v>2018</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>116</v>
+      </c>
+      <c r="K57" t="s">
+        <v>36</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>168</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>325</v>
+      </c>
+      <c r="P57" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>327</v>
+      </c>
+      <c r="B58" t="s">
+        <v>328</v>
+      </c>
+      <c r="C58" t="s">
+        <v>165</v>
+      </c>
+      <c r="D58" t="s">
+        <v>56</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>44</v>
+      </c>
+      <c r="H58">
+        <v>2016</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>116</v>
+      </c>
+      <c r="K58" t="s">
+        <v>36</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>168</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>329</v>
+      </c>
+      <c r="P58" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>330</v>
+      </c>
+      <c r="B59"/>
+      <c r="C59" t="s">
+        <v>165</v>
+      </c>
+      <c r="D59" t="s">
+        <v>56</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>44</v>
+      </c>
+      <c r="H59">
+        <v>2018</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>116</v>
+      </c>
+      <c r="K59" t="s">
+        <v>36</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>168</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>331</v>
+      </c>
+      <c r="P59" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>332</v>
+      </c>
+      <c r="B60" t="s">
+        <v>333</v>
+      </c>
+      <c r="C60" t="s">
+        <v>165</v>
+      </c>
+      <c r="D60" t="s">
+        <v>115</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>44</v>
+      </c>
+      <c r="H60">
+        <v>2020</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>116</v>
+      </c>
+      <c r="K60" t="s">
+        <v>36</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>168</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>334</v>
+      </c>
+      <c r="P60" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>335</v>
+      </c>
+      <c r="B61" t="s">
+        <v>336</v>
+      </c>
+      <c r="C61" t="s">
+        <v>337</v>
+      </c>
+      <c r="D61" t="s">
+        <v>338</v>
+      </c>
+      <c r="E61" t="s">
+        <v>64</v>
+      </c>
+      <c r="F61" t="s">
+        <v>339</v>
+      </c>
+      <c r="G61" t="s">
+        <v>44</v>
+      </c>
+      <c r="H61">
+        <v>2015</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>340</v>
+      </c>
+      <c r="K61" t="s">
+        <v>36</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>341</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>342</v>
+      </c>
+      <c r="P61" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>344</v>
+      </c>
+      <c r="B62" t="s">
+        <v>345</v>
+      </c>
+      <c r="C62" t="s">
+        <v>337</v>
+      </c>
+      <c r="D62" t="s">
+        <v>338</v>
+      </c>
+      <c r="E62" t="s">
+        <v>346</v>
+      </c>
+      <c r="F62" t="s">
+        <v>339</v>
+      </c>
+      <c r="G62" t="s">
+        <v>44</v>
+      </c>
+      <c r="H62">
+        <v>2015</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>340</v>
+      </c>
+      <c r="K62" t="s">
+        <v>36</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>341</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>347</v>
+      </c>
+      <c r="P62" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>349</v>
+      </c>
+      <c r="B63" t="s">
+        <v>350</v>
+      </c>
+      <c r="C63" t="s">
+        <v>337</v>
+      </c>
+      <c r="D63" t="s">
+        <v>338</v>
+      </c>
+      <c r="E63" t="s">
+        <v>64</v>
+      </c>
+      <c r="F63" t="s">
+        <v>339</v>
+      </c>
+      <c r="G63" t="s">
+        <v>44</v>
+      </c>
+      <c r="H63">
+        <v>2015</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>340</v>
+      </c>
+      <c r="K63" t="s">
+        <v>36</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>341</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>351</v>
+      </c>
+      <c r="P63" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>353</v>
+      </c>
+      <c r="B64" t="s">
+        <v>354</v>
+      </c>
+      <c r="C64" t="s">
+        <v>257</v>
+      </c>
+      <c r="D64" t="s">
+        <v>355</v>
+      </c>
+      <c r="E64" t="s">
+        <v>64</v>
+      </c>
+      <c r="F64" t="s">
+        <v>34</v>
+      </c>
+      <c r="G64" t="s">
+        <v>44</v>
+      </c>
+      <c r="H64">
+        <v>2012</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>166</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>356</v>
+      </c>
+      <c r="M64" t="s">
+        <v>357</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>358</v>
+      </c>
+      <c r="P64" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>360</v>
+      </c>
+      <c r="B65" t="s">
+        <v>361</v>
+      </c>
+      <c r="C65" t="s">
+        <v>362</v>
+      </c>
+      <c r="D65" t="s">
+        <v>33</v>
+      </c>
+      <c r="E65" t="s">
+        <v>64</v>
+      </c>
+      <c r="F65" t="s">
+        <v>65</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2006</v>
+      </c>
+      <c r="I65">
+        <v>2015</v>
+      </c>
+      <c r="J65" t="s">
+        <v>363</v>
+      </c>
+      <c r="K65" t="s">
+        <v>36</v>
+      </c>
+      <c r="L65" t="s">
+        <v>364</v>
+      </c>
+      <c r="M65" t="s">
+        <v>365</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>366</v>
+      </c>
+      <c r="P65" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>368</v>
+      </c>
+      <c r="B66" t="s">
+        <v>369</v>
+      </c>
+      <c r="C66" t="s">
+        <v>290</v>
+      </c>
+      <c r="D66" t="s">
+        <v>33</v>
+      </c>
+      <c r="E66" t="s">
+        <v>64</v>
+      </c>
+      <c r="F66" t="s">
+        <v>65</v>
+      </c>
+      <c r="G66" t="s">
+        <v>44</v>
+      </c>
+      <c r="H66">
+        <v>2014</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>116</v>
+      </c>
+      <c r="K66" t="s">
+        <v>36</v>
+      </c>
+      <c r="L66" t="s">
+        <v>370</v>
+      </c>
+      <c r="M66" t="s">
+        <v>371</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>372</v>
+      </c>
+      <c r="P66" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>374</v>
+      </c>
+      <c r="B67" t="s">
+        <v>375</v>
+      </c>
+      <c r="C67" t="s">
+        <v>133</v>
+      </c>
+      <c r="D67" t="s">
+        <v>33</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2012</v>
+      </c>
+      <c r="I67">
+        <v>2015</v>
+      </c>
+      <c r="J67" t="s">
+        <v>136</v>
+      </c>
+      <c r="K67" t="s">
+        <v>36</v>
+      </c>
+      <c r="L67" t="s">
+        <v>370</v>
+      </c>
+      <c r="M67" t="s">
+        <v>137</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>376</v>
+      </c>
+      <c r="P67" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>378</v>
+      </c>
+      <c r="B68" t="s">
+        <v>379</v>
+      </c>
+      <c r="C68" t="s">
+        <v>133</v>
+      </c>
+      <c r="D68" t="s">
+        <v>33</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>44</v>
+      </c>
+      <c r="H68">
+        <v>2012</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>136</v>
+      </c>
+      <c r="K68" t="s">
+        <v>36</v>
+      </c>
+      <c r="L68" t="s">
+        <v>370</v>
+      </c>
+      <c r="M68" t="s">
+        <v>137</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>380</v>
+      </c>
+      <c r="P68" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>382</v>
+      </c>
+      <c r="B69" t="s">
+        <v>383</v>
+      </c>
+      <c r="C69" t="s">
+        <v>337</v>
+      </c>
+      <c r="D69" t="s">
+        <v>33</v>
+      </c>
+      <c r="E69" t="s">
+        <v>64</v>
+      </c>
+      <c r="F69" t="s">
+        <v>65</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
         <v>2003</v>
       </c>
-      <c r="H9">
+      <c r="I69">
+        <v>2012</v>
+      </c>
+      <c r="J69" t="s">
+        <v>384</v>
+      </c>
+      <c r="K69" t="s">
+        <v>36</v>
+      </c>
+      <c r="L69" t="s">
+        <v>385</v>
+      </c>
+      <c r="M69" t="s">
+        <v>386</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>387</v>
+      </c>
+      <c r="P69" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>389</v>
+      </c>
+      <c r="B70" t="s">
+        <v>390</v>
+      </c>
+      <c r="C70" t="s">
+        <v>337</v>
+      </c>
+      <c r="D70" t="s">
+        <v>56</v>
+      </c>
+      <c r="E70" t="s">
+        <v>64</v>
+      </c>
+      <c r="F70" t="s">
+        <v>65</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2011</v>
+      </c>
+      <c r="I70">
+        <v>2017</v>
+      </c>
+      <c r="J70" t="s">
+        <v>384</v>
+      </c>
+      <c r="K70" t="s">
+        <v>46</v>
+      </c>
+      <c r="L70" t="s">
+        <v>391</v>
+      </c>
+      <c r="M70" t="s">
+        <v>386</v>
+      </c>
+      <c r="N70" t="s">
+        <v>48</v>
+      </c>
+      <c r="O70" t="s">
+        <v>392</v>
+      </c>
+      <c r="P70" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>394</v>
+      </c>
+      <c r="B71" t="s">
+        <v>395</v>
+      </c>
+      <c r="C71" t="s">
+        <v>337</v>
+      </c>
+      <c r="D71" t="s">
+        <v>33</v>
+      </c>
+      <c r="E71" t="s">
+        <v>64</v>
+      </c>
+      <c r="F71" t="s">
+        <v>65</v>
+      </c>
+      <c r="G71" t="s">
+        <v>44</v>
+      </c>
+      <c r="H71">
+        <v>2018</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>384</v>
+      </c>
+      <c r="K71" t="s">
+        <v>36</v>
+      </c>
+      <c r="L71" t="s">
+        <v>396</v>
+      </c>
+      <c r="M71" t="s">
+        <v>386</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>397</v>
+      </c>
+      <c r="P71" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>399</v>
+      </c>
+      <c r="B72" t="s">
+        <v>400</v>
+      </c>
+      <c r="C72" t="s">
+        <v>337</v>
+      </c>
+      <c r="D72" t="s">
+        <v>33</v>
+      </c>
+      <c r="E72" t="s">
+        <v>64</v>
+      </c>
+      <c r="F72" t="s">
+        <v>65</v>
+      </c>
+      <c r="G72" t="s">
+        <v>44</v>
+      </c>
+      <c r="H72">
+        <v>2018</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>384</v>
+      </c>
+      <c r="K72" t="s">
+        <v>36</v>
+      </c>
+      <c r="L72" t="s">
+        <v>401</v>
+      </c>
+      <c r="M72" t="s">
+        <v>386</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>402</v>
+      </c>
+      <c r="P72" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>404</v>
+      </c>
+      <c r="B73" t="s">
+        <v>405</v>
+      </c>
+      <c r="C73" t="s">
+        <v>406</v>
+      </c>
+      <c r="D73" t="s">
+        <v>33</v>
+      </c>
+      <c r="E73" t="s">
+        <v>64</v>
+      </c>
+      <c r="F73" t="s">
+        <v>65</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2006</v>
+      </c>
+      <c r="I73">
+        <v>2020</v>
+      </c>
+      <c r="J73" t="s">
+        <v>407</v>
+      </c>
+      <c r="K73" t="s">
+        <v>36</v>
+      </c>
+      <c r="L73" t="s">
+        <v>272</v>
+      </c>
+      <c r="M73" t="s">
+        <v>408</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>409</v>
+      </c>
+      <c r="P73" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>411</v>
+      </c>
+      <c r="B74" t="s">
+        <v>412</v>
+      </c>
+      <c r="C74" t="s">
+        <v>406</v>
+      </c>
+      <c r="D74" t="s">
+        <v>33</v>
+      </c>
+      <c r="E74" t="s">
+        <v>64</v>
+      </c>
+      <c r="F74" t="s">
+        <v>65</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2001</v>
+      </c>
+      <c r="I74">
+        <v>2020</v>
+      </c>
+      <c r="J74" t="s">
+        <v>407</v>
+      </c>
+      <c r="K74" t="s">
+        <v>36</v>
+      </c>
+      <c r="L74" t="s">
+        <v>272</v>
+      </c>
+      <c r="M74" t="s">
+        <v>408</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>413</v>
+      </c>
+      <c r="P74" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>415</v>
+      </c>
+      <c r="B75" t="s">
+        <v>416</v>
+      </c>
+      <c r="C75" t="s">
+        <v>406</v>
+      </c>
+      <c r="D75" t="s">
+        <v>33</v>
+      </c>
+      <c r="E75" t="s">
+        <v>64</v>
+      </c>
+      <c r="F75" t="s">
+        <v>65</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2000</v>
+      </c>
+      <c r="I75">
+        <v>2020</v>
+      </c>
+      <c r="J75" t="s">
+        <v>407</v>
+      </c>
+      <c r="K75" t="s">
+        <v>36</v>
+      </c>
+      <c r="L75" t="s">
+        <v>272</v>
+      </c>
+      <c r="M75" t="s">
+        <v>408</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>417</v>
+      </c>
+      <c r="P75" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>419</v>
+      </c>
+      <c r="B76" t="s">
+        <v>420</v>
+      </c>
+      <c r="C76" t="s">
+        <v>406</v>
+      </c>
+      <c r="D76" t="s">
+        <v>33</v>
+      </c>
+      <c r="E76" t="s">
+        <v>64</v>
+      </c>
+      <c r="F76" t="s">
+        <v>65</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2002</v>
+      </c>
+      <c r="I76">
+        <v>2020</v>
+      </c>
+      <c r="J76" t="s">
+        <v>407</v>
+      </c>
+      <c r="K76" t="s">
+        <v>36</v>
+      </c>
+      <c r="L76" t="s">
+        <v>272</v>
+      </c>
+      <c r="M76" t="s">
+        <v>408</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>421</v>
+      </c>
+      <c r="P76" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>423</v>
+      </c>
+      <c r="B77" t="s">
+        <v>424</v>
+      </c>
+      <c r="C77" t="s">
+        <v>425</v>
+      </c>
+      <c r="D77" t="s">
+        <v>33</v>
+      </c>
+      <c r="E77" t="s">
+        <v>64</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>44</v>
+      </c>
+      <c r="H77">
         <v>2013</v>
       </c>
-      <c r="I9" t="s">
-[...6 lines deleted...]
-      <c r="L9" t="s">
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>66</v>
+      </c>
+      <c r="K77" t="s">
+        <v>36</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77"/>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>426</v>
+      </c>
+      <c r="P77" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>428</v>
+      </c>
+      <c r="B78" t="s">
+        <v>429</v>
+      </c>
+      <c r="C78" t="s">
+        <v>32</v>
+      </c>
+      <c r="D78" t="s">
+        <v>430</v>
+      </c>
+      <c r="E78" t="s">
+        <v>64</v>
+      </c>
+      <c r="F78" t="s">
+        <v>65</v>
+      </c>
+      <c r="G78" t="s">
+        <v>44</v>
+      </c>
+      <c r="H78">
+        <v>2017</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>45</v>
+      </c>
+      <c r="K78" t="s">
+        <v>46</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>74</v>
+      </c>
+      <c r="N78" t="s">
+        <v>48</v>
+      </c>
+      <c r="O78" t="s">
+        <v>431</v>
+      </c>
+      <c r="P78" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>433</v>
+      </c>
+      <c r="B79" t="s">
+        <v>434</v>
+      </c>
+      <c r="C79" t="s">
+        <v>435</v>
+      </c>
+      <c r="D79" t="s">
+        <v>436</v>
+      </c>
+      <c r="E79" t="s">
+        <v>64</v>
+      </c>
+      <c r="F79" t="s">
+        <v>34</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2015</v>
+      </c>
+      <c r="I79">
+        <v>2016</v>
+      </c>
+      <c r="J79" t="s">
+        <v>179</v>
+      </c>
+      <c r="K79" t="s">
+        <v>46</v>
+      </c>
+      <c r="L79" t="s">
+        <v>437</v>
+      </c>
+      <c r="M79" t="s">
+        <v>438</v>
+      </c>
+      <c r="N79" t="s">
+        <v>48</v>
+      </c>
+      <c r="O79" t="s">
+        <v>439</v>
+      </c>
+      <c r="P79" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>441</v>
+      </c>
+      <c r="B80" t="s">
+        <v>442</v>
+      </c>
+      <c r="C80" t="s">
+        <v>290</v>
+      </c>
+      <c r="D80" t="s">
+        <v>443</v>
+      </c>
+      <c r="E80" t="s">
+        <v>64</v>
+      </c>
+      <c r="F80" t="s">
+        <v>65</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2011</v>
+      </c>
+      <c r="I80">
+        <v>2017</v>
+      </c>
+      <c r="J80" t="s">
+        <v>72</v>
+      </c>
+      <c r="K80" t="s">
+        <v>46</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>444</v>
+      </c>
+      <c r="N80" t="s">
+        <v>48</v>
+      </c>
+      <c r="O80" t="s">
+        <v>445</v>
+      </c>
+      <c r="P80" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>447</v>
+      </c>
+      <c r="B81" t="s">
+        <v>448</v>
+      </c>
+      <c r="C81" t="s">
+        <v>18</v>
+      </c>
+      <c r="D81" t="s">
         <v>56</v>
       </c>
-      <c r="M9" t="s">
-[...19 lines deleted...]
-      <c r="E10" t="s">
+      <c r="E81" t="s">
+        <v>64</v>
+      </c>
+      <c r="F81" t="s">
+        <v>449</v>
+      </c>
+      <c r="G81" t="s">
+        <v>44</v>
+      </c>
+      <c r="H81">
+        <v>2007</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>179</v>
+      </c>
+      <c r="K81" t="s">
+        <v>46</v>
+      </c>
+      <c r="L81" t="s">
+        <v>450</v>
+      </c>
+      <c r="M81" t="s">
+        <v>451</v>
+      </c>
+      <c r="N81" t="s">
+        <v>48</v>
+      </c>
+      <c r="O81" t="s">
+        <v>452</v>
+      </c>
+      <c r="P81" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>454</v>
+      </c>
+      <c r="B82" t="s">
+        <v>455</v>
+      </c>
+      <c r="C82" t="s">
+        <v>18</v>
+      </c>
+      <c r="D82" t="s">
+        <v>52</v>
+      </c>
+      <c r="E82" t="s">
+        <v>64</v>
+      </c>
+      <c r="F82" t="s">
+        <v>449</v>
+      </c>
+      <c r="G82" t="s">
+        <v>44</v>
+      </c>
+      <c r="H82">
+        <v>2009</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>179</v>
+      </c>
+      <c r="K82" t="s">
+        <v>46</v>
+      </c>
+      <c r="L82" t="s">
+        <v>456</v>
+      </c>
+      <c r="M82" t="s">
+        <v>451</v>
+      </c>
+      <c r="N82" t="s">
+        <v>48</v>
+      </c>
+      <c r="O82" t="s">
+        <v>457</v>
+      </c>
+      <c r="P82" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>459</v>
+      </c>
+      <c r="B83" t="s">
+        <v>460</v>
+      </c>
+      <c r="C83" t="s">
+        <v>18</v>
+      </c>
+      <c r="D83" t="s">
         <v>54</v>
       </c>
-      <c r="F10" t="s">
-[...58 lines deleted...]
-      <c r="K11" t="s">
+      <c r="E83" t="s">
         <v>64</v>
       </c>
-      <c r="L11" t="s">
-[...3026 lines deleted...]
-      </c>
       <c r="F83" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>449</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
       </c>
       <c r="H83">
         <v>2018</v>
       </c>
-      <c r="I83" t="s">
-        <v>132</v>
+      <c r="I83">
+        <v>2018</v>
       </c>
       <c r="J83" t="s">
-        <v>39</v>
+        <v>179</v>
       </c>
       <c r="K83" t="s">
-        <v>312</v>
+        <v>46</v>
       </c>
       <c r="L83" t="s">
-        <v>306</v>
+        <v>461</v>
       </c>
       <c r="M83" t="s">
-        <v>41</v>
+        <v>451</v>
       </c>
       <c r="N83" t="s">
-        <v>313</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:14">
+        <v>48</v>
+      </c>
+      <c r="O83" t="s">
+        <v>462</v>
+      </c>
+      <c r="P83" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>314</v>
+        <v>464</v>
       </c>
       <c r="B84" t="s">
-        <v>15</v>
+        <v>465</v>
       </c>
       <c r="C84" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="D84" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="E84" t="s">
-        <v>304</v>
+        <v>64</v>
       </c>
       <c r="F84" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G84">
+        <v>449</v>
+      </c>
+      <c r="G84" t="s">
+        <v>44</v>
+      </c>
+      <c r="H84">
         <v>2014</v>
       </c>
-      <c r="H84"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I84"/>
       <c r="J84" t="s">
-        <v>39</v>
+        <v>179</v>
       </c>
       <c r="K84" t="s">
-        <v>315</v>
+        <v>46</v>
       </c>
       <c r="L84" t="s">
-        <v>306</v>
+        <v>466</v>
       </c>
       <c r="M84" t="s">
-        <v>41</v>
+        <v>451</v>
       </c>
       <c r="N84" t="s">
-        <v>316</v>
+        <v>48</v>
+      </c>
+      <c r="O84" t="s">
+        <v>467</v>
+      </c>
+      <c r="P84" t="s">
+        <v>468</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>