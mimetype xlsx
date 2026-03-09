--- v0 (2025-11-27)
+++ v1 (2026-03-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="406">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="407">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,772 +104,775 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
   </si>
   <si>
-    <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
-[...690 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
+    <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
+  </si>
+  <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>October 2018</t>
+  </si>
+  <si>
+    <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
+  </si>
+  <si>
+    <t>Federal Trade Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
+  </si>
+  <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
+    <t>CEL - High Pressure Sodium Lamps</t>
+  </si>
+  <si>
+    <t>Applies to ordinary high-pressure sodium vapor lamps with transparent glass cover for outdoor lighting service and rated power 50W; 70W; 100W; 150W; 250W; 400W; and 1000W with matching ballasts and ignitors; and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-high-pressure-sodium-lamps</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E9%AB%98%E5%8E%8B%E9%92%A0%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL- LED Luminaires for Road and Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>This policy covers LED luminaires for road and tunnel lighting.</t>
+  </si>
+  <si>
+    <t>GB/T 24826; GB/T 31897.201</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-led-luminaires-road-and-tunnel-lighting</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%81%93%E8%B7%AF%E5%92%8C%E9%9A%A7%E9%81%93%E7%85%A7%E6%98%8</t>
+  </si>
+  <si>
+    <t>CEL-037. Copiers, Printers, and Fax Machines</t>
+  </si>
+  <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does not apply to AC contactors with external power saving device or semi-conductor type -solid type contactor.</t>
+  </si>
+  <si>
+    <t>Imaging Equipment</t>
+  </si>
+  <si>
+    <t>GB 21521-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-037-copiers-printers-and-fax-machines</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B617_%E5%A4%8D%E5%8D%B0%E6%9C%BA%E3%80%81%E6%89%93%E5%8D%B0%E6%9C%BA%E5%92%8C%E4%BC%A0%E7%9C%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
+  </si>
+  <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>European Commission - DG Environment</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
+  </si>
+  <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
+    <t>CQC31-452611-2011. CQC Mark Certification - Scanners</t>
+  </si>
+  <si>
+    <t>Applies to drum scanners; flatbed scanners; and scanners for film or transparent media.</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>CQC 3134-2011</t>
+  </si>
+  <si>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-452611-2011-cqc-mark-certification-scanners</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-04/492776.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-452627-2014. CQC Mark Certification - Copy machines; printers; fax machines and multi-function equipment</t>
+  </si>
+  <si>
+    <t>Applies to copiers; printers; fax machines; and multi-function equipment. Applies to products operating under 220V and 50Hz; with printing speed lower than 70pages per minute and standard format. Can be used as reference for products with printing speed higher than 70pages per minute and non-standard format.</t>
+  </si>
+  <si>
+    <t>GB 21521-2014, GB 20943</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-452627-2014-cqc-mark-certification-copy-machines-printers-fax-machines-and-multi</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492780.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465134-2009. CQC Mark Certification - High Pressure Sodium Lamp</t>
+  </si>
+  <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465134-2009-cqc-mark-certification-high-pressure-sodium-lamp</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-22/492722.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465391-2018 Energy Conservation Certification Rules for Luminaries System for Road Lighting</t>
+  </si>
+  <si>
+    <t>Applies to Powers Luminaries System for Road Lighting which use Fluorescent lamps and high intensity gas discharge lamps as lighting source</t>
+  </si>
+  <si>
+    <t>CQC 3105-2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465391-2018-energy-conservation-certification-rules-luminaries-system-road-lighting</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-02-05/492775.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465392-2016. Energy Conservation Certification Rules for LED Lighting Products for Street Lighting &amp; Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>Applies to LED Lighting Products for Street Lighting and Tunnel Lighting operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
+    <t>CQC 3127-2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465392-2016-energy-conservation-certification-rules-led-lighting-products-street</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492713.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465397-2019. Energy Conservation Certification Rules for LED Luminaires for Road and Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>Apply to LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
+    <t>GB 37478-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465397-2019-energy-conservation-certification-rules-led-luminaires-road-and-tunnel</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555385.shtml</t>
+  </si>
+  <si>
+    <t>Decision 13/2008 Technical requirements for energy-efficient street lights</t>
+  </si>
+  <si>
+    <t>This document specifies the technical requirements and labeling instructions for energy-efficient street lights.</t>
+  </si>
+  <si>
+    <t>Vietnam*</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade (MOIT)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/decision-132008-technical-requirements-energy-efficient-street-lights</t>
+  </si>
+  <si>
+    <t>http://thuvienphapluat.vn/van-ban/Linh-vuc-khac/Quyet-dinh-13-2008-QD-BCT-quy-dinh-ve-yeu-cau-ky-thuat-choa-den-chieu-sang-duong-pho-tiet-kiem-nang-luong-67650.aspx</t>
+  </si>
+  <si>
+    <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
+  </si>
+  <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
+    <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label, Endorsement Label</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
+  </si>
+  <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
+    <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
+  </si>
+  <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>January 2020</t>
+  </si>
+  <si>
+    <t>Umweltbundesamt -Federal Environment Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
+  </si>
+  <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Fax Machine</t>
+  </si>
+  <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
+    <t>Republic of Korea</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>Korea Energy Management Corporation (KEMCO)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-fax-machine</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Multifunctional devices</t>
+  </si>
+  <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-multifunctional-devices</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Printers</t>
+  </si>
+  <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-printers</t>
+  </si>
+  <si>
+    <t>e-Standby Power Program for Scanners</t>
+  </si>
+  <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/e-standby-power-program-scanners</t>
+  </si>
+  <si>
+    <t>Energy Conservation Labeling Program Requirements for Exit Lights and Emergency Direction Lights</t>
+  </si>
+  <si>
+    <t>Exit lights and emergency direction lights - The applicable products shall meet the requirements by NATIONAL FIRE AGENCY MINISTRY OF THE INTERIOR and its future amendments</t>
+  </si>
+  <si>
+    <t>Taiwan of China</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>Energy Conservation Labeling Program Requirements</t>
+  </si>
+  <si>
+    <t>Bureau of Energy, Ministry of Economic Affairs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-exit-lights-and-emergency-direction</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=24%20</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Printers; Neng-Chi-Tze-10405006191</t>
+  </si>
+  <si>
+    <t>Printers - 1. The Printer that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.32.00.00.1-A, 8443.31.00.00-2-A; or recognized by competent authority.   2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0  --hereunder briefed as ENERGY STAR REV. 2.0.</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Imaging Equipment (Version 2.0)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-printers-neng-chi</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=33%20</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Street Lights</t>
+  </si>
+  <si>
+    <t>Street lights - The product shall meet the definitions of street lights as defined in CNS 9118 Street Lights or CNS 15233 LED Street Lights.</t>
+  </si>
+  <si>
+    <t>CNS 9118 Street Lights or CNS 15233 LED Street Lights</t>
+  </si>
+  <si>
+    <t>Greenmark Labelling Program</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-street-lights</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=35</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Standard and Indication Method for the Copier Machine Energy Conservation Marker; Neng-Chi-Tze-10405006201</t>
+  </si>
+  <si>
+    <t>The Copier Machine that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.31.00.00-2-B, 8443.32.00.00-1-B, or recognized by competent authority.     2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0 -hereunder briefed as ENERGY STAR REV. 2.0.     3. The fax machine possessing single-page copying function shall not be applicable for the scope provided herein.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-standard-and-indication-method-copier-machine-energy-conservation-marker</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=32%20</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
+  </si>
+  <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
+    <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
+  </si>
+  <si>
+    <t>ENERGY STAR</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
+    <t>GB 19573-2004 Limited values of energy efficiency and rating criteria for high-pressure sodium vapour lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-19573-2004-limited-values-energy-efficiency-and-rating-criteria-high-pressure-sodium</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C5F2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 21521-2014 Minimum allowable values of energy efficiency and energy efficiency grades for copy machines; printers and fax machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-21521-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-copy</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED11D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>The Standardisation Administration of China (SAC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
+    <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>This revised MEPS raises the minimum energy efficiency requirements by about 25% for LED road and tunnel lighting luminaires, setting a benchmark of 130 lm/W for LED road lighting luminaires with Correlated Color Temperature (CCT) between 3500K to 5000K, and 150 lm/W for LED road lighting luminaires with CCT over 5000K. The minimum energy efficiency requirements for LED tunnel lighting luminaires are 10 lm/W lower than the requirements for LED road lighting luminaires. The standard scope is expanded from AC products to AC and DC LED Road and tunnel lighting luminaires.</t>
+  </si>
+  <si>
+    <t>June 2025</t>
+  </si>
+  <si>
+    <t>GB/T39018</t>
+  </si>
+  <si>
+    <t>The Standardization Administration of China</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-37478-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29FD444E06397BE0A0ACC4C</t>
+  </si>
+  <si>
+    <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t>October 2016</t>
+  </si>
+  <si>
+    <t>Russian Energy Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
+    <t>GOST 21776-87 Printers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gost-21776-87-printers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
+    <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
+    <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
+  </si>
+  <si>
+    <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenmark-n107-exit-signs-and-emergency-directional-lights</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/107/361d4ceb-4e59-4a66-bec0-ac69176e48b4.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N19 - Printers</t>
+  </si>
+  <si>
+    <t>Laser and Inkjet Printers; Dot-matrix Printers</t>
+  </si>
+  <si>
+    <t>US ENERGY STAR</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenmark-n19-printers</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/19/a2927784-929d-45e1-bd21-b2c2985afe95.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N45 - Monochromatic Copy Machines</t>
+  </si>
+  <si>
+    <t>Applies to carbon powder toner machines</t>
+  </si>
+  <si>
+    <t>Requirements for energy consumption are described in the standard Greenmark N45</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenmark-n45-monochromatic-copy-machines</t>
+  </si>
+  <si>
+    <t>Greenmark N78 - Image Output Devices</t>
+  </si>
+  <si>
+    <t>This standard is applicable to facsimile machines; copiers; and multifunction devices.    1. Facsimile -Fax Machine: A product whose primary functions are to scan paper originals for electronic transmission to remote units, and to receive electronic transmissions for conversion to paper output. Electronic transmission is primarily over a public telephone system, but may also be via a computer network or the Internet.    2. Copier: A product whose sole function is to produce paper duplicates from paper originals.   3. Multifunction Device -MFD: A product that performs two or more of the core functions of a Printer; Scanner; Copier; or Fax Machine.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenmark-n78-image-output-devices</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/78/ed90e8ff-2f8c-4f35-8385-bde4eba11953.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N88 - Scanners</t>
+  </si>
+  <si>
+    <t>This standard is applicable to scanners; excluding multi-function devices with scanning capabilities; network scanners; or scanners not directly powered by electricity from the wall outlets.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenmark-n88-scanners</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/88/398369f2-9d5f-47dd-a41b-1ab919c2cafd.pdf</t>
+  </si>
+  <si>
+    <t>High-efficiency Appliances Certification Program</t>
+  </si>
+  <si>
+    <t>LED traffic lights, LED leading lights, LED guard lighting equipment, LED street lights, LED flood lighting equipment, LED tunnel luminaires, LED module for channel letter signs</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-6</t>
+  </si>
+  <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>High-efficiency Appliances Certification Program for Streetlighting</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-streetlighting</t>
+  </si>
+  <si>
+    <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
+  </si>
+  <si>
+    <t>INTE E18-1: 2020</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Institute of Technical Standards of Costa Rica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020-0</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
+    <t>INTE E18-2 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
+    <t>September 2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e18-2-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
+    <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
+    <t>Iran</t>
+  </si>
+  <si>
+    <t>IEC 311 (1988)</t>
+  </si>
+  <si>
+    <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
+  </si>
+  <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
+    <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>March 2023</t>
+  </si>
+  <si>
+    <t>Ghana Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
+  </si>
+  <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Scanner of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
     <t>The ministerial regulation covers scanners for office and home use that read data from images and record it on a computer.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Imaging Equipment</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-scanner-standby-mode-be-2558-2015</t>
   </si>
@@ -1607,51 +1610,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1491.065" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="103.689" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1727,3268 +1730,3266 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>1980</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>43</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G4" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H4">
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="I4"/>
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
       <c r="J4" t="s">
         <v>45</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>46</v>
       </c>
       <c r="M4" t="s">
         <v>47</v>
       </c>
       <c r="N4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O4" t="s">
         <v>48</v>
       </c>
       <c r="P4" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>50</v>
       </c>
       <c r="B5" t="s">
         <v>51</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D5" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G5" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H5">
-        <v>2020</v>
+        <v>2008</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="M5" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="N5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O5" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="P5" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B6" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C6" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D6" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H6">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="M6" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="N6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O6" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="P6" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B7" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="C7" t="s">
-        <v>63</v>
+        <v>52</v>
       </c>
       <c r="D7" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E7" t="s">
-        <v>64</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
-        <v>2003</v>
+        <v>2009</v>
       </c>
       <c r="I7">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="J7" t="s">
-        <v>66</v>
+        <v>55</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="L7"/>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
       <c r="M7" t="s">
-        <v>67</v>
+        <v>57</v>
       </c>
       <c r="N7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="P7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C8" t="s">
-        <v>42</v>
+        <v>73</v>
       </c>
       <c r="D8" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E8" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F8" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2003</v>
       </c>
       <c r="I8">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="J8" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="L8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="N8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O8" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="P8" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B9" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C9" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D9" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E9" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F9" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2003</v>
       </c>
       <c r="I9">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="J9" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="M9" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="N9" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O9" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="P9" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" t="s">
+        <v>88</v>
+      </c>
+      <c r="C10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" t="s">
+        <v>67</v>
+      </c>
+      <c r="E10" t="s">
+        <v>74</v>
+      </c>
+      <c r="F10" t="s">
+        <v>75</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2003</v>
+      </c>
+      <c r="I10">
+        <v>2015</v>
+      </c>
+      <c r="J10" t="s">
         <v>82</v>
       </c>
-      <c r="B10" t="s">
-[...23 lines deleted...]
-      </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>46</v>
+        <v>89</v>
       </c>
       <c r="M10" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="N10" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O10" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="P10" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="B11" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="C11" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D11" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E11" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F11" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H11">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>88</v>
+        <v>56</v>
       </c>
       <c r="M11" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="N11" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O11" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="P11" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="B12" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="C12" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D12" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E12" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F12" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G12" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H12">
         <v>2014</v>
       </c>
       <c r="I12">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J12" t="s">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="M12" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="N12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O12" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="P12" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="B13" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="C13" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D13" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E13" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F13" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G13" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H13">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I13"/>
+        <v>2014</v>
+      </c>
+      <c r="I13">
+        <v>2017</v>
+      </c>
       <c r="J13" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="M13" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="N13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O13" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="P13" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="B14" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="C14" t="s">
-        <v>103</v>
+        <v>52</v>
       </c>
       <c r="D14" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E14" t="s">
-        <v>20</v>
+        <v>74</v>
       </c>
       <c r="F14" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="G14" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H14">
-        <v>2008</v>
+        <v>2019</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>104</v>
+        <v>55</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="L14"/>
+      <c r="L14" t="s">
+        <v>108</v>
+      </c>
       <c r="M14" t="s">
-        <v>105</v>
+        <v>84</v>
       </c>
       <c r="N14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O14" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="P14" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="B15" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="C15" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="D15" t="s">
-        <v>110</v>
+        <v>53</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>111</v>
+        <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H15">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="N15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O15" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="P15" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B16" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="C16" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="D16" t="s">
-        <v>57</v>
+        <v>120</v>
       </c>
       <c r="E16" t="s">
-        <v>64</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>65</v>
+        <v>121</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="I16">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="J16" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="N16" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O16" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="P16" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="B17" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="C17" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="D17" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E17" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F17" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G17" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H17">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="I17"/>
+        <v>2017</v>
+      </c>
+      <c r="I17">
+        <v>2020</v>
+      </c>
       <c r="J17" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="N17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O17" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="P17" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="B18" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C18" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="D18" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E18" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F18" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G18" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H18">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>125</v>
+        <v>135</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>126</v>
+        <v>136</v>
       </c>
       <c r="N18" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O18" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="P18" t="s">
-        <v>128</v>
+        <v>138</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="B19" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="C19" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="D19" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E19" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F19" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G19" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H19">
         <v>2009</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>125</v>
+        <v>135</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>126</v>
+        <v>136</v>
       </c>
       <c r="N19" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O19" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="P19" t="s">
-        <v>128</v>
+        <v>138</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="B20" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="C20" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="D20" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E20" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F20" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G20" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H20">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>125</v>
+        <v>135</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>126</v>
+        <v>136</v>
       </c>
       <c r="N20" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O20" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="P20" t="s">
-        <v>128</v>
+        <v>138</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="B21" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="C21" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="D21" t="s">
-        <v>43</v>
+        <v>67</v>
       </c>
       <c r="E21" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F21" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G21" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H21">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="L21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
-        <v>143</v>
+        <v>136</v>
       </c>
       <c r="N21" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O21" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="P21" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B22" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C22" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="D22" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="E22" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F22" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G22" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H22">
-        <v>2000</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>141</v>
+        <v>151</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="M22" t="s">
-        <v>143</v>
+        <v>153</v>
       </c>
       <c r="N22" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O22" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="P22" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B23" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="C23" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="D23" t="s">
-        <v>43</v>
+        <v>67</v>
       </c>
       <c r="E23" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F23" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2012</v>
+        <v>2000</v>
       </c>
       <c r="I23">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="J23" t="s">
-        <v>141</v>
+        <v>151</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
+        <v>158</v>
+      </c>
+      <c r="M23" t="s">
         <v>153</v>
       </c>
-      <c r="M23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N23" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O23" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="P23" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="B24" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="C24" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="D24" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="E24" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F24" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
-        <v>2000</v>
+        <v>2012</v>
       </c>
       <c r="I24">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="J24" t="s">
-        <v>141</v>
+        <v>151</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>148</v>
+        <v>163</v>
       </c>
       <c r="M24" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="N24" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O24" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="P24" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B25" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="C25" t="s">
-        <v>163</v>
+        <v>150</v>
       </c>
       <c r="D25" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E25" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F25" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>2001</v>
+        <v>2000</v>
       </c>
       <c r="I25">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="J25" t="s">
-        <v>72</v>
+        <v>151</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="M25" t="s">
-        <v>165</v>
+        <v>153</v>
       </c>
       <c r="N25" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O25" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="P25" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B26" t="s">
-        <v>83</v>
+        <v>172</v>
       </c>
       <c r="C26" t="s">
-        <v>42</v>
+        <v>173</v>
       </c>
       <c r="D26" t="s">
-        <v>43</v>
+        <v>67</v>
       </c>
       <c r="E26" t="s">
-        <v>20</v>
+        <v>74</v>
       </c>
       <c r="F26" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>2005</v>
+        <v>2001</v>
       </c>
       <c r="I26">
-        <v>2005</v>
+        <v>2019</v>
       </c>
       <c r="J26" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>46</v>
+        <v>174</v>
       </c>
       <c r="M26" t="s">
-        <v>47</v>
+        <v>175</v>
       </c>
       <c r="N26" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O26" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="P26" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
       <c r="B27" t="s">
-        <v>171</v>
+        <v>93</v>
       </c>
       <c r="C27" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D27" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2010</v>
+        <v>2005</v>
       </c>
       <c r="I27">
-        <v>2015</v>
+        <v>2005</v>
       </c>
       <c r="J27" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="M27" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="N27" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O27" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="P27" t="s">
-        <v>173</v>
+        <v>180</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="B28" t="s">
-        <v>51</v>
+        <v>181</v>
       </c>
       <c r="C28" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D28" t="s">
-        <v>43</v>
+        <v>67</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H28">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I28"/>
+        <v>2010</v>
+      </c>
+      <c r="I28">
+        <v>2015</v>
+      </c>
       <c r="J28" t="s">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>52</v>
+        <v>68</v>
       </c>
       <c r="M28" t="s">
-        <v>175</v>
+        <v>57</v>
       </c>
       <c r="N28" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O28" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="P28" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="B29" t="s">
-        <v>179</v>
+        <v>61</v>
       </c>
       <c r="C29" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D29" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
-        <v>8</v>
+        <v>185</v>
       </c>
       <c r="H29">
-        <v>1989</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I29"/>
       <c r="J29" t="s">
-        <v>180</v>
+        <v>55</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>181</v>
+        <v>62</v>
       </c>
       <c r="M29" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="N29" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O29" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="P29" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="B30" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="C30" t="s">
-        <v>187</v>
+        <v>52</v>
       </c>
       <c r="D30" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="E30" t="s">
-        <v>64</v>
+        <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H30">
         <v>1989</v>
       </c>
       <c r="I30">
-        <v>2015</v>
+        <v>2025</v>
       </c>
       <c r="J30" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
-      <c r="L30"/>
+      <c r="L30" t="s">
+        <v>192</v>
+      </c>
       <c r="M30" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="N30" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O30" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="P30" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="B31" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="C31" t="s">
-        <v>187</v>
+        <v>198</v>
       </c>
       <c r="D31" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E31" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H31">
         <v>1989</v>
       </c>
-      <c r="I31"/>
+      <c r="I31">
+        <v>2015</v>
+      </c>
       <c r="J31" t="s">
-        <v>141</v>
+        <v>199</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>189</v>
+        <v>200</v>
       </c>
       <c r="N31" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O31" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="P31" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="B32" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="C32" t="s">
-        <v>187</v>
+        <v>198</v>
       </c>
       <c r="D32" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E32" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H32">
         <v>1989</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>141</v>
+        <v>151</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>189</v>
+        <v>200</v>
       </c>
       <c r="N32" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O32" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
       <c r="P32" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="B33" t="s">
-        <v>201</v>
+        <v>208</v>
       </c>
       <c r="C33" t="s">
-        <v>140</v>
+        <v>198</v>
       </c>
       <c r="D33" t="s">
-        <v>43</v>
+        <v>67</v>
       </c>
       <c r="E33" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F33" t="s">
-        <v>65</v>
+        <v>21</v>
       </c>
       <c r="G33" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H33">
-        <v>2013</v>
+        <v>1989</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>141</v>
+        <v>151</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>154</v>
+        <v>200</v>
       </c>
       <c r="N33" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O33" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="P33" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="B34" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="C34" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="D34" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="E34" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F34" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G34" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H34">
-        <v>2000</v>
-[...1 lines deleted...]
-      <c r="I34">
         <v>2013</v>
       </c>
+      <c r="I34"/>
       <c r="J34" t="s">
-        <v>141</v>
+        <v>151</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
-      <c r="L34" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L34"/>
       <c r="M34" t="s">
-        <v>154</v>
+        <v>164</v>
       </c>
       <c r="N34" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O34" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="P34" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="B35" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="C35" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="D35" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E35" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F35" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2000</v>
       </c>
       <c r="I35">
         <v>2013</v>
       </c>
       <c r="J35" t="s">
-        <v>141</v>
+        <v>151</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="M35" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="N35" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O35" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="P35"/>
+        <v>218</v>
+      </c>
+      <c r="P35" t="s">
+        <v>219</v>
+      </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>213</v>
+        <v>220</v>
       </c>
       <c r="B36" t="s">
-        <v>214</v>
+        <v>221</v>
       </c>
       <c r="C36" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="D36" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E36" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F36" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2000</v>
       </c>
       <c r="I36">
         <v>2013</v>
       </c>
       <c r="J36" t="s">
-        <v>141</v>
+        <v>151</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>165</v>
+        <v>222</v>
       </c>
       <c r="M36" t="s">
-        <v>143</v>
+        <v>153</v>
       </c>
       <c r="N36" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O36" t="s">
-        <v>215</v>
-[...3 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="P36"/>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>217</v>
+        <v>224</v>
       </c>
       <c r="B37" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="C37" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="D37" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E37" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F37" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2000</v>
       </c>
       <c r="I37">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J37" t="s">
-        <v>141</v>
+        <v>151</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
-      <c r="L37"/>
+      <c r="L37" t="s">
+        <v>175</v>
+      </c>
       <c r="M37" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="N37" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O37" t="s">
-        <v>219</v>
+        <v>226</v>
       </c>
       <c r="P37" t="s">
-        <v>220</v>
+        <v>227</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
       <c r="B38" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="C38" t="s">
-        <v>124</v>
+        <v>150</v>
       </c>
       <c r="D38" t="s">
-        <v>43</v>
+        <v>67</v>
       </c>
       <c r="E38" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F38" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
-        <v>2012</v>
+        <v>2000</v>
       </c>
       <c r="I38">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="J38" t="s">
-        <v>223</v>
+        <v>151</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>126</v>
+        <v>164</v>
       </c>
       <c r="N38" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O38" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="P38" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B39" t="s">
-        <v>43</v>
+        <v>233</v>
       </c>
       <c r="C39" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="D39" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E39" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F39" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
-        <v>1996</v>
+        <v>2012</v>
       </c>
       <c r="I39">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J39" t="s">
-        <v>118</v>
+        <v>234</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>126</v>
+        <v>136</v>
       </c>
       <c r="N39" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O39" t="s">
-        <v>227</v>
+        <v>235</v>
       </c>
       <c r="P39" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>229</v>
+        <v>237</v>
       </c>
       <c r="B40" t="s">
-        <v>230</v>
+        <v>53</v>
       </c>
       <c r="C40" t="s">
-        <v>231</v>
+        <v>134</v>
       </c>
       <c r="D40" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E40" t="s">
-        <v>20</v>
+        <v>74</v>
       </c>
       <c r="F40" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
-        <v>2016</v>
+        <v>1996</v>
       </c>
       <c r="I40">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="J40" t="s">
-        <v>232</v>
+        <v>128</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>233</v>
+        <v>136</v>
       </c>
       <c r="N40" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O40" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="P40" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>229</v>
+        <v>240</v>
       </c>
       <c r="B41" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="C41" t="s">
-        <v>231</v>
+        <v>242</v>
       </c>
       <c r="D41" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2016</v>
       </c>
       <c r="I41">
         <v>2020</v>
       </c>
       <c r="J41" t="s">
-        <v>232</v>
+        <v>243</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>233</v>
+        <v>244</v>
       </c>
       <c r="N41" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O41" t="s">
-        <v>237</v>
+        <v>245</v>
       </c>
       <c r="P41" t="s">
-        <v>238</v>
+        <v>246</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B42" t="s">
-        <v>240</v>
+        <v>247</v>
       </c>
       <c r="C42" t="s">
-        <v>231</v>
+        <v>242</v>
       </c>
       <c r="D42" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G42" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H42">
         <v>2016</v>
       </c>
-      <c r="I42"/>
+      <c r="I42">
+        <v>2020</v>
+      </c>
       <c r="J42" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>233</v>
+        <v>244</v>
       </c>
       <c r="N42" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O42" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="P42" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="B43" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="C43" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="D43" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>247</v>
+        <v>44</v>
       </c>
       <c r="G43" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H43">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I43"/>
       <c r="J43" t="s">
-        <v>125</v>
+        <v>252</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
-      <c r="L43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L43"/>
       <c r="M43" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="N43" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O43" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="P43" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="B44" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="C44" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="D44" t="s">
-        <v>43</v>
+        <v>67</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G44" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H44">
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="I44"/>
+        <v>2012</v>
+      </c>
+      <c r="I44">
+        <v>2010</v>
+      </c>
       <c r="J44" t="s">
-        <v>255</v>
+        <v>135</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
-      <c r="L44"/>
+      <c r="L44" t="s">
+        <v>258</v>
+      </c>
       <c r="M44" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="N44" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O44" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="P44" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B45" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C45" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="D45" t="s">
-        <v>262</v>
+        <v>53</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>247</v>
+        <v>21</v>
       </c>
       <c r="G45" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H45">
         <v>2022</v>
       </c>
-      <c r="I45">
-[...1 lines deleted...]
-      </c>
+      <c r="I45"/>
       <c r="J45" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
-      <c r="L45" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L45"/>
       <c r="M45" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="N45" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O45" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="P45" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B46" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C46" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D46" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E46" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F46" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="G46" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H46">
         <v>2015</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="N46" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O46" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="P46" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B47" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C47" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D47" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E47" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="F47" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="G47" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H47">
         <v>2015</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="N47" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O47" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="P47" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B48" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C48" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D48" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E48" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F48" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="G48" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H48">
         <v>2015</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="N48" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O48" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="P48" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B49" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C49" t="s">
-        <v>187</v>
+        <v>198</v>
       </c>
       <c r="D49" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E49" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F49" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G49" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H49">
         <v>2012</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>141</v>
+        <v>151</v>
       </c>
       <c r="K49" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="L49" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="M49" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="N49" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O49" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="P49" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B50" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C50" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D50" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>21</v>
       </c>
       <c r="G50" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H50">
         <v>2021</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="M50" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="N50" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O50" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="P50" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B51" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C51" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D51" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E51" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F51" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2006</v>
       </c>
       <c r="I51">
         <v>2015</v>
       </c>
       <c r="J51" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="M51" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="N51" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O51" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="P51" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B52" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C52" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D52" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E52" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F52" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G52" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H52">
         <v>2018</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="N52" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O52" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="P52" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B53" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C53" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D53" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G53" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H53">
         <v>2014</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>125</v>
+        <v>135</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="N53" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O53" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="P53" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B54" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C54" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D54" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E54" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F54" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G54" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H54">
         <v>2014</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="M54" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="N54" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O54" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="P54" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B55" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C55" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D55" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E55" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F55" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>2013</v>
       </c>
       <c r="I55">
         <v>2014</v>
       </c>
       <c r="J55" t="s">
-        <v>125</v>
+        <v>135</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="M55" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="N55" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O55" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="P55" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B56" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C56" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D56" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E56" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F56" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G56" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H56">
         <v>2013</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>125</v>
+        <v>135</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="M56" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="N56" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O56" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="P56"/>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B57" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C57" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D57" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="E57" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F57" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2012</v>
       </c>
       <c r="I57">
         <v>2017</v>
       </c>
       <c r="J57" t="s">
-        <v>232</v>
+        <v>243</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57"/>
       <c r="M57" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="N57" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O57" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="P57" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B58" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C58" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D58" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>21</v>
       </c>
       <c r="G58" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H58">
         <v>2012</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="M58" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="N58" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O58" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="P58" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B59" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C59" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="D59" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H59">
         <v>2019</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="N59" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O59" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="P59" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B60" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C60" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="D60" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>21</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2012</v>
       </c>
       <c r="I60">
         <v>2015</v>
       </c>
       <c r="J60" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="M60" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="N60" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O60" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="P60" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B61" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C61" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="D61" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>21</v>
       </c>
       <c r="G61" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H61">
         <v>2012</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="M61" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="N61" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O61" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="P61" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B62" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C62" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D62" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E62" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F62" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>2003</v>
       </c>
       <c r="I62">
         <v>2012</v>
       </c>
       <c r="J62" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="M62" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="N62" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O62" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="P62" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B63" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C63" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D63" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E63" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F63" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G63" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H63">
         <v>2018</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="M63" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="N63" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O63" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="P63" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B64" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C64" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D64" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E64" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F64" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G64" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H64">
         <v>2018</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="M64" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="N64" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O64" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="P64" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B65" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C65" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D65" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E65" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F65" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2006</v>
       </c>
       <c r="I65">
         <v>2020</v>
       </c>
       <c r="J65" t="s">
         <v>23</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65" t="s">
-        <v>206</v>
+        <v>217</v>
       </c>
       <c r="M65" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="N65" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O65" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="P65" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B66" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C66" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D66" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E66" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F66" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
         <v>2001</v>
       </c>
       <c r="I66">
         <v>2020</v>
       </c>
       <c r="J66" t="s">
         <v>23</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66" t="s">
-        <v>206</v>
+        <v>217</v>
       </c>
       <c r="M66" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="N66" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O66" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="P66" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B67" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C67" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D67" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E67" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F67" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>2000</v>
       </c>
       <c r="I67">
         <v>2020</v>
       </c>
       <c r="J67" t="s">
         <v>23</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67" t="s">
-        <v>206</v>
+        <v>217</v>
       </c>
       <c r="M67" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="N67" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O67" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="P67" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B68" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C68" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D68" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E68" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F68" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
         <v>2002</v>
       </c>
       <c r="I68">
         <v>2020</v>
       </c>
       <c r="J68" t="s">
         <v>23</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68" t="s">
-        <v>206</v>
+        <v>217</v>
       </c>
       <c r="M68" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="N68" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O68" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="P68" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B69" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C69" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D69" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="E69" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F69" t="s">
         <v>21</v>
       </c>
       <c r="G69" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H69">
         <v>2013</v>
       </c>
       <c r="I69"/>
       <c r="J69" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69"/>
       <c r="M69"/>
       <c r="N69" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O69" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="P69" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">