--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -12,903 +12,1268 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="268">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="388">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/10626</t>
+  </si>
+  <si>
     <t>CEL-021. Power Transformer</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does NOT apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 1094.1-1996 GB/T 2900.15-1997 GB/T 6451-2008 GB 24790-2009</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-021-power-transformer</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=ae2f1677d59a46688deb3fdd6b01095c</t>
+  </si>
+  <si>
     <t>CEL-037. Copiers, Printers, and Fax Machines</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does not apply to AC contactors with external power saving device or semi-conductor type -solid type contactor.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>GB 21521-2014</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-037-copiers-printers-and-fax-machines</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B617_%E5%A4%8D%E5%8D%B0%E6%9C%BA%E3%80%81%E6%89%93%E5%8D%B0%E6%9C%BA%E5%92%8C%E4%BC%A0%E7%9C%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
+  </si>
+  <si>
+    <t>IEC 60076</t>
+  </si>
+  <si>
+    <t>European Commission - DG Enterprise</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv:OJ.L_.2019.272.01.0107.01.ENG&amp;toc=OJ:L:2019:272:TOC</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-0</t>
   </si>
   <si>
-    <t>IEC 60076</t>
+    <t>https://www.legislation.gov.uk/eur/2014/548/contents/2014-05-21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-1</t>
   </si>
   <si>
-    <t>European Commission - DG Enterprise</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
+    <t>https://www.legislation.gov.uk/eur/2019/1783/contents/2019-10-01</t>
   </si>
   <si>
     <t>CQC31-452611-2011. CQC Mark Certification - Scanners</t>
   </si>
   <si>
+    <t>Applies to drum scanners; flatbed scanners; and scanners for film or transparent media.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 3134-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452611-2011-cqc-mark-certification-scanners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-04/492776.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452627-2014. CQC Mark Certification - Copy machines; printers; fax machines and multi-function equipment</t>
   </si>
   <si>
+    <t>Applies to copiers; printers; fax machines; and multi-function equipment. Applies to products operating under 220V and 50Hz; with printing speed lower than 70pages per minute and standard format. Can be used as reference for products with printing speed higher than 70pages per minute and non-standard format.</t>
+  </si>
+  <si>
     <t>GB 21521-2014, GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452627-2014-cqc-mark-certification-copy-machines-printers-fax-machines-and-multi</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492780.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461212-2020. Energy Conservation Certification Rules for Power Transformer</t>
   </si>
   <si>
+    <t>Applies to three-phase; off-Circuit-Tap-Changing transformers with voltage level of 10kV; and rated capacities of 30kVA-1600kVA for oil-immersed transformers or 30kVA-2500kVA for dry-type transformers. Does not apply to gas-filled transformers.</t>
+  </si>
+  <si>
     <t>GB 20052-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461212-2020-energy-conservation-certification-rules-power-transformer</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-26/492765.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461219-2010. CQC Mark Certification - Power Transformer</t>
   </si>
   <si>
+    <t>Applies to power transformers with voltage level of 35kV-220kV; and rated capacities of 3150kVA. Does not apply to dry-type transformers.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461219-2010-cqc-mark-certification-power-transformer</t>
   </si>
   <si>
     <t>CQC31-462271-2022 Energy Conservation Certification Rules for High-Voltage/Low-Voltage Prefabricated Substations</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for high-voltage/low-voltage prefabricated substations. It applies to high-voltage/low-voltage prefabricated substations with a maximum rated AC voltage of 12 kV containing one or more transformers with an operating frequency of 50 Hz and installed in places that are accessible to the public outdoors and provide personnel protection.</t>
+  </si>
+  <si>
     <t>GB/T 17467-2020</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462271-2022-energy-conservation-certification-rules-high-voltagelow-voltage</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2022-07-28/559154.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Fax Machine</t>
   </si>
   <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-fax-machine</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Multifunctional devices</t>
   </si>
   <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-multifunctional-devices</t>
   </si>
   <si>
     <t>e-Standby Power Program for Printers</t>
   </si>
   <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-printers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Scanners</t>
   </si>
   <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-scanners</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Printers; Neng-Chi-Tze-10405006191</t>
   </si>
   <si>
+    <t>Printers - 1. The Printer that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.32.00.00.1-A, 8443.31.00.00-2-A; or recognized by competent authority.   2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0  --hereunder briefed as ENERGY STAR REV. 2.0.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment (Version 2.0)</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-printers-neng-chi</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=33%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Distribution Transformers (DT)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling requirements for oil immersed, naturally air cooled, three phase, and double wound non sealed type out door distribution transformer. The standard ratings covered under the pilot scheme are 16, 25, 63, 100, 160 and 200 kVA and non standard ratings from 16 kVA to 200 kVA.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 2026 (part I, II, III):1977, IS 1180 (part I):2014, IS 2500 (part I):2000</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-distribution-transformers-dt</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DTnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Efficiency Standard and Indication Method for the Copier Machine Energy Conservation Marker; Neng-Chi-Tze-10405006201</t>
   </si>
   <si>
+    <t>The Copier Machine that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.31.00.00-2-B, 8443.32.00.00-1-B, or recognized by competent authority.     2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0 -hereunder briefed as ENERGY STAR REV. 2.0.     3. The fax machine possessing single-page copying function shall not be applicable for the scope provided herein.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-standard-and-indication-method-copier-machine-energy-conservation-marker</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=32%20</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>GB 20052-2024 Energy efficiency limit values ​​and energy efficiency grades for power transformers</t>
   </si>
   <si>
+    <t>This document specifies the minimum allowable values of energy efficiency, the energy efficiency grades and test methods for power transformers. The policy applies to oil-immersed and dry-type distribution transformers. It will enter into effect on 1 February 2025.</t>
+  </si>
+  <si>
     <t>GB/T 1094.1; GB/T 1094.11; GB/T 2900.95; GB/T 6451; GB/T 10228; GB/T 22072; GB/T 25438; GB/T 25446</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20052-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-power</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=B0CE4A3FBCC4501211A25E3E10F75498</t>
+  </si>
+  <si>
     <t>GB 21521-2014 Minimum allowable values of energy efficiency and energy efficiency grades for copy machines; printers and fax machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21521-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-copy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED11D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Transformers and Electronic Step-down Converters for ELV Lamps) Determination 2012</t>
   </si>
   <si>
+    <t>The scope of transformer MEPS covers oil-immersed and dry-type distribution transformers with power ratings from 10 kVA to 2500 kVA intended to be used on 11 kV and 22 kV networks.This standard does not apply to certain categories of special transformers such a - (a) transformers other than those on 11 or 22 kv networks; (b) instrument transformers; (c) auto transformers; (d) traction transformers mounted on rolling stock; (e) starting transformers; (f) testing transformers; (g) welding transformers; (h) three phase transformers with three or more windings per phase; (i) arc-furnace transformers; (j) earthing transformers; (k) rectifier or converter transformers; (l) uninterruptible power supply (ups) transformers; (m) transformers with an impedance less than 3% or more than 8%; (n) voltage regulating transformers; (o) transformers designed for frequencies other than 50 hertz; (p) gas-filled dry-type transformers; or (q) flameproof transformers.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>AS 2374.1; AS 2735</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-transformers-and-electronic-step-down-converters</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02135</t>
+  </si>
+  <si>
     <t>Greenmark N100 - Transformers</t>
   </si>
   <si>
+    <t>This standard is applicable to transformers which meet the definition of CNS 598.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n100-transformers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/100/c3ecfab5-9241-4a1a-85b4-11a738852739.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N19 - Printers</t>
   </si>
   <si>
+    <t>Laser and Inkjet Printers; Dot-matrix Printers</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n19-printers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/19/a2927784-929d-45e1-bd21-b2c2985afe95.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N45 - Monochromatic Copy Machines</t>
   </si>
   <si>
+    <t>Applies to carbon powder toner machines</t>
+  </si>
+  <si>
     <t>Requirements for energy consumption are described in the standard Greenmark N45</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n45-monochromatic-copy-machines</t>
   </si>
   <si>
     <t>Greenmark N75 - Dry Type Transformers</t>
   </si>
   <si>
+    <t>This standard is applicable to cast-resin dry type transformers which meet the definition of CNS 13390.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n75-dry-type-transformers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/75/8efacf7e-0cf7-4c2c-bb17-1ef125ec37e7.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N78 - Image Output Devices</t>
   </si>
   <si>
+    <t>This standard is applicable to facsimile machines; copiers; and multifunction devices.    1. Facsimile -Fax Machine: A product whose primary functions are to scan paper originals for electronic transmission to remote units, and to receive electronic transmissions for conversion to paper output. Electronic transmission is primarily over a public telephone system, but may also be via a computer network or the Internet.    2. Copier: A product whose sole function is to produce paper duplicates from paper originals.   3. Multifunction Device -MFD: A product that performs two or more of the core functions of a Printer; Scanner; Copier; or Fax Machine.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n78-image-output-devices</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/78/ed90e8ff-2f8c-4f35-8385-bde4eba11953.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N88 - Scanners</t>
   </si>
   <si>
+    <t>This standard is applicable to scanners; excluding multi-function devices with scanning capabilities; network scanners; or scanners not directly powered by electricity from the wall outlets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n88-scanners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/88/398369f2-9d5f-47dd-a41b-1ab919c2cafd.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-8</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
   </si>
   <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
     <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
   </si>
   <si>
     <t>LI 2459 Energy Commission (Energy Efficiency Standards and Labelling) (Distribution Transformers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a distributor transformer manufactured in the country or imported to the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2459-energy-commission-energy-efficiency-standards-and-labelling-distribution</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for Transformer</t>
   </si>
   <si>
+    <t>Transformers smaller than 1500kVA</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-transformer</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
+    <t>Transformer defined in KS C 4306, KS C 4311, KS C 4316, KS C 4317 and Annex 3; 1500-3000kVa</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-transformer-0</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard (MEPS) requirements for distribution transformers</t>
   </si>
   <si>
+    <t>Minimum energy performance standards for distribution transformers covers: Single- and three-phase dry and oilimmersed transformers with a power rating between 10kVA and 2500kVA; which are designed for 11kV and 22kV networks.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS 2375 for dry type, and AS 2374.1 for other type transformers.</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-meps-requirements-distribution-transformers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/distribution-transformers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Scanner of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers scanners for office and home use that read data from images and record it on a computer.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Imaging Equipment</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-scanner-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048425</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Multi-Functional Devices in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers multi-functional devices that can print, copy, and scan documents in the same device and can be operated using power from the mains power supply. It covers ink-injected multi-function devices and laser multifunction devices or black LED multifunction devices.</t>
+  </si>
+  <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-multi-functional-devices-standby-and</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048424</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Printers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers printers that print documents and use them with computers. Included types: 1. Ink-jet printers and, 2. black laser printers or LED printers and color laser printers or LED printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-printers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048423</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 015 Imaging Equipment</t>
   </si>
   <si>
+    <t>Copiers, digital duplicators, facsimile machines, multifunction devices MFD, printers and scanners are eligible for a Nordic Ecolabel. The machines may be equipped with external or internal scanners. In this document we collect all of these products under the name imaging equipment.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>RAL-UZ 122 Version June 2006</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-015-imaging-equipment</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Schedule 16 - Office Equipments (printers, scanners, copiers, fax machines and multi function devices)</t>
   </si>
   <si>
+    <t>The schedule specifies the MEPS and labeling instructions for office equipment copiers, printers, fax machines, scanners and multi-function devices for office automation and similar use. This schedule is for only single phase office equipment (printers, scanners, copiers, fax machines and multi-function devices) which operate at the standard voltage and frequency range specified by the relevant Indian Standards and the Indian Electricity Rules 1956.</t>
+  </si>
+  <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-16-office-equipments-printers-scanners-copiers-fax-machines-and-multi-function</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%20-%2016Office%20Equipments.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4148</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for distribution transformers: pole mounted, pad mounted, substation and liquid-filled transformers, self-cooled, single phase rated at 5 to 167 kVA and three phase rated 15 to 500 kVA, 60 Hz, with insulation class of 15, 25 and 34.5 kV.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NMX-J-169-ANCE</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4148</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
+    <t>It covers distribution transformers</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
     <t>TCVN 8525:2015 Distribution transformers - MEPS and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for distribution transformers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-85252015-distribution-transformers-meps-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8525-2015-may-bien-ap-phan-phoi-muc-hieu-suat-nang-luong-toi-thieu</t>
+  </si>
+  <si>
     <t>TCVN 9509:2012 Printers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9510:2012 Copiers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for copiers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Facsimile machine TGL-36-R1-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to a stand-alone fax machine, a combined printer/facsimile, a multi-purpose fax machine. (multifunctional units).</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>IEC 60950-1 (or TIS 1561)
 ,   
                     CISPR 22 (or TIS 1956, EN 55022)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-facsimile-machine-tgl-36-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-36-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Photocopiers TGL-27-R4-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to all sizes of dry system copiers and multifunction copiers for both color and monochrome copies, which are operated manually and/or automatically (exclude copiers without photoreceptor drums).</t>
+  </si>
+  <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-photocopiers-tgl-27-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-27-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Product Printer TGL-37-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to products that create pictures, texts and graphics on paper, and receives information from a single user or networked computer or other equipment (such as a digital camera).</t>
   </si>
   <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)
 ,   
                     TIS 1956 (or CISPR 22, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-product-printer-tgl-37-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-37-R2-15.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Fax Machines</t>
   </si>
   <si>
+    <t>Both ordinary fax machines and printer-fax combinations are covered by this scheme.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-fax-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Fax%20Machines%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Multifunction Devices</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electrically operated multifunction devices intended for production of A4-sized duplicates from graphical hard copy originals as well as performing one or both of the core functions such as printing, faxing, scanning, etc. However, a device whose primary function is faxing and offers limited sheet copying capabilities, so-called single sheet convenience copying; are not covered under this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-multifunction-devices</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Multifunction%20Devices%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Photocopiers</t>
   </si>
   <si>
+    <t>COPY MACHINE:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-photocopiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Photocopiers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Printers</t>
   </si>
   <si>
+    <t>Printers under this labelling scheme apply to all electrically operated black-and-white or colour printers that are capable of receiving information from single-user or networked computers and serve as hard copy output devices for production of A4-sized copies. Printers designed to handle multi-sized papers including A4-sized paper can also be qualified under this scheme provided that they can comply with the energy efficiency requirements for A4-sized paper.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-printers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Printers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>UEVEP-E5 - implementing minimum performance standards for transformers</t>
   </si>
   <si>
+    <t>power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>Industrial Sector, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uevep-e5-implementing-minimum-performance-standards-transformers</t>
   </si>
   <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1172,2909 +1537,3300 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N66"/>
+  <dimension ref="A1:P66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="275" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="275.933" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1491.065" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="116.686" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...16 lines deleted...]
-      <c r="B3" t="s">
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...30 lines deleted...]
-      <c r="N3" t="s">
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
         <v>33</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
-[...14 lines deleted...]
-      <c r="G4">
+      <c r="H4">
         <v>2010</v>
       </c>
-      <c r="H4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="K4" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="M4" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="N4" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="B5" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>42</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="E5" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G5">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2009</v>
       </c>
-      <c r="H5">
+      <c r="I5">
         <v>2015</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>46</v>
+      </c>
+      <c r="N5" t="s">
+        <v>53</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2013</v>
+      </c>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>53</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>58</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...40 lines deleted...]
-      <c r="J6" t="s">
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>61</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>67</v>
+      </c>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K6"/>
-[...29 lines deleted...]
-      <c r="G7">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>2015</v>
       </c>
-      <c r="H7">
+      <c r="I8">
         <v>2019</v>
       </c>
-      <c r="I7" t="s">
-[...2 lines deleted...]
-      <c r="J7" t="s">
+      <c r="J8" t="s">
+        <v>72</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>65</v>
+      </c>
+      <c r="B9" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" t="s">
+        <v>71</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K7"/>
-[...27 lines deleted...]
-      <c r="G8">
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
         <v>2015</v>
       </c>
-      <c r="H8">
+      <c r="I9">
         <v>2019</v>
       </c>
-      <c r="I8" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="J9" t="s">
-        <v>21</v>
+        <v>72</v>
       </c>
       <c r="K9" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>59</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="M9"/>
       <c r="N9" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>61</v>
+        <v>77</v>
       </c>
       <c r="B10" t="s">
-        <v>35</v>
+        <v>78</v>
       </c>
       <c r="C10" t="s">
         <v>42</v>
       </c>
       <c r="D10" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="E10" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F10" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G10">
+        <v>60</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
         <v>2003</v>
       </c>
-      <c r="H10">
+      <c r="I10">
         <v>2011</v>
       </c>
-      <c r="I10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J10" t="s">
-        <v>21</v>
+        <v>79</v>
       </c>
       <c r="K10" t="s">
-        <v>63</v>
+        <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="M10" t="s">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="N10" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>53</v>
+      </c>
+      <c r="O10" t="s">
+        <v>82</v>
+      </c>
+      <c r="P10" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>66</v>
+        <v>84</v>
       </c>
       <c r="B11" t="s">
-        <v>35</v>
+        <v>85</v>
       </c>
       <c r="C11" t="s">
         <v>42</v>
       </c>
       <c r="D11" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="E11" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F11" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G11">
+        <v>60</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2003</v>
       </c>
-      <c r="H11">
+      <c r="I11">
         <v>2015</v>
       </c>
-      <c r="I11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J11" t="s">
+        <v>79</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>86</v>
+      </c>
+      <c r="M11" t="s">
+        <v>81</v>
+      </c>
+      <c r="N11" t="s">
+        <v>53</v>
+      </c>
+      <c r="O11" t="s">
+        <v>87</v>
+      </c>
+      <c r="P11" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>89</v>
+      </c>
+      <c r="B12" t="s">
+        <v>90</v>
+      </c>
+      <c r="C12" t="s">
+        <v>42</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>59</v>
+      </c>
+      <c r="F12" t="s">
+        <v>60</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2003</v>
+      </c>
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>44</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>91</v>
+      </c>
+      <c r="M12" t="s">
+        <v>81</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>92</v>
+      </c>
+      <c r="P12" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>94</v>
+      </c>
+      <c r="B13" t="s">
+        <v>95</v>
+      </c>
+      <c r="C13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>59</v>
+      </c>
+      <c r="F13" t="s">
+        <v>60</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2003</v>
+      </c>
+      <c r="I13">
+        <v>2010</v>
+      </c>
+      <c r="J13" t="s">
+        <v>96</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>45</v>
+      </c>
+      <c r="M13" t="s">
+        <v>81</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>97</v>
+      </c>
+      <c r="P13"/>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>98</v>
+      </c>
+      <c r="B14" t="s">
+        <v>99</v>
+      </c>
+      <c r="C14" t="s">
+        <v>42</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>59</v>
+      </c>
+      <c r="F14" t="s">
+        <v>60</v>
+      </c>
+      <c r="G14" t="s">
+        <v>34</v>
+      </c>
+      <c r="H14">
+        <v>2022</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>35</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>100</v>
+      </c>
+      <c r="M14" t="s">
+        <v>101</v>
+      </c>
+      <c r="N14" t="s">
+        <v>53</v>
+      </c>
+      <c r="O14" t="s">
+        <v>102</v>
+      </c>
+      <c r="P14" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>104</v>
+      </c>
+      <c r="B15" t="s">
+        <v>105</v>
+      </c>
+      <c r="C15" t="s">
+        <v>106</v>
+      </c>
+      <c r="D15" t="s">
+        <v>107</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>108</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2011</v>
+      </c>
+      <c r="I15">
+        <v>2023</v>
+      </c>
+      <c r="J15" t="s">
+        <v>109</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>110</v>
+      </c>
+      <c r="N15" t="s">
+        <v>53</v>
+      </c>
+      <c r="O15" t="s">
+        <v>111</v>
+      </c>
+      <c r="P15" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>113</v>
+      </c>
+      <c r="B16" t="s">
+        <v>114</v>
+      </c>
+      <c r="C16" t="s">
+        <v>115</v>
+      </c>
+      <c r="D16" t="s">
+        <v>51</v>
+      </c>
+      <c r="E16" t="s">
+        <v>59</v>
+      </c>
+      <c r="F16" t="s">
+        <v>60</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16">
+        <v>2020</v>
+      </c>
+      <c r="J16" t="s">
+        <v>116</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>117</v>
+      </c>
+      <c r="N16" t="s">
+        <v>53</v>
+      </c>
+      <c r="O16" t="s">
+        <v>118</v>
+      </c>
+      <c r="P16" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>120</v>
+      </c>
+      <c r="B17" t="s">
+        <v>121</v>
+      </c>
+      <c r="C17" t="s">
+        <v>122</v>
+      </c>
+      <c r="D17" t="s">
+        <v>51</v>
+      </c>
+      <c r="E17" t="s">
+        <v>59</v>
+      </c>
+      <c r="F17" t="s">
+        <v>60</v>
+      </c>
+      <c r="G17" t="s">
+        <v>34</v>
+      </c>
+      <c r="H17">
+        <v>2010</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>123</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>124</v>
+      </c>
+      <c r="N17" t="s">
+        <v>53</v>
+      </c>
+      <c r="O17" t="s">
+        <v>125</v>
+      </c>
+      <c r="P17" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>127</v>
+      </c>
+      <c r="B18" t="s">
+        <v>128</v>
+      </c>
+      <c r="C18" t="s">
+        <v>122</v>
+      </c>
+      <c r="D18" t="s">
+        <v>51</v>
+      </c>
+      <c r="E18" t="s">
+        <v>59</v>
+      </c>
+      <c r="F18" t="s">
+        <v>60</v>
+      </c>
+      <c r="G18" t="s">
+        <v>34</v>
+      </c>
+      <c r="H18">
+        <v>2009</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>123</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>124</v>
+      </c>
+      <c r="N18" t="s">
+        <v>53</v>
+      </c>
+      <c r="O18" t="s">
+        <v>129</v>
+      </c>
+      <c r="P18" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>130</v>
+      </c>
+      <c r="B19" t="s">
+        <v>131</v>
+      </c>
+      <c r="C19" t="s">
+        <v>122</v>
+      </c>
+      <c r="D19" t="s">
+        <v>51</v>
+      </c>
+      <c r="E19" t="s">
+        <v>59</v>
+      </c>
+      <c r="F19" t="s">
+        <v>60</v>
+      </c>
+      <c r="G19" t="s">
+        <v>34</v>
+      </c>
+      <c r="H19">
+        <v>2009</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>123</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>124</v>
+      </c>
+      <c r="N19" t="s">
+        <v>53</v>
+      </c>
+      <c r="O19" t="s">
+        <v>132</v>
+      </c>
+      <c r="P19" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>133</v>
+      </c>
+      <c r="B20" t="s">
+        <v>134</v>
+      </c>
+      <c r="C20" t="s">
+        <v>122</v>
+      </c>
+      <c r="D20" t="s">
+        <v>51</v>
+      </c>
+      <c r="E20" t="s">
+        <v>59</v>
+      </c>
+      <c r="F20" t="s">
+        <v>60</v>
+      </c>
+      <c r="G20" t="s">
+        <v>34</v>
+      </c>
+      <c r="H20">
+        <v>2010</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>123</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>124</v>
+      </c>
+      <c r="N20" t="s">
+        <v>53</v>
+      </c>
+      <c r="O20" t="s">
+        <v>135</v>
+      </c>
+      <c r="P20" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>136</v>
+      </c>
+      <c r="B21" t="s">
+        <v>137</v>
+      </c>
+      <c r="C21" t="s">
+        <v>138</v>
+      </c>
+      <c r="D21" t="s">
+        <v>51</v>
+      </c>
+      <c r="E21" t="s">
+        <v>59</v>
+      </c>
+      <c r="F21" t="s">
+        <v>60</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2000</v>
+      </c>
+      <c r="I21">
+        <v>2015</v>
+      </c>
+      <c r="J21" t="s">
+        <v>96</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>139</v>
+      </c>
+      <c r="M21" t="s">
+        <v>140</v>
+      </c>
+      <c r="N21" t="s">
+        <v>53</v>
+      </c>
+      <c r="O21" t="s">
+        <v>141</v>
+      </c>
+      <c r="P21" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>143</v>
+      </c>
+      <c r="B22" t="s">
+        <v>144</v>
+      </c>
+      <c r="C22" t="s">
+        <v>145</v>
+      </c>
+      <c r="D22" t="s">
+        <v>33</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>146</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2009</v>
+      </c>
+      <c r="I22">
+        <v>2023</v>
+      </c>
+      <c r="J22" t="s">
+        <v>147</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>148</v>
+      </c>
+      <c r="M22" t="s">
+        <v>149</v>
+      </c>
+      <c r="N22" t="s">
+        <v>53</v>
+      </c>
+      <c r="O22" t="s">
+        <v>150</v>
+      </c>
+      <c r="P22" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>152</v>
+      </c>
+      <c r="B23" t="s">
+        <v>153</v>
+      </c>
+      <c r="C23" t="s">
+        <v>154</v>
+      </c>
+      <c r="D23" t="s">
+        <v>155</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>146</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2016</v>
+      </c>
+      <c r="I23">
+        <v>2019</v>
+      </c>
+      <c r="J23" t="s">
+        <v>35</v>
+      </c>
+      <c r="K23" t="s">
+        <v>156</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>157</v>
+      </c>
+      <c r="N23" t="s">
+        <v>53</v>
+      </c>
+      <c r="O23" t="s">
+        <v>158</v>
+      </c>
+      <c r="P23" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>160</v>
+      </c>
+      <c r="B24" t="s">
+        <v>161</v>
+      </c>
+      <c r="C24" t="s">
+        <v>138</v>
+      </c>
+      <c r="D24" t="s">
+        <v>51</v>
+      </c>
+      <c r="E24" t="s">
+        <v>59</v>
+      </c>
+      <c r="F24" t="s">
+        <v>60</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2000</v>
+      </c>
+      <c r="I24">
+        <v>2015</v>
+      </c>
+      <c r="J24" t="s">
+        <v>96</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>139</v>
+      </c>
+      <c r="M24" t="s">
+        <v>140</v>
+      </c>
+      <c r="N24" t="s">
+        <v>53</v>
+      </c>
+      <c r="O24" t="s">
+        <v>162</v>
+      </c>
+      <c r="P24" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>164</v>
+      </c>
+      <c r="B25" t="s">
+        <v>165</v>
+      </c>
+      <c r="C25" t="s">
+        <v>166</v>
+      </c>
+      <c r="D25" t="s">
+        <v>51</v>
+      </c>
+      <c r="E25" t="s">
+        <v>59</v>
+      </c>
+      <c r="F25" t="s">
+        <v>60</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2001</v>
+      </c>
+      <c r="I25">
+        <v>2019</v>
+      </c>
+      <c r="J25" t="s">
+        <v>79</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>167</v>
+      </c>
+      <c r="M25" t="s">
+        <v>168</v>
+      </c>
+      <c r="N25" t="s">
+        <v>53</v>
+      </c>
+      <c r="O25" t="s">
+        <v>169</v>
+      </c>
+      <c r="P25" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>171</v>
+      </c>
+      <c r="B26" t="s">
+        <v>172</v>
+      </c>
+      <c r="C26" t="s">
+        <v>42</v>
+      </c>
+      <c r="D26" t="s">
+        <v>33</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
         <v>21</v>
       </c>
-      <c r="K11" t="s">
-[...623 lines deleted...]
-      <c r="G26">
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
         <v>2006</v>
       </c>
-      <c r="H26">
+      <c r="I26">
         <v>2024</v>
       </c>
-      <c r="I26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J26" t="s">
-        <v>21</v>
+        <v>147</v>
       </c>
       <c r="K26" t="s">
-        <v>128</v>
+        <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>39</v>
+        <v>173</v>
       </c>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="N26" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>174</v>
+      </c>
+      <c r="P26" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>130</v>
+        <v>176</v>
       </c>
       <c r="B27" t="s">
-        <v>35</v>
+        <v>176</v>
       </c>
       <c r="C27" t="s">
         <v>42</v>
       </c>
       <c r="D27" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="E27" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G27">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
         <v>2010</v>
       </c>
-      <c r="H27">
+      <c r="I27">
         <v>2015</v>
       </c>
-      <c r="I27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J27" t="s">
+        <v>79</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>52</v>
+      </c>
+      <c r="M27" t="s">
+        <v>46</v>
+      </c>
+      <c r="N27" t="s">
+        <v>53</v>
+      </c>
+      <c r="O27" t="s">
+        <v>177</v>
+      </c>
+      <c r="P27" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>179</v>
+      </c>
+      <c r="B28" t="s">
+        <v>180</v>
+      </c>
+      <c r="C28" t="s">
+        <v>181</v>
+      </c>
+      <c r="D28" t="s">
+        <v>51</v>
+      </c>
+      <c r="E28" t="s">
+        <v>59</v>
+      </c>
+      <c r="F28" t="s">
         <v>21</v>
       </c>
-      <c r="K27" t="s">
-[...31 lines deleted...]
-      <c r="G28">
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
         <v>1989</v>
       </c>
-      <c r="H28">
+      <c r="I28">
         <v>2015</v>
       </c>
-      <c r="I28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J28" t="s">
+        <v>182</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>183</v>
+      </c>
+      <c r="N28" t="s">
+        <v>53</v>
+      </c>
+      <c r="O28" t="s">
+        <v>184</v>
+      </c>
+      <c r="P28" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>186</v>
+      </c>
+      <c r="B29" t="s">
+        <v>187</v>
+      </c>
+      <c r="C29" t="s">
+        <v>181</v>
+      </c>
+      <c r="D29" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" t="s">
+        <v>59</v>
+      </c>
+      <c r="F29" t="s">
         <v>21</v>
       </c>
-      <c r="K28"/>
-[...29 lines deleted...]
-      <c r="G29">
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
         <v>1989</v>
       </c>
-      <c r="H29">
+      <c r="I29">
         <v>1992</v>
       </c>
-      <c r="I29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J29" t="s">
+        <v>182</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>183</v>
+      </c>
+      <c r="N29" t="s">
+        <v>53</v>
+      </c>
+      <c r="O29" t="s">
+        <v>188</v>
+      </c>
+      <c r="P29" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>190</v>
+      </c>
+      <c r="B30" t="s">
+        <v>191</v>
+      </c>
+      <c r="C30" t="s">
+        <v>181</v>
+      </c>
+      <c r="D30" t="s">
+        <v>51</v>
+      </c>
+      <c r="E30" t="s">
+        <v>59</v>
+      </c>
+      <c r="F30" t="s">
         <v>21</v>
       </c>
-      <c r="K29"/>
-[...6 lines deleted...]
-      <c r="N29" t="s">
+      <c r="G30" t="s">
+        <v>34</v>
+      </c>
+      <c r="H30">
+        <v>1989</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>96</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>183</v>
+      </c>
+      <c r="N30" t="s">
+        <v>53</v>
+      </c>
+      <c r="O30" t="s">
+        <v>192</v>
+      </c>
+      <c r="P30" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>194</v>
+      </c>
+      <c r="B31" t="s">
+        <v>195</v>
+      </c>
+      <c r="C31" t="s">
+        <v>181</v>
+      </c>
+      <c r="D31" t="s">
+        <v>51</v>
+      </c>
+      <c r="E31" t="s">
+        <v>59</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>34</v>
+      </c>
+      <c r="H31">
+        <v>1989</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>96</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>183</v>
+      </c>
+      <c r="N31" t="s">
+        <v>53</v>
+      </c>
+      <c r="O31" t="s">
+        <v>196</v>
+      </c>
+      <c r="P31" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>198</v>
+      </c>
+      <c r="B32" t="s">
+        <v>199</v>
+      </c>
+      <c r="C32" t="s">
+        <v>200</v>
+      </c>
+      <c r="D32" t="s">
+        <v>33</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2004</v>
+      </c>
+      <c r="I32">
+        <v>2012</v>
+      </c>
+      <c r="J32" t="s">
+        <v>201</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>202</v>
+      </c>
+      <c r="M32" t="s">
+        <v>203</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>204</v>
+      </c>
+      <c r="P32" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>206</v>
+      </c>
+      <c r="B33" t="s">
+        <v>207</v>
+      </c>
+      <c r="C33" t="s">
         <v>138</v>
       </c>
-    </row>
-[...133 lines deleted...]
-      </c>
       <c r="D33" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="E33" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="F33" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>60</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
       </c>
       <c r="H33">
         <v>2015</v>
       </c>
-      <c r="I33" t="s">
-        <v>73</v>
+      <c r="I33">
+        <v>2015</v>
       </c>
       <c r="J33" t="s">
+        <v>96</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>206</v>
+      </c>
+      <c r="M33" t="s">
+        <v>140</v>
+      </c>
+      <c r="N33" t="s">
+        <v>53</v>
+      </c>
+      <c r="O33" t="s">
+        <v>208</v>
+      </c>
+      <c r="P33" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>210</v>
+      </c>
+      <c r="B34" t="s">
+        <v>211</v>
+      </c>
+      <c r="C34" t="s">
+        <v>138</v>
+      </c>
+      <c r="D34" t="s">
+        <v>51</v>
+      </c>
+      <c r="E34" t="s">
+        <v>59</v>
+      </c>
+      <c r="F34" t="s">
+        <v>60</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2000</v>
+      </c>
+      <c r="I34">
+        <v>2013</v>
+      </c>
+      <c r="J34" t="s">
+        <v>96</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>212</v>
+      </c>
+      <c r="M34" t="s">
+        <v>213</v>
+      </c>
+      <c r="N34" t="s">
+        <v>53</v>
+      </c>
+      <c r="O34" t="s">
+        <v>214</v>
+      </c>
+      <c r="P34" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>216</v>
+      </c>
+      <c r="B35" t="s">
+        <v>217</v>
+      </c>
+      <c r="C35" t="s">
+        <v>138</v>
+      </c>
+      <c r="D35" t="s">
+        <v>51</v>
+      </c>
+      <c r="E35" t="s">
+        <v>59</v>
+      </c>
+      <c r="F35" t="s">
+        <v>60</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2000</v>
+      </c>
+      <c r="I35">
+        <v>2013</v>
+      </c>
+      <c r="J35" t="s">
+        <v>96</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>218</v>
+      </c>
+      <c r="M35" t="s">
+        <v>140</v>
+      </c>
+      <c r="N35" t="s">
+        <v>53</v>
+      </c>
+      <c r="O35" t="s">
+        <v>219</v>
+      </c>
+      <c r="P35"/>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>220</v>
+      </c>
+      <c r="B36" t="s">
+        <v>221</v>
+      </c>
+      <c r="C36" t="s">
+        <v>138</v>
+      </c>
+      <c r="D36" t="s">
+        <v>33</v>
+      </c>
+      <c r="E36" t="s">
+        <v>59</v>
+      </c>
+      <c r="F36" t="s">
+        <v>60</v>
+      </c>
+      <c r="G36" t="s">
+        <v>34</v>
+      </c>
+      <c r="H36">
+        <v>2014</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>96</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>140</v>
+      </c>
+      <c r="N36" t="s">
+        <v>53</v>
+      </c>
+      <c r="O36" t="s">
+        <v>222</v>
+      </c>
+      <c r="P36" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>224</v>
+      </c>
+      <c r="B37" t="s">
+        <v>225</v>
+      </c>
+      <c r="C37" t="s">
+        <v>138</v>
+      </c>
+      <c r="D37" t="s">
+        <v>51</v>
+      </c>
+      <c r="E37" t="s">
+        <v>59</v>
+      </c>
+      <c r="F37" t="s">
+        <v>60</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2000</v>
+      </c>
+      <c r="I37">
+        <v>2013</v>
+      </c>
+      <c r="J37" t="s">
+        <v>96</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>168</v>
+      </c>
+      <c r="M37" t="s">
+        <v>140</v>
+      </c>
+      <c r="N37" t="s">
+        <v>53</v>
+      </c>
+      <c r="O37" t="s">
+        <v>226</v>
+      </c>
+      <c r="P37" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>228</v>
+      </c>
+      <c r="B38" t="s">
+        <v>229</v>
+      </c>
+      <c r="C38" t="s">
+        <v>138</v>
+      </c>
+      <c r="D38" t="s">
+        <v>51</v>
+      </c>
+      <c r="E38" t="s">
+        <v>59</v>
+      </c>
+      <c r="F38" t="s">
+        <v>60</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2000</v>
+      </c>
+      <c r="I38">
+        <v>2014</v>
+      </c>
+      <c r="J38" t="s">
+        <v>96</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>213</v>
+      </c>
+      <c r="N38" t="s">
+        <v>53</v>
+      </c>
+      <c r="O38" t="s">
+        <v>230</v>
+      </c>
+      <c r="P38" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>232</v>
+      </c>
+      <c r="B39" t="s">
+        <v>233</v>
+      </c>
+      <c r="C39" t="s">
+        <v>122</v>
+      </c>
+      <c r="D39" t="s">
+        <v>33</v>
+      </c>
+      <c r="E39" t="s">
+        <v>59</v>
+      </c>
+      <c r="F39" t="s">
+        <v>60</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>1996</v>
+      </c>
+      <c r="I39">
+        <v>2012</v>
+      </c>
+      <c r="J39" t="s">
+        <v>123</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>124</v>
+      </c>
+      <c r="N39" t="s">
+        <v>53</v>
+      </c>
+      <c r="O39" t="s">
+        <v>234</v>
+      </c>
+      <c r="P39" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>236</v>
+      </c>
+      <c r="B40" t="s">
+        <v>237</v>
+      </c>
+      <c r="C40" t="s">
+        <v>238</v>
+      </c>
+      <c r="D40" t="s">
+        <v>51</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>146</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2012</v>
+      </c>
+      <c r="I40">
+        <v>2010</v>
+      </c>
+      <c r="J40" t="s">
+        <v>123</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>239</v>
+      </c>
+      <c r="M40" t="s">
+        <v>240</v>
+      </c>
+      <c r="N40" t="s">
+        <v>53</v>
+      </c>
+      <c r="O40" t="s">
+        <v>241</v>
+      </c>
+      <c r="P40" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>243</v>
+      </c>
+      <c r="B41" t="s">
+        <v>244</v>
+      </c>
+      <c r="C41" t="s">
+        <v>238</v>
+      </c>
+      <c r="D41" t="s">
+        <v>33</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
         <v>21</v>
       </c>
-      <c r="K33" t="s">
-[...332 lines deleted...]
-        <v>2012</v>
+      <c r="G41" t="s">
+        <v>22</v>
       </c>
       <c r="H41">
         <v>2012</v>
       </c>
-      <c r="I41" t="s">
-        <v>93</v>
+      <c r="I41">
+        <v>2012</v>
       </c>
       <c r="J41" t="s">
+        <v>123</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>245</v>
+      </c>
+      <c r="M41" t="s">
+        <v>240</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>246</v>
+      </c>
+      <c r="P41" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>247</v>
+      </c>
+      <c r="B42" t="s">
+        <v>248</v>
+      </c>
+      <c r="C42" t="s">
+        <v>249</v>
+      </c>
+      <c r="D42" t="s">
+        <v>33</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
         <v>21</v>
       </c>
-      <c r="K41" t="s">
-[...31 lines deleted...]
-      <c r="G42">
+      <c r="G42" t="s">
+        <v>34</v>
+      </c>
+      <c r="H42">
         <v>2022</v>
       </c>
-      <c r="H42"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I42"/>
       <c r="J42" t="s">
+        <v>250</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>251</v>
+      </c>
+      <c r="N42" t="s">
+        <v>53</v>
+      </c>
+      <c r="O42" t="s">
+        <v>252</v>
+      </c>
+      <c r="P42" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>254</v>
+      </c>
+      <c r="B43" t="s">
+        <v>255</v>
+      </c>
+      <c r="C43" t="s">
+        <v>122</v>
+      </c>
+      <c r="D43" t="s">
+        <v>33</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
         <v>21</v>
       </c>
-      <c r="K42"/>
-[...29 lines deleted...]
-      <c r="G43">
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
         <v>2012</v>
       </c>
-      <c r="H43">
+      <c r="I43">
         <v>2016</v>
       </c>
-      <c r="I43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J43" t="s">
+        <v>123</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>124</v>
+      </c>
+      <c r="N43" t="s">
+        <v>53</v>
+      </c>
+      <c r="O43" t="s">
+        <v>256</v>
+      </c>
+      <c r="P43" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>254</v>
+      </c>
+      <c r="B44" t="s">
+        <v>258</v>
+      </c>
+      <c r="C44" t="s">
+        <v>122</v>
+      </c>
+      <c r="D44" t="s">
+        <v>33</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
         <v>21</v>
       </c>
-      <c r="K43"/>
-[...29 lines deleted...]
-      <c r="G44">
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
         <v>2012</v>
       </c>
-      <c r="H44">
+      <c r="I44">
         <v>2015</v>
       </c>
-      <c r="I44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J44" t="s">
+        <v>123</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>124</v>
+      </c>
+      <c r="N44" t="s">
+        <v>53</v>
+      </c>
+      <c r="O44" t="s">
+        <v>259</v>
+      </c>
+      <c r="P44" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>260</v>
+      </c>
+      <c r="B45" t="s">
+        <v>261</v>
+      </c>
+      <c r="C45" t="s">
+        <v>262</v>
+      </c>
+      <c r="D45" t="s">
+        <v>33</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
         <v>21</v>
       </c>
-      <c r="K44"/>
-[...6 lines deleted...]
-      <c r="N44" t="s">
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2004</v>
+      </c>
+      <c r="I45">
+        <v>2011</v>
+      </c>
+      <c r="J45" t="s">
+        <v>96</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>263</v>
+      </c>
+      <c r="M45" t="s">
+        <v>264</v>
+      </c>
+      <c r="N45" t="s">
+        <v>53</v>
+      </c>
+      <c r="O45" t="s">
+        <v>265</v>
+      </c>
+      <c r="P45" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>267</v>
+      </c>
+      <c r="B46" t="s">
+        <v>268</v>
+      </c>
+      <c r="C46" t="s">
+        <v>269</v>
+      </c>
+      <c r="D46" t="s">
+        <v>270</v>
+      </c>
+      <c r="E46" t="s">
+        <v>59</v>
+      </c>
+      <c r="F46" t="s">
+        <v>271</v>
+      </c>
+      <c r="G46" t="s">
+        <v>34</v>
+      </c>
+      <c r="H46">
+        <v>2015</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>272</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>273</v>
+      </c>
+      <c r="N46" t="s">
+        <v>53</v>
+      </c>
+      <c r="O46" t="s">
+        <v>274</v>
+      </c>
+      <c r="P46" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>276</v>
+      </c>
+      <c r="B47" t="s">
+        <v>277</v>
+      </c>
+      <c r="C47" t="s">
+        <v>269</v>
+      </c>
+      <c r="D47" t="s">
+        <v>270</v>
+      </c>
+      <c r="E47" t="s">
+        <v>278</v>
+      </c>
+      <c r="F47" t="s">
+        <v>271</v>
+      </c>
+      <c r="G47" t="s">
+        <v>34</v>
+      </c>
+      <c r="H47">
+        <v>2015</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>272</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>273</v>
+      </c>
+      <c r="N47" t="s">
+        <v>53</v>
+      </c>
+      <c r="O47" t="s">
+        <v>279</v>
+      </c>
+      <c r="P47" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>281</v>
+      </c>
+      <c r="B48" t="s">
+        <v>282</v>
+      </c>
+      <c r="C48" t="s">
+        <v>269</v>
+      </c>
+      <c r="D48" t="s">
+        <v>270</v>
+      </c>
+      <c r="E48" t="s">
+        <v>59</v>
+      </c>
+      <c r="F48" t="s">
+        <v>271</v>
+      </c>
+      <c r="G48" t="s">
+        <v>34</v>
+      </c>
+      <c r="H48">
+        <v>2015</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>272</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>273</v>
+      </c>
+      <c r="N48" t="s">
+        <v>53</v>
+      </c>
+      <c r="O48" t="s">
+        <v>283</v>
+      </c>
+      <c r="P48" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>285</v>
+      </c>
+      <c r="B49" t="s">
+        <v>286</v>
+      </c>
+      <c r="C49" t="s">
         <v>181</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="J45" t="s">
+      <c r="D49" t="s">
+        <v>287</v>
+      </c>
+      <c r="E49" t="s">
+        <v>59</v>
+      </c>
+      <c r="F49" t="s">
+        <v>43</v>
+      </c>
+      <c r="G49" t="s">
+        <v>34</v>
+      </c>
+      <c r="H49">
+        <v>2012</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>96</v>
+      </c>
+      <c r="K49" t="s">
+        <v>288</v>
+      </c>
+      <c r="L49" t="s">
+        <v>289</v>
+      </c>
+      <c r="M49" t="s">
+        <v>290</v>
+      </c>
+      <c r="N49" t="s">
+        <v>53</v>
+      </c>
+      <c r="O49" t="s">
+        <v>291</v>
+      </c>
+      <c r="P49" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>293</v>
+      </c>
+      <c r="B50" t="s">
+        <v>294</v>
+      </c>
+      <c r="C50" t="s">
+        <v>295</v>
+      </c>
+      <c r="D50" t="s">
+        <v>51</v>
+      </c>
+      <c r="E50" t="s">
+        <v>59</v>
+      </c>
+      <c r="F50" t="s">
+        <v>60</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2006</v>
+      </c>
+      <c r="I50">
+        <v>2015</v>
+      </c>
+      <c r="J50" t="s">
+        <v>296</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>297</v>
+      </c>
+      <c r="M50" t="s">
+        <v>298</v>
+      </c>
+      <c r="N50" t="s">
+        <v>53</v>
+      </c>
+      <c r="O50" t="s">
+        <v>299</v>
+      </c>
+      <c r="P50" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>301</v>
+      </c>
+      <c r="B51" t="s">
+        <v>302</v>
+      </c>
+      <c r="C51" t="s">
+        <v>303</v>
+      </c>
+      <c r="D51" t="s">
+        <v>304</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>146</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2017</v>
+      </c>
+      <c r="I51">
+        <v>2021</v>
+      </c>
+      <c r="J51" t="s">
+        <v>305</v>
+      </c>
+      <c r="K51" t="s">
+        <v>306</v>
+      </c>
+      <c r="L51" t="s">
+        <v>307</v>
+      </c>
+      <c r="M51" t="s">
+        <v>308</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>309</v>
+      </c>
+      <c r="P51" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>311</v>
+      </c>
+      <c r="B52" t="s">
+        <v>312</v>
+      </c>
+      <c r="C52" t="s">
+        <v>145</v>
+      </c>
+      <c r="D52" t="s">
+        <v>51</v>
+      </c>
+      <c r="E52" t="s">
+        <v>59</v>
+      </c>
+      <c r="F52" t="s">
+        <v>60</v>
+      </c>
+      <c r="G52" t="s">
+        <v>34</v>
+      </c>
+      <c r="H52">
+        <v>2014</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>35</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>313</v>
+      </c>
+      <c r="M52" t="s">
+        <v>149</v>
+      </c>
+      <c r="N52" t="s">
+        <v>53</v>
+      </c>
+      <c r="O52" t="s">
+        <v>314</v>
+      </c>
+      <c r="P52" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>316</v>
+      </c>
+      <c r="B53" t="s">
+        <v>317</v>
+      </c>
+      <c r="C53" t="s">
+        <v>318</v>
+      </c>
+      <c r="D53" t="s">
+        <v>33</v>
+      </c>
+      <c r="E53" t="s">
+        <v>59</v>
+      </c>
+      <c r="F53" t="s">
+        <v>60</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2008</v>
+      </c>
+      <c r="I53">
+        <v>2012</v>
+      </c>
+      <c r="J53" t="s">
+        <v>123</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>319</v>
+      </c>
+      <c r="M53" t="s">
+        <v>320</v>
+      </c>
+      <c r="N53" t="s">
+        <v>53</v>
+      </c>
+      <c r="O53" t="s">
+        <v>321</v>
+      </c>
+      <c r="P53" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>323</v>
+      </c>
+      <c r="B54" t="s">
+        <v>324</v>
+      </c>
+      <c r="C54" t="s">
+        <v>325</v>
+      </c>
+      <c r="D54" t="s">
+        <v>33</v>
+      </c>
+      <c r="E54" t="s">
+        <v>59</v>
+      </c>
+      <c r="F54" t="s">
         <v>21</v>
       </c>
-      <c r="K45" t="s">
-[...368 lines deleted...]
-        <v>2006</v>
+      <c r="G54" t="s">
+        <v>22</v>
       </c>
       <c r="H54">
         <v>2006</v>
       </c>
-      <c r="I54" t="s">
-        <v>30</v>
+      <c r="I54">
+        <v>2006</v>
       </c>
       <c r="J54" t="s">
+        <v>35</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>326</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>327</v>
+      </c>
+      <c r="P54"/>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>328</v>
+      </c>
+      <c r="B55" t="s">
+        <v>329</v>
+      </c>
+      <c r="C55" t="s">
+        <v>106</v>
+      </c>
+      <c r="D55" t="s">
+        <v>33</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
         <v>21</v>
       </c>
-      <c r="K54"/>
-[...29 lines deleted...]
-      <c r="G55">
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
         <v>2010</v>
       </c>
-      <c r="H55">
+      <c r="I55">
         <v>2015</v>
       </c>
-      <c r="I55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J55" t="s">
+        <v>109</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>110</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>330</v>
+      </c>
+      <c r="P55" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>332</v>
+      </c>
+      <c r="B56" t="s">
+        <v>333</v>
+      </c>
+      <c r="C56" t="s">
+        <v>106</v>
+      </c>
+      <c r="D56" t="s">
+        <v>51</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
         <v>21</v>
       </c>
-      <c r="K55"/>
-[...29 lines deleted...]
-      <c r="G56">
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
         <v>2012</v>
       </c>
-      <c r="H56">
+      <c r="I56">
         <v>2015</v>
       </c>
-      <c r="I56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J56" t="s">
+        <v>109</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>313</v>
+      </c>
+      <c r="M56" t="s">
+        <v>110</v>
+      </c>
+      <c r="N56" t="s">
+        <v>53</v>
+      </c>
+      <c r="O56" t="s">
+        <v>334</v>
+      </c>
+      <c r="P56" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>336</v>
+      </c>
+      <c r="B57" t="s">
+        <v>337</v>
+      </c>
+      <c r="C57" t="s">
+        <v>106</v>
+      </c>
+      <c r="D57" t="s">
+        <v>51</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
         <v>21</v>
       </c>
-      <c r="K56" t="s">
-[...31 lines deleted...]
-      <c r="G57">
+      <c r="G57" t="s">
+        <v>34</v>
+      </c>
+      <c r="H57">
         <v>2012</v>
       </c>
-      <c r="H57"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I57"/>
       <c r="J57" t="s">
+        <v>109</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>313</v>
+      </c>
+      <c r="M57" t="s">
+        <v>110</v>
+      </c>
+      <c r="N57" t="s">
+        <v>53</v>
+      </c>
+      <c r="O57" t="s">
+        <v>338</v>
+      </c>
+      <c r="P57" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>340</v>
+      </c>
+      <c r="B58" t="s">
+        <v>341</v>
+      </c>
+      <c r="C58" t="s">
+        <v>269</v>
+      </c>
+      <c r="D58" t="s">
+        <v>51</v>
+      </c>
+      <c r="E58" t="s">
+        <v>59</v>
+      </c>
+      <c r="F58" t="s">
+        <v>60</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2003</v>
+      </c>
+      <c r="I58">
+        <v>2012</v>
+      </c>
+      <c r="J58" t="s">
+        <v>342</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>343</v>
+      </c>
+      <c r="M58" t="s">
+        <v>344</v>
+      </c>
+      <c r="N58" t="s">
+        <v>53</v>
+      </c>
+      <c r="O58" t="s">
+        <v>345</v>
+      </c>
+      <c r="P58" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>347</v>
+      </c>
+      <c r="B59" t="s">
+        <v>348</v>
+      </c>
+      <c r="C59" t="s">
+        <v>269</v>
+      </c>
+      <c r="D59" t="s">
+        <v>51</v>
+      </c>
+      <c r="E59" t="s">
+        <v>59</v>
+      </c>
+      <c r="F59" t="s">
+        <v>60</v>
+      </c>
+      <c r="G59" t="s">
+        <v>34</v>
+      </c>
+      <c r="H59">
+        <v>2018</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>342</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>349</v>
+      </c>
+      <c r="M59" t="s">
+        <v>344</v>
+      </c>
+      <c r="N59" t="s">
+        <v>53</v>
+      </c>
+      <c r="O59" t="s">
+        <v>350</v>
+      </c>
+      <c r="P59" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>352</v>
+      </c>
+      <c r="B60" t="s">
+        <v>353</v>
+      </c>
+      <c r="C60" t="s">
+        <v>269</v>
+      </c>
+      <c r="D60" t="s">
+        <v>51</v>
+      </c>
+      <c r="E60" t="s">
+        <v>59</v>
+      </c>
+      <c r="F60" t="s">
+        <v>60</v>
+      </c>
+      <c r="G60" t="s">
+        <v>34</v>
+      </c>
+      <c r="H60">
+        <v>2018</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>342</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>354</v>
+      </c>
+      <c r="M60" t="s">
+        <v>344</v>
+      </c>
+      <c r="N60" t="s">
+        <v>53</v>
+      </c>
+      <c r="O60" t="s">
+        <v>355</v>
+      </c>
+      <c r="P60" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>357</v>
+      </c>
+      <c r="B61" t="s">
+        <v>358</v>
+      </c>
+      <c r="C61" t="s">
+        <v>359</v>
+      </c>
+      <c r="D61" t="s">
+        <v>51</v>
+      </c>
+      <c r="E61" t="s">
+        <v>59</v>
+      </c>
+      <c r="F61" t="s">
+        <v>60</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2006</v>
+      </c>
+      <c r="I61">
+        <v>2020</v>
+      </c>
+      <c r="J61" t="s">
+        <v>23</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>212</v>
+      </c>
+      <c r="M61" t="s">
+        <v>360</v>
+      </c>
+      <c r="N61" t="s">
+        <v>53</v>
+      </c>
+      <c r="O61" t="s">
+        <v>361</v>
+      </c>
+      <c r="P61" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>363</v>
+      </c>
+      <c r="B62" t="s">
+        <v>364</v>
+      </c>
+      <c r="C62" t="s">
+        <v>359</v>
+      </c>
+      <c r="D62" t="s">
+        <v>51</v>
+      </c>
+      <c r="E62" t="s">
+        <v>59</v>
+      </c>
+      <c r="F62" t="s">
+        <v>60</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2001</v>
+      </c>
+      <c r="I62">
+        <v>2020</v>
+      </c>
+      <c r="J62" t="s">
+        <v>23</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>212</v>
+      </c>
+      <c r="M62" t="s">
+        <v>360</v>
+      </c>
+      <c r="N62" t="s">
+        <v>53</v>
+      </c>
+      <c r="O62" t="s">
+        <v>365</v>
+      </c>
+      <c r="P62" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>367</v>
+      </c>
+      <c r="B63" t="s">
+        <v>368</v>
+      </c>
+      <c r="C63" t="s">
+        <v>359</v>
+      </c>
+      <c r="D63" t="s">
+        <v>51</v>
+      </c>
+      <c r="E63" t="s">
+        <v>59</v>
+      </c>
+      <c r="F63" t="s">
+        <v>60</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2000</v>
+      </c>
+      <c r="I63">
+        <v>2020</v>
+      </c>
+      <c r="J63" t="s">
+        <v>23</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>212</v>
+      </c>
+      <c r="M63" t="s">
+        <v>360</v>
+      </c>
+      <c r="N63" t="s">
+        <v>53</v>
+      </c>
+      <c r="O63" t="s">
+        <v>369</v>
+      </c>
+      <c r="P63" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>371</v>
+      </c>
+      <c r="B64" t="s">
+        <v>372</v>
+      </c>
+      <c r="C64" t="s">
+        <v>359</v>
+      </c>
+      <c r="D64" t="s">
+        <v>51</v>
+      </c>
+      <c r="E64" t="s">
+        <v>59</v>
+      </c>
+      <c r="F64" t="s">
+        <v>60</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2002</v>
+      </c>
+      <c r="I64">
+        <v>2020</v>
+      </c>
+      <c r="J64" t="s">
+        <v>23</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>212</v>
+      </c>
+      <c r="M64" t="s">
+        <v>360</v>
+      </c>
+      <c r="N64" t="s">
+        <v>53</v>
+      </c>
+      <c r="O64" t="s">
+        <v>373</v>
+      </c>
+      <c r="P64" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>375</v>
+      </c>
+      <c r="B65" t="s">
+        <v>376</v>
+      </c>
+      <c r="C65" t="s">
+        <v>377</v>
+      </c>
+      <c r="D65" t="s">
+        <v>33</v>
+      </c>
+      <c r="E65" t="s">
+        <v>59</v>
+      </c>
+      <c r="F65" t="s">
         <v>21</v>
       </c>
-      <c r="K57" t="s">
-[...40 lines deleted...]
-      <c r="J58" t="s">
+      <c r="G65" t="s">
+        <v>378</v>
+      </c>
+      <c r="H65"/>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>379</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>380</v>
+      </c>
+      <c r="N65" t="s">
+        <v>381</v>
+      </c>
+      <c r="O65" t="s">
+        <v>382</v>
+      </c>
+      <c r="P65"/>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>383</v>
+      </c>
+      <c r="B66" t="s">
+        <v>384</v>
+      </c>
+      <c r="C66" t="s">
+        <v>385</v>
+      </c>
+      <c r="D66" t="s">
+        <v>51</v>
+      </c>
+      <c r="E66" t="s">
+        <v>59</v>
+      </c>
+      <c r="F66" t="s">
         <v>21</v>
       </c>
-      <c r="K58" t="s">
-[...329 lines deleted...]
-      <c r="G66">
+      <c r="G66" t="s">
+        <v>34</v>
+      </c>
+      <c r="H66">
         <v>2013</v>
       </c>
-      <c r="H66"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I66"/>
       <c r="J66" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K66"/>
+        <v>61</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
       <c r="L66"/>
-      <c r="M66" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M66"/>
       <c r="N66" t="s">
-        <v>267</v>
+        <v>53</v>
+      </c>
+      <c r="O66" t="s">
+        <v>386</v>
+      </c>
+      <c r="P66" t="s">
+        <v>387</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>