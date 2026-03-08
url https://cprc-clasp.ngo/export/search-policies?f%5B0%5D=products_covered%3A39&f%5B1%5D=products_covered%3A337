--- v0 (2025-10-13)
+++ v1 (2026-03-08)
@@ -12,1094 +12,1548 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="333">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="480">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>CEL - Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers ducted air conditioners.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 17758-2010; GB/T 18836; GB 21455; GB/T 25128-2010</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%A3%8E%E7%AE%A1%E9%80%81%E9%A3%8E%E5%BC%8F%E7%A9%BA%E8%B0%</t>
+  </si>
+  <si>
     <t>CEL - Lithium Bromide Absorption Chillers</t>
   </si>
   <si>
+    <t>This policy covers lithium bromide absorption chillers.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 18362; GB/T 18431</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-lithium-bromide-absorption-chillers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B635_%E6%BA%B4%E5%8C%96%E9%94%82%E5%90%B8%E6%</t>
+  </si>
+  <si>
     <t>CEL-004. Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the electrically driven compressor and indoor static pressure at 0Pa unitary ACs, computer and data processing center unitary ACs, communication stations unitary ACs, and constant temperature and humidity unitary ACs. Not including multi-connected AC, rooftop air conditioning unit, and ducted air-conditioning (heat pump) units.</t>
+  </si>
+  <si>
     <t>November 2021</t>
   </si>
   <si>
     <t>GB 19576-2004 GB/T 17758 GB/T 18836 JB/T 8072</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-004-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/10/%E5%8D%95%E5%85%83%E5%BC%8F%E7%A9%BA%E6%B0%94%E8%B0%83%E8%8A%82%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-011. Multi-Connected -Heat Pump- Air Conditioner</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GB/T 18837</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-011-multi-connected-heat-pump-air-conditioner</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%A4%9A%E8%81%94%E5%BC%8F%E5%BC%8F%E7%A9%BA%E8%B0%83%C3%AF%C2%BC%C2%88%E7%83%AD%E6%B3%B5%C3%AF%C2%BC%C2%89%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-037. Copiers, Printers, and Fax Machines</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does not apply to AC contactors with external power saving device or semi-conductor type -solid type contactor.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>GB 21521-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-037-copiers-printers-and-fax-machines</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B617_%E5%A4%8D%E5%8D%B0%E6%9C%BA%E3%80%81%E6%89%93%E5%8D%B0%E6%9C%BA%E5%92%8C%E4%BC%A0%E7%9C%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CQC31-439124-2019. Energy Conservation Certification Rules for Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump or variable speed type AC.</t>
+  </si>
+  <si>
     <t>GB 19576-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439124-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492754.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439130-2019. Energy Conservation Certification Rules for Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>Apply to ducted air conditioners</t>
+  </si>
+  <si>
     <t>GB 37479-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439130-2019-energy-conservation-certification-rules-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-31/554801.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439135-2010. CQC Mark Certification - Multi-connected air-condition -heat pump- unit</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump- unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>GB 21454-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439135-2010-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492750.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439138-2013. CQC Mark Certification - Multi-connected air-condition -heat pump- unit |ULTRA HIGH</t>
   </si>
   <si>
     <t>GB/T 18837-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439138-2013-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/498394.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452611-2011. CQC Mark Certification - Scanners</t>
   </si>
   <si>
+    <t>Applies to drum scanners; flatbed scanners; and scanners for film or transparent media.</t>
+  </si>
+  <si>
     <t>CQC 3134-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452611-2011-cqc-mark-certification-scanners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-04/492776.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452627-2014. CQC Mark Certification - Copy machines; printers; fax machines and multi-function equipment</t>
   </si>
   <si>
+    <t>Applies to copiers; printers; fax machines; and multi-function equipment. Applies to products operating under 220V and 50Hz; with printing speed lower than 70pages per minute and standard format. Can be used as reference for products with printing speed higher than 70pages per minute and non-standard format.</t>
+  </si>
+  <si>
     <t>GB 21521-2014, GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452627-2014-cqc-mark-certification-copy-machines-printers-fax-machines-and-multi</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492780.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Fax Machine</t>
   </si>
   <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-fax-machine</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Multifunctional devices</t>
   </si>
   <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-multifunctional-devices</t>
   </si>
   <si>
     <t>e-Standby Power Program for Printers</t>
   </si>
   <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-printers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Scanners</t>
   </si>
   <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-scanners</t>
   </si>
   <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Printers; Neng-Chi-Tze-10405006191</t>
   </si>
   <si>
+    <t>Printers - 1. The Printer that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.32.00.00.1-A, 8443.31.00.00-2-A; or recognized by competent authority.   2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0  --hereunder briefed as ENERGY STAR REV. 2.0.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment (Version 2.0)</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-printers-neng-chi</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=33%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Efficiency Standard and Indication Method for the Copier Machine Energy Conservation Marker; Neng-Chi-Tze-10405006201</t>
   </si>
   <si>
+    <t>The Copier Machine that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.31.00.00-2-B, 8443.32.00.00-1-B, or recognized by competent authority.     2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0 -hereunder briefed as ENERGY STAR REV. 2.0.     3. The fax machine possessing single-page copying function shall not be applicable for the scope provided herein.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-standard-and-indication-method-copier-machine-energy-conservation-marker</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=32%20</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Geothermal Heat Pumps Version 3.2</t>
   </si>
   <si>
+    <t>Included Products: Open loop; closed loop; and DGX products that meet the definition of a Geothermal Heat Pump as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Geothermal heat pumps intended for commercial use.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ISO 13256-1-1998; ISO 13256-2-1998; ANSI/AHRI 870-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-geothermal-heat-pumps-version-32</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/heat_pumps_geothermal/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Light Commercial HVAC Version 3.1</t>
   </si>
   <si>
+    <t>Air-cooled, three-phase, split system (i.e., any central air conditioner or central
+air-conditioning heat pump in which one or more of the major assemblies are separate from the others) and single package (i.e., any central air conditioner or central air-conditioning heat pump in which all the major assemblies are enclosed in one cabinet) central air conditioners, heat pumps, gas/electric package units, and variable refrigerant flow (VRF) multi-split systems with capacity rated at or above 65,000 Btu/h and below 240,000 Btu/h that meet the definitions specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
     <t>10 CFR part 431, Subpart F 431.96</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-light-commercial-hvac-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/light_commercial_heating_cooling/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Air Source Heat Pump (ASHPs) and Central Air Conditioner Equipment Version 5.0</t>
   </si>
   <si>
+    <t>Single package, split system, and gas/electric package units that meet the definitions of an ASHP or central air conditioner as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Units may be intended for installation into a duct system, or may be ductless. Three phase central air conditioners and ASHPs, and products rated at 65,000 Btu/h or above are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>10 CFR part 430 Subpart B, Appendix M</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-air-source-heat-pump-ashps-and-central-air</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_central/partners</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21521-2014 Minimum allowable values of energy efficiency and energy efficiency grades for copy machines; printers and fax machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21521-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-copy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED11D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37479-2019 Minimum allowable values of energy efficiency and energy efficiency grades for ducted air conditioners</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37479-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBA0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>Greenmark N19 - Printers</t>
   </si>
   <si>
+    <t>Laser and Inkjet Printers; Dot-matrix Printers</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n19-printers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/19/a2927784-929d-45e1-bd21-b2c2985afe95.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N45 - Monochromatic Copy Machines</t>
   </si>
   <si>
+    <t>Applies to carbon powder toner machines</t>
+  </si>
+  <si>
     <t>Requirements for energy consumption are described in the standard Greenmark N45</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n45-monochromatic-copy-machines</t>
   </si>
   <si>
     <t>Greenmark N78 - Image Output Devices</t>
   </si>
   <si>
+    <t>This standard is applicable to facsimile machines; copiers; and multifunction devices.    1. Facsimile -Fax Machine: A product whose primary functions are to scan paper originals for electronic transmission to remote units, and to receive electronic transmissions for conversion to paper output. Electronic transmission is primarily over a public telephone system, but may also be via a computer network or the Internet.    2. Copier: A product whose sole function is to produce paper duplicates from paper originals.   3. Multifunction Device -MFD: A product that performs two or more of the core functions of a Printer; Scanner; Copier; or Fax Machine.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n78-image-output-devices</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/78/ed90e8ff-2f8c-4f35-8385-bde4eba11953.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N88 - Scanners</t>
   </si>
   <si>
+    <t>This standard is applicable to scanners; excluding multi-function devices with scanning capabilities; network scanners; or scanners not directly powered by electricity from the wall outlets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n88-scanners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/88/398369f2-9d5f-47dd-a41b-1ab919c2cafd.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
   </si>
   <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
     <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
+  </si>
+  <si>
+    <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
+Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
+where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
+            B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
+            C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
+            D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Scanner of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers scanners for office and home use that read data from images and record it on a computer.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Imaging Equipment</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-scanner-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048425</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Multi-Functional Devices in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers multi-functional devices that can print, copy, and scan documents in the same device and can be operated using power from the mains power supply. It covers ink-injected multi-function devices and laser multifunction devices or black LED multifunction devices.</t>
+  </si>
+  <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-multi-functional-devices-standby-and</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048424</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Printers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers printers that print documents and use them with computers. Included types: 1. Ink-jet printers and, 2. black laser printers or LED printers and color laser printers or LED printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-printers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048423</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
+    <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
+  </si>
+  <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
+    <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 37</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 015 Imaging Equipment</t>
   </si>
   <si>
+    <t>Copiers, digital duplicators, facsimile machines, multifunction devices MFD, printers and scanners are eligible for a Nordic Ecolabel. The machines may be equipped with external or internal scanners. In this document we collect all of these products under the name imaging equipment.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>RAL-UZ 122 Version June 2006</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-015-imaging-equipment</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Non-conducted air conditioner Products</t>
   </si>
   <si>
+    <t>non-conducted air conditioner -Machine- set in this announcement covers goods in compliance with Clause 3615 and 14464 of Chinese National Standards and with rated air conditioning capacity less than or equal to 71kW which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=38</t>
+  </si>
+  <si>
     <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-23010115-energy-efficiency-central-packaged-split-air-conditioners-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1398&amp;catid=4</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
+  </si>
+  <si>
     <t>Schedule 16 - Office Equipments (printers, scanners, copiers, fax machines and multi function devices)</t>
   </si>
   <si>
+    <t>The schedule specifies the MEPS and labeling instructions for office equipment copiers, printers, fax machines, scanners and multi-function devices for office automation and similar use. This schedule is for only single phase office equipment (printers, scanners, copiers, fax machines and multi-function devices) which operate at the standard voltage and frequency range specified by the relevant Indian Standards and the Indian Electricity Rules 1956.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-16-office-equipments-printers-scanners-copiers-fax-machines-and-multi-function</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%20-%2016Office%20Equipments.pdf</t>
+  </si>
+  <si>
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
+  </si>
+  <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+  <si>
     <t>TCVN 9509:2012 Printers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9510:2012 Copiers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for copiers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Facsimile machine TGL-36-R1-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to a stand-alone fax machine, a combined printer/facsimile, a multi-purpose fax machine. (multifunctional units).</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>IEC 60950-1 (or TIS 1561)
 ,   
                     CISPR 22 (or TIS 1956, EN 55022)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-facsimile-machine-tgl-36-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-36-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Photocopiers TGL-27-R4-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to all sizes of dry system copiers and multifunction copiers for both color and monochrome copies, which are operated manually and/or automatically (exclude copiers without photoreceptor drums).</t>
+  </si>
+  <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-photocopiers-tgl-27-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-27-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Product Printer TGL-37-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to products that create pictures, texts and graphics on paper, and receives information from a single user or networked computer or other equipment (such as a digital camera).</t>
   </si>
   <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)
 ,   
                     TIS 1956 (or CISPR 22, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-product-printer-tgl-37-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-37-R2-15.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Fax Machines</t>
   </si>
   <si>
+    <t>Both ordinary fax machines and printer-fax combinations are covered by this scheme.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-fax-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Fax%20Machines%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Multifunction Devices</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electrically operated multifunction devices intended for production of A4-sized duplicates from graphical hard copy originals as well as performing one or both of the core functions such as printing, faxing, scanning, etc. However, a device whose primary function is faxing and offers limited sheet copying capabilities, so-called single sheet convenience copying; are not covered under this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-multifunction-devices</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Multifunction%20Devices%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Photocopiers</t>
   </si>
   <si>
+    <t>COPY MACHINE:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-photocopiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Photocopiers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Printers</t>
   </si>
   <si>
+    <t>Printers under this labelling scheme apply to all electrically operated black-and-white or colour printers that are capable of receiving information from single-user or networked computers and serve as hard copy output devices for production of A4-sized copies. Printers designed to handle multi-sized papers including A4-sized paper can also be qualified under this scheme provided that they can comply with the energy efficiency requirements for A4-sized paper.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-printers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Printers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1430_00_e.pdf</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1363,3411 +1817,3878 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N78"/>
+  <dimension ref="A1:P78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="172.101" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5">
+        <v>2020</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>52</v>
+      </c>
+      <c r="D7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2005</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>69</v>
+      </c>
+      <c r="M7" t="s">
+        <v>57</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>52</v>
+      </c>
+      <c r="D8" t="s">
+        <v>53</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8" t="s">
+        <v>54</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>74</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>75</v>
+      </c>
+      <c r="M8" t="s">
+        <v>57</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>80</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
+        <v>55</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>81</v>
+      </c>
+      <c r="M9" t="s">
+        <v>57</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>86</v>
+      </c>
+      <c r="D10" t="s">
+        <v>80</v>
+      </c>
+      <c r="E10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F10" t="s">
+        <v>87</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2003</v>
+      </c>
+      <c r="I10">
+        <v>2013</v>
+      </c>
+      <c r="J10" t="s">
+        <v>88</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>89</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>90</v>
+      </c>
+      <c r="P10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C11" t="s">
+        <v>86</v>
+      </c>
+      <c r="D11" t="s">
+        <v>94</v>
+      </c>
+      <c r="E11" t="s">
+        <v>42</v>
+      </c>
+      <c r="F11" t="s">
+        <v>87</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2007</v>
+      </c>
+      <c r="I11">
+        <v>2014</v>
+      </c>
+      <c r="J11" t="s">
+        <v>95</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>96</v>
+      </c>
+      <c r="M11" t="s">
+        <v>89</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>99</v>
+      </c>
+      <c r="B12" t="s">
+        <v>100</v>
+      </c>
+      <c r="C12" t="s">
+        <v>101</v>
+      </c>
+      <c r="D12" t="s">
+        <v>102</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>103</v>
+      </c>
+      <c r="G12" t="s">
+        <v>54</v>
+      </c>
+      <c r="H12">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>44</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>104</v>
+      </c>
+      <c r="M12" t="s">
+        <v>105</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>106</v>
+      </c>
+      <c r="P12" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>108</v>
+      </c>
+      <c r="B13" t="s">
+        <v>109</v>
+      </c>
+      <c r="C13" t="s">
+        <v>110</v>
+      </c>
+      <c r="D13" t="s">
+        <v>111</v>
+      </c>
+      <c r="E13" t="s">
+        <v>42</v>
+      </c>
+      <c r="F13" t="s">
+        <v>103</v>
+      </c>
+      <c r="G13" t="s">
+        <v>112</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>62</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>113</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>114</v>
+      </c>
+      <c r="P13" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>116</v>
+      </c>
+      <c r="B14" t="s">
+        <v>117</v>
+      </c>
+      <c r="C14" t="s">
+        <v>52</v>
+      </c>
+      <c r="D14" t="s">
+        <v>53</v>
+      </c>
+      <c r="E14" t="s">
+        <v>42</v>
+      </c>
+      <c r="F14" t="s">
+        <v>87</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2008</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>55</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14" t="s">
+        <v>118</v>
+      </c>
+      <c r="M14" t="s">
+        <v>119</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>120</v>
+      </c>
+      <c r="P14" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>122</v>
+      </c>
+      <c r="B15" t="s">
+        <v>123</v>
+      </c>
+      <c r="C15" t="s">
+        <v>52</v>
+      </c>
+      <c r="D15" t="s">
+        <v>53</v>
+      </c>
+      <c r="E15" t="s">
+        <v>42</v>
+      </c>
+      <c r="F15" t="s">
+        <v>87</v>
+      </c>
+      <c r="G15" t="s">
+        <v>54</v>
+      </c>
+      <c r="H15">
+        <v>2019</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>55</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>124</v>
+      </c>
+      <c r="M15" t="s">
+        <v>119</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>125</v>
+      </c>
+      <c r="P15" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>127</v>
+      </c>
+      <c r="B16" t="s">
+        <v>128</v>
+      </c>
+      <c r="C16" t="s">
+        <v>52</v>
+      </c>
+      <c r="D16" t="s">
+        <v>53</v>
+      </c>
+      <c r="E16" t="s">
+        <v>42</v>
+      </c>
+      <c r="F16" t="s">
+        <v>87</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16">
+        <v>2010</v>
+      </c>
+      <c r="J16" t="s">
+        <v>62</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" t="s">
+        <v>129</v>
+      </c>
+      <c r="M16" t="s">
+        <v>119</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>130</v>
+      </c>
+      <c r="P16" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>132</v>
+      </c>
+      <c r="B17" t="s">
+        <v>128</v>
+      </c>
+      <c r="C17" t="s">
+        <v>52</v>
+      </c>
+      <c r="D17" t="s">
+        <v>53</v>
+      </c>
+      <c r="E17" t="s">
+        <v>42</v>
+      </c>
+      <c r="F17" t="s">
+        <v>87</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17">
+        <v>2013</v>
+      </c>
+      <c r="J17" t="s">
+        <v>62</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" t="s">
+        <v>133</v>
+      </c>
+      <c r="M17" t="s">
+        <v>119</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>134</v>
+      </c>
+      <c r="P17" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>136</v>
+      </c>
+      <c r="B18" t="s">
+        <v>137</v>
+      </c>
+      <c r="C18" t="s">
+        <v>52</v>
+      </c>
+      <c r="D18" t="s">
+        <v>80</v>
+      </c>
+      <c r="E18" t="s">
+        <v>42</v>
+      </c>
+      <c r="F18" t="s">
+        <v>87</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2003</v>
+      </c>
+      <c r="I18">
+        <v>2011</v>
+      </c>
+      <c r="J18" t="s">
+        <v>62</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>138</v>
+      </c>
+      <c r="M18" t="s">
+        <v>119</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>139</v>
+      </c>
+      <c r="P18" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>141</v>
+      </c>
+      <c r="B19" t="s">
+        <v>142</v>
+      </c>
+      <c r="C19" t="s">
+        <v>52</v>
+      </c>
+      <c r="D19" t="s">
+        <v>80</v>
+      </c>
+      <c r="E19" t="s">
+        <v>42</v>
+      </c>
+      <c r="F19" t="s">
+        <v>87</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2003</v>
+      </c>
+      <c r="I19">
+        <v>2015</v>
+      </c>
+      <c r="J19" t="s">
+        <v>62</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" t="s">
+        <v>143</v>
+      </c>
+      <c r="M19" t="s">
+        <v>119</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>144</v>
+      </c>
+      <c r="P19" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>146</v>
+      </c>
+      <c r="B20" t="s">
+        <v>147</v>
+      </c>
+      <c r="C20" t="s">
+        <v>148</v>
+      </c>
+      <c r="D20" t="s">
+        <v>149</v>
+      </c>
+      <c r="E20" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F20" t="s">
+        <v>150</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2011</v>
+      </c>
+      <c r="I20">
+        <v>2023</v>
+      </c>
+      <c r="J20" t="s">
+        <v>151</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>152</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>153</v>
+      </c>
+      <c r="P20" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>155</v>
+      </c>
+      <c r="B21" t="s">
+        <v>156</v>
+      </c>
+      <c r="C21" t="s">
+        <v>157</v>
+      </c>
+      <c r="D21" t="s">
+        <v>80</v>
+      </c>
+      <c r="E21" t="s">
+        <v>42</v>
+      </c>
+      <c r="F21" t="s">
+        <v>87</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2017</v>
+      </c>
+      <c r="I21">
+        <v>2020</v>
+      </c>
+      <c r="J21" t="s">
+        <v>158</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>159</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>160</v>
+      </c>
+      <c r="P21" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>162</v>
+      </c>
+      <c r="B22" t="s">
+        <v>163</v>
+      </c>
+      <c r="C22" t="s">
+        <v>164</v>
+      </c>
+      <c r="D22" t="s">
+        <v>80</v>
+      </c>
+      <c r="E22" t="s">
+        <v>42</v>
+      </c>
+      <c r="F22" t="s">
+        <v>87</v>
+      </c>
+      <c r="G22" t="s">
+        <v>54</v>
+      </c>
+      <c r="H22">
+        <v>2010</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>165</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>166</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>167</v>
+      </c>
+      <c r="P22" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>169</v>
+      </c>
+      <c r="B23" t="s">
+        <v>170</v>
+      </c>
+      <c r="C23" t="s">
+        <v>164</v>
+      </c>
+      <c r="D23" t="s">
+        <v>80</v>
+      </c>
+      <c r="E23" t="s">
+        <v>42</v>
+      </c>
+      <c r="F23" t="s">
+        <v>87</v>
+      </c>
+      <c r="G23" t="s">
+        <v>54</v>
+      </c>
+      <c r="H23">
+        <v>2009</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>165</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>166</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>171</v>
+      </c>
+      <c r="P23" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>172</v>
+      </c>
+      <c r="B24" t="s">
+        <v>173</v>
+      </c>
+      <c r="C24" t="s">
+        <v>164</v>
+      </c>
+      <c r="D24" t="s">
+        <v>80</v>
+      </c>
+      <c r="E24" t="s">
+        <v>42</v>
+      </c>
+      <c r="F24" t="s">
+        <v>87</v>
+      </c>
+      <c r="G24" t="s">
+        <v>54</v>
+      </c>
+      <c r="H24">
+        <v>2009</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>165</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>166</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>174</v>
+      </c>
+      <c r="P24" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>175</v>
+      </c>
+      <c r="B25" t="s">
+        <v>176</v>
+      </c>
+      <c r="C25" t="s">
+        <v>164</v>
+      </c>
+      <c r="D25" t="s">
+        <v>80</v>
+      </c>
+      <c r="E25" t="s">
+        <v>42</v>
+      </c>
+      <c r="F25" t="s">
+        <v>87</v>
+      </c>
+      <c r="G25" t="s">
+        <v>54</v>
+      </c>
+      <c r="H25">
+        <v>2010</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>165</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>166</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>177</v>
+      </c>
+      <c r="P25" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>178</v>
+      </c>
+      <c r="B26" t="s">
+        <v>179</v>
+      </c>
+      <c r="C26" t="s">
+        <v>180</v>
+      </c>
+      <c r="D26" t="s">
+        <v>181</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>103</v>
+      </c>
+      <c r="G26" t="s">
+        <v>54</v>
+      </c>
+      <c r="H26">
+        <v>2017</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>95</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26" t="s">
+        <v>182</v>
+      </c>
+      <c r="M26" t="s">
+        <v>183</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>184</v>
+      </c>
+      <c r="P26"/>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>185</v>
+      </c>
+      <c r="B27" t="s">
+        <v>186</v>
+      </c>
+      <c r="C27" t="s">
+        <v>187</v>
+      </c>
+      <c r="D27" t="s">
+        <v>102</v>
+      </c>
+      <c r="E27" t="s">
+        <v>42</v>
+      </c>
+      <c r="F27" t="s">
+        <v>103</v>
+      </c>
+      <c r="G27" t="s">
+        <v>112</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>188</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27" t="s">
+        <v>189</v>
+      </c>
+      <c r="M27" t="s">
+        <v>190</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>191</v>
+      </c>
+      <c r="P27" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>193</v>
+      </c>
+      <c r="B28" t="s">
+        <v>194</v>
+      </c>
+      <c r="C28" t="s">
+        <v>195</v>
+      </c>
+      <c r="D28" t="s">
+        <v>80</v>
+      </c>
+      <c r="E28" t="s">
+        <v>42</v>
+      </c>
+      <c r="F28" t="s">
+        <v>87</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2000</v>
+      </c>
+      <c r="I28">
+        <v>2015</v>
+      </c>
+      <c r="J28" t="s">
+        <v>74</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28" t="s">
+        <v>196</v>
+      </c>
+      <c r="M28" t="s">
+        <v>197</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>198</v>
+      </c>
+      <c r="P28" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>200</v>
+      </c>
+      <c r="B29" t="s">
+        <v>201</v>
+      </c>
+      <c r="C29" t="s">
+        <v>202</v>
+      </c>
+      <c r="D29" t="s">
+        <v>203</v>
+      </c>
+      <c r="E29" t="s">
+        <v>42</v>
+      </c>
+      <c r="F29" t="s">
+        <v>103</v>
+      </c>
+      <c r="G29" t="s">
+        <v>54</v>
+      </c>
+      <c r="H29">
+        <v>2017</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>204</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29" t="s">
+        <v>205</v>
+      </c>
+      <c r="M29" t="s">
+        <v>206</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>207</v>
+      </c>
+      <c r="P29" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>209</v>
+      </c>
+      <c r="B30" t="s">
+        <v>210</v>
+      </c>
+      <c r="C30" t="s">
+        <v>211</v>
+      </c>
+      <c r="D30" t="s">
+        <v>212</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>103</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2016</v>
+      </c>
+      <c r="I30">
+        <v>2019</v>
+      </c>
+      <c r="J30" t="s">
+        <v>188</v>
+      </c>
+      <c r="K30" t="s">
+        <v>45</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>213</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>214</v>
+      </c>
+      <c r="P30" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>216</v>
+      </c>
+      <c r="B31" t="s">
+        <v>217</v>
+      </c>
+      <c r="C31" t="s">
+        <v>195</v>
+      </c>
+      <c r="D31" t="s">
+        <v>80</v>
+      </c>
+      <c r="E31" t="s">
+        <v>42</v>
+      </c>
+      <c r="F31" t="s">
+        <v>87</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2000</v>
+      </c>
+      <c r="I31">
+        <v>2015</v>
+      </c>
+      <c r="J31" t="s">
+        <v>74</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31" t="s">
+        <v>196</v>
+      </c>
+      <c r="M31" t="s">
+        <v>197</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>218</v>
+      </c>
+      <c r="P31" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>220</v>
+      </c>
+      <c r="B32" t="s">
+        <v>221</v>
+      </c>
+      <c r="C32" t="s">
+        <v>222</v>
+      </c>
+      <c r="D32" t="s">
+        <v>53</v>
+      </c>
+      <c r="E32" t="s">
+        <v>42</v>
+      </c>
+      <c r="F32" t="s">
+        <v>87</v>
+      </c>
+      <c r="G32" t="s">
+        <v>54</v>
+      </c>
+      <c r="H32">
+        <v>2001</v>
+      </c>
+      <c r="I32">
+        <v>2012</v>
+      </c>
+      <c r="J32" t="s">
+        <v>62</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32" t="s">
+        <v>223</v>
+      </c>
+      <c r="M32" t="s">
+        <v>224</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>225</v>
+      </c>
+      <c r="P32" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>227</v>
+      </c>
+      <c r="B33" t="s">
+        <v>228</v>
+      </c>
+      <c r="C33" t="s">
+        <v>229</v>
+      </c>
+      <c r="D33" t="s">
+        <v>80</v>
+      </c>
+      <c r="E33" t="s">
+        <v>42</v>
+      </c>
+      <c r="F33" t="s">
+        <v>87</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2001</v>
+      </c>
+      <c r="I33">
+        <v>2019</v>
+      </c>
+      <c r="J33" t="s">
+        <v>62</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33" t="s">
+        <v>230</v>
+      </c>
+      <c r="M33" t="s">
+        <v>224</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>231</v>
+      </c>
+      <c r="P33" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>233</v>
+      </c>
+      <c r="B34" t="s">
+        <v>234</v>
+      </c>
+      <c r="C34" t="s">
+        <v>222</v>
+      </c>
+      <c r="D34" t="s">
+        <v>53</v>
+      </c>
+      <c r="E34" t="s">
+        <v>42</v>
+      </c>
+      <c r="F34" t="s">
+        <v>87</v>
+      </c>
+      <c r="G34" t="s">
+        <v>54</v>
+      </c>
+      <c r="H34">
+        <v>2001</v>
+      </c>
+      <c r="I34">
+        <v>2018</v>
+      </c>
+      <c r="J34" t="s">
+        <v>62</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34" t="s">
+        <v>235</v>
+      </c>
+      <c r="M34" t="s">
+        <v>224</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>236</v>
+      </c>
+      <c r="P34" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>238</v>
+      </c>
+      <c r="B35" t="s">
+        <v>239</v>
+      </c>
+      <c r="C35" t="s">
+        <v>222</v>
+      </c>
+      <c r="D35" t="s">
+        <v>53</v>
+      </c>
+      <c r="E35" t="s">
+        <v>42</v>
+      </c>
+      <c r="F35" t="s">
+        <v>87</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>1995</v>
+      </c>
+      <c r="I35">
+        <v>2015</v>
+      </c>
+      <c r="J35" t="s">
+        <v>62</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35" t="s">
+        <v>240</v>
+      </c>
+      <c r="M35" t="s">
+        <v>224</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>241</v>
+      </c>
+      <c r="P35" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>243</v>
+      </c>
+      <c r="B36" t="s">
+        <v>244</v>
+      </c>
+      <c r="C36" t="s">
+        <v>245</v>
+      </c>
+      <c r="D36" t="s">
+        <v>181</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G36" t="s">
+        <v>54</v>
+      </c>
+      <c r="H36">
+        <v>2017</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>95</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36" t="s">
+        <v>182</v>
+      </c>
+      <c r="M36" t="s">
+        <v>246</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>247</v>
+      </c>
+      <c r="P36" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>249</v>
+      </c>
+      <c r="B37" t="s">
+        <v>128</v>
+      </c>
+      <c r="C37" t="s">
+        <v>52</v>
+      </c>
+      <c r="D37" t="s">
+        <v>53</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
         <v>22</v>
-      </c>
-[...1476 lines deleted...]
-        <v>2008</v>
       </c>
       <c r="H37">
         <v>2008</v>
       </c>
-      <c r="I37" t="s">
+      <c r="I37">
+        <v>2008</v>
+      </c>
+      <c r="J37" t="s">
+        <v>62</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37" t="s">
+        <v>75</v>
+      </c>
+      <c r="M37" t="s">
+        <v>57</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>250</v>
+      </c>
+      <c r="P37" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>252</v>
+      </c>
+      <c r="B38" t="s">
+        <v>252</v>
+      </c>
+      <c r="C38" t="s">
+        <v>52</v>
+      </c>
+      <c r="D38" t="s">
+        <v>80</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2010</v>
+      </c>
+      <c r="I38">
+        <v>2015</v>
+      </c>
+      <c r="J38" t="s">
+        <v>62</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38" t="s">
+        <v>81</v>
+      </c>
+      <c r="M38" t="s">
+        <v>57</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>253</v>
+      </c>
+      <c r="P38" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>255</v>
+      </c>
+      <c r="B39" t="s">
         <v>51</v>
       </c>
-      <c r="J37" t="s">
-[...8 lines deleted...]
-      <c r="M37" t="s">
+      <c r="C39" t="s">
+        <v>52</v>
+      </c>
+      <c r="D39" t="s">
+        <v>53</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>54</v>
+      </c>
+      <c r="H39">
+        <v>2020</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>55</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39" t="s">
+        <v>56</v>
+      </c>
+      <c r="M39" t="s">
+        <v>256</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>257</v>
+      </c>
+      <c r="P39" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>259</v>
+      </c>
+      <c r="B40" t="s">
+        <v>260</v>
+      </c>
+      <c r="C40" t="s">
+        <v>261</v>
+      </c>
+      <c r="D40" t="s">
+        <v>80</v>
+      </c>
+      <c r="E40" t="s">
+        <v>42</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>1989</v>
+      </c>
+      <c r="I40">
+        <v>2015</v>
+      </c>
+      <c r="J40" t="s">
+        <v>262</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>263</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>264</v>
+      </c>
+      <c r="P40" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>266</v>
+      </c>
+      <c r="B41" t="s">
+        <v>267</v>
+      </c>
+      <c r="C41" t="s">
+        <v>261</v>
+      </c>
+      <c r="D41" t="s">
+        <v>80</v>
+      </c>
+      <c r="E41" t="s">
+        <v>42</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>54</v>
+      </c>
+      <c r="H41">
+        <v>1989</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>74</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>263</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>268</v>
+      </c>
+      <c r="P41" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>270</v>
+      </c>
+      <c r="B42" t="s">
+        <v>271</v>
+      </c>
+      <c r="C42" t="s">
+        <v>261</v>
+      </c>
+      <c r="D42" t="s">
+        <v>80</v>
+      </c>
+      <c r="E42" t="s">
+        <v>42</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>54</v>
+      </c>
+      <c r="H42">
+        <v>1989</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>74</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>263</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>272</v>
+      </c>
+      <c r="P42" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>274</v>
+      </c>
+      <c r="B43" t="s">
+        <v>275</v>
+      </c>
+      <c r="C43" t="s">
+        <v>195</v>
+      </c>
+      <c r="D43" t="s">
+        <v>80</v>
+      </c>
+      <c r="E43" t="s">
+        <v>42</v>
+      </c>
+      <c r="F43" t="s">
+        <v>87</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2000</v>
+      </c>
+      <c r="I43">
+        <v>2013</v>
+      </c>
+      <c r="J43" t="s">
+        <v>74</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43" t="s">
+        <v>276</v>
+      </c>
+      <c r="M43" t="s">
+        <v>277</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>278</v>
+      </c>
+      <c r="P43" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>280</v>
+      </c>
+      <c r="B44" t="s">
+        <v>281</v>
+      </c>
+      <c r="C44" t="s">
+        <v>195</v>
+      </c>
+      <c r="D44" t="s">
+        <v>80</v>
+      </c>
+      <c r="E44" t="s">
+        <v>42</v>
+      </c>
+      <c r="F44" t="s">
+        <v>87</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2000</v>
+      </c>
+      <c r="I44">
+        <v>2013</v>
+      </c>
+      <c r="J44" t="s">
+        <v>74</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44" t="s">
+        <v>282</v>
+      </c>
+      <c r="M44" t="s">
+        <v>197</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>283</v>
+      </c>
+      <c r="P44"/>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>284</v>
+      </c>
+      <c r="B45" t="s">
+        <v>285</v>
+      </c>
+      <c r="C45" t="s">
+        <v>195</v>
+      </c>
+      <c r="D45" t="s">
+        <v>80</v>
+      </c>
+      <c r="E45" t="s">
+        <v>42</v>
+      </c>
+      <c r="F45" t="s">
+        <v>87</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2000</v>
+      </c>
+      <c r="I45">
+        <v>2013</v>
+      </c>
+      <c r="J45" t="s">
+        <v>74</v>
+      </c>
+      <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45" t="s">
+        <v>224</v>
+      </c>
+      <c r="M45" t="s">
+        <v>197</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>286</v>
+      </c>
+      <c r="P45" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>288</v>
+      </c>
+      <c r="B46" t="s">
+        <v>289</v>
+      </c>
+      <c r="C46" t="s">
+        <v>195</v>
+      </c>
+      <c r="D46" t="s">
+        <v>80</v>
+      </c>
+      <c r="E46" t="s">
+        <v>42</v>
+      </c>
+      <c r="F46" t="s">
+        <v>87</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2000</v>
+      </c>
+      <c r="I46">
+        <v>2014</v>
+      </c>
+      <c r="J46" t="s">
+        <v>74</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>277</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>290</v>
+      </c>
+      <c r="P46" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>292</v>
+      </c>
+      <c r="B47" t="s">
+        <v>293</v>
+      </c>
+      <c r="C47" t="s">
+        <v>294</v>
+      </c>
+      <c r="D47" t="s">
+        <v>80</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>103</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2012</v>
+      </c>
+      <c r="I47">
+        <v>2010</v>
+      </c>
+      <c r="J47" t="s">
+        <v>165</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47" t="s">
+        <v>295</v>
+      </c>
+      <c r="M47" t="s">
+        <v>296</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>297</v>
+      </c>
+      <c r="P47" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>299</v>
+      </c>
+      <c r="B48" t="s">
+        <v>300</v>
+      </c>
+      <c r="C48" t="s">
+        <v>294</v>
+      </c>
+      <c r="D48" t="s">
+        <v>53</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>54</v>
+      </c>
+      <c r="H48">
+        <v>2009</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>165</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48" t="s">
+        <v>301</v>
+      </c>
+      <c r="M48" t="s">
+        <v>296</v>
+      </c>
+      <c r="N48" t="s">
+        <v>36</v>
+      </c>
+      <c r="O48" t="s">
+        <v>302</v>
+      </c>
+      <c r="P48" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>303</v>
+      </c>
+      <c r="B49" t="s">
+        <v>304</v>
+      </c>
+      <c r="C49" t="s">
+        <v>305</v>
+      </c>
+      <c r="D49" t="s">
+        <v>53</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>43</v>
+      </c>
+      <c r="G49" t="s">
+        <v>306</v>
+      </c>
+      <c r="H49">
+        <v>2021</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>307</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49" t="s">
+        <v>308</v>
+      </c>
+      <c r="M49" t="s">
+        <v>309</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>310</v>
+      </c>
+      <c r="P49" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>312</v>
+      </c>
+      <c r="B50" t="s">
+        <v>313</v>
+      </c>
+      <c r="C50" t="s">
+        <v>164</v>
+      </c>
+      <c r="D50" t="s">
+        <v>53</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2010</v>
+      </c>
+      <c r="I50">
+        <v>2012</v>
+      </c>
+      <c r="J50" t="s">
+        <v>314</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>166</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>315</v>
+      </c>
+      <c r="P50" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>317</v>
+      </c>
+      <c r="B51" t="s">
+        <v>318</v>
+      </c>
+      <c r="C51" t="s">
+        <v>305</v>
+      </c>
+      <c r="D51" t="s">
+        <v>53</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>306</v>
+      </c>
+      <c r="H51">
+        <v>2021</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>307</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51" t="s">
+        <v>319</v>
+      </c>
+      <c r="M51" t="s">
+        <v>309</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>320</v>
+      </c>
+      <c r="P51" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>322</v>
+      </c>
+      <c r="B52" t="s">
+        <v>323</v>
+      </c>
+      <c r="C52" t="s">
+        <v>324</v>
+      </c>
+      <c r="D52" t="s">
+        <v>325</v>
+      </c>
+      <c r="E52" t="s">
+        <v>42</v>
+      </c>
+      <c r="F52" t="s">
+        <v>326</v>
+      </c>
+      <c r="G52" t="s">
+        <v>54</v>
+      </c>
+      <c r="H52">
+        <v>2015</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>327</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>328</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>329</v>
+      </c>
+      <c r="P52" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>331</v>
+      </c>
+      <c r="B53" t="s">
+        <v>332</v>
+      </c>
+      <c r="C53" t="s">
+        <v>324</v>
+      </c>
+      <c r="D53" t="s">
+        <v>325</v>
+      </c>
+      <c r="E53" t="s">
+        <v>333</v>
+      </c>
+      <c r="F53" t="s">
+        <v>326</v>
+      </c>
+      <c r="G53" t="s">
+        <v>54</v>
+      </c>
+      <c r="H53">
+        <v>2015</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>327</v>
+      </c>
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>328</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>334</v>
+      </c>
+      <c r="P53" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>336</v>
+      </c>
+      <c r="B54" t="s">
+        <v>337</v>
+      </c>
+      <c r="C54" t="s">
+        <v>324</v>
+      </c>
+      <c r="D54" t="s">
+        <v>325</v>
+      </c>
+      <c r="E54" t="s">
+        <v>42</v>
+      </c>
+      <c r="F54" t="s">
+        <v>326</v>
+      </c>
+      <c r="G54" t="s">
+        <v>54</v>
+      </c>
+      <c r="H54">
+        <v>2015</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>327</v>
+      </c>
+      <c r="K54" t="s">
+        <v>34</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>328</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>338</v>
+      </c>
+      <c r="P54" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>340</v>
+      </c>
+      <c r="B55" t="s">
+        <v>341</v>
+      </c>
+      <c r="C55" t="s">
+        <v>261</v>
+      </c>
+      <c r="D55" t="s">
+        <v>342</v>
+      </c>
+      <c r="E55" t="s">
+        <v>42</v>
+      </c>
+      <c r="F55" t="s">
+        <v>43</v>
+      </c>
+      <c r="G55" t="s">
+        <v>54</v>
+      </c>
+      <c r="H55">
+        <v>2012</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>74</v>
+      </c>
+      <c r="K55" t="s">
         <v>24</v>
       </c>
-      <c r="N37" t="s">
-[...7 lines deleted...]
-      <c r="B38" t="s">
+      <c r="L55" t="s">
+        <v>343</v>
+      </c>
+      <c r="M55" t="s">
+        <v>344</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>345</v>
+      </c>
+      <c r="P55" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>347</v>
+      </c>
+      <c r="B56" t="s">
+        <v>348</v>
+      </c>
+      <c r="C56" t="s">
+        <v>245</v>
+      </c>
+      <c r="D56" t="s">
+        <v>94</v>
+      </c>
+      <c r="E56" t="s">
+        <v>42</v>
+      </c>
+      <c r="F56" t="s">
         <v>43</v>
       </c>
-      <c r="C38" t="s">
-[...11 lines deleted...]
-      <c r="G38">
+      <c r="G56" t="s">
+        <v>54</v>
+      </c>
+      <c r="H56">
+        <v>2017</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>349</v>
+      </c>
+      <c r="K56" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>246</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>350</v>
+      </c>
+      <c r="P56" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>351</v>
+      </c>
+      <c r="B57" t="s">
+        <v>352</v>
+      </c>
+      <c r="C57" t="s">
+        <v>353</v>
+      </c>
+      <c r="D57" t="s">
+        <v>53</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>103</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2006</v>
+      </c>
+      <c r="I57">
+        <v>2025</v>
+      </c>
+      <c r="J57" t="s">
+        <v>354</v>
+      </c>
+      <c r="K57" t="s">
+        <v>34</v>
+      </c>
+      <c r="L57" t="s">
+        <v>355</v>
+      </c>
+      <c r="M57" t="s">
+        <v>356</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>357</v>
+      </c>
+      <c r="P57" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>359</v>
+      </c>
+      <c r="B58" t="s">
+        <v>360</v>
+      </c>
+      <c r="C58" t="s">
+        <v>361</v>
+      </c>
+      <c r="D58" t="s">
+        <v>80</v>
+      </c>
+      <c r="E58" t="s">
+        <v>42</v>
+      </c>
+      <c r="F58" t="s">
+        <v>87</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2006</v>
+      </c>
+      <c r="I58">
+        <v>2015</v>
+      </c>
+      <c r="J58" t="s">
+        <v>362</v>
+      </c>
+      <c r="K58" t="s">
+        <v>34</v>
+      </c>
+      <c r="L58" t="s">
+        <v>363</v>
+      </c>
+      <c r="M58" t="s">
+        <v>364</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>365</v>
+      </c>
+      <c r="P58" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>367</v>
+      </c>
+      <c r="B59" t="s">
+        <v>368</v>
+      </c>
+      <c r="C59" t="s">
+        <v>369</v>
+      </c>
+      <c r="D59" t="s">
+        <v>102</v>
+      </c>
+      <c r="E59" t="s">
+        <v>42</v>
+      </c>
+      <c r="F59" t="s">
+        <v>103</v>
+      </c>
+      <c r="G59" t="s">
+        <v>112</v>
+      </c>
+      <c r="H59"/>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>165</v>
+      </c>
+      <c r="K59" t="s">
+        <v>34</v>
+      </c>
+      <c r="L59" t="s">
+        <v>104</v>
+      </c>
+      <c r="M59" t="s">
+        <v>370</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>371</v>
+      </c>
+      <c r="P59" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>373</v>
+      </c>
+      <c r="B60" t="s">
+        <v>374</v>
+      </c>
+      <c r="C60" t="s">
+        <v>375</v>
+      </c>
+      <c r="D60" t="s">
+        <v>376</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>377</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>1982</v>
+      </c>
+      <c r="I60">
+        <v>2024</v>
+      </c>
+      <c r="J60" t="s">
+        <v>378</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>379</v>
+      </c>
+      <c r="N60" t="s">
+        <v>380</v>
+      </c>
+      <c r="O60" t="s">
+        <v>381</v>
+      </c>
+      <c r="P60" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>383</v>
+      </c>
+      <c r="B61" t="s">
+        <v>384</v>
+      </c>
+      <c r="C61" t="s">
+        <v>195</v>
+      </c>
+      <c r="D61" t="s">
+        <v>53</v>
+      </c>
+      <c r="E61" t="s">
+        <v>42</v>
+      </c>
+      <c r="F61" t="s">
+        <v>43</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
         <v>2010</v>
       </c>
-      <c r="H38">
+      <c r="I61">
+        <v>2016</v>
+      </c>
+      <c r="J61" t="s">
+        <v>44</v>
+      </c>
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>197</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>385</v>
+      </c>
+      <c r="P61" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>387</v>
+      </c>
+      <c r="B62" t="s">
+        <v>388</v>
+      </c>
+      <c r="C62" t="s">
+        <v>389</v>
+      </c>
+      <c r="D62" t="s">
+        <v>94</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>103</v>
+      </c>
+      <c r="G62" t="s">
+        <v>54</v>
+      </c>
+      <c r="H62">
+        <v>2019</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>95</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>390</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>391</v>
+      </c>
+      <c r="P62" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>393</v>
+      </c>
+      <c r="B63" t="s">
+        <v>394</v>
+      </c>
+      <c r="C63" t="s">
+        <v>395</v>
+      </c>
+      <c r="D63" t="s">
+        <v>396</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>43</v>
+      </c>
+      <c r="G63" t="s">
+        <v>54</v>
+      </c>
+      <c r="H63">
+        <v>2018</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>44</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>397</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>398</v>
+      </c>
+      <c r="P63" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>400</v>
+      </c>
+      <c r="B64" t="s">
+        <v>401</v>
+      </c>
+      <c r="C64" t="s">
+        <v>402</v>
+      </c>
+      <c r="D64" t="s">
+        <v>80</v>
+      </c>
+      <c r="E64" t="s">
+        <v>42</v>
+      </c>
+      <c r="F64" t="s">
+        <v>87</v>
+      </c>
+      <c r="G64" t="s">
+        <v>54</v>
+      </c>
+      <c r="H64">
+        <v>2014</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>188</v>
+      </c>
+      <c r="K64" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64" t="s">
+        <v>403</v>
+      </c>
+      <c r="M64" t="s">
+        <v>404</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>405</v>
+      </c>
+      <c r="P64" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>407</v>
+      </c>
+      <c r="B65" t="s">
+        <v>408</v>
+      </c>
+      <c r="C65" t="s">
+        <v>409</v>
+      </c>
+      <c r="D65" t="s">
+        <v>94</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>103</v>
+      </c>
+      <c r="G65" t="s">
+        <v>54</v>
+      </c>
+      <c r="H65">
+        <v>2004</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>188</v>
+      </c>
+      <c r="K65" t="s">
+        <v>34</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>410</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>411</v>
+      </c>
+      <c r="P65" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>413</v>
+      </c>
+      <c r="B66" t="s">
+        <v>414</v>
+      </c>
+      <c r="C66" t="s">
+        <v>353</v>
+      </c>
+      <c r="D66" t="s">
+        <v>415</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>103</v>
+      </c>
+      <c r="G66" t="s">
+        <v>416</v>
+      </c>
+      <c r="H66">
+        <v>2002</v>
+      </c>
+      <c r="I66">
+        <v>2007</v>
+      </c>
+      <c r="J66" t="s">
+        <v>307</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66" t="s">
+        <v>417</v>
+      </c>
+      <c r="M66" t="s">
+        <v>356</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>418</v>
+      </c>
+      <c r="P66" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>420</v>
+      </c>
+      <c r="B67" t="s">
+        <v>421</v>
+      </c>
+      <c r="C67" t="s">
+        <v>148</v>
+      </c>
+      <c r="D67" t="s">
+        <v>80</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2012</v>
+      </c>
+      <c r="I67">
         <v>2015</v>
       </c>
-      <c r="I38" t="s">
-[...37 lines deleted...]
-      <c r="G39">
+      <c r="J67" t="s">
+        <v>151</v>
+      </c>
+      <c r="K67" t="s">
+        <v>34</v>
+      </c>
+      <c r="L67" t="s">
+        <v>403</v>
+      </c>
+      <c r="M67" t="s">
+        <v>152</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>422</v>
+      </c>
+      <c r="P67" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>424</v>
+      </c>
+      <c r="B68" t="s">
+        <v>425</v>
+      </c>
+      <c r="C68" t="s">
+        <v>148</v>
+      </c>
+      <c r="D68" t="s">
+        <v>80</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>54</v>
+      </c>
+      <c r="H68">
+        <v>2012</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>151</v>
+      </c>
+      <c r="K68" t="s">
+        <v>34</v>
+      </c>
+      <c r="L68" t="s">
+        <v>403</v>
+      </c>
+      <c r="M68" t="s">
+        <v>152</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>426</v>
+      </c>
+      <c r="P68" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>428</v>
+      </c>
+      <c r="B69" t="s">
+        <v>429</v>
+      </c>
+      <c r="C69" t="s">
+        <v>324</v>
+      </c>
+      <c r="D69" t="s">
+        <v>80</v>
+      </c>
+      <c r="E69" t="s">
+        <v>42</v>
+      </c>
+      <c r="F69" t="s">
+        <v>87</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2003</v>
+      </c>
+      <c r="I69">
+        <v>2012</v>
+      </c>
+      <c r="J69" t="s">
+        <v>430</v>
+      </c>
+      <c r="K69" t="s">
+        <v>34</v>
+      </c>
+      <c r="L69" t="s">
+        <v>431</v>
+      </c>
+      <c r="M69" t="s">
+        <v>432</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>433</v>
+      </c>
+      <c r="P69" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>435</v>
+      </c>
+      <c r="B70" t="s">
+        <v>436</v>
+      </c>
+      <c r="C70" t="s">
+        <v>324</v>
+      </c>
+      <c r="D70" t="s">
+        <v>80</v>
+      </c>
+      <c r="E70" t="s">
+        <v>42</v>
+      </c>
+      <c r="F70" t="s">
+        <v>87</v>
+      </c>
+      <c r="G70" t="s">
+        <v>54</v>
+      </c>
+      <c r="H70">
+        <v>2018</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>430</v>
+      </c>
+      <c r="K70" t="s">
+        <v>34</v>
+      </c>
+      <c r="L70" t="s">
+        <v>437</v>
+      </c>
+      <c r="M70" t="s">
+        <v>432</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>438</v>
+      </c>
+      <c r="P70" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>440</v>
+      </c>
+      <c r="B71" t="s">
+        <v>441</v>
+      </c>
+      <c r="C71" t="s">
+        <v>324</v>
+      </c>
+      <c r="D71" t="s">
+        <v>80</v>
+      </c>
+      <c r="E71" t="s">
+        <v>42</v>
+      </c>
+      <c r="F71" t="s">
+        <v>87</v>
+      </c>
+      <c r="G71" t="s">
+        <v>54</v>
+      </c>
+      <c r="H71">
+        <v>2018</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>430</v>
+      </c>
+      <c r="K71" t="s">
+        <v>34</v>
+      </c>
+      <c r="L71" t="s">
+        <v>442</v>
+      </c>
+      <c r="M71" t="s">
+        <v>432</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>443</v>
+      </c>
+      <c r="P71" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>445</v>
+      </c>
+      <c r="B72" t="s">
+        <v>446</v>
+      </c>
+      <c r="C72" t="s">
+        <v>447</v>
+      </c>
+      <c r="D72" t="s">
+        <v>80</v>
+      </c>
+      <c r="E72" t="s">
+        <v>42</v>
+      </c>
+      <c r="F72" t="s">
+        <v>87</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2006</v>
+      </c>
+      <c r="I72">
         <v>2020</v>
       </c>
-      <c r="H39"/>
-[...160 lines deleted...]
-      <c r="G43">
+      <c r="J72" t="s">
+        <v>33</v>
+      </c>
+      <c r="K72" t="s">
+        <v>34</v>
+      </c>
+      <c r="L72" t="s">
+        <v>276</v>
+      </c>
+      <c r="M72" t="s">
+        <v>448</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>449</v>
+      </c>
+      <c r="P72" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>451</v>
+      </c>
+      <c r="B73" t="s">
+        <v>452</v>
+      </c>
+      <c r="C73" t="s">
+        <v>447</v>
+      </c>
+      <c r="D73" t="s">
+        <v>80</v>
+      </c>
+      <c r="E73" t="s">
+        <v>42</v>
+      </c>
+      <c r="F73" t="s">
+        <v>87</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2001</v>
+      </c>
+      <c r="I73">
+        <v>2020</v>
+      </c>
+      <c r="J73" t="s">
+        <v>33</v>
+      </c>
+      <c r="K73" t="s">
+        <v>34</v>
+      </c>
+      <c r="L73" t="s">
+        <v>276</v>
+      </c>
+      <c r="M73" t="s">
+        <v>448</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>453</v>
+      </c>
+      <c r="P73" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>455</v>
+      </c>
+      <c r="B74" t="s">
+        <v>456</v>
+      </c>
+      <c r="C74" t="s">
+        <v>447</v>
+      </c>
+      <c r="D74" t="s">
+        <v>80</v>
+      </c>
+      <c r="E74" t="s">
+        <v>42</v>
+      </c>
+      <c r="F74" t="s">
+        <v>87</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
         <v>2000</v>
       </c>
-      <c r="H43">
+      <c r="I74">
+        <v>2020</v>
+      </c>
+      <c r="J74" t="s">
+        <v>33</v>
+      </c>
+      <c r="K74" t="s">
+        <v>34</v>
+      </c>
+      <c r="L74" t="s">
+        <v>276</v>
+      </c>
+      <c r="M74" t="s">
+        <v>448</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>457</v>
+      </c>
+      <c r="P74" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>459</v>
+      </c>
+      <c r="B75" t="s">
+        <v>460</v>
+      </c>
+      <c r="C75" t="s">
+        <v>447</v>
+      </c>
+      <c r="D75" t="s">
+        <v>80</v>
+      </c>
+      <c r="E75" t="s">
+        <v>42</v>
+      </c>
+      <c r="F75" t="s">
+        <v>87</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2002</v>
+      </c>
+      <c r="I75">
+        <v>2020</v>
+      </c>
+      <c r="J75" t="s">
+        <v>33</v>
+      </c>
+      <c r="K75" t="s">
+        <v>34</v>
+      </c>
+      <c r="L75" t="s">
+        <v>276</v>
+      </c>
+      <c r="M75" t="s">
+        <v>448</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>461</v>
+      </c>
+      <c r="P75" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>463</v>
+      </c>
+      <c r="B76" t="s">
+        <v>464</v>
+      </c>
+      <c r="C76" t="s">
+        <v>465</v>
+      </c>
+      <c r="D76" t="s">
+        <v>102</v>
+      </c>
+      <c r="E76" t="s">
+        <v>42</v>
+      </c>
+      <c r="F76" t="s">
+        <v>103</v>
+      </c>
+      <c r="G76" t="s">
+        <v>54</v>
+      </c>
+      <c r="H76">
+        <v>2016</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>204</v>
+      </c>
+      <c r="K76" t="s">
+        <v>34</v>
+      </c>
+      <c r="L76" t="s">
+        <v>104</v>
+      </c>
+      <c r="M76" t="s">
+        <v>466</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>467</v>
+      </c>
+      <c r="P76" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>469</v>
+      </c>
+      <c r="B77" t="s">
+        <v>470</v>
+      </c>
+      <c r="C77" t="s">
+        <v>471</v>
+      </c>
+      <c r="D77" t="s">
+        <v>53</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>103</v>
+      </c>
+      <c r="G77" t="s">
+        <v>54</v>
+      </c>
+      <c r="H77">
+        <v>2014</v>
+      </c>
+      <c r="I77">
+        <v>2019</v>
+      </c>
+      <c r="J77" t="s">
+        <v>62</v>
+      </c>
+      <c r="K77" t="s">
+        <v>34</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>472</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>473</v>
+      </c>
+      <c r="P77" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>475</v>
+      </c>
+      <c r="B78" t="s">
+        <v>476</v>
+      </c>
+      <c r="C78" t="s">
+        <v>477</v>
+      </c>
+      <c r="D78" t="s">
+        <v>80</v>
+      </c>
+      <c r="E78" t="s">
+        <v>42</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>54</v>
+      </c>
+      <c r="H78">
         <v>2013</v>
       </c>
-      <c r="I43" t="s">
-[...1479 lines deleted...]
-      </c>
+      <c r="I78"/>
       <c r="J78" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K78"/>
+        <v>88</v>
+      </c>
+      <c r="K78" t="s">
+        <v>34</v>
+      </c>
       <c r="L78"/>
-      <c r="M78" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M78"/>
       <c r="N78" t="s">
-        <v>332</v>
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>478</v>
+      </c>
+      <c r="P78" t="s">
+        <v>479</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>