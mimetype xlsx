--- v0 (2025-10-15)
+++ v1 (2026-03-07)
@@ -12,239 +12,279 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL-037. Copiers, Printers, and Fax Machines</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does not apply to AC contactors with external power saving device or semi-conductor type -solid type contactor.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 21521-2014</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-037-copiers-printers-and-fax-machines</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B617_%E5%A4%8D%E5%8D%B0%E6%9C%BA%E3%80%81%E6%89%93%E5%8D%B0%E6%9C%BA%E5%92%8C%E4%BC%A0%E7%9C%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>GB 21521-2014 Minimum allowable values of energy efficiency and energy efficiency grades for copy machines; printers and fax machines</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21521-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-copy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED11D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>TCVN 9509:2012 Printers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for printers.</t>
+  </si>
+  <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9510:2012 Copiers - energy efficiency</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>This document specifies the MEPS and test methods for copiers.</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95102012-copiers-energy-efficiency</t>
+  </si>
+  <si>
+    <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -508,411 +548,456 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2">
+        <v>2015</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4">
         <v>2015</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>25</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F5" t="s">
+        <v>47</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5">
+        <v>2010</v>
+      </c>
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>40</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>35</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>36</v>
+      </c>
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...8 lines deleted...]
-      <c r="F3" t="s">
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...15 lines deleted...]
-      <c r="M3" t="s">
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>40</v>
+      </c>
+      <c r="G7" t="s">
+        <v>60</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...43 lines deleted...]
-      <c r="N4" t="s">
+      <c r="L7" t="s">
+        <v>55</v>
+      </c>
+      <c r="M7" t="s">
         <v>36</v>
       </c>
-    </row>
-[...48 lines deleted...]
-      <c r="B6" t="s">
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="C6" t="s">
-[...75 lines deleted...]
-        <v>49</v>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>