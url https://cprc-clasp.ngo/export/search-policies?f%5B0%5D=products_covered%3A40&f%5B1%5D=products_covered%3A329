--- v0 (2025-10-12)
+++ v1 (2026-03-05)
@@ -12,2590 +12,3776 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="812">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1200">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
   </si>
   <si>
+    <t>The product group 'televisions' shall comprise: Mains powered electronic equipment; the primary purpose and function of which is to receive; decode and display TV transmission signals.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
+  </si>
+  <si>
     <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
   </si>
   <si>
+    <t>This standard is mandatory and provides energy efficiency measurement and calculation methods for energy consumption of refrigerators, refrigerator-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
+  </si>
+  <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential refrigerators, freezers, and combined equipment</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and combined appliances for domestic usage that run on electricity</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential-0</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_etiquetage_appareils_usage_domestique_soumis_aux_regles_efficacite_energetique_5b6950da0ecc4.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 4474.2:2009: Performance of household electrical appliances—Refrigerating appliances—Energy labelling and minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>This standard specifies the energy labelling and minimum energy performance standard (MEPS) requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of AS/NZS 4474.1:2007. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007, will be replaced by IEC 62552 1-3: 2015</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-447422009-performance-household-electrical-appliances-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
     <t>BDS 1849:2012</t>
   </si>
   <si>
+    <t>This standard covers the methods of determining the performance of self-contained Refrigerators/Freezers intended for household use.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISO 7371; AS1430; AS 2575.2; SL 1230</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18492012</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BDS 1850:2012 Energy efficiency rating of household refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This section of the standard specifies requirements for energy efficiency labeling of household electric refrigerators 'of the vapour compression type, together with a test method for determining the energy consumption of refrigerators that are capable of complying.</t>
+  </si>
+  <si>
     <t>BDS-1850 : 2012 (Energy Efficiency rating) ,BDS 1849 : 2011 (Performance standards)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18502012-energy-efficiency-rating-household-refrigerators-refrigerator-freezers-and</t>
   </si>
   <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL 022-2021 Flat panel TVs</t>
   </si>
   <si>
+    <t>This policy specifies energy labeling requirements for flat panel TVs. It applies to both LCD TVs and OLED TVs.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>GB 24850-2013</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China(SAMR) and National Deve…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-022-2021-flat-panel-tvs</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=d6c1a8d2aed2480c9fbf43c16c246f6c</t>
+  </si>
+  <si>
     <t>CEL 024-2021 Set-top box</t>
   </si>
   <si>
+    <t>This policy applies to set-top boxes that work normally under AC 220 V, 50 Hz power supply conditions, including cable set-top boxes, terrestrial set-top boxes, satellite set-top boxes, and network set-top boxes. It does not apply to live satellite set-top boxes.</t>
+  </si>
+  <si>
     <t>Audio-Visual</t>
   </si>
   <si>
     <t>GB24850</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and National Dev…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-024-2021-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=939c3e0e27c54716ad6844218c19a9fc</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cel-024-2021-set-top-box-0</t>
   </si>
   <si>
     <t>CEL 035-2016 Projectors</t>
   </si>
   <si>
+    <t>This policy contains energy labeling requirements for projectors. It applies to LCD and DLP projectors that work normally under grid voltage with projection as the main function and high-pressure mercury lamps or metal halide lamps as the light source. It is not suitable for integrated projection units consisting of a projection screen and projector, e.g., professional projectors for cinema projection.</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>GB/T 8170; GB 20943; SJ/T 11332; SJ/T 11346</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-035-2016-projectors</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=e59e428822a54893b571a5cf2b9b4f56</t>
+  </si>
+  <si>
     <t>CEL- Digital Television Adapters (Set Top Box)</t>
   </si>
   <si>
+    <t>This policy covers digital television adapters (set top box).</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 2829-2002; GB/T 14857; GB/T 17700; GB/T 17975.1; GB/T 17975.2; GB/T 17975.3; GB/T 20600; GB 20943; GD/JN 01; GY/T 155; GY/T 170; IEC 62087:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-digital-television-adapters-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E6%9C%BA%E9%A1%B6%E7%9B%92.pdf</t>
+  </si>
+  <si>
     <t>CEL-014. Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to CRT and LCD monitors for computers working under normal electricity grid voltage and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>GB 21520-2008 CCEC/T23-2003 GB 20943-2013 GB 20943 SJ/T 11292</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-014-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B616_%E8%AE%A1%E7%AE%97%E6%9C%BA%E6%98%BE%E7%A4%BA%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-024. Flat Panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD and OLED TV (referred to as "flat panel TV") and LCD and OLED monitors that work under AC 220 V and 50 Hz power supply conditions.</t>
+  </si>
+  <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-024-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E7%94%B5%E8%A7%86.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
+    <t>Televisions, Displays</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>EN 50301</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Televisions, Displays</t>
-[...1 lines deleted...]
-  <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>EN 50301</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>September 2023</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2013/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2016 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.</t>
+  </si>
+  <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>EN 153</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2016/contents</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2016-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission Regulation (EC)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1 500 litres. 'Household refrigerating appliance' means an insulated cabinet; with one or more compartments; intended for refrigerating or freezing foodstuffs; or for the storage of refrigerated or frozen foodstuffs for non-professional purposes; cooled by one or more energy-consuming processes including appliances sold as building kits to be assembled by the end-user.  Exclusions: refrigerating appliances that are primarily powered by energy sources other than electricity; battery-operated refrigerating appliances; custom-made refrigerating appliances; refrigerating appliances for tertiary sector application with flux management system; or appliances where the primary function is not the storage of foodstuffs through refrigeration.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192019-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2019-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2021 of 1 October 2019 laying down ecodesign requirements for electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of televisions.  In addition to the definitions set out in Directive 2005-32-EC; the following definitions shall apply: 1. 'Television' means a television set or a television monitor; 2. ‘television set’ means a product designed primarily for the display and reception of audiovisual signals which is placed on the market under one model or system designation; and which consists of: a display;  one or more tuner or receiver  and optional additional functions for data storage and/or display such as DVD; hard disk drive  or videocassette recorder; either in a single unit combined with the display; or in one or more separate units.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192021-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2021-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CQC31-452629-2016. Energy Conservation Certification Rules for Computer Monitors</t>
   </si>
   <si>
     <t>GB 21520-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452629-2016-energy-conservation-certification-rules-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492777.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2013. CQC Mark Certification - Flat panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD TV and Plasma TV that work under electricity grid of normal voltage and serve for general service. Also applies to LCD or plasma display equipment which main function is TV but without moderator and other types of flat panel displays.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2013-cqc-mark-certification-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452691-2016 Energy conservation certification rules for LED display unit</t>
   </si>
   <si>
+    <t>Applies to indoor and outdoor full-color LED display units that work under electric grid normal voltage</t>
+  </si>
+  <si>
     <t>CQC3158-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452691-2016-energy-conservation-certification-rules-led-display-unit</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-22/537408.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452692-2017 Energy conservation certification rules for multimedia display terminal</t>
   </si>
   <si>
+    <t>Applies to on-grid nomral voltage multimedia display terminal</t>
+  </si>
+  <si>
     <t>CQC3163-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452692-2017-energy-conservation-certification-rules-multimedia-display-terminal</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-09-27/549899.shtml</t>
+  </si>
+  <si>
     <t>CQC61-452628-2016. Energy Conservation and Environmentally-Friendly Certification Rules for Projectors</t>
   </si>
   <si>
+    <t>Applies to products of front projecting type with LCD and DMD</t>
+  </si>
+  <si>
     <t>GB 32028-2015; CQC 6102-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-452628-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-20/492563.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>Domestic fridges and freezers</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover fridges and freezers intended for household (or similar) use.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>IEC 62552 parts 1 to 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/domestic-fridges-and-freezers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/fridges-and-freezers-domestic/</t>
+  </si>
+  <si>
     <t>Draft MEPS for televisions</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for televisions.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>IEC 62301, IEC 62087, SNI 04 6958 - 2003</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-televisions</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor of domestic and foreign make</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Displays, Televisions</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/teh-regl-tv.doc</t>
+  </si>
+  <si>
     <t>Draft TV policy</t>
   </si>
   <si>
+    <t>LCD-LED, LCD-CCFL, OLED, Plasma  and CRT</t>
+  </si>
+  <si>
     <t>IEC 62087: 2008 or IEC 62087: 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-tv-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for DVD Players</t>
   </si>
   <si>
+    <t>Digital Versatile Disc Players.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-dvd-players</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Home Audio Products</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than or equal to 1,000W whose intendedpurpose, other than providing non-video status displays, isthe production of recording of signals in the audio domainas reproduced by headphones, loudspeakers, or othertransducers, except radio cassette players.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-home-audio-products</t>
   </si>
   <si>
     <t>e-Standby Power Program for Monitors</t>
   </si>
   <si>
+    <t>This policy applies to commercially-available electronic products with a display screen in a single housing that is capable of displaying output information from a computer via one or more inputs (such as VGA and DVI), with nameplate output power of power supply less than or equal to 1,000W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-monitors</t>
   </si>
   <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
     <t>e-Standby Power Program for Televisions</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than equal to 1,000W, consisting of atuner|receiver and a monitor encased in a single housing</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-televisions</t>
   </si>
   <si>
     <t>ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
+    <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating-products</t>
   </si>
   <si>
     <t>Efficiency Policy for Deep Freezers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for deep freezers being manufactured, commercially purchased, or sold in India. It applies to deep freezers of the vapour compression type having a storage volume of up to and including 1000 litres.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>IS 7872 (all amendments)</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/efficiency-policy-deep-freezers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Deep_Freezer_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Television</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 14336-1 or CNS 14408; Chinese National Standards; or be recognized by Bureau of Energy</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Test procedure acording to En-Tech 10405003751</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-label-television</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=7</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for DVD Players|Recorders</t>
   </si>
   <si>
+    <t>The applicable products shall be household DVD players or recorders which meet the requirements of CNS-13438; CNS-13439; CNS-14336 or CNS-14408; or have been recognized by the competent authority as household DVD player; recorder products.</t>
+  </si>
+  <si>
     <t>IEC62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-dvd-playersrecorders</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=25</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Integrated Stereo</t>
   </si>
   <si>
+    <t>The applicable products shall be integrated stereos with the CCC Code of 8518.50.00.00-8A; or have been recognized by the Bureau of Energy of the Ministry of Economic Affairs as integrated stereos.</t>
+  </si>
+  <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-integrated-stereo</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=28</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Displays</t>
   </si>
   <si>
+    <t>Displays shall meet the requirements of Article 14336-1 or Article 14408; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-displays</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency % shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-television</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Freezers</t>
   </si>
   <si>
+    <t>Household electric freezer of storage volume 80L-400L</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-freezers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for TVs</t>
+  </si>
+  <si>
+    <t>This program covers TV screen types: LCD, EDGE LED, FULL LED, DIRECT LED, OLED, UHD 4K, Plasma, etc.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301 Ed 2.0 (2011-01)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-tvs</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/tv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for televisions. It applies to televisions used for the reception and display of television broadcasts that use mains electricity as the only power source, have a rated visible diagonal screen size exceeding 50 cm, and have a built-in television tuner. It does not apply to products that display broadcasts by means of front or rear projection.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-televisions</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Televisions%202021%20Jan_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Color Televisions (Color TV)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for every colour television with native resolution up to 1920 x 1080 pixels, of cathode ray tube (CRT), liquid crystal display (LCD) with cold cathode fluorescent lamp backlight, and plasma technologies type, and liquid crystal display with light emitting diode backlight, excluding computer monitors being manufactured, commercially purchased or sold in India. The policy is revised in the year of 2022.</t>
+  </si>
+  <si>
     <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-color-televisions-color-tv</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/CTV_notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ultra High-Definition Televisions</t>
+  </si>
+  <si>
+    <t>This policy defines the energy consumption standards, star rating, and labeling requirements for ultra-high definition televisions with a native resolution of 3,840 x 2,160 (4K), including Liquid Crystal Displays with Light Emitting Diode backlighting, Organic Light Emitting Diode displays, Quantum dot Light Emitting Diode displays, Micro-Light Emitting Diode displays. It excludes televisions that include a non-removable main battery and computer monitors. 
+The standard specifies the ultra-high definition televisions must meet the</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015
 ,   
                     IS 616: 2017
 ,   
                     IEC 60065:2014 Edition 8.0
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ultra-high-definition-televisions</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
   </si>
   <si>
+    <t>Electric refrigerators and food-freezers for household purposes</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
   </si>
   <si>
+    <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Audio/Video Version 3.0</t>
   </si>
   <si>
+    <t>To be eligible for ENERGY STAR qualification under this specification a product must meet the definition of an AV Product or Dedicated Audio DSP Device. AV Product is a mains-connected product that offers audio amplification and or optical disc drive functions. A Dedicated Audio DSP Device is a device that: provides audio digital signal processing as its primary function; provides support for RS-232; Ethernet; WiFi; IEEE-1394 FireWire or similar protocol for hard-wired or wireless remote control; and does not provide audio amplification.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Audio/Video, Rev. July-2012</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-audiovideo-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/audiovideo_specification_version_3_0_pd</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Refrigerators and Freezers Version 4.0</t>
   </si>
   <si>
+    <t>Products that (1) meet the definitions of a Commercial Refrigerator, Freezer, and Refrigerator-Freezer, or Commercial Hybrid; and (2) fall under the eligible equipment class designations in Section 2.A.a-h, or a combination of equipment classes in the policy document, are eligible for ENERGY STAR certification. Examples of product types that are eligible for qualification include: reach-in, roll-in, or passthrough units; merchandisers; under-counter units; hybrid units; milk coolers; back bar coolers; bottle coolers; glass frosters; deep well units; beer-dispensing or direct draw units; and bunker freezers.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>10 CFR Part 431 Subpart C, 10 CFR Part 431.64, and 10 CFR Part 431.66(d)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-refrigerators-and-freezers-version-40</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_refrigerators_freezers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Refrigerators and Freezers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of (i) an Electric Refrigerator, Electric Refrigerator-Freezer, or Freezer, including compact and built-in products, as specified in the policy document and (ii) the definition of a consumer product as specified in 10 CFR § 430.2 are eligible for ENERGY STAR qualification. Wine refrigerators or other products that do not meet the definition of an Electric Refrigerator or Electric Refrigerator-Freezer are not eligible for qualification under this specification.</t>
+  </si>
+  <si>
     <t>10 CFR 430, Subpart B, Appendix A &amp; B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-refrigerators-and-freezers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/refrigerators/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Set-Top Boxes Version 5.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Set-top Box and a Set-top Box Base Type as specified herein are eligible for ENERGY STAR certification.  Set-top Box: A device with the primary purpose of receiving digital television services from a coaxial; hybrid fiber coaxial; or fiber-to-the-home distribution system; from satellites; or encapsulated in IP packets from managed IP distribution networks; decrypting or descrambling these signals; and decoding|decompressing for delivery to residential consumer displays and or recording devices; and or one or more other Set-Top Boxes; including Thin Clients; in a residential multi-room architecture. STBs that incorporate common LAN functionality as a secondary function are considered STBs for this specification. Base Type: The means of access to video content for a STB; includes: cable; sattelliete; cable digital transport adapter; internet protocol; and thin-client|remote.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Set-Top Boxes (Rev. May-2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-set-top-boxes-version-51</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/set_top_boxes_cable_boxes/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Televisions Version 8.0</t>
   </si>
   <si>
+    <t>With the exception of products listed in Section 2.2 of the policy document, products that are: 1) marketed to the consumer as a TV/HTD (i.e., TV/HTD is the primary function); 2) capable of being powered from a wall outlet or with an external power supply; and 3) meet one of the following product type definitions, are eligible for ENERGY STAR certification:
+i. TVs
+ii. Hospitality TV/HTDs
+iii. Home Theater Displays</t>
+  </si>
+  <si>
     <t>10 CFR Part 430</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-televisions-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/televisions/partners</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
   </si>
   <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
     <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
   </si>
   <si>
     <t>GB 21520-2015 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to LCD monitors for computers working under normal electricity grid voltage, and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>GB/T 8170; GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21520-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B40D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24850-2013 Minimum allowable values of energy efficiency and energy efficiency grades for flat panel TV</t>
   </si>
   <si>
+    <t>Applies to liquid crystal display and plasma display TVs referred as flat-panel TVs; that has the following characteristics: work under grid voltage; receive ground cable satellite or analogue signals; and have primary functions of demodulation and display. Also applies to display equipments that function as TV but not equipped with tuners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-24850-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-flat</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803C2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24850-2020 Minimum allowable values of energy efficiency limits and energy efficiency grades for flat-panel TVs and set-top boxes</t>
+  </si>
+  <si>
+    <t>MEPS for flat panel televisions and set-top boxes</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 17309.1
 ,   
                     GB 24850-2020
 ,   
                     IEC 62087-2:2015</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24850-2020-minimum-allowable-values-energy-efficiency-limits-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EFC3FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>GB 25957-2010 Minimum allowable values of energy efficiency and energy efficiency grades for digital television adapters -set-top boxes</t>
   </si>
   <si>
+    <t>Applies to adapters working under 220V 50Hz including cable adapters ground adapters and satellite adapters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-25957-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E07ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors</t>
   </si>
   <si>
+    <t>Applies to LCD and DLP projector used majorly for projection that have High Pressure Mercury Lamp and or metal halide lamp as lighting source. This can serve as reference for solid state lighting projector and projectors with LCOS as display parts.</t>
+  </si>
+  <si>
     <t>GB-T8170 GB20943 SJ-T11332 SJ-T11346</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32028-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80950D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
   </si>
   <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
   </si>
   <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
-  </si>
-[...1 lines deleted...]
-    <t>Adopted, Revised</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
-    <t>Malaysia</t>
+    <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
+or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Television</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for television with size up to or equal to 177.8 cm (70 inch):
+(a) plasma;
+(b) liquid crystal display (LCD);
+(c) light emitting diode (LED);
+(d) cathode ray tube (CRT); and
+(e) any other display type with similar function</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>MS IEC 62301:2012; IEC 62301:2011
 ,   
                     MS IEC 62087-3:2017; IEC 62087-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-television</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Computer Monitors) Determination 2014</t>
   </si>
   <si>
+    <t>This Determination covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via: (a) a direct connection; or (b) an external power supply permanently connected to the product; or (c) an external power supply that can be disconnected from the product. Class 1 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution less than or equal to 1.1 MegaPixels. Class 2 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution greater than 1.1 MegaPixels. Class 3 Computer monitors with a diagonal screen size equal to or greater than 76 cm (30 inches) and equal to or less than 152 cm (60 inches)." "</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 5815.1:2012</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2014L00780</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Digital Television Set-top Boxes) Determination 2012</t>
   </si>
   <si>
+    <t>A Digital TV (DTV) set top box (STB) is used to convert digital TV signals to a signal compatible with the existing audiovisual display technology, including analogue RF, composite video, s-vhs, component video or DVI/HDMI. Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time.Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time. STBs have different requirements if they are designed for free-to-air (FTA) broadcast television or subscription television (STV).</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS 62087.2.1: 2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-digital-television-set-top-boxes-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02116</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Household Refrigerating Appliances) Determination 2019</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and refrigerator-freezers which intended for household or similar use and which: operate using the vapour compression cycle; and use mains electricity (230/240 Volts at 50 Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>AS/NZS 4474:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-household-refrigerating-appliances-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2019L01066</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Television) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>Any display device that is designed for the primary purpose of showing television pictures and is supplied with a television tuner must meet the requirements set out in the relevant standards. This includes multifunction televisions and display devices supplied in modular form with an external television tuner.. All televisions excluding the following:</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-television-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2013L01500</t>
+  </si>
+  <si>
     <t>Greenmark N153 - Light Emitting Diode Display Panels</t>
   </si>
   <si>
+    <t>This standard is applicable to products which meet the definition of CNS 13091 and CNS 14555 and their associated indoor products.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n153-light-emitting-diode-display-panels</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/153/7c68e26b-531c-449b-b0f6-57d5de763473.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N18 - Displays</t>
   </si>
   <si>
+    <t>This standard is applicable to the displays</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n18-displays</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/18/af2050e9-6959-450b-b294-dfb62c7fda69.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N28 - Refrigerators</t>
   </si>
   <si>
+    <t>Applies to freezers and refrigerators which meet the definition of CNS 2062: This standard applies to household and similar use of refrigerators and freezers; the device in the combination of equipment in the cabinet; including compression type refrigerating machine and storage room.</t>
+  </si>
+  <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>CNS 2062-00 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n28-refrigerators</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/28/ab231874-a045-48a6-9b62-e516e6c98127.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N60 - Televisions</t>
   </si>
   <si>
+    <t>Applies to television sets. The backlight module or unit of the products display panel shall not use mercury-containing lamps. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>CNS 14466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n60-televisions</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/60/160f6010-15b0-462d-aa1c-76ce4601ab35.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N82 - Portable Projectors</t>
   </si>
   <si>
+    <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n82-portable-projectors</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
 ,   
                     PNS 378
 ,   
                     PNS IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Television Sets 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for television sets according to Department Circular No. 2020-06-0015. The policy applies to all television sets.</t>
   </si>
   <si>
     <t>PNS IEC 62087
 ,   
                     PNS 378
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 332 of 2 August 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IEC 62552:2007 + Ed. 1.0; IEC 62552-1:2020; IEC 60335-1:2010 + A1:2013; IEC 60335-2-24:2010 + A1:2012; ABNT NBR NM 247-1:2002</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-332-2-august-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-332-de-2-de-agosto-de-2021-336061973</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 377 of 14 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for televisions.</t>
+  </si>
+  <si>
     <t>ABNT NBR IEC 60065:2009 / CISPR 32: 2012 / IEC PAS 62825:2013 / IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-377-14-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-377-de-14-de-setembro-de-2021-345136102</t>
+  </si>
+  <si>
     <t>INTE E11-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the maximum limits of energy consumption of residential refrigerators and freezers operated by hermetic motor compressors. This standard applies to  refrigerators up to 1104 L and  freezers up to 850 L operated by hermetic motor compressors. This standard does not apply to refrigerator-freezers with partially automatic defrosting.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e11-1-2015</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE1112015</t>
+  </si>
+  <si>
     <t>INTE E11-2 2015</t>
   </si>
   <si>
+    <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e11-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
+  </si>
+  <si>
     <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISO-8187</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>Joint Resolution No. 031 and 089, 2013</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>ISO 15502:2005,IEC 60335-2-24:2007</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/joint-resolution-no-031-and-089-2013</t>
   </si>
   <si>
+    <t>https://www.tuv-sud.cn/cn-en/resource-centre/publications/e-ssentials-newsletter/consumer-products-retail/vol.-81/venezuela-energy-efficiency-labelling</t>
+  </si>
+  <si>
     <t>JS 2101:2013 Energy labeling for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy covers the labeling of and provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1,500 litres.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 1749</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21012013-energy-labeling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5455</t>
+  </si>
+  <si>
     <t>JS 2102:2013 Technical Regulation on eco-design requirements for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/js-21022013-technical-regulation-eco-design-requirements-household-refrigerating</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5466</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>JS1 Part 21:2015 Jamaican Standard Specification for Labelling of commodities Part 21: Energy Labelling of appliances and products</t>
   </si>
   <si>
+    <t>This labeling standard applies to refrigerators, freezers, refrigerator-freezers,</t>
+  </si>
+  <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
+    <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
+  </si>
+  <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
     <t>L.I 2441 Energy Commission (Energy Efficiency Standards and Labeling) (Refrigerating Appliances) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to electric mains-operated refrigerating appliances with a volume of not less than ten litres and not more than one thousand five hundred litres, manufactured in the country or imported into the country for sale or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2441-energy-commission-energy-efficiency-standards-and-labeling-refrigerating</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>L.I. 1958 Energy Efficiency Standards and Labelling - Household Refrigerating Appliances</t>
   </si>
   <si>
+    <t>These Regulations apply to electric mains operated appliances manufactured in Ghana or imported for use in this country. These Regulations do not apply to the rating plate or its equivalent affixed for safety purposes to an appliance; or an appliance which is designed to use an energy source other than electricity; or an appliance manufactured in this country for export. For the purpose of this regulation; appliance means a refrigerator; a frozen food storage cabinet; a food freezer or their combination.</t>
+  </si>
+  <si>
     <t>GS IEC 62552: 2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-1958-energy-efficiency-standards-and-labelling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI1958.pdf</t>
+  </si>
+  <si>
     <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
   </si>
   <si>
+    <t>In the framework of the ENPI CBC programmes, including a privileged instrument of cooperation for the institutional capacity-building of ENPI countries, Tunisia decided to largely harmonize the product categories and label efficiency thresholds with those in place in the EU. Since September 2004, Tunisian law requires the display of an EU-style energy label for refrigerators, freezers, and refrigerator-freezers (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From January 2010 onwards, the lowest three energy classes (6,7 and 8) have been banned from the Tunisian market, followed in January 2011 7 with the banning of classes 5 and  January 2012 class 4 has been likewise banned from the Tunisian market.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
+    <t>National Agency for Energy Conservation (ANME)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/tunisia_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
     <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>National Agency for Energy Conservation (ANME)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
   </si>
   <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
     <t>LI 2455 Energy Commission (Energy Efficiency Standards and Labelling) (Television Sets) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a television set or monitor, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to a rating plate or the equivalent of a rating plate, a digital display and signage, and or non-electric mains operated television or monitor.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/li-2455-energy-commission-energy-efficiency-standards-and-labelling-television-sets</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy labeling scheme (MELS) requirements for televisions.</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-televisions</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for freezers and refrigerators</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Freezers-only, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-freezers-and-refrigerators</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%21 ,----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>The standard specifies the energy performance, capacity and labelling of household refrigerators, refrigerator-freezers and freezers. The requirements in this Standard are not applicable to electrically operated refrigerators employing an absorption refrigeration system and for commercial refrigerators, refrigerators-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>General Electricity &amp; Water Corporation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers</t>
   </si>
   <si>
+    <t>https://docs.wto.org/dol2fe/Pages/FE_Search/FE_S_S009-DP.aspx?language=E&amp;HasEnglishRecord=True&amp;HasFrenchRecord=True&amp;HasSpanishRecord=False&amp;CatalogueIdList=234359,234362,227938,228303,231379,234295,234377,234291,234289,234290&amp;CurrentCatalogueIdIndex=9&amp;FullT</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for Computer Monitors</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover computer monitors with a diagonal screen size up to 152 cm.</t>
+  </si>
+  <si>
     <t>AS/NZS 5815.2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-mepl-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for televisions</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover televisions defined as a display device; designed for the primary purpose of showing television pictures; and supplied with a television tuner. This includes multifunction televisions and display devices supplied in modular form with an external television tuner. The E3 Programme is planning to undertake a review of the existing requirements for televisions and assess opportunities to make further energy efficiency gains</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-mepl-televisions</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/televisions/</t>
+  </si>
+  <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-freezers</t>
   </si>
   <si>
     <t>MEPS for refrigerators, freezers and combined equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-freezers-and-combined-equipment</t>
   </si>
   <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
+  </si>
+  <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-standby-power</t>
   </si>
   <si>
     <t>MEPS for Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency percent shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-television</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-televisions-20242025</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
+  </si>
+  <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Home Audio Equipment of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers home audio equipment. It includes DVD players, mini component audio, micro component audio, and home theater audio that read or record data from a memory card or memory device or receives radio waves and produce audio or visual signals to provide entertainment or information and can operate with the power from the mains electricity supply. This does not include audio equipment for commercial use (professional audio system) and a public address (PA) system.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Home Theater Equipment</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-home-audio-equipment-standby-mode-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048427</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Television of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers televisions (CRT, LCD, Plasma, LED, or other technologies) that can operate with the power from the mains electricity supply.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-television-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048426</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Monitors in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers monitors with a size of 12 inches or more that are manufactured to be used as a display for a computer (excluding the monitor integrated into the processor and the monitor used to receive TV signals).</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-monitors-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048422</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 14 May 2018</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household refrigerators, freezers, and refrigerator-freezers. This policy has been replaced by  Ordinance No. 2 of 29 December 2022. Select 'see more' below for a link to the new policy.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctimdic-ordinance-no-1-14-may-2018</t>
   </si>
   <si>
+    <t>http://antigo.mme.gov.br/documents/36193/72181/2018+-+Portaria+Interministerial+MME-MCTIC-MDIC+n_1-2018+-+Refrigeradores+e+Congeladores.pdf/879c8ad6-ae08-8496-553e-9388668cd571</t>
+  </si>
+  <si>
     <t>MS : 208 : 2012 Energy efficiency and labelling requirements-Television</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Television</t>
+  </si>
+  <si>
     <t>MS 208</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-208-2012-energy-efficiency-and-labelling-requirements-television</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-682/</t>
+  </si>
+  <si>
     <t>MS: 201:2012 Energy efficiency and labelling requirement-Household refrigerating appliances</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ms-2012012-energy-efficiency-and-labelling-requirement-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-676/</t>
+  </si>
+  <si>
     <t>NOM-015-ENER-2018</t>
   </si>
   <si>
+    <t>The Standard establishes the maximum energy consumption limits, labeling requirements, and test methods for household refrigerators, freezers, refrigerator-freezers operated by hermetic motor compressors sold in Mexico.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-015-ener-2018</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5529394&amp;fecha=28/06/2018</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered refrigerator and freezers within the scope of EU Ecodesign Regulation 643-2009-EC and Energy Labelling Regulation 1060-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-003-white-goods-1</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NTON 10-12-08, ISO 23953-1, ISO 3951</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-010-08-self-contained-commercial-refrigeration-equipment</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=8DA230A69B09836A06257920005CFEE0&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 013-08 Energy efficiency. Household refrigerators and freezers. Limits</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for household refrigerators up to 1104 L (39 feet) and household freezers up to 850 L (30 feet) operated by hermetic motor compressor.</t>
+  </si>
+  <si>
     <t>NTON 10-015-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-013-08-energy-efficiency-household-refrigerators-and-freezers-limits</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=A93D5D12CF5BBC7D06257862007642C5&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>PNS 2098-1:2013 - Audio video and related equipment - Energy efficiency factor (EEF) and labeling requirements - Part 1: Television set</t>
   </si>
   <si>
+    <t>This labeling program covers television sets and computer monitors with built-in tuner with screen size up to 1520 mm directly connected to the mains.</t>
+  </si>
+  <si>
     <t>PNS 387</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2098-12013-audio-video-and-related-equipment-energy-efficiency-factor-eef-and-labeling</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202098-1-2013-tv.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-2:2013 - Household appliances - Energy efficiency factor (EEF) and labeling requirements - Part 2: Regrigerators and Freezers</t>
   </si>
   <si>
+    <t>This labeling program covers all types of direct-cooling and frost-free refrigerators, freezers, and refrigerators-freezers with storage volume capacities of 113 litres (4 cubic feet) to 340 litres (12 cubic feet).</t>
+  </si>
+  <si>
     <t>PNS IEC 62552:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-396-22013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-2-2013-ref-freezer.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Refrigerators, Freezers, Refrigerator-Freezers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>ISO 7371, ISO 8187, ISO 5155, ISO 8561</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Procel Seal - Televisions</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for televisions.</t>
+  </si>
+  <si>
     <t>IEC 60065 Ed. 7.1 2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-televisions</t>
   </si>
   <si>
     <t>Provision 219/2015</t>
   </si>
   <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62411 / IRAM 62301</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-2192015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers - Taiwan</t>
   </si>
   <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
     <t>CNS 2062-95 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/refrigerators-freezers-taiwan</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Aparatos De Refrigeracion Y Congelacion</t>
   </si>
   <si>
+    <t>The document contains technical regulation for  energy efficiency labeling for refrigeration and freezing appliances</t>
+  </si>
+  <si>
     <t>IEC 60335-2-24:2007,ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-aparatos-de-refrigeracion-y-congelacion</t>
   </si>
   <si>
+    <t>http://www.sencamer.gob.ve/publicos/descargas/pdf/consumo-eficiente.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy-0</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
+    <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
+  </si>
+  <si>
     <t>IRAM 2404-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-ex-sciym-no-31999</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3464</t>
+  </si>
+  <si>
     <t>Resolution No. 1334 - Minimum Efficiency Standard for Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy provides specifications for energy efficiency performance and labeling for refrigerators, freezers and refrigerators-freezers. It originally covered lighting products, which now have their own separate policy.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>PE Nº 5/06/2</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-1334-minimum-efficiency-standard-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=254060</t>
+  </si>
+  <si>
     <t>Resolution No. 7 - Labeling for Televisions</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-7-labeling-televisions</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100326</t>
+  </si>
+  <si>
     <t>Resolution No.31: refrigerators, freezers, refrigerator-freezers</t>
   </si>
   <si>
+    <t>This regulation applies to domestic refrigerators, refrigerator-freezers up to 1104 dm3 (39ft3) and domestic freezers up to 850 dm3 (30ft3) operated by hermetic motor compressors. It also applies to refrigerators and freezers within the scope of the Technical Standard DGNTI-COPANIT 511:2017. Commercial vertical or horizontal freezers are excluded from this regulation.</t>
+  </si>
+  <si>
     <t>Panama</t>
   </si>
   <si>
     <t>DGNTI-COPANIT 511:2017</t>
   </si>
   <si>
     <t>National Energy Secretariat of Panama</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no31-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
+    <t>https://www.tuvsud.com/en-us/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-13-2019/panama-refrigerators-and-freezers-energy-efficiency-and-labelling-requirements-in-force</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No.702: On the approval of the Technical Regulation on energy labelling</t>
   </si>
   <si>
+    <t>This regulation specifies the labeling requirements for the following household refrigerating appliances:</t>
+  </si>
+  <si>
     <t>Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-no702-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/documents/laws/ENG_Resolutio_702_2013.pdf</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Refrigerator|Freezer Products</t>
   </si>
   <si>
+    <t>The refrigerators and freezers their combinations including compression type refrigerating machine and storage room meeting the definition of refrigerator-freezers as defined in CNS 2062 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 2062-2000 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-2</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=30</t>
+  </si>
+  <si>
     <t>RTE INEN 035|2009</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>Ministry of Electricity and Renewable Energy and Ecuadorian Standardization Ser…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-0352009</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>RTE INEN 035|2009; RTE INEN 009|2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-0352009-rte-inen-0092005</t>
   </si>
   <si>
     <t>RTS 97.01.01:15 Energy efficiency. Household refrigerators and freezers. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for household refrigerators, refrigerators-freezers</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-97010115-energy-efficiency-household-refrigerators-and-freezers-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1395&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 97.02.01:15 Energy efficiency. Self-contained commericial refrigeration equipment. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for commercial self-contained refrigeration appliances (freezers, coolers, display cabinets, ice bag conservators).</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-97020115-energy-efficiency-self-contained-commericial-refrigeration-equipment-limits</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1396&amp;catid=4</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
+  </si>
+  <si>
     <t>SASO 2892:2018 MEPS and labeling schemes for refrigerating appliances</t>
   </si>
   <si>
+    <t>This standard applies to:</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>SASO-IEC-60335-2-24</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28922018-meps-and-labeling-schemes-refrigerating-appliances</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>Schedule 25 - Deep Freezers</t>
   </si>
   <si>
+    <t>This schedule specifies the safety and performance requirements for participating in the energy labelling program for deep freezers based on vapor compression working principle. It covers deep freezers of top access type, basically the chest freezers having a storage volume up to and including 1000 liters, with both hard top and glass top (sliding, hinged and curved) and their rated voltage not exceeding 250 V ac 50 Hz for single phase and 415 V ac 50 Hz for three phase ac, as specified under the scope of IS 7872 with all amendments.</t>
+  </si>
+  <si>
     <t>IS 7872 with all amendments, IS 302-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-25-deep-freezers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DFR_Label.pdf</t>
+  </si>
+  <si>
     <t>Schedule 26 - Ultra-High Definition Televisions (UHD TV)</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labelling program for Ultra-High Definition (UHD) televisions of Liquid Crystal Display with LED backlighting, OLED displays, QLED displays, Micro-LED displays, that may be utilised to make and sell UHD televisions in the Indian market having native resolution of 3,840 x 2,160 pixels (4K) and 7,680 x 4,320 pixels (8K) which can be powered only by an external power supply at a voltage not exceeding 250 V ac, 50 Hz being manufactured, imported and commercially purchased or sold in India.</t>
+  </si>
+  <si>
     <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
   </si>
   <si>
     <t>Sello FIDE No. 011 - Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for household refrigerators, refrigerator-freezers and freezers using hermetic motor-driven compressors with rated supply voltage of 127 Volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-011-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/2020/08/11_Refrigeradores_Electrodomesticos_rev6.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4117 - Self-Contained Commercial Refrigeration Appliances</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-contained commercial refrigeration equipment such as coolers; freezers; closed cabinets and bagged ice keepers at a rated supply voltage of 110; 115; 127; and 220 volts at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-022-ENER / SCFI-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4117-self-contained-commercial-refrigeration-appliances</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/Esp4117_15.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4122 - Set Top Boxes</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for television receivers with images in color or black and white, stable or programmable, analog or digital, fed with a nominal voltage of 110 V, 115 V, 127 V, 220 V or 230 volts at a frequency of 60 Hz, in any of the following types of kinescopes: Cathode Ray Tube screen (CRT), Liquid Crystal Display (LCD), Plasma Screen, with any other similar system flat screen.</t>
+  </si>
+  <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4122-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4122_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4146 - Audio and Video Systems</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for audio visual systems: home theater systems, DVD players, and Blu-ray players operating at nominal voltages of 110, 115, 127, 220, 230V, at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment, DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / NOM-008-SCFI / NOM-024-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4146-audio-and-video-systems</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4146.pdf</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Televisions Sets</t>
   </si>
   <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-televisions-sets</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
     <t>SLNS 94: 2016 Energy Efficiency Labelling – Refrigerators</t>
   </si>
   <si>
+    <t>This national standard specifies the method of energy efficiency classification of refrigeratorsused for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-94-2016-energy-efficiency-labelling-refrigerators</t>
   </si>
   <si>
+    <t>https://dev.slbs.org/2018/10/15/national-54/</t>
+  </si>
+  <si>
     <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
+  </si>
+  <si>
     <t>NOM-15-ENER-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
+  </si>
+  <si>
     <t>Standard NOM-022-ENER/SCFI-2014 - Commercial Refrigeration</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for self-contained commercial electric refrigeration appliances; new, used or rebuilt: Upright coolers with one or more front-opening doors, Chest coolers, Chest freezers, Upright freezers, Closed display cabinets, Cabinets for bagged ice.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-022-enerscfi-2014-commercial-refrigeration</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5372759&amp;fecha=27/11/2014</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>TCVN 7828:2016 Refrigerator, refrigerator-freezer, and freezer - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for refrigerators, refrigerator-freezers, and freezers.</t>
+  </si>
+  <si>
     <t>TCVN 7829:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78282016-refrigerator-refrigerator-freezer-and-freezer-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7828-2016-tu-mat-tu-lanh-tu-dong-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for computer monitors.</t>
+  </si>
+  <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9508-2012-man-hinh-may-tinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
+It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
+It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
+It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
+  </si>
+  <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
   <si>
     <t>TIS 1195
 ,   
                     TIS 1956 (or CISPR 32, EN 55032)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-81-R1-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Televisions TGL-34-R1-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to a television set that is powered by the mains power and is a device that serves to receive displays images and sounds transmission (e.g. analogue or digital), with display methods such as Liquid Crystal Display (LCD), Plasma Display Panel (PDP), Light-emitting-diode (LED), or LED-backdrop LCD or Organic Light-Emitting Devices (OLED), excluding Cathode Ray Tube (CRT) display systems and battery-operated portable television set.</t>
+  </si>
+  <si>
     <t>TIS 1195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-televisions-tgl-34-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-34-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Video Media Players / Recorders TGL-39-04</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to mains-powered electronic equipment designed to reproduce video-audio signals recorded in data storage media video cassette tape, VCD, DVD, etc. in connection with other visual display units and sound speaker units such as TVs.</t>
   </si>
   <si>
     <t>Certificate of conformity and test results. (with quality and environmental requirements).
 ,   
                     Standby power consumption of the applied product shall comply with the following requirements: The power consumption of the applied product in on-mode not exceeded 15W. Exempted from this are audio-DVD combination units.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-video-media-players-recorders-tgl-39-04</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-39-04.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a total volume of—
+(a) more than 10 litres; and
+(b) less than or equal to 1,500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/5/made</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LCD Monitors</t>
   </si>
   <si>
+    <t>Applies to standard LCD monitors that are designed for use with computers. The monitor must be capable of being powered from either a wall outlet or a battery unit that is sold with an AC adaptor. LCD monitors with a tuner|receiver may qualify under this scheme as long as they are marketed and sold to consumers as computer monitors, i.e. focusing on computer monitor as the primary function; or as dual functions computer monitors and televisions.</t>
+  </si>
+  <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-lcd-monitors</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS%20-%20LCD%20Monitor%20(Eng)_2019.1.pdf</t>
+  </si>
+  <si>
     <t>The U.S. Environmental Protection Agency (EPA) Recognition Program for Game Consoles Performance Requirements Version 1.0</t>
   </si>
   <si>
+    <t>Manufacturers of products that meet the definition of Game Console are eligible for EPA recognition, with the exception of portable game consoles and game consoles incapable of rendering HD video output (video output with a display resolution of 720 lines or greater) via HDMI.</t>
+  </si>
+  <si>
     <t>Game Consoles</t>
   </si>
   <si>
     <t>EPA Test Method for Game Consoles; Rev. Mar-2013</t>
   </si>
   <si>
     <t>U.S. Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-environmental-protection-agency-epa-recognition-program-game-consoles-performance</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/game_console_version_1_0_recognition_program_pd</t>
+  </si>
+  <si>
     <t>Trade Standards (Household Electric Refrigerating Appliances) Order 2007, under the Trade Standards Quality Control Decree 1992, no.24</t>
   </si>
   <si>
+    <t>Refrigerators, freezers, and refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity (230/240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Fiji</t>
   </si>
   <si>
     <t>FS/AS/NZS 4474.1.2007, FS/AS/NZS 4474.2.2009</t>
   </si>
   <si>
     <t>Fiji Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/trade-standards-household-electric-refrigerating-appliances-order-2007-under-trade</t>
   </si>
   <si>
+    <t>http://www.energy.gov.fj/index.php/review-energy-policy/nep-review-work-plan/71-mepsl</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices (2019/2016/EU) (SGM:2021/8)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. This Regulation shall apply to electric mains-operated household refrigerating appliances including those sold for non-household use or for the refrigeration of items other than foodstuffs and including built-in appliances. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated. This Regulation shall not apply to:    a. refrigerating appliances that are primarily powered by energy sources other than electricity such as liquefied petroleum gas LPG kerosene and bio-diesel fuels;   b. battery-operated refrigerating appliances that can be connected to the mains through an AC|DC converter purchased separately;    c. custom-made refrigerating appliances made on a one-off basis and not equivalent to other refrigerating appliance models;   d. refrigerating appliances for tertiary sector application where the removal of refrigerated foodstuffs is electronically sensed and that information can be automatically transmitted through a network connection to a remote control system for accounting;    e. appliances where the primary function is not the storage of foodstuffs through refrigeration such as stand-alone ice-makers or chilled drinks dispensers.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-20192016eu-sgm20218</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 |  Energy Labeling of Electronic Displays (2019/2013/EU) (SGM:2021/6)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on electronic displays, including televisions, monitors, and digital signage displays. This policy applies to electronic displays with a screen area greater than 100 square centimeters. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2013 .</t>
+  </si>
+  <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-electronic-displays-20192013eu-sgm20216</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices (2019/2019/EU) (SGM:2021/7)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Electronic Displays (2019/2021/EU) (SGM:2021/5)</t>
   </si>
   <si>
+    <t>This policy establishes a minimum energy performance standard for electronic displays, including televisions, monitors, and digital signage displays with a liquid crystal screen (LCD) and a screen area greater than 100 square centimeters. This policy is a transposition of Commission Regulation (EU) 2019/2021.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-electronic</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-5.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor</t>
+  </si>
+  <si>
     <t>EC 1062-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/TELEV%C4%B0ZYONLARIN%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
   </si>
   <si>
+    <t>This regulation covers brand new household refrigerators, freezers and refrigerator-freezers with a capacity of less than 1,500 liters imported to or manufactured in the UAE. This regulation applies to electric mains-operated household refrigerating appliances, stand-alone or built-in configuration.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>UAE.S IEC 62552:2013</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
+    <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
   </si>
   <si>
+    <t>https://www.tuvsud.com/en/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-11-2019/uae-mandatory-standard-for-tv-energy-efficiency-labelling-in-force</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
     <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+  </si>
+  <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>US900-2:2011</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us900-1-2011-performance-household-electrical-appliances-refrigerating-appliances-part-1</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=539&amp;preview</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2859,8949 +4045,10202 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N209"/>
+  <dimension ref="A1:P209"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="764.385" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2024</v>
+      </c>
+      <c r="J6" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>65</v>
+      </c>
+      <c r="M6" t="s">
+        <v>66</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>67</v>
+      </c>
+      <c r="P6" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
+        <v>71</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>72</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2018</v>
+      </c>
+      <c r="J7" t="s">
+        <v>73</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>74</v>
+      </c>
+      <c r="M7" t="s">
+        <v>75</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>76</v>
+      </c>
+      <c r="P7" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>78</v>
+      </c>
+      <c r="B8" t="s">
+        <v>79</v>
+      </c>
+      <c r="C8" t="s">
+        <v>62</v>
+      </c>
+      <c r="D8" t="s">
+        <v>53</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>80</v>
+      </c>
+      <c r="H8">
+        <v>2018</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>73</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>81</v>
+      </c>
+      <c r="P8" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>83</v>
+      </c>
+      <c r="B9" t="s">
+        <v>84</v>
+      </c>
+      <c r="C9" t="s">
+        <v>85</v>
+      </c>
+      <c r="D9" t="s">
+        <v>86</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1979</v>
+      </c>
+      <c r="I9">
+        <v>2018</v>
+      </c>
+      <c r="J9" t="s">
+        <v>73</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>87</v>
+      </c>
+      <c r="M9" t="s">
+        <v>88</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>89</v>
+      </c>
+      <c r="P9" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>91</v>
+      </c>
+      <c r="B10" t="s">
+        <v>92</v>
+      </c>
+      <c r="C10" t="s">
+        <v>93</v>
+      </c>
+      <c r="D10" t="s">
+        <v>71</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" t="s">
+        <v>94</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>95</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>96</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>97</v>
+      </c>
+      <c r="P10" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>99</v>
+      </c>
+      <c r="B11" t="s">
+        <v>100</v>
+      </c>
+      <c r="C11" t="s">
+        <v>101</v>
+      </c>
+      <c r="D11" t="s">
+        <v>71</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1997</v>
+      </c>
+      <c r="I11">
+        <v>2018</v>
+      </c>
+      <c r="J11" t="s">
+        <v>102</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>103</v>
+      </c>
+      <c r="M11" t="s">
+        <v>104</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>105</v>
+      </c>
+      <c r="P11" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>107</v>
+      </c>
+      <c r="B12" t="s">
+        <v>108</v>
+      </c>
+      <c r="C12" t="s">
+        <v>109</v>
+      </c>
+      <c r="D12" t="s">
+        <v>71</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>94</v>
+      </c>
+      <c r="H12">
+        <v>2012</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>110</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>111</v>
+      </c>
+      <c r="M12" t="s">
+        <v>112</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>113</v>
+      </c>
+      <c r="P12" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>115</v>
+      </c>
+      <c r="B13" t="s">
+        <v>116</v>
+      </c>
+      <c r="C13" t="s">
+        <v>109</v>
+      </c>
+      <c r="D13" t="s">
+        <v>71</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>43</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J13" t="s">
+        <v>110</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
+        <v>117</v>
+      </c>
+      <c r="M13" t="s">
+        <v>112</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>118</v>
+      </c>
+      <c r="P13" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>119</v>
+      </c>
+      <c r="B14" t="s">
+        <v>120</v>
+      </c>
+      <c r="C14" t="s">
+        <v>121</v>
+      </c>
+      <c r="D14" t="s">
+        <v>122</v>
+      </c>
+      <c r="E14" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F14" t="s">
+        <v>43</v>
+      </c>
+      <c r="G14" t="s">
+        <v>94</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>44</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>123</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>124</v>
+      </c>
+      <c r="P14" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>126</v>
+      </c>
+      <c r="B15" t="s">
+        <v>127</v>
+      </c>
+      <c r="C15" t="s">
+        <v>128</v>
+      </c>
+      <c r="D15" t="s">
+        <v>53</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>43</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2011</v>
+      </c>
+      <c r="I15">
+        <v>2021</v>
+      </c>
+      <c r="J15" t="s">
+        <v>73</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>129</v>
+      </c>
+      <c r="M15" t="s">
+        <v>130</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>131</v>
+      </c>
+      <c r="P15" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>133</v>
+      </c>
+      <c r="B16" t="s">
+        <v>134</v>
+      </c>
+      <c r="C16" t="s">
+        <v>128</v>
+      </c>
+      <c r="D16" t="s">
+        <v>135</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>43</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2016</v>
+      </c>
+      <c r="I16">
+        <v>2021</v>
+      </c>
+      <c r="J16" t="s">
+        <v>73</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" t="s">
+        <v>136</v>
+      </c>
+      <c r="M16" t="s">
+        <v>137</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>138</v>
+      </c>
+      <c r="P16" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>133</v>
+      </c>
+      <c r="B17" t="s">
+        <v>134</v>
+      </c>
+      <c r="C17" t="s">
+        <v>128</v>
+      </c>
+      <c r="D17" t="s">
+        <v>135</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>43</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2016</v>
+      </c>
+      <c r="I17">
+        <v>2021</v>
+      </c>
+      <c r="J17" t="s">
+        <v>73</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" t="s">
+        <v>136</v>
+      </c>
+      <c r="M17" t="s">
+        <v>137</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>140</v>
+      </c>
+      <c r="P17"/>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>141</v>
+      </c>
+      <c r="B18" t="s">
+        <v>142</v>
+      </c>
+      <c r="C18" t="s">
+        <v>128</v>
+      </c>
+      <c r="D18" t="s">
+        <v>143</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>43</v>
+      </c>
+      <c r="G18" t="s">
+        <v>94</v>
+      </c>
+      <c r="H18">
+        <v>2015</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>73</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>144</v>
+      </c>
+      <c r="M18" t="s">
+        <v>145</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>146</v>
+      </c>
+      <c r="P18" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>148</v>
+      </c>
+      <c r="B19" t="s">
+        <v>149</v>
+      </c>
+      <c r="C19" t="s">
+        <v>128</v>
+      </c>
+      <c r="D19" t="s">
+        <v>150</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>43</v>
+      </c>
+      <c r="G19" t="s">
+        <v>94</v>
+      </c>
+      <c r="H19">
+        <v>2011</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>151</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" t="s">
+        <v>152</v>
+      </c>
+      <c r="M19" t="s">
+        <v>145</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>153</v>
+      </c>
+      <c r="P19" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>155</v>
+      </c>
+      <c r="B20" t="s">
+        <v>156</v>
+      </c>
+      <c r="C20" t="s">
+        <v>128</v>
+      </c>
+      <c r="D20" t="s">
+        <v>157</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>43</v>
+      </c>
+      <c r="G20" t="s">
+        <v>94</v>
+      </c>
+      <c r="H20">
+        <v>2009</v>
+      </c>
+      <c r="I20">
+        <v>2015</v>
+      </c>
+      <c r="J20" t="s">
+        <v>151</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20" t="s">
+        <v>158</v>
+      </c>
+      <c r="M20" t="s">
+        <v>145</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>159</v>
+      </c>
+      <c r="P20" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>161</v>
+      </c>
+      <c r="B21" t="s">
+        <v>162</v>
+      </c>
+      <c r="C21" t="s">
+        <v>128</v>
+      </c>
+      <c r="D21" t="s">
+        <v>53</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>43</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21">
+        <v>2013</v>
+      </c>
+      <c r="J21" t="s">
+        <v>163</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" t="s">
+        <v>129</v>
+      </c>
+      <c r="M21" t="s">
+        <v>145</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>164</v>
+      </c>
+      <c r="P21" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>166</v>
+      </c>
+      <c r="B22" t="s">
+        <v>167</v>
+      </c>
+      <c r="C22" t="s">
+        <v>52</v>
+      </c>
+      <c r="D22" t="s">
+        <v>168</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>43</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2010</v>
+      </c>
+      <c r="I22">
+        <v>2019</v>
+      </c>
+      <c r="J22" t="s">
+        <v>169</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22" t="s">
+        <v>170</v>
+      </c>
+      <c r="M22" t="s">
+        <v>171</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>172</v>
+      </c>
+      <c r="P22" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>166</v>
+      </c>
+      <c r="B23" t="s">
+        <v>174</v>
+      </c>
+      <c r="C23" t="s">
+        <v>175</v>
+      </c>
+      <c r="D23" t="s">
+        <v>168</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>43</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2010</v>
+      </c>
+      <c r="I23">
+        <v>2019</v>
+      </c>
+      <c r="J23" t="s">
+        <v>176</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23" t="s">
+        <v>170</v>
+      </c>
+      <c r="M23"/>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>177</v>
+      </c>
+      <c r="P23" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>179</v>
+      </c>
+      <c r="B24" t="s">
+        <v>180</v>
+      </c>
+      <c r="C24" t="s">
+        <v>175</v>
+      </c>
+      <c r="D24" t="s">
+        <v>181</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>43</v>
+      </c>
+      <c r="G24" t="s">
+        <v>94</v>
+      </c>
+      <c r="H24">
+        <v>2019</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>176</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24" t="s">
+        <v>182</v>
+      </c>
+      <c r="M24"/>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>183</v>
+      </c>
+      <c r="P24" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>179</v>
+      </c>
+      <c r="B25" t="s">
+        <v>185</v>
+      </c>
+      <c r="C25" t="s">
+        <v>52</v>
+      </c>
+      <c r="D25" t="s">
+        <v>181</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>43</v>
+      </c>
+      <c r="G25" t="s">
+        <v>94</v>
+      </c>
+      <c r="H25">
+        <v>2019</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>169</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25" t="s">
+        <v>182</v>
+      </c>
+      <c r="M25" t="s">
+        <v>171</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>186</v>
+      </c>
+      <c r="P25" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>188</v>
+      </c>
+      <c r="B26" t="s">
+        <v>189</v>
+      </c>
+      <c r="C26" t="s">
+        <v>52</v>
+      </c>
+      <c r="D26" t="s">
+        <v>181</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G26" t="s">
+        <v>94</v>
+      </c>
+      <c r="H26">
+        <v>2019</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>169</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>171</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>190</v>
+      </c>
+      <c r="P26" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>192</v>
+      </c>
+      <c r="B27" t="s">
+        <v>193</v>
+      </c>
+      <c r="C27" t="s">
+        <v>52</v>
+      </c>
+      <c r="D27" t="s">
+        <v>168</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...31 lines deleted...]
-      <c r="H3">
+      <c r="H27">
+        <v>2009</v>
+      </c>
+      <c r="I27">
+        <v>2019</v>
+      </c>
+      <c r="J27" t="s">
+        <v>169</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>171</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>194</v>
+      </c>
+      <c r="P27" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>196</v>
+      </c>
+      <c r="B28" t="s">
+        <v>197</v>
+      </c>
+      <c r="C28" t="s">
+        <v>175</v>
+      </c>
+      <c r="D28" t="s">
+        <v>198</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>94</v>
+      </c>
+      <c r="H28">
+        <v>2013</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>176</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28"/>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>199</v>
+      </c>
+      <c r="P28" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>196</v>
+      </c>
+      <c r="B29" t="s">
+        <v>201</v>
+      </c>
+      <c r="C29" t="s">
+        <v>52</v>
+      </c>
+      <c r="D29" t="s">
+        <v>198</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2013</v>
+      </c>
+      <c r="I29">
         <v>2023</v>
       </c>
-      <c r="I3" t="s">
-[...63 lines deleted...]
-      <c r="A5" t="s">
+      <c r="J29" t="s">
+        <v>169</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>171</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>202</v>
+      </c>
+      <c r="P29" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>204</v>
+      </c>
+      <c r="B30" t="s">
+        <v>205</v>
+      </c>
+      <c r="C30" t="s">
+        <v>175</v>
+      </c>
+      <c r="D30" t="s">
+        <v>150</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>94</v>
+      </c>
+      <c r="H30">
+        <v>2009</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>176</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30"/>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>206</v>
+      </c>
+      <c r="P30" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>208</v>
+      </c>
+      <c r="B31" t="s">
+        <v>209</v>
+      </c>
+      <c r="C31" t="s">
+        <v>210</v>
+      </c>
+      <c r="D31" t="s">
+        <v>211</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>212</v>
+      </c>
+      <c r="G31" t="s">
+        <v>94</v>
+      </c>
+      <c r="H31">
+        <v>2016</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>44</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31" t="s">
+        <v>213</v>
+      </c>
+      <c r="M31" t="s">
+        <v>214</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>215</v>
+      </c>
+      <c r="P31" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>217</v>
+      </c>
+      <c r="B32" t="s">
+        <v>218</v>
+      </c>
+      <c r="C32" t="s">
+        <v>219</v>
+      </c>
+      <c r="D32" t="s">
+        <v>220</v>
+      </c>
+      <c r="E32" t="s">
         <v>42</v>
       </c>
-      <c r="B5" t="s">
+      <c r="F32" t="s">
+        <v>212</v>
+      </c>
+      <c r="G32" t="s">
+        <v>221</v>
+      </c>
+      <c r="H32"/>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>222</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>223</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>224</v>
+      </c>
+      <c r="P32" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>226</v>
+      </c>
+      <c r="B33" t="s">
+        <v>156</v>
+      </c>
+      <c r="C33" t="s">
+        <v>128</v>
+      </c>
+      <c r="D33" t="s">
+        <v>157</v>
+      </c>
+      <c r="E33" t="s">
+        <v>42</v>
+      </c>
+      <c r="F33" t="s">
+        <v>54</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2003</v>
+      </c>
+      <c r="I33">
+        <v>2016</v>
+      </c>
+      <c r="J33" t="s">
+        <v>151</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33" t="s">
+        <v>227</v>
+      </c>
+      <c r="M33" t="s">
+        <v>228</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>229</v>
+      </c>
+      <c r="P33" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>231</v>
+      </c>
+      <c r="B34" t="s">
+        <v>232</v>
+      </c>
+      <c r="C34" t="s">
+        <v>128</v>
+      </c>
+      <c r="D34" t="s">
+        <v>53</v>
+      </c>
+      <c r="E34" t="s">
+        <v>42</v>
+      </c>
+      <c r="F34" t="s">
+        <v>54</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2002</v>
+      </c>
+      <c r="I34">
+        <v>2013</v>
+      </c>
+      <c r="J34" t="s">
+        <v>222</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34" t="s">
+        <v>129</v>
+      </c>
+      <c r="M34" t="s">
+        <v>228</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>233</v>
+      </c>
+      <c r="P34" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>235</v>
+      </c>
+      <c r="B35" t="s">
+        <v>236</v>
+      </c>
+      <c r="C35" t="s">
+        <v>128</v>
+      </c>
+      <c r="D35" t="s">
+        <v>237</v>
+      </c>
+      <c r="E35" t="s">
+        <v>42</v>
+      </c>
+      <c r="F35" t="s">
+        <v>54</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2002</v>
+      </c>
+      <c r="I35">
+        <v>2021</v>
+      </c>
+      <c r="J35" t="s">
+        <v>73</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35" t="s">
+        <v>238</v>
+      </c>
+      <c r="M35" t="s">
+        <v>239</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>240</v>
+      </c>
+      <c r="P35" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>242</v>
+      </c>
+      <c r="B36" t="s">
+        <v>243</v>
+      </c>
+      <c r="C36" t="s">
+        <v>128</v>
+      </c>
+      <c r="D36" t="s">
+        <v>157</v>
+      </c>
+      <c r="E36" t="s">
+        <v>42</v>
+      </c>
+      <c r="F36" t="s">
+        <v>54</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2003</v>
+      </c>
+      <c r="I36">
+        <v>2016</v>
+      </c>
+      <c r="J36" t="s">
+        <v>222</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36" t="s">
+        <v>244</v>
+      </c>
+      <c r="M36" t="s">
+        <v>228</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>245</v>
+      </c>
+      <c r="P36" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>247</v>
+      </c>
+      <c r="B37" t="s">
+        <v>248</v>
+      </c>
+      <c r="C37" t="s">
+        <v>128</v>
+      </c>
+      <c r="D37" t="s">
+        <v>157</v>
+      </c>
+      <c r="E37" t="s">
+        <v>42</v>
+      </c>
+      <c r="F37" t="s">
+        <v>54</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2003</v>
+      </c>
+      <c r="I37">
+        <v>2017</v>
+      </c>
+      <c r="J37" t="s">
+        <v>222</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37" t="s">
+        <v>249</v>
+      </c>
+      <c r="M37" t="s">
+        <v>228</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>250</v>
+      </c>
+      <c r="P37" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>252</v>
+      </c>
+      <c r="B38" t="s">
+        <v>253</v>
+      </c>
+      <c r="C38" t="s">
+        <v>128</v>
+      </c>
+      <c r="D38" t="s">
+        <v>143</v>
+      </c>
+      <c r="E38" t="s">
+        <v>42</v>
+      </c>
+      <c r="F38" t="s">
+        <v>54</v>
+      </c>
+      <c r="G38" t="s">
+        <v>94</v>
+      </c>
+      <c r="H38">
+        <v>2009</v>
+      </c>
+      <c r="I38">
+        <v>2016</v>
+      </c>
+      <c r="J38" t="s">
+        <v>151</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38" t="s">
+        <v>254</v>
+      </c>
+      <c r="M38" t="s">
+        <v>228</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>255</v>
+      </c>
+      <c r="P38" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>257</v>
+      </c>
+      <c r="B39" t="s">
+        <v>258</v>
+      </c>
+      <c r="C39" t="s">
+        <v>259</v>
+      </c>
+      <c r="D39" t="s">
+        <v>260</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>261</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2011</v>
+      </c>
+      <c r="I39">
+        <v>2023</v>
+      </c>
+      <c r="J39" t="s">
+        <v>262</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>263</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>264</v>
+      </c>
+      <c r="P39" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>266</v>
+      </c>
+      <c r="B40" t="s">
+        <v>267</v>
+      </c>
+      <c r="C40" t="s">
+        <v>268</v>
+      </c>
+      <c r="D40" t="s">
+        <v>269</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>94</v>
+      </c>
+      <c r="H40">
+        <v>2020</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>262</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>270</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>271</v>
+      </c>
+      <c r="P40" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>273</v>
+      </c>
+      <c r="B41" t="s">
+        <v>274</v>
+      </c>
+      <c r="C41" t="s">
+        <v>275</v>
+      </c>
+      <c r="D41" t="s">
+        <v>143</v>
+      </c>
+      <c r="E41" t="s">
+        <v>42</v>
+      </c>
+      <c r="F41" t="s">
+        <v>54</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2014</v>
+      </c>
+      <c r="I41">
+        <v>2020</v>
+      </c>
+      <c r="J41" t="s">
+        <v>44</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>276</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>277</v>
+      </c>
+      <c r="P41" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>279</v>
+      </c>
+      <c r="B42" t="s">
+        <v>280</v>
+      </c>
+      <c r="C42" t="s">
+        <v>281</v>
+      </c>
+      <c r="D42" t="s">
+        <v>282</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
         <v>43</v>
       </c>
-      <c r="C5" t="s">
-[...11 lines deleted...]
-      <c r="G5">
+      <c r="G42" t="s">
+        <v>94</v>
+      </c>
+      <c r="H42">
+        <v>2020</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>283</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>284</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>285</v>
+      </c>
+      <c r="P42" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>287</v>
+      </c>
+      <c r="B43" t="s">
+        <v>288</v>
+      </c>
+      <c r="C43" t="s">
+        <v>101</v>
+      </c>
+      <c r="D43" t="s">
+        <v>71</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>43</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>1986</v>
+      </c>
+      <c r="I43">
+        <v>2018</v>
+      </c>
+      <c r="J43" t="s">
+        <v>289</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43" t="s">
+        <v>290</v>
+      </c>
+      <c r="M43" t="s">
+        <v>104</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>291</v>
+      </c>
+      <c r="P43" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>293</v>
+      </c>
+      <c r="B44" t="s">
+        <v>294</v>
+      </c>
+      <c r="C44" t="s">
+        <v>295</v>
+      </c>
+      <c r="D44" t="s">
+        <v>53</v>
+      </c>
+      <c r="E44" t="s">
+        <v>296</v>
+      </c>
+      <c r="F44" t="s">
+        <v>212</v>
+      </c>
+      <c r="G44" t="s">
+        <v>221</v>
+      </c>
+      <c r="H44"/>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>73</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44" t="s">
+        <v>297</v>
+      </c>
+      <c r="M44" t="s">
+        <v>298</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>299</v>
+      </c>
+      <c r="P44" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>301</v>
+      </c>
+      <c r="B45" t="s">
+        <v>302</v>
+      </c>
+      <c r="C45" t="s">
+        <v>303</v>
+      </c>
+      <c r="D45" t="s">
+        <v>304</v>
+      </c>
+      <c r="E45" t="s">
+        <v>42</v>
+      </c>
+      <c r="F45" t="s">
+        <v>43</v>
+      </c>
+      <c r="G45" t="s">
+        <v>221</v>
+      </c>
+      <c r="H45"/>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>305</v>
+      </c>
+      <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>306</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>307</v>
+      </c>
+      <c r="P45" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>309</v>
+      </c>
+      <c r="B46" t="s">
+        <v>310</v>
+      </c>
+      <c r="C46" t="s">
+        <v>109</v>
+      </c>
+      <c r="D46" t="s">
+        <v>53</v>
+      </c>
+      <c r="E46" t="s">
+        <v>42</v>
+      </c>
+      <c r="F46" t="s">
+        <v>43</v>
+      </c>
+      <c r="G46" t="s">
+        <v>221</v>
+      </c>
+      <c r="H46"/>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>110</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46" t="s">
+        <v>311</v>
+      </c>
+      <c r="M46" t="s">
+        <v>112</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>312</v>
+      </c>
+      <c r="P46" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>314</v>
+      </c>
+      <c r="B47" t="s">
+        <v>315</v>
+      </c>
+      <c r="C47" t="s">
+        <v>316</v>
+      </c>
+      <c r="D47" t="s">
+        <v>317</v>
+      </c>
+      <c r="E47" t="s">
+        <v>42</v>
+      </c>
+      <c r="F47" t="s">
+        <v>54</v>
+      </c>
+      <c r="G47" t="s">
+        <v>94</v>
+      </c>
+      <c r="H47">
+        <v>2010</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>318</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>319</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>320</v>
+      </c>
+      <c r="P47" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>322</v>
+      </c>
+      <c r="B48" t="s">
+        <v>323</v>
+      </c>
+      <c r="C48" t="s">
+        <v>316</v>
+      </c>
+      <c r="D48" t="s">
+        <v>324</v>
+      </c>
+      <c r="E48" t="s">
+        <v>42</v>
+      </c>
+      <c r="F48" t="s">
+        <v>54</v>
+      </c>
+      <c r="G48" t="s">
+        <v>94</v>
+      </c>
+      <c r="H48">
+        <v>2010</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>318</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>319</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>325</v>
+      </c>
+      <c r="P48" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>326</v>
+      </c>
+      <c r="B49" t="s">
+        <v>327</v>
+      </c>
+      <c r="C49" t="s">
+        <v>316</v>
+      </c>
+      <c r="D49" t="s">
+        <v>157</v>
+      </c>
+      <c r="E49" t="s">
+        <v>42</v>
+      </c>
+      <c r="F49" t="s">
+        <v>54</v>
+      </c>
+      <c r="G49" t="s">
+        <v>94</v>
+      </c>
+      <c r="H49">
         <v>2009</v>
       </c>
-      <c r="H5">
-[...46 lines deleted...]
-      <c r="I6" t="s">
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>318</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>319</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>328</v>
+      </c>
+      <c r="P49" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>329</v>
+      </c>
+      <c r="B50" t="s">
+        <v>330</v>
+      </c>
+      <c r="C50" t="s">
+        <v>316</v>
+      </c>
+      <c r="D50" t="s">
+        <v>150</v>
+      </c>
+      <c r="E50" t="s">
+        <v>42</v>
+      </c>
+      <c r="F50" t="s">
+        <v>54</v>
+      </c>
+      <c r="G50" t="s">
+        <v>94</v>
+      </c>
+      <c r="H50">
+        <v>2010</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>318</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>319</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>331</v>
+      </c>
+      <c r="P50" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>332</v>
+      </c>
+      <c r="B51" t="s">
+        <v>333</v>
+      </c>
+      <c r="C51" t="s">
+        <v>316</v>
+      </c>
+      <c r="D51" t="s">
         <v>53</v>
       </c>
-      <c r="J6" t="s">
-[...2 lines deleted...]
-      <c r="K6" t="s">
+      <c r="E51" t="s">
+        <v>42</v>
+      </c>
+      <c r="F51" t="s">
         <v>54</v>
       </c>
-      <c r="L6" t="s">
-[...133 lines deleted...]
-      <c r="N9" t="s">
+      <c r="G51" t="s">
+        <v>94</v>
+      </c>
+      <c r="H51">
+        <v>2008</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>318</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>319</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>334</v>
+      </c>
+      <c r="P51" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>335</v>
+      </c>
+      <c r="B52" t="s">
+        <v>336</v>
+      </c>
+      <c r="C52" t="s">
+        <v>337</v>
+      </c>
+      <c r="D52" t="s">
         <v>71</v>
       </c>
-    </row>
-[...177 lines deleted...]
-      <c r="C14" t="s">
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
         <v>94</v>
       </c>
-      <c r="D14" t="s">
-[...19 lines deleted...]
-      <c r="L14" t="s">
+      <c r="H52">
+        <v>2017</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
         <v>95</v>
       </c>
-      <c r="M14" t="s">
-[...1257 lines deleted...]
-      <c r="K44" t="s">
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>338</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>339</v>
+      </c>
+      <c r="P52"/>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>340</v>
+      </c>
+      <c r="B53" t="s">
+        <v>341</v>
+      </c>
+      <c r="C53" t="s">
+        <v>342</v>
+      </c>
+      <c r="D53" t="s">
+        <v>343</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
         <v>212</v>
       </c>
-      <c r="L44" t="s">
-[...347 lines deleted...]
-        <v>2023</v>
+      <c r="G53" t="s">
+        <v>22</v>
       </c>
       <c r="H53">
         <v>2023</v>
       </c>
-      <c r="I53" t="s">
+      <c r="I53">
+        <v>2023</v>
+      </c>
+      <c r="J53" t="s">
+        <v>23</v>
+      </c>
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
+      <c r="L53" t="s">
+        <v>344</v>
+      </c>
+      <c r="M53" t="s">
+        <v>345</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>346</v>
+      </c>
+      <c r="P53" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>348</v>
+      </c>
+      <c r="B54" t="s">
+        <v>349</v>
+      </c>
+      <c r="C54" t="s">
+        <v>350</v>
+      </c>
+      <c r="D54" t="s">
+        <v>211</v>
+      </c>
+      <c r="E54" t="s">
+        <v>42</v>
+      </c>
+      <c r="F54" t="s">
+        <v>212</v>
+      </c>
+      <c r="G54" t="s">
+        <v>221</v>
+      </c>
+      <c r="H54"/>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>73</v>
+      </c>
+      <c r="K54" t="s">
+        <v>34</v>
+      </c>
+      <c r="L54" t="s">
+        <v>351</v>
+      </c>
+      <c r="M54" t="s">
+        <v>352</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>353</v>
+      </c>
+      <c r="P54" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>355</v>
+      </c>
+      <c r="B55" t="s">
+        <v>356</v>
+      </c>
+      <c r="C55" t="s">
+        <v>357</v>
+      </c>
+      <c r="D55" t="s">
+        <v>358</v>
+      </c>
+      <c r="E55" t="s">
         <v>20</v>
       </c>
-      <c r="J53" t="s">
-[...70 lines deleted...]
-      </c>
       <c r="F55" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G55"/>
+        <v>212</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
       <c r="H55"/>
-      <c r="I55" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I55"/>
       <c r="J55" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="K55" t="s">
-        <v>257</v>
+        <v>34</v>
       </c>
       <c r="L55" t="s">
-        <v>258</v>
+        <v>359</v>
       </c>
       <c r="M55" t="s">
-        <v>24</v>
+        <v>360</v>
       </c>
       <c r="N55" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>361</v>
+      </c>
+      <c r="P55" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>260</v>
+        <v>363</v>
       </c>
       <c r="B56" t="s">
-        <v>261</v>
+        <v>364</v>
       </c>
       <c r="C56" t="s">
-        <v>44</v>
+        <v>365</v>
       </c>
       <c r="D56" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="E56" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F56" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G56">
+        <v>54</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
         <v>2002</v>
       </c>
-      <c r="H56">
+      <c r="I56">
         <v>2015</v>
       </c>
-      <c r="I56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J56" t="s">
-        <v>29</v>
+        <v>289</v>
       </c>
       <c r="K56" t="s">
-        <v>262</v>
+        <v>34</v>
       </c>
       <c r="L56" t="s">
-        <v>263</v>
+        <v>366</v>
       </c>
       <c r="M56" t="s">
-        <v>24</v>
+        <v>367</v>
       </c>
       <c r="N56" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>368</v>
+      </c>
+      <c r="P56" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>265</v>
+        <v>370</v>
       </c>
       <c r="B57" t="s">
-        <v>261</v>
+        <v>371</v>
       </c>
       <c r="C57" t="s">
-        <v>226</v>
+        <v>365</v>
       </c>
       <c r="D57" t="s">
-        <v>35</v>
+        <v>317</v>
       </c>
       <c r="E57" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F57" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2007</v>
+        <v>54</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
       </c>
       <c r="H57">
         <v>2007</v>
       </c>
-      <c r="I57" t="s">
-        <v>206</v>
+      <c r="I57">
+        <v>2007</v>
       </c>
       <c r="J57" t="s">
-        <v>29</v>
+        <v>289</v>
       </c>
       <c r="K57" t="s">
-        <v>266</v>
+        <v>34</v>
       </c>
       <c r="L57" t="s">
-        <v>263</v>
+        <v>372</v>
       </c>
       <c r="M57" t="s">
-        <v>24</v>
+        <v>367</v>
       </c>
       <c r="N57" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>373</v>
+      </c>
+      <c r="P57" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>268</v>
+        <v>375</v>
       </c>
       <c r="B58" t="s">
-        <v>261</v>
+        <v>376</v>
       </c>
       <c r="C58" t="s">
-        <v>231</v>
+        <v>365</v>
       </c>
       <c r="D58" t="s">
-        <v>35</v>
+        <v>324</v>
       </c>
       <c r="E58" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F58" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="G58">
+        <v>54</v>
+      </c>
+      <c r="G58" t="s">
+        <v>94</v>
+      </c>
+      <c r="H58">
         <v>2008</v>
       </c>
-      <c r="H58"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I58"/>
       <c r="J58" t="s">
-        <v>29</v>
+        <v>289</v>
       </c>
       <c r="K58" t="s">
-        <v>269</v>
+        <v>34</v>
       </c>
       <c r="L58" t="s">
-        <v>263</v>
+        <v>377</v>
       </c>
       <c r="M58" t="s">
-        <v>24</v>
+        <v>367</v>
       </c>
       <c r="N58" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>378</v>
+      </c>
+      <c r="P58" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>271</v>
+        <v>380</v>
       </c>
       <c r="B59" t="s">
-        <v>261</v>
+        <v>381</v>
       </c>
       <c r="C59" t="s">
-        <v>119</v>
+        <v>365</v>
       </c>
       <c r="D59" t="s">
-        <v>35</v>
+        <v>157</v>
       </c>
       <c r="E59" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F59" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G59">
+        <v>54</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
         <v>2000</v>
       </c>
-      <c r="H59">
+      <c r="I59">
         <v>2015</v>
       </c>
-      <c r="I59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J59" t="s">
-        <v>29</v>
+        <v>289</v>
       </c>
       <c r="K59" t="s">
-        <v>272</v>
+        <v>34</v>
       </c>
       <c r="L59" t="s">
-        <v>273</v>
+        <v>382</v>
       </c>
       <c r="M59" t="s">
-        <v>24</v>
+        <v>383</v>
       </c>
       <c r="N59" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>384</v>
+      </c>
+      <c r="P59" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>275</v>
+        <v>386</v>
       </c>
       <c r="B60" t="s">
-        <v>225</v>
+        <v>387</v>
       </c>
       <c r="C60" t="s">
-        <v>44</v>
+        <v>316</v>
       </c>
       <c r="D60" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="E60" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>43</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
       </c>
       <c r="H60">
         <v>2012</v>
       </c>
-      <c r="I60" t="s">
-        <v>227</v>
+      <c r="I60">
+        <v>2012</v>
       </c>
       <c r="J60" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>318</v>
+      </c>
+      <c r="K60" t="s">
+        <v>34</v>
+      </c>
+      <c r="L60"/>
       <c r="M60" t="s">
-        <v>24</v>
+        <v>319</v>
       </c>
       <c r="N60" t="s">
-        <v>276</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>388</v>
+      </c>
+      <c r="P60" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>277</v>
+        <v>390</v>
       </c>
       <c r="B61" t="s">
-        <v>225</v>
+        <v>391</v>
       </c>
       <c r="C61" t="s">
-        <v>245</v>
+        <v>316</v>
       </c>
       <c r="D61" t="s">
-        <v>17</v>
+        <v>343</v>
       </c>
       <c r="E61" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F61" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="G61">
+        <v>43</v>
+      </c>
+      <c r="G61" t="s">
+        <v>94</v>
+      </c>
+      <c r="H61">
         <v>2010</v>
       </c>
-      <c r="H61"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I61"/>
       <c r="J61" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61"/>
       <c r="M61" t="s">
-        <v>24</v>
+        <v>319</v>
       </c>
       <c r="N61" t="s">
-        <v>278</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>392</v>
+      </c>
+      <c r="P61" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>279</v>
+        <v>394</v>
       </c>
       <c r="B62" t="s">
-        <v>280</v>
+        <v>395</v>
       </c>
       <c r="C62" t="s">
-        <v>44</v>
+        <v>396</v>
       </c>
       <c r="D62" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="E62" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F62" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G62">
+        <v>43</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
         <v>2014</v>
       </c>
-      <c r="H62">
+      <c r="I62">
         <v>2019</v>
       </c>
-      <c r="I62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J62" t="s">
-        <v>29</v>
+        <v>397</v>
       </c>
       <c r="K62" t="s">
-        <v>282</v>
+        <v>34</v>
       </c>
       <c r="L62" t="s">
-        <v>283</v>
+        <v>398</v>
       </c>
       <c r="M62" t="s">
-        <v>24</v>
+        <v>399</v>
       </c>
       <c r="N62" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>400</v>
+      </c>
+      <c r="P62" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>285</v>
+        <v>402</v>
       </c>
       <c r="B63" t="s">
-        <v>286</v>
+        <v>403</v>
       </c>
       <c r="C63" t="s">
-        <v>44</v>
+        <v>404</v>
       </c>
       <c r="D63" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="E63" t="s">
+        <v>42</v>
+      </c>
+      <c r="F63" t="s">
+        <v>54</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2003</v>
+      </c>
+      <c r="I63">
+        <v>2022</v>
+      </c>
+      <c r="J63" t="s">
+        <v>73</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63" t="s">
+        <v>405</v>
+      </c>
+      <c r="M63" t="s">
+        <v>406</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>407</v>
+      </c>
+      <c r="P63" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>409</v>
+      </c>
+      <c r="B64" t="s">
+        <v>410</v>
+      </c>
+      <c r="C64" t="s">
+        <v>411</v>
+      </c>
+      <c r="D64" t="s">
+        <v>412</v>
+      </c>
+      <c r="E64" t="s">
+        <v>42</v>
+      </c>
+      <c r="F64" t="s">
+        <v>212</v>
+      </c>
+      <c r="G64" t="s">
+        <v>94</v>
+      </c>
+      <c r="H64">
+        <v>2017</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>413</v>
+      </c>
+      <c r="K64" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64" t="s">
+        <v>414</v>
+      </c>
+      <c r="M64" t="s">
+        <v>415</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>416</v>
+      </c>
+      <c r="P64" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>418</v>
+      </c>
+      <c r="B65" t="s">
+        <v>419</v>
+      </c>
+      <c r="C65" t="s">
+        <v>342</v>
+      </c>
+      <c r="D65" t="s">
+        <v>53</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>212</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2009</v>
+      </c>
+      <c r="I65">
+        <v>2024</v>
+      </c>
+      <c r="J65" t="s">
+        <v>23</v>
+      </c>
+      <c r="K65" t="s">
+        <v>34</v>
+      </c>
+      <c r="L65" t="s">
+        <v>420</v>
+      </c>
+      <c r="M65" t="s">
+        <v>345</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>421</v>
+      </c>
+      <c r="P65" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>423</v>
+      </c>
+      <c r="B66" t="s">
+        <v>424</v>
+      </c>
+      <c r="C66" t="s">
+        <v>342</v>
+      </c>
+      <c r="D66" t="s">
+        <v>53</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>212</v>
+      </c>
+      <c r="G66" t="s">
+        <v>94</v>
+      </c>
+      <c r="H66">
+        <v>2023</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>425</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66" t="s">
+        <v>426</v>
+      </c>
+      <c r="M66" t="s">
+        <v>345</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>427</v>
+      </c>
+      <c r="P66" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>429</v>
+      </c>
+      <c r="B67" t="s">
+        <v>430</v>
+      </c>
+      <c r="C67" t="s">
+        <v>431</v>
+      </c>
+      <c r="D67" t="s">
+        <v>432</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>212</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2016</v>
+      </c>
+      <c r="I67">
+        <v>2019</v>
+      </c>
+      <c r="J67" t="s">
+        <v>73</v>
+      </c>
+      <c r="K67" t="s">
         <v>45</v>
       </c>
-      <c r="F63" t="s">
-[...40 lines deleted...]
-      <c r="E64" t="s">
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>433</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>434</v>
+      </c>
+      <c r="P67" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>436</v>
+      </c>
+      <c r="B68" t="s">
+        <v>437</v>
+      </c>
+      <c r="C68" t="s">
+        <v>438</v>
+      </c>
+      <c r="D68" t="s">
+        <v>71</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>212</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>1986</v>
+      </c>
+      <c r="I68">
+        <v>2004</v>
+      </c>
+      <c r="J68" t="s">
+        <v>73</v>
+      </c>
+      <c r="K68" t="s">
+        <v>34</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>439</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>440</v>
+      </c>
+      <c r="P68" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>442</v>
+      </c>
+      <c r="B69" t="s">
+        <v>443</v>
+      </c>
+      <c r="C69" t="s">
+        <v>444</v>
+      </c>
+      <c r="D69" t="s">
+        <v>324</v>
+      </c>
+      <c r="E69" t="s">
+        <v>42</v>
+      </c>
+      <c r="F69" t="s">
+        <v>54</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2002</v>
+      </c>
+      <c r="I69">
+        <v>2014</v>
+      </c>
+      <c r="J69" t="s">
+        <v>73</v>
+      </c>
+      <c r="K69" t="s">
+        <v>34</v>
+      </c>
+      <c r="L69" t="s">
+        <v>445</v>
+      </c>
+      <c r="M69" t="s">
+        <v>446</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>447</v>
+      </c>
+      <c r="P69" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>449</v>
+      </c>
+      <c r="B70" t="s">
+        <v>450</v>
+      </c>
+      <c r="C70" t="s">
+        <v>451</v>
+      </c>
+      <c r="D70" t="s">
+        <v>71</v>
+      </c>
+      <c r="E70" t="s">
+        <v>42</v>
+      </c>
+      <c r="F70" t="s">
+        <v>54</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2001</v>
+      </c>
+      <c r="I70">
+        <v>2013</v>
+      </c>
+      <c r="J70" t="s">
+        <v>222</v>
+      </c>
+      <c r="K70" t="s">
+        <v>34</v>
+      </c>
+      <c r="L70" t="s">
+        <v>452</v>
+      </c>
+      <c r="M70" t="s">
+        <v>446</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>453</v>
+      </c>
+      <c r="P70" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>455</v>
+      </c>
+      <c r="B71" t="s">
+        <v>456</v>
+      </c>
+      <c r="C71" t="s">
+        <v>457</v>
+      </c>
+      <c r="D71" t="s">
+        <v>157</v>
+      </c>
+      <c r="E71" t="s">
+        <v>42</v>
+      </c>
+      <c r="F71" t="s">
+        <v>54</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>1992</v>
+      </c>
+      <c r="I71">
+        <v>2020</v>
+      </c>
+      <c r="J71" t="s">
+        <v>222</v>
+      </c>
+      <c r="K71" t="s">
+        <v>34</v>
+      </c>
+      <c r="L71" t="s">
+        <v>458</v>
+      </c>
+      <c r="M71" t="s">
+        <v>446</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>459</v>
+      </c>
+      <c r="P71" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>461</v>
+      </c>
+      <c r="B72" t="s">
+        <v>462</v>
+      </c>
+      <c r="C72" t="s">
+        <v>451</v>
+      </c>
+      <c r="D72" t="s">
+        <v>71</v>
+      </c>
+      <c r="E72" t="s">
+        <v>42</v>
+      </c>
+      <c r="F72" t="s">
+        <v>54</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2001</v>
+      </c>
+      <c r="I72">
+        <v>2014</v>
+      </c>
+      <c r="J72" t="s">
+        <v>222</v>
+      </c>
+      <c r="K72" t="s">
+        <v>34</v>
+      </c>
+      <c r="L72" t="s">
+        <v>463</v>
+      </c>
+      <c r="M72" t="s">
+        <v>446</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>464</v>
+      </c>
+      <c r="P72" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>466</v>
+      </c>
+      <c r="B73" t="s">
+        <v>467</v>
+      </c>
+      <c r="C73" t="s">
+        <v>451</v>
+      </c>
+      <c r="D73" t="s">
+        <v>150</v>
+      </c>
+      <c r="E73" t="s">
+        <v>42</v>
+      </c>
+      <c r="F73" t="s">
+        <v>54</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2001</v>
+      </c>
+      <c r="I73">
+        <v>2018</v>
+      </c>
+      <c r="J73" t="s">
+        <v>222</v>
+      </c>
+      <c r="K73" t="s">
+        <v>34</v>
+      </c>
+      <c r="L73" t="s">
+        <v>468</v>
+      </c>
+      <c r="M73" t="s">
+        <v>446</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>469</v>
+      </c>
+      <c r="P73" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>471</v>
+      </c>
+      <c r="B74" t="s">
+        <v>472</v>
+      </c>
+      <c r="C74" t="s">
+        <v>451</v>
+      </c>
+      <c r="D74" t="s">
+        <v>53</v>
+      </c>
+      <c r="E74" t="s">
+        <v>42</v>
+      </c>
+      <c r="F74" t="s">
+        <v>54</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>1998</v>
+      </c>
+      <c r="I74">
+        <v>2019</v>
+      </c>
+      <c r="J74" t="s">
+        <v>222</v>
+      </c>
+      <c r="K74" t="s">
+        <v>34</v>
+      </c>
+      <c r="L74" t="s">
+        <v>473</v>
+      </c>
+      <c r="M74" t="s">
+        <v>446</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>474</v>
+      </c>
+      <c r="P74" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>476</v>
+      </c>
+      <c r="B75" t="s">
+        <v>477</v>
+      </c>
+      <c r="C75" t="s">
+        <v>295</v>
+      </c>
+      <c r="D75" t="s">
+        <v>53</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>212</v>
+      </c>
+      <c r="G75" t="s">
+        <v>94</v>
+      </c>
+      <c r="H75">
+        <v>2023</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>478</v>
+      </c>
+      <c r="K75" t="s">
+        <v>34</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>479</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>480</v>
+      </c>
+      <c r="P75" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>482</v>
+      </c>
+      <c r="B76" t="s">
+        <v>336</v>
+      </c>
+      <c r="C76" t="s">
+        <v>337</v>
+      </c>
+      <c r="D76" t="s">
+        <v>181</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>212</v>
+      </c>
+      <c r="G76" t="s">
+        <v>94</v>
+      </c>
+      <c r="H76">
+        <v>2017</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>95</v>
+      </c>
+      <c r="K76" t="s">
+        <v>34</v>
+      </c>
+      <c r="L76" t="s">
+        <v>483</v>
+      </c>
+      <c r="M76" t="s">
+        <v>338</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>484</v>
+      </c>
+      <c r="P76"/>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>485</v>
+      </c>
+      <c r="B77" t="s">
+        <v>486</v>
+      </c>
+      <c r="C77" t="s">
+        <v>128</v>
+      </c>
+      <c r="D77" t="s">
+        <v>157</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2008</v>
+      </c>
+      <c r="I77">
+        <v>2016</v>
+      </c>
+      <c r="J77" t="s">
+        <v>222</v>
+      </c>
+      <c r="K77" t="s">
+        <v>34</v>
+      </c>
+      <c r="L77" t="s">
+        <v>487</v>
+      </c>
+      <c r="M77" t="s">
+        <v>145</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>488</v>
+      </c>
+      <c r="P77" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>490</v>
+      </c>
+      <c r="B78" t="s">
+        <v>491</v>
+      </c>
+      <c r="C78" t="s">
+        <v>128</v>
+      </c>
+      <c r="D78" t="s">
+        <v>53</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>1989</v>
+      </c>
+      <c r="I78">
+        <v>2016</v>
+      </c>
+      <c r="J78" t="s">
+        <v>222</v>
+      </c>
+      <c r="K78" t="s">
+        <v>34</v>
+      </c>
+      <c r="L78" t="s">
+        <v>129</v>
+      </c>
+      <c r="M78" t="s">
+        <v>145</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>492</v>
+      </c>
+      <c r="P78" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>494</v>
+      </c>
+      <c r="B79" t="s">
+        <v>495</v>
+      </c>
+      <c r="C79" t="s">
+        <v>128</v>
+      </c>
+      <c r="D79" t="s">
+        <v>496</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2010</v>
+      </c>
+      <c r="I79">
+        <v>2021</v>
+      </c>
+      <c r="J79" t="s">
+        <v>73</v>
+      </c>
+      <c r="K79" t="s">
+        <v>34</v>
+      </c>
+      <c r="L79" t="s">
+        <v>497</v>
+      </c>
+      <c r="M79" t="s">
+        <v>498</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>499</v>
+      </c>
+      <c r="P79" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>501</v>
+      </c>
+      <c r="B80" t="s">
+        <v>502</v>
+      </c>
+      <c r="C80" t="s">
+        <v>128</v>
+      </c>
+      <c r="D80" t="s">
+        <v>150</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2011</v>
+      </c>
+      <c r="I80">
+        <v>2016</v>
+      </c>
+      <c r="J80" t="s">
+        <v>222</v>
+      </c>
+      <c r="K80" t="s">
+        <v>34</v>
+      </c>
+      <c r="L80" t="s">
         <v>152</v>
       </c>
-      <c r="F64" t="s">
-[...50 lines deleted...]
-      <c r="I65" t="s">
+      <c r="M80" t="s">
+        <v>145</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>503</v>
+      </c>
+      <c r="P80" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>505</v>
+      </c>
+      <c r="B81" t="s">
+        <v>506</v>
+      </c>
+      <c r="C81" t="s">
+        <v>128</v>
+      </c>
+      <c r="D81" t="s">
+        <v>143</v>
+      </c>
+      <c r="E81" t="s">
         <v>20</v>
       </c>
-      <c r="J65" t="s">
-[...76 lines deleted...]
-      <c r="G67">
+      <c r="F81" t="s">
+        <v>21</v>
+      </c>
+      <c r="G81" t="s">
+        <v>94</v>
+      </c>
+      <c r="H81">
         <v>2016</v>
       </c>
-      <c r="H67">
-[...608 lines deleted...]
-      </c>
+      <c r="I81"/>
       <c r="J81" t="s">
-        <v>29</v>
+        <v>222</v>
       </c>
       <c r="K81" t="s">
-        <v>355</v>
+        <v>34</v>
       </c>
       <c r="L81" t="s">
-        <v>356</v>
+        <v>507</v>
       </c>
       <c r="M81" t="s">
-        <v>24</v>
+        <v>508</v>
       </c>
       <c r="N81" t="s">
-        <v>357</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>509</v>
+      </c>
+      <c r="P81" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>358</v>
+        <v>511</v>
       </c>
       <c r="B82" t="s">
-        <v>359</v>
+        <v>512</v>
       </c>
       <c r="C82" t="s">
-        <v>360</v>
+        <v>513</v>
       </c>
       <c r="D82" t="s">
-        <v>17</v>
+        <v>514</v>
       </c>
       <c r="E82" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F82" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>43</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
       </c>
       <c r="H82">
         <v>2019</v>
       </c>
-      <c r="I82" t="s">
-        <v>37</v>
+      <c r="I82">
+        <v>2019</v>
       </c>
       <c r="J82" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="K82" t="s">
-        <v>361</v>
+        <v>34</v>
       </c>
       <c r="L82" t="s">
-        <v>362</v>
+        <v>515</v>
       </c>
       <c r="M82" t="s">
-        <v>24</v>
+        <v>516</v>
       </c>
       <c r="N82" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>517</v>
+      </c>
+      <c r="P82" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>364</v>
+        <v>519</v>
       </c>
       <c r="B83" t="s">
+        <v>520</v>
+      </c>
+      <c r="C83" t="s">
+        <v>521</v>
+      </c>
+      <c r="D83" t="s">
+        <v>71</v>
+      </c>
+      <c r="E83" t="s">
+        <v>42</v>
+      </c>
+      <c r="F83" t="s">
+        <v>21</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>1987</v>
+      </c>
+      <c r="I83">
+        <v>1988</v>
+      </c>
+      <c r="J83" t="s">
+        <v>289</v>
+      </c>
+      <c r="K83" t="s">
+        <v>34</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>522</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>523</v>
+      </c>
+      <c r="P83" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>525</v>
+      </c>
+      <c r="B84" t="s">
+        <v>526</v>
+      </c>
+      <c r="C84" t="s">
+        <v>521</v>
+      </c>
+      <c r="D84" t="s">
+        <v>53</v>
+      </c>
+      <c r="E84" t="s">
+        <v>42</v>
+      </c>
+      <c r="F84" t="s">
+        <v>21</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>1989</v>
+      </c>
+      <c r="I84">
+        <v>1991</v>
+      </c>
+      <c r="J84" t="s">
+        <v>289</v>
+      </c>
+      <c r="K84" t="s">
+        <v>34</v>
+      </c>
+      <c r="L84"/>
+      <c r="M84" t="s">
+        <v>527</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>528</v>
+      </c>
+      <c r="P84" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>530</v>
+      </c>
+      <c r="B85" t="s">
+        <v>531</v>
+      </c>
+      <c r="C85" t="s">
+        <v>521</v>
+      </c>
+      <c r="D85" t="s">
+        <v>324</v>
+      </c>
+      <c r="E85" t="s">
+        <v>42</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>94</v>
+      </c>
+      <c r="H85">
+        <v>1990</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>289</v>
+      </c>
+      <c r="K85" t="s">
+        <v>34</v>
+      </c>
+      <c r="L85"/>
+      <c r="M85" t="s">
+        <v>522</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>532</v>
+      </c>
+      <c r="P85" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>534</v>
+      </c>
+      <c r="B86" t="s">
+        <v>535</v>
+      </c>
+      <c r="C86" t="s">
+        <v>521</v>
+      </c>
+      <c r="D86" t="s">
+        <v>71</v>
+      </c>
+      <c r="E86" t="s">
+        <v>42</v>
+      </c>
+      <c r="F86" t="s">
+        <v>43</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2011</v>
+      </c>
+      <c r="I86">
+        <v>2014</v>
+      </c>
+      <c r="J86" t="s">
+        <v>289</v>
+      </c>
+      <c r="K86" t="s">
+        <v>34</v>
+      </c>
+      <c r="L86" t="s">
+        <v>536</v>
+      </c>
+      <c r="M86" t="s">
+        <v>527</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>537</v>
+      </c>
+      <c r="P86" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>539</v>
+      </c>
+      <c r="B87" t="s">
+        <v>540</v>
+      </c>
+      <c r="C87" t="s">
+        <v>541</v>
+      </c>
+      <c r="D87" t="s">
+        <v>542</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>212</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2013</v>
+      </c>
+      <c r="I87">
+        <v>2024</v>
+      </c>
+      <c r="J87" t="s">
+        <v>543</v>
+      </c>
+      <c r="K87" t="s">
+        <v>34</v>
+      </c>
+      <c r="L87" t="s">
+        <v>544</v>
+      </c>
+      <c r="M87" t="s">
+        <v>545</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>546</v>
+      </c>
+      <c r="P87" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>548</v>
+      </c>
+      <c r="B88" t="s">
+        <v>549</v>
+      </c>
+      <c r="C88" t="s">
+        <v>541</v>
+      </c>
+      <c r="D88" t="s">
+        <v>343</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>212</v>
+      </c>
+      <c r="G88" t="s">
+        <v>94</v>
+      </c>
+      <c r="H88">
+        <v>2025</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>478</v>
+      </c>
+      <c r="K88" t="s">
+        <v>34</v>
+      </c>
+      <c r="L88" t="s">
+        <v>544</v>
+      </c>
+      <c r="M88" t="s">
+        <v>545</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>550</v>
+      </c>
+      <c r="P88" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>552</v>
+      </c>
+      <c r="B89" t="s">
+        <v>553</v>
+      </c>
+      <c r="C89" t="s">
+        <v>554</v>
+      </c>
+      <c r="D89" t="s">
+        <v>53</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>212</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>2015</v>
+      </c>
+      <c r="I89">
+        <v>2024</v>
+      </c>
+      <c r="J89" t="s">
+        <v>543</v>
+      </c>
+      <c r="K89" t="s">
+        <v>34</v>
+      </c>
+      <c r="L89" t="s">
+        <v>555</v>
+      </c>
+      <c r="M89" t="s">
+        <v>545</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>556</v>
+      </c>
+      <c r="P89" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>558</v>
+      </c>
+      <c r="B90" t="s">
+        <v>559</v>
+      </c>
+      <c r="C90" t="s">
+        <v>560</v>
+      </c>
+      <c r="D90" t="s">
+        <v>157</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>212</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2013</v>
+      </c>
+      <c r="I90">
+        <v>2014</v>
+      </c>
+      <c r="J90" t="s">
+        <v>561</v>
+      </c>
+      <c r="K90" t="s">
+        <v>34</v>
+      </c>
+      <c r="L90" t="s">
+        <v>562</v>
+      </c>
+      <c r="M90" t="s">
+        <v>563</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>564</v>
+      </c>
+      <c r="P90" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>566</v>
+      </c>
+      <c r="B91" t="s">
+        <v>567</v>
+      </c>
+      <c r="C91" t="s">
+        <v>560</v>
+      </c>
+      <c r="D91" t="s">
+        <v>150</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>21</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2008</v>
+      </c>
+      <c r="I91">
+        <v>2012</v>
+      </c>
+      <c r="J91" t="s">
+        <v>561</v>
+      </c>
+      <c r="K91" t="s">
+        <v>34</v>
+      </c>
+      <c r="L91" t="s">
+        <v>568</v>
+      </c>
+      <c r="M91" t="s">
+        <v>563</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>569</v>
+      </c>
+      <c r="P91" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>571</v>
+      </c>
+      <c r="B92" t="s">
+        <v>572</v>
+      </c>
+      <c r="C92" t="s">
+        <v>560</v>
+      </c>
+      <c r="D92" t="s">
+        <v>71</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>212</v>
+      </c>
+      <c r="G92" t="s">
+        <v>94</v>
+      </c>
+      <c r="H92">
+        <v>2019</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>561</v>
+      </c>
+      <c r="K92" t="s">
+        <v>34</v>
+      </c>
+      <c r="L92" t="s">
+        <v>573</v>
+      </c>
+      <c r="M92" t="s">
+        <v>563</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>574</v>
+      </c>
+      <c r="P92" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>576</v>
+      </c>
+      <c r="B93" t="s">
+        <v>577</v>
+      </c>
+      <c r="C93" t="s">
+        <v>560</v>
+      </c>
+      <c r="D93" t="s">
+        <v>53</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>212</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2009</v>
+      </c>
+      <c r="I93">
+        <v>2013</v>
+      </c>
+      <c r="J93" t="s">
+        <v>561</v>
+      </c>
+      <c r="K93" t="s">
+        <v>34</v>
+      </c>
+      <c r="L93" t="s">
+        <v>578</v>
+      </c>
+      <c r="M93" t="s">
+        <v>563</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>579</v>
+      </c>
+      <c r="P93" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>581</v>
+      </c>
+      <c r="B94" t="s">
+        <v>582</v>
+      </c>
+      <c r="C94" t="s">
         <v>365</v>
       </c>
-      <c r="C83" t="s">
-[...30 lines deleted...]
-      <c r="N83" t="s">
+      <c r="D94" t="s">
+        <v>157</v>
+      </c>
+      <c r="E94" t="s">
+        <v>42</v>
+      </c>
+      <c r="F94" t="s">
+        <v>54</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2000</v>
+      </c>
+      <c r="I94">
+        <v>2016</v>
+      </c>
+      <c r="J94" t="s">
+        <v>289</v>
+      </c>
+      <c r="K94" t="s">
+        <v>34</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94" t="s">
         <v>367</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B84" t="s">
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>583</v>
+      </c>
+      <c r="P94" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>585</v>
+      </c>
+      <c r="B95" t="s">
+        <v>586</v>
+      </c>
+      <c r="C95" t="s">
         <v>365</v>
       </c>
-      <c r="C84" t="s">
+      <c r="D95" t="s">
+        <v>157</v>
+      </c>
+      <c r="E95" t="s">
+        <v>42</v>
+      </c>
+      <c r="F95" t="s">
+        <v>54</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2000</v>
+      </c>
+      <c r="I95">
+        <v>2015</v>
+      </c>
+      <c r="J95" t="s">
+        <v>289</v>
+      </c>
+      <c r="K95" t="s">
+        <v>34</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>383</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>587</v>
+      </c>
+      <c r="P95" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>589</v>
+      </c>
+      <c r="B96" t="s">
+        <v>590</v>
+      </c>
+      <c r="C96" t="s">
+        <v>365</v>
+      </c>
+      <c r="D96" t="s">
+        <v>71</v>
+      </c>
+      <c r="E96" t="s">
+        <v>42</v>
+      </c>
+      <c r="F96" t="s">
+        <v>54</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>1998</v>
+      </c>
+      <c r="I96">
+        <v>2014</v>
+      </c>
+      <c r="J96" t="s">
+        <v>591</v>
+      </c>
+      <c r="K96" t="s">
+        <v>34</v>
+      </c>
+      <c r="L96" t="s">
+        <v>592</v>
+      </c>
+      <c r="M96" t="s">
+        <v>367</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>593</v>
+      </c>
+      <c r="P96" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>595</v>
+      </c>
+      <c r="B97" t="s">
+        <v>596</v>
+      </c>
+      <c r="C97" t="s">
+        <v>365</v>
+      </c>
+      <c r="D97" t="s">
+        <v>53</v>
+      </c>
+      <c r="E97" t="s">
+        <v>42</v>
+      </c>
+      <c r="F97" t="s">
+        <v>54</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2002</v>
+      </c>
+      <c r="I97">
+        <v>2013</v>
+      </c>
+      <c r="J97" t="s">
+        <v>289</v>
+      </c>
+      <c r="K97" t="s">
+        <v>34</v>
+      </c>
+      <c r="L97" t="s">
+        <v>597</v>
+      </c>
+      <c r="M97" t="s">
+        <v>367</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>598</v>
+      </c>
+      <c r="P97" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>600</v>
+      </c>
+      <c r="B98" t="s">
+        <v>601</v>
+      </c>
+      <c r="C98" t="s">
+        <v>365</v>
+      </c>
+      <c r="D98" t="s">
+        <v>143</v>
+      </c>
+      <c r="E98" t="s">
+        <v>42</v>
+      </c>
+      <c r="F98" t="s">
+        <v>54</v>
+      </c>
+      <c r="G98" t="s">
+        <v>94</v>
+      </c>
+      <c r="H98">
+        <v>2014</v>
+      </c>
+      <c r="I98"/>
+      <c r="J98" t="s">
+        <v>289</v>
+      </c>
+      <c r="K98" t="s">
+        <v>34</v>
+      </c>
+      <c r="L98" t="s">
+        <v>600</v>
+      </c>
+      <c r="M98" t="s">
+        <v>367</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>602</v>
+      </c>
+      <c r="P98" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>604</v>
+      </c>
+      <c r="B99" t="s">
+        <v>605</v>
+      </c>
+      <c r="C99" t="s">
+        <v>541</v>
+      </c>
+      <c r="D99" t="s">
+        <v>53</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>212</v>
+      </c>
+      <c r="G99" t="s">
+        <v>606</v>
+      </c>
+      <c r="H99">
+        <v>2015</v>
+      </c>
+      <c r="I99">
+        <v>2019</v>
+      </c>
+      <c r="J99" t="s">
+        <v>607</v>
+      </c>
+      <c r="K99" t="s">
+        <v>34</v>
+      </c>
+      <c r="L99" t="s">
+        <v>608</v>
+      </c>
+      <c r="M99" t="s">
+        <v>545</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>609</v>
+      </c>
+      <c r="P99" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>611</v>
+      </c>
+      <c r="B100" t="s">
+        <v>612</v>
+      </c>
+      <c r="C100" t="s">
+        <v>268</v>
+      </c>
+      <c r="D100" t="s">
+        <v>157</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>212</v>
+      </c>
+      <c r="G100" t="s">
+        <v>94</v>
+      </c>
+      <c r="H100">
+        <v>2024</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>613</v>
+      </c>
+      <c r="K100" t="s">
+        <v>34</v>
+      </c>
+      <c r="L100" t="s">
+        <v>614</v>
+      </c>
+      <c r="M100" t="s">
+        <v>270</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>615</v>
+      </c>
+      <c r="P100" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>617</v>
+      </c>
+      <c r="B101" t="s">
+        <v>618</v>
+      </c>
+      <c r="C101" t="s">
+        <v>268</v>
+      </c>
+      <c r="D101" t="s">
+        <v>53</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>212</v>
+      </c>
+      <c r="G101" t="s">
+        <v>94</v>
+      </c>
+      <c r="H101">
+        <v>2021</v>
+      </c>
+      <c r="I101">
+        <v>2024</v>
+      </c>
+      <c r="J101" t="s">
+        <v>613</v>
+      </c>
+      <c r="K101" t="s">
+        <v>34</v>
+      </c>
+      <c r="L101" t="s">
+        <v>619</v>
+      </c>
+      <c r="M101" t="s">
+        <v>270</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>620</v>
+      </c>
+      <c r="P101" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>622</v>
+      </c>
+      <c r="B102" t="s">
+        <v>623</v>
+      </c>
+      <c r="C102" t="s">
+        <v>624</v>
+      </c>
+      <c r="D102" t="s">
+        <v>71</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>43</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2001</v>
+      </c>
+      <c r="I102">
+        <v>2021</v>
+      </c>
+      <c r="J102" t="s">
+        <v>625</v>
+      </c>
+      <c r="K102" t="s">
+        <v>34</v>
+      </c>
+      <c r="L102" t="s">
+        <v>626</v>
+      </c>
+      <c r="M102" t="s">
+        <v>627</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>628</v>
+      </c>
+      <c r="P102" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>630</v>
+      </c>
+      <c r="B103" t="s">
+        <v>631</v>
+      </c>
+      <c r="C103" t="s">
+        <v>624</v>
+      </c>
+      <c r="D103" t="s">
+        <v>53</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>43</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2009</v>
+      </c>
+      <c r="I103">
+        <v>2021</v>
+      </c>
+      <c r="J103" t="s">
+        <v>625</v>
+      </c>
+      <c r="K103" t="s">
+        <v>34</v>
+      </c>
+      <c r="L103" t="s">
+        <v>632</v>
+      </c>
+      <c r="M103" t="s">
+        <v>627</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>633</v>
+      </c>
+      <c r="P103" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>635</v>
+      </c>
+      <c r="B104" t="s">
+        <v>636</v>
+      </c>
+      <c r="C104" t="s">
+        <v>637</v>
+      </c>
+      <c r="D104" t="s">
+        <v>71</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>21</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2001</v>
+      </c>
+      <c r="I104">
+        <v>2015</v>
+      </c>
+      <c r="J104" t="s">
+        <v>638</v>
+      </c>
+      <c r="K104" t="s">
+        <v>34</v>
+      </c>
+      <c r="L104"/>
+      <c r="M104" t="s">
+        <v>639</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>640</v>
+      </c>
+      <c r="P104" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>642</v>
+      </c>
+      <c r="B105" t="s">
+        <v>643</v>
+      </c>
+      <c r="C105" t="s">
+        <v>637</v>
+      </c>
+      <c r="D105" t="s">
+        <v>71</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>43</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2001</v>
+      </c>
+      <c r="I105">
+        <v>2015</v>
+      </c>
+      <c r="J105" t="s">
+        <v>638</v>
+      </c>
+      <c r="K105" t="s">
+        <v>34</v>
+      </c>
+      <c r="L105"/>
+      <c r="M105" t="s">
+        <v>639</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>644</v>
+      </c>
+      <c r="P105" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>646</v>
+      </c>
+      <c r="B106" t="s">
+        <v>647</v>
+      </c>
+      <c r="C106" t="s">
+        <v>648</v>
+      </c>
+      <c r="D106" t="s">
+        <v>71</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>212</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>1998</v>
+      </c>
+      <c r="I106">
+        <v>2012</v>
+      </c>
+      <c r="J106" t="s">
+        <v>318</v>
+      </c>
+      <c r="K106" t="s">
+        <v>34</v>
+      </c>
+      <c r="L106" t="s">
+        <v>649</v>
+      </c>
+      <c r="M106" t="s">
+        <v>650</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>651</v>
+      </c>
+      <c r="P106" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>653</v>
+      </c>
+      <c r="B107" t="s">
+        <v>654</v>
+      </c>
+      <c r="C107" t="s">
+        <v>655</v>
+      </c>
+      <c r="D107" t="s">
+        <v>71</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>21</v>
+      </c>
+      <c r="G107" t="s">
+        <v>94</v>
+      </c>
+      <c r="H107">
+        <v>2014</v>
+      </c>
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>102</v>
+      </c>
+      <c r="K107" t="s">
+        <v>34</v>
+      </c>
+      <c r="L107" t="s">
+        <v>656</v>
+      </c>
+      <c r="M107" t="s">
+        <v>657</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>658</v>
+      </c>
+      <c r="P107" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>660</v>
+      </c>
+      <c r="B108" t="s">
+        <v>661</v>
+      </c>
+      <c r="C108" t="s">
+        <v>662</v>
+      </c>
+      <c r="D108" t="s">
+        <v>71</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>43</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2013</v>
+      </c>
+      <c r="I108">
+        <v>2014</v>
+      </c>
+      <c r="J108" t="s">
+        <v>222</v>
+      </c>
+      <c r="K108" t="s">
+        <v>34</v>
+      </c>
+      <c r="L108" t="s">
+        <v>663</v>
+      </c>
+      <c r="M108" t="s">
+        <v>664</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>665</v>
+      </c>
+      <c r="P108" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>667</v>
+      </c>
+      <c r="B109" t="s">
+        <v>668</v>
+      </c>
+      <c r="C109" t="s">
+        <v>662</v>
+      </c>
+      <c r="D109" t="s">
+        <v>71</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>21</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>2013</v>
+      </c>
+      <c r="I109">
+        <v>2014</v>
+      </c>
+      <c r="J109" t="s">
+        <v>222</v>
+      </c>
+      <c r="K109" t="s">
+        <v>34</v>
+      </c>
+      <c r="L109" t="s">
+        <v>663</v>
+      </c>
+      <c r="M109" t="s">
+        <v>664</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>669</v>
+      </c>
+      <c r="P109" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>671</v>
+      </c>
+      <c r="B110" t="s">
+        <v>672</v>
+      </c>
+      <c r="C110" t="s">
+        <v>662</v>
+      </c>
+      <c r="D110" t="s">
+        <v>168</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>43</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>2013</v>
+      </c>
+      <c r="I110">
+        <v>2014</v>
+      </c>
+      <c r="J110" t="s">
+        <v>222</v>
+      </c>
+      <c r="K110" t="s">
+        <v>34</v>
+      </c>
+      <c r="L110" t="s">
+        <v>673</v>
+      </c>
+      <c r="M110" t="s">
+        <v>664</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>674</v>
+      </c>
+      <c r="P110" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>676</v>
+      </c>
+      <c r="B111" t="s">
+        <v>677</v>
+      </c>
+      <c r="C111" t="s">
+        <v>662</v>
+      </c>
+      <c r="D111" t="s">
+        <v>168</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>21</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>2013</v>
+      </c>
+      <c r="I111">
+        <v>2014</v>
+      </c>
+      <c r="J111" t="s">
+        <v>222</v>
+      </c>
+      <c r="K111" t="s">
+        <v>34</v>
+      </c>
+      <c r="L111" t="s">
+        <v>678</v>
+      </c>
+      <c r="M111" t="s">
+        <v>664</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>679</v>
+      </c>
+      <c r="P111" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>681</v>
+      </c>
+      <c r="B112" t="s">
+        <v>682</v>
+      </c>
+      <c r="C112" t="s">
+        <v>662</v>
+      </c>
+      <c r="D112" t="s">
+        <v>150</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>21</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>2013</v>
+      </c>
+      <c r="I112">
+        <v>2014</v>
+      </c>
+      <c r="J112" t="s">
+        <v>222</v>
+      </c>
+      <c r="K112" t="s">
+        <v>34</v>
+      </c>
+      <c r="L112" t="s">
+        <v>683</v>
+      </c>
+      <c r="M112" t="s">
+        <v>664</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>684</v>
+      </c>
+      <c r="P112" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>686</v>
+      </c>
+      <c r="B113" t="s">
+        <v>687</v>
+      </c>
+      <c r="C113" t="s">
+        <v>688</v>
+      </c>
+      <c r="D113" t="s">
+        <v>689</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>43</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>1996</v>
+      </c>
+      <c r="I113">
+        <v>2017</v>
+      </c>
+      <c r="J113" t="s">
+        <v>102</v>
+      </c>
+      <c r="K113" t="s">
+        <v>34</v>
+      </c>
+      <c r="L113" t="s">
+        <v>690</v>
+      </c>
+      <c r="M113" t="s">
+        <v>691</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>692</v>
+      </c>
+      <c r="P113" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>694</v>
+      </c>
+      <c r="B114" t="s">
+        <v>654</v>
+      </c>
+      <c r="C114" t="s">
+        <v>688</v>
+      </c>
+      <c r="D114" t="s">
+        <v>181</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>21</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
+        <v>1996</v>
+      </c>
+      <c r="I114">
+        <v>2017</v>
+      </c>
+      <c r="J114" t="s">
+        <v>102</v>
+      </c>
+      <c r="K114" t="s">
+        <v>34</v>
+      </c>
+      <c r="L114"/>
+      <c r="M114" t="s">
+        <v>691</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>695</v>
+      </c>
+      <c r="P114" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>696</v>
+      </c>
+      <c r="B115" t="s">
+        <v>697</v>
+      </c>
+      <c r="C115" t="s">
+        <v>698</v>
+      </c>
+      <c r="D115" t="s">
+        <v>71</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>21</v>
+      </c>
+      <c r="G115" t="s">
+        <v>94</v>
+      </c>
+      <c r="H115">
+        <v>2022</v>
+      </c>
+      <c r="I115"/>
+      <c r="J115" t="s">
+        <v>699</v>
+      </c>
+      <c r="K115" t="s">
+        <v>34</v>
+      </c>
+      <c r="L115"/>
+      <c r="M115" t="s">
+        <v>700</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>701</v>
+      </c>
+      <c r="P115" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>703</v>
+      </c>
+      <c r="B116" t="s">
+        <v>704</v>
+      </c>
+      <c r="C116" t="s">
+        <v>698</v>
+      </c>
+      <c r="D116" t="s">
+        <v>71</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>212</v>
+      </c>
+      <c r="G116" t="s">
+        <v>94</v>
+      </c>
+      <c r="H116">
+        <v>2009</v>
+      </c>
+      <c r="I116"/>
+      <c r="J116" t="s">
+        <v>95</v>
+      </c>
+      <c r="K116" t="s">
+        <v>34</v>
+      </c>
+      <c r="L116" t="s">
+        <v>705</v>
+      </c>
+      <c r="M116" t="s">
+        <v>700</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>706</v>
+      </c>
+      <c r="P116" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>708</v>
+      </c>
+      <c r="B117" t="s">
+        <v>709</v>
+      </c>
+      <c r="C117" t="s">
+        <v>710</v>
+      </c>
+      <c r="D117" t="s">
+        <v>71</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>21</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
+        <v>2004</v>
+      </c>
+      <c r="I117">
+        <v>2010</v>
+      </c>
+      <c r="J117" t="s">
+        <v>73</v>
+      </c>
+      <c r="K117" t="s">
+        <v>34</v>
+      </c>
+      <c r="L117" t="s">
+        <v>182</v>
+      </c>
+      <c r="M117" t="s">
+        <v>711</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>712</v>
+      </c>
+      <c r="P117" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>708</v>
+      </c>
+      <c r="B118" t="s">
+        <v>714</v>
+      </c>
+      <c r="C118" t="s">
+        <v>710</v>
+      </c>
+      <c r="D118" t="s">
+        <v>715</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>212</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
+        <v>2004</v>
+      </c>
+      <c r="I118">
+        <v>2010</v>
+      </c>
+      <c r="J118" t="s">
+        <v>625</v>
+      </c>
+      <c r="K118" t="s">
+        <v>34</v>
+      </c>
+      <c r="L118" t="s">
+        <v>182</v>
+      </c>
+      <c r="M118" t="s">
+        <v>711</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>716</v>
+      </c>
+      <c r="P118" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>718</v>
+      </c>
+      <c r="B119" t="s">
+        <v>719</v>
+      </c>
+      <c r="C119" t="s">
+        <v>698</v>
+      </c>
+      <c r="D119" t="s">
+        <v>237</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>21</v>
+      </c>
+      <c r="G119" t="s">
+        <v>94</v>
+      </c>
+      <c r="H119"/>
+      <c r="I119"/>
+      <c r="J119" t="s">
+        <v>425</v>
+      </c>
+      <c r="K119" t="s">
+        <v>34</v>
+      </c>
+      <c r="L119"/>
+      <c r="M119" t="s">
+        <v>700</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>720</v>
+      </c>
+      <c r="P119" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>721</v>
+      </c>
+      <c r="B120" t="s">
+        <v>722</v>
+      </c>
+      <c r="C120" t="s">
+        <v>698</v>
+      </c>
+      <c r="D120" t="s">
+        <v>53</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>21</v>
+      </c>
+      <c r="G120" t="s">
+        <v>94</v>
+      </c>
+      <c r="H120">
+        <v>2022</v>
+      </c>
+      <c r="I120"/>
+      <c r="J120" t="s">
+        <v>699</v>
+      </c>
+      <c r="K120" t="s">
+        <v>34</v>
+      </c>
+      <c r="L120"/>
+      <c r="M120" t="s">
+        <v>700</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>723</v>
+      </c>
+      <c r="P120" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>724</v>
+      </c>
+      <c r="B121" t="s">
+        <v>725</v>
+      </c>
+      <c r="C121" t="s">
+        <v>404</v>
+      </c>
+      <c r="D121" t="s">
+        <v>726</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>212</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>2008</v>
+      </c>
+      <c r="I121">
+        <v>2020</v>
+      </c>
+      <c r="J121" t="s">
         <v>44</v>
       </c>
-      <c r="D84" t="s">
-[...84 lines deleted...]
-      <c r="E86" t="s">
+      <c r="K121" t="s">
+        <v>34</v>
+      </c>
+      <c r="L121" t="s">
+        <v>727</v>
+      </c>
+      <c r="M121" t="s">
+        <v>728</v>
+      </c>
+      <c r="N121" t="s">
         <v>36</v>
       </c>
-      <c r="F86" t="s">
-[...5 lines deleted...]
-      <c r="H86">
+      <c r="O121" t="s">
+        <v>729</v>
+      </c>
+      <c r="P121" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>731</v>
+      </c>
+      <c r="B122" t="s">
+        <v>732</v>
+      </c>
+      <c r="C122" t="s">
+        <v>357</v>
+      </c>
+      <c r="D122" t="s">
+        <v>733</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>43</v>
+      </c>
+      <c r="G122" t="s">
+        <v>94</v>
+      </c>
+      <c r="H122">
+        <v>2024</v>
+      </c>
+      <c r="I122"/>
+      <c r="J122" t="s">
+        <v>734</v>
+      </c>
+      <c r="K122" t="s">
+        <v>34</v>
+      </c>
+      <c r="L122"/>
+      <c r="M122" t="s">
+        <v>735</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>736</v>
+      </c>
+      <c r="P122" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>738</v>
+      </c>
+      <c r="B123" t="s">
+        <v>739</v>
+      </c>
+      <c r="C123" t="s">
+        <v>357</v>
+      </c>
+      <c r="D123" t="s">
+        <v>53</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>43</v>
+      </c>
+      <c r="G123" t="s">
+        <v>740</v>
+      </c>
+      <c r="H123">
         <v>2014</v>
       </c>
-      <c r="I86" t="s">
-[...37 lines deleted...]
-      <c r="G87">
+      <c r="I123"/>
+      <c r="J123" t="s">
+        <v>561</v>
+      </c>
+      <c r="K123" t="s">
+        <v>34</v>
+      </c>
+      <c r="L123" t="s">
+        <v>741</v>
+      </c>
+      <c r="M123" t="s">
+        <v>735</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>742</v>
+      </c>
+      <c r="P123" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>743</v>
+      </c>
+      <c r="B124" t="s">
+        <v>654</v>
+      </c>
+      <c r="C124" t="s">
+        <v>744</v>
+      </c>
+      <c r="D124" t="s">
+        <v>745</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>212</v>
+      </c>
+      <c r="G124" t="s">
+        <v>221</v>
+      </c>
+      <c r="H124"/>
+      <c r="I124"/>
+      <c r="J124" t="s">
+        <v>95</v>
+      </c>
+      <c r="K124" t="s">
+        <v>34</v>
+      </c>
+      <c r="L124"/>
+      <c r="M124" t="s">
+        <v>746</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>747</v>
+      </c>
+      <c r="P124" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>749</v>
+      </c>
+      <c r="B125" t="s">
+        <v>750</v>
+      </c>
+      <c r="C125" t="s">
+        <v>751</v>
+      </c>
+      <c r="D125" t="s">
+        <v>343</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>212</v>
+      </c>
+      <c r="G125" t="s">
+        <v>94</v>
+      </c>
+      <c r="H125">
+        <v>2016</v>
+      </c>
+      <c r="I125"/>
+      <c r="J125" t="s">
+        <v>95</v>
+      </c>
+      <c r="K125" t="s">
+        <v>34</v>
+      </c>
+      <c r="L125"/>
+      <c r="M125" t="s">
+        <v>752</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>753</v>
+      </c>
+      <c r="P125" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>755</v>
+      </c>
+      <c r="B126" t="s">
+        <v>756</v>
+      </c>
+      <c r="C126" t="s">
+        <v>101</v>
+      </c>
+      <c r="D126" t="s">
+        <v>157</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>212</v>
+      </c>
+      <c r="G126" t="s">
+        <v>94</v>
+      </c>
+      <c r="H126">
         <v>2013</v>
       </c>
-      <c r="H87">
-[...40 lines deleted...]
-      <c r="G88">
+      <c r="I126"/>
+      <c r="J126" t="s">
+        <v>289</v>
+      </c>
+      <c r="K126" t="s">
+        <v>34</v>
+      </c>
+      <c r="L126" t="s">
+        <v>757</v>
+      </c>
+      <c r="M126" t="s">
+        <v>104</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>758</v>
+      </c>
+      <c r="P126" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>760</v>
+      </c>
+      <c r="B127" t="s">
+        <v>761</v>
+      </c>
+      <c r="C127" t="s">
+        <v>101</v>
+      </c>
+      <c r="D127" t="s">
+        <v>53</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>212</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
+      </c>
+      <c r="H127">
+        <v>2012</v>
+      </c>
+      <c r="I127">
+        <v>2017</v>
+      </c>
+      <c r="J127" t="s">
+        <v>289</v>
+      </c>
+      <c r="K127" t="s">
+        <v>34</v>
+      </c>
+      <c r="L127" t="s">
+        <v>762</v>
+      </c>
+      <c r="M127" t="s">
+        <v>104</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>763</v>
+      </c>
+      <c r="P127" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>765</v>
+      </c>
+      <c r="B128" t="s">
+        <v>766</v>
+      </c>
+      <c r="C128" t="s">
+        <v>357</v>
+      </c>
+      <c r="D128" t="s">
+        <v>733</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
+        <v>21</v>
+      </c>
+      <c r="G128" t="s">
+        <v>94</v>
+      </c>
+      <c r="H128">
         <v>2025</v>
       </c>
-      <c r="H88"/>
-[...38 lines deleted...]
-      <c r="G89">
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>734</v>
+      </c>
+      <c r="K128" t="s">
+        <v>34</v>
+      </c>
+      <c r="L128"/>
+      <c r="M128" t="s">
+        <v>735</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>767</v>
+      </c>
+      <c r="P128" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>769</v>
+      </c>
+      <c r="B129" t="s">
+        <v>391</v>
+      </c>
+      <c r="C129" t="s">
+        <v>316</v>
+      </c>
+      <c r="D129" t="s">
+        <v>343</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
+        <v>21</v>
+      </c>
+      <c r="G129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H129">
+        <v>2004</v>
+      </c>
+      <c r="I129">
+        <v>2010</v>
+      </c>
+      <c r="J129" t="s">
+        <v>102</v>
+      </c>
+      <c r="K129" t="s">
+        <v>34</v>
+      </c>
+      <c r="L129"/>
+      <c r="M129" t="s">
+        <v>319</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>770</v>
+      </c>
+      <c r="P129" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>771</v>
+      </c>
+      <c r="B130" t="s">
+        <v>92</v>
+      </c>
+      <c r="C130" t="s">
+        <v>93</v>
+      </c>
+      <c r="D130" t="s">
+        <v>71</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>21</v>
+      </c>
+      <c r="G130" t="s">
+        <v>94</v>
+      </c>
+      <c r="H130">
+        <v>2010</v>
+      </c>
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>95</v>
+      </c>
+      <c r="K130" t="s">
+        <v>34</v>
+      </c>
+      <c r="L130"/>
+      <c r="M130" t="s">
+        <v>96</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>772</v>
+      </c>
+      <c r="P130" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>774</v>
+      </c>
+      <c r="B131" t="s">
+        <v>775</v>
+      </c>
+      <c r="C131" t="s">
+        <v>101</v>
+      </c>
+      <c r="D131" t="s">
+        <v>150</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>21</v>
+      </c>
+      <c r="G131" t="s">
+        <v>94</v>
+      </c>
+      <c r="H131">
+        <v>2008</v>
+      </c>
+      <c r="I131"/>
+      <c r="J131" t="s">
+        <v>289</v>
+      </c>
+      <c r="K131" t="s">
+        <v>34</v>
+      </c>
+      <c r="L131" t="s">
+        <v>776</v>
+      </c>
+      <c r="M131" t="s">
+        <v>104</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>777</v>
+      </c>
+      <c r="P131" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>779</v>
+      </c>
+      <c r="B132" t="s">
+        <v>780</v>
+      </c>
+      <c r="C132" t="s">
+        <v>316</v>
+      </c>
+      <c r="D132" t="s">
+        <v>150</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>21</v>
+      </c>
+      <c r="G132" t="s">
+        <v>22</v>
+      </c>
+      <c r="H132">
         <v>2015</v>
       </c>
-      <c r="H89">
-[...17 lines deleted...]
-      <c r="N89" t="s">
+      <c r="I132">
+        <v>2019</v>
+      </c>
+      <c r="J132" t="s">
+        <v>73</v>
+      </c>
+      <c r="K132" t="s">
+        <v>34</v>
+      </c>
+      <c r="L132"/>
+      <c r="M132" t="s">
+        <v>781</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>782</v>
+      </c>
+      <c r="P132" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>784</v>
+      </c>
+      <c r="B133" t="s">
+        <v>330</v>
+      </c>
+      <c r="C133" t="s">
+        <v>316</v>
+      </c>
+      <c r="D133" t="s">
+        <v>150</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>21</v>
+      </c>
+      <c r="G133" t="s">
+        <v>94</v>
+      </c>
+      <c r="H133">
+        <v>2015</v>
+      </c>
+      <c r="I133"/>
+      <c r="J133" t="s">
+        <v>318</v>
+      </c>
+      <c r="K133" t="s">
+        <v>34</v>
+      </c>
+      <c r="L133"/>
+      <c r="M133" t="s">
+        <v>319</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>785</v>
+      </c>
+      <c r="P133" t="s">
         <v>389</v>
       </c>
     </row>
-    <row r="90" spans="1:14">
-[...1865 lines deleted...]
-    <row r="134" spans="1:14">
+    <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>540</v>
+        <v>786</v>
       </c>
       <c r="B134" t="s">
-        <v>225</v>
+        <v>787</v>
       </c>
       <c r="C134" t="s">
-        <v>44</v>
+        <v>316</v>
       </c>
       <c r="D134" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="E134" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F134" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
       </c>
       <c r="H134">
         <v>2012</v>
       </c>
-      <c r="I134" t="s">
-        <v>227</v>
+      <c r="I134">
+        <v>2012</v>
       </c>
       <c r="J134" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>318</v>
+      </c>
+      <c r="K134" t="s">
+        <v>34</v>
+      </c>
+      <c r="L134"/>
       <c r="M134" t="s">
+        <v>319</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>788</v>
+      </c>
+      <c r="P134" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>789</v>
+      </c>
+      <c r="B135" t="s">
+        <v>790</v>
+      </c>
+      <c r="C135" t="s">
+        <v>357</v>
+      </c>
+      <c r="D135" t="s">
+        <v>53</v>
+      </c>
+      <c r="E135" t="s">
+        <v>20</v>
+      </c>
+      <c r="F135" t="s">
+        <v>21</v>
+      </c>
+      <c r="G135" t="s">
+        <v>94</v>
+      </c>
+      <c r="H135">
+        <v>2024</v>
+      </c>
+      <c r="I135"/>
+      <c r="J135" t="s">
+        <v>734</v>
+      </c>
+      <c r="K135" t="s">
+        <v>34</v>
+      </c>
+      <c r="L135"/>
+      <c r="M135" t="s">
+        <v>735</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>791</v>
+      </c>
+      <c r="P135" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>792</v>
+      </c>
+      <c r="B136" t="s">
+        <v>793</v>
+      </c>
+      <c r="C136" t="s">
+        <v>794</v>
+      </c>
+      <c r="D136" t="s">
+        <v>53</v>
+      </c>
+      <c r="E136" t="s">
+        <v>42</v>
+      </c>
+      <c r="F136" t="s">
+        <v>795</v>
+      </c>
+      <c r="G136" t="s">
+        <v>94</v>
+      </c>
+      <c r="H136">
+        <v>2017</v>
+      </c>
+      <c r="I136"/>
+      <c r="J136" t="s">
+        <v>262</v>
+      </c>
+      <c r="K136" t="s">
+        <v>34</v>
+      </c>
+      <c r="L136" t="s">
+        <v>796</v>
+      </c>
+      <c r="M136" t="s">
+        <v>797</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>798</v>
+      </c>
+      <c r="P136" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>800</v>
+      </c>
+      <c r="B137" t="s">
+        <v>801</v>
+      </c>
+      <c r="C137" t="s">
+        <v>396</v>
+      </c>
+      <c r="D137" t="s">
+        <v>802</v>
+      </c>
+      <c r="E137" t="s">
+        <v>42</v>
+      </c>
+      <c r="F137" t="s">
+        <v>803</v>
+      </c>
+      <c r="G137" t="s">
+        <v>94</v>
+      </c>
+      <c r="H137">
+        <v>2015</v>
+      </c>
+      <c r="I137"/>
+      <c r="J137" t="s">
+        <v>804</v>
+      </c>
+      <c r="K137" t="s">
+        <v>34</v>
+      </c>
+      <c r="L137"/>
+      <c r="M137" t="s">
+        <v>805</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>806</v>
+      </c>
+      <c r="P137" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>808</v>
+      </c>
+      <c r="B138" t="s">
+        <v>809</v>
+      </c>
+      <c r="C138" t="s">
+        <v>396</v>
+      </c>
+      <c r="D138" t="s">
+        <v>810</v>
+      </c>
+      <c r="E138" t="s">
+        <v>42</v>
+      </c>
+      <c r="F138" t="s">
+        <v>803</v>
+      </c>
+      <c r="G138" t="s">
+        <v>94</v>
+      </c>
+      <c r="H138">
+        <v>2015</v>
+      </c>
+      <c r="I138"/>
+      <c r="J138" t="s">
+        <v>804</v>
+      </c>
+      <c r="K138" t="s">
+        <v>34</v>
+      </c>
+      <c r="L138"/>
+      <c r="M138" t="s">
+        <v>805</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>811</v>
+      </c>
+      <c r="P138" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>813</v>
+      </c>
+      <c r="B139" t="s">
+        <v>814</v>
+      </c>
+      <c r="C139" t="s">
+        <v>396</v>
+      </c>
+      <c r="D139" t="s">
+        <v>815</v>
+      </c>
+      <c r="E139" t="s">
+        <v>42</v>
+      </c>
+      <c r="F139" t="s">
+        <v>21</v>
+      </c>
+      <c r="G139" t="s">
+        <v>94</v>
+      </c>
+      <c r="H139">
+        <v>2015</v>
+      </c>
+      <c r="I139"/>
+      <c r="J139" t="s">
+        <v>804</v>
+      </c>
+      <c r="K139" t="s">
+        <v>34</v>
+      </c>
+      <c r="L139"/>
+      <c r="M139" t="s">
+        <v>805</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>816</v>
+      </c>
+      <c r="P139" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>818</v>
+      </c>
+      <c r="B140" t="s">
+        <v>819</v>
+      </c>
+      <c r="C140" t="s">
+        <v>521</v>
+      </c>
+      <c r="D140" t="s">
+        <v>820</v>
+      </c>
+      <c r="E140" t="s">
+        <v>42</v>
+      </c>
+      <c r="F140" t="s">
+        <v>43</v>
+      </c>
+      <c r="G140" t="s">
+        <v>94</v>
+      </c>
+      <c r="H140">
+        <v>2012</v>
+      </c>
+      <c r="I140"/>
+      <c r="J140" t="s">
+        <v>289</v>
+      </c>
+      <c r="K140" t="s">
         <v>24</v>
       </c>
-      <c r="N134" t="s">
-[...10 lines deleted...]
-      <c r="C135" t="s">
+      <c r="L140" t="s">
+        <v>821</v>
+      </c>
+      <c r="M140" t="s">
+        <v>822</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>823</v>
+      </c>
+      <c r="P140" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>825</v>
+      </c>
+      <c r="B141" t="s">
+        <v>826</v>
+      </c>
+      <c r="C141" t="s">
+        <v>624</v>
+      </c>
+      <c r="D141" t="s">
+        <v>71</v>
+      </c>
+      <c r="E141" t="s">
+        <v>20</v>
+      </c>
+      <c r="F141" t="s">
+        <v>21</v>
+      </c>
+      <c r="G141" t="s">
+        <v>22</v>
+      </c>
+      <c r="H141">
+        <v>2007</v>
+      </c>
+      <c r="I141">
+        <v>2018</v>
+      </c>
+      <c r="J141" t="s">
+        <v>625</v>
+      </c>
+      <c r="K141" t="s">
+        <v>34</v>
+      </c>
+      <c r="L141"/>
+      <c r="M141" t="s">
+        <v>827</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>828</v>
+      </c>
+      <c r="P141" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>830</v>
+      </c>
+      <c r="B142" t="s">
+        <v>831</v>
+      </c>
+      <c r="C142" t="s">
+        <v>513</v>
+      </c>
+      <c r="D142" t="s">
+        <v>53</v>
+      </c>
+      <c r="E142" t="s">
+        <v>42</v>
+      </c>
+      <c r="F142" t="s">
+        <v>21</v>
+      </c>
+      <c r="G142" t="s">
+        <v>94</v>
+      </c>
+      <c r="H142">
+        <v>2012</v>
+      </c>
+      <c r="I142"/>
+      <c r="J142" t="s">
         <v>44</v>
       </c>
-      <c r="D135" t="s">
-[...34 lines deleted...]
-      <c r="C136" t="s">
+      <c r="K142" t="s">
+        <v>34</v>
+      </c>
+      <c r="L142" t="s">
+        <v>832</v>
+      </c>
+      <c r="M142" t="s">
+        <v>516</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>833</v>
+      </c>
+      <c r="P142" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>835</v>
+      </c>
+      <c r="B143" t="s">
+        <v>836</v>
+      </c>
+      <c r="C143" t="s">
+        <v>513</v>
+      </c>
+      <c r="D143" t="s">
+        <v>181</v>
+      </c>
+      <c r="E143" t="s">
+        <v>20</v>
+      </c>
+      <c r="F143" t="s">
+        <v>21</v>
+      </c>
+      <c r="G143" t="s">
+        <v>94</v>
+      </c>
+      <c r="H143">
+        <v>2012</v>
+      </c>
+      <c r="I143"/>
+      <c r="J143" t="s">
         <v>44</v>
       </c>
-      <c r="D136" t="s">
-[...8 lines deleted...]
-      <c r="G136">
+      <c r="K143" t="s">
+        <v>34</v>
+      </c>
+      <c r="L143" t="s">
+        <v>515</v>
+      </c>
+      <c r="M143" t="s">
+        <v>516</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>837</v>
+      </c>
+      <c r="P143" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>839</v>
+      </c>
+      <c r="B144" t="s">
+        <v>840</v>
+      </c>
+      <c r="C144" t="s">
+        <v>841</v>
+      </c>
+      <c r="D144" t="s">
+        <v>71</v>
+      </c>
+      <c r="E144" t="s">
+        <v>20</v>
+      </c>
+      <c r="F144" t="s">
+        <v>21</v>
+      </c>
+      <c r="G144" t="s">
+        <v>94</v>
+      </c>
+      <c r="H144">
+        <v>2018</v>
+      </c>
+      <c r="I144"/>
+      <c r="J144" t="s">
+        <v>561</v>
+      </c>
+      <c r="K144" t="s">
+        <v>34</v>
+      </c>
+      <c r="L144" t="s">
+        <v>839</v>
+      </c>
+      <c r="M144" t="s">
+        <v>842</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>843</v>
+      </c>
+      <c r="P144" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>845</v>
+      </c>
+      <c r="B145" t="s">
+        <v>846</v>
+      </c>
+      <c r="C145" t="s">
+        <v>847</v>
+      </c>
+      <c r="D145" t="s">
+        <v>71</v>
+      </c>
+      <c r="E145" t="s">
+        <v>42</v>
+      </c>
+      <c r="F145" t="s">
+        <v>54</v>
+      </c>
+      <c r="G145" t="s">
+        <v>94</v>
+      </c>
+      <c r="H145">
+        <v>2014</v>
+      </c>
+      <c r="I145"/>
+      <c r="J145" t="s">
+        <v>305</v>
+      </c>
+      <c r="K145" t="s">
+        <v>34</v>
+      </c>
+      <c r="L145"/>
+      <c r="M145" t="s">
+        <v>848</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>849</v>
+      </c>
+      <c r="P145" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>851</v>
+      </c>
+      <c r="B146" t="s">
+        <v>851</v>
+      </c>
+      <c r="C146" t="s">
+        <v>847</v>
+      </c>
+      <c r="D146" t="s">
+        <v>852</v>
+      </c>
+      <c r="E146" t="s">
+        <v>42</v>
+      </c>
+      <c r="F146" t="s">
+        <v>54</v>
+      </c>
+      <c r="G146" t="s">
+        <v>94</v>
+      </c>
+      <c r="H146">
+        <v>2015</v>
+      </c>
+      <c r="I146"/>
+      <c r="J146" t="s">
+        <v>305</v>
+      </c>
+      <c r="K146" t="s">
+        <v>34</v>
+      </c>
+      <c r="L146" t="s">
+        <v>853</v>
+      </c>
+      <c r="M146" t="s">
+        <v>848</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>854</v>
+      </c>
+      <c r="P146" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>856</v>
+      </c>
+      <c r="B147" t="s">
+        <v>857</v>
+      </c>
+      <c r="C147" t="s">
+        <v>847</v>
+      </c>
+      <c r="D147" t="s">
+        <v>858</v>
+      </c>
+      <c r="E147" t="s">
+        <v>42</v>
+      </c>
+      <c r="F147" t="s">
+        <v>54</v>
+      </c>
+      <c r="G147" t="s">
+        <v>94</v>
+      </c>
+      <c r="H147">
+        <v>2015</v>
+      </c>
+      <c r="I147"/>
+      <c r="J147" t="s">
+        <v>305</v>
+      </c>
+      <c r="K147" t="s">
+        <v>34</v>
+      </c>
+      <c r="L147" t="s">
+        <v>859</v>
+      </c>
+      <c r="M147" t="s">
+        <v>848</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>860</v>
+      </c>
+      <c r="P147" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>862</v>
+      </c>
+      <c r="B148" t="s">
+        <v>863</v>
+      </c>
+      <c r="C148" t="s">
+        <v>864</v>
+      </c>
+      <c r="D148" t="s">
+        <v>865</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="F148" t="s">
+        <v>21</v>
+      </c>
+      <c r="G148" t="s">
+        <v>94</v>
+      </c>
+      <c r="H148">
+        <v>2011</v>
+      </c>
+      <c r="I148"/>
+      <c r="J148" t="s">
+        <v>44</v>
+      </c>
+      <c r="K148" t="s">
+        <v>34</v>
+      </c>
+      <c r="L148" t="s">
+        <v>866</v>
+      </c>
+      <c r="M148" t="s">
+        <v>867</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>868</v>
+      </c>
+      <c r="P148" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>870</v>
+      </c>
+      <c r="B149" t="s">
+        <v>871</v>
+      </c>
+      <c r="C149" t="s">
+        <v>864</v>
+      </c>
+      <c r="D149" t="s">
+        <v>71</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" t="s">
+        <v>21</v>
+      </c>
+      <c r="G149" t="s">
+        <v>94</v>
+      </c>
+      <c r="H149">
+        <v>2010</v>
+      </c>
+      <c r="I149"/>
+      <c r="J149" t="s">
+        <v>102</v>
+      </c>
+      <c r="K149" t="s">
+        <v>34</v>
+      </c>
+      <c r="L149" t="s">
+        <v>872</v>
+      </c>
+      <c r="M149" t="s">
+        <v>867</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>873</v>
+      </c>
+      <c r="P149" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>875</v>
+      </c>
+      <c r="B150" t="s">
+        <v>876</v>
+      </c>
+      <c r="C150" t="s">
+        <v>268</v>
+      </c>
+      <c r="D150" t="s">
+        <v>53</v>
+      </c>
+      <c r="E150" t="s">
+        <v>20</v>
+      </c>
+      <c r="F150" t="s">
+        <v>43</v>
+      </c>
+      <c r="G150" t="s">
+        <v>94</v>
+      </c>
+      <c r="H150">
+        <v>2013</v>
+      </c>
+      <c r="I150"/>
+      <c r="J150" t="s">
+        <v>413</v>
+      </c>
+      <c r="K150" t="s">
+        <v>34</v>
+      </c>
+      <c r="L150" t="s">
+        <v>877</v>
+      </c>
+      <c r="M150" t="s">
+        <v>270</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>878</v>
+      </c>
+      <c r="P150" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>880</v>
+      </c>
+      <c r="B151" t="s">
+        <v>881</v>
+      </c>
+      <c r="C151" t="s">
+        <v>268</v>
+      </c>
+      <c r="D151" t="s">
+        <v>71</v>
+      </c>
+      <c r="E151" t="s">
+        <v>20</v>
+      </c>
+      <c r="F151" t="s">
+        <v>43</v>
+      </c>
+      <c r="G151" t="s">
+        <v>94</v>
+      </c>
+      <c r="H151">
+        <v>2013</v>
+      </c>
+      <c r="I151"/>
+      <c r="J151" t="s">
+        <v>413</v>
+      </c>
+      <c r="K151" t="s">
+        <v>34</v>
+      </c>
+      <c r="L151" t="s">
+        <v>882</v>
+      </c>
+      <c r="M151" t="s">
+        <v>270</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>883</v>
+      </c>
+      <c r="P151" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>885</v>
+      </c>
+      <c r="B152" t="s">
+        <v>886</v>
+      </c>
+      <c r="C152" t="s">
+        <v>624</v>
+      </c>
+      <c r="D152" t="s">
+        <v>71</v>
+      </c>
+      <c r="E152" t="s">
+        <v>42</v>
+      </c>
+      <c r="F152" t="s">
+        <v>54</v>
+      </c>
+      <c r="G152" t="s">
+        <v>22</v>
+      </c>
+      <c r="H152">
+        <v>1993</v>
+      </c>
+      <c r="I152">
+        <v>2016</v>
+      </c>
+      <c r="J152" t="s">
+        <v>625</v>
+      </c>
+      <c r="K152" t="s">
+        <v>34</v>
+      </c>
+      <c r="L152" t="s">
+        <v>887</v>
+      </c>
+      <c r="M152" t="s">
+        <v>888</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>889</v>
+      </c>
+      <c r="P152" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>891</v>
+      </c>
+      <c r="B153" t="s">
+        <v>892</v>
+      </c>
+      <c r="C153" t="s">
+        <v>624</v>
+      </c>
+      <c r="D153" t="s">
+        <v>53</v>
+      </c>
+      <c r="E153" t="s">
+        <v>42</v>
+      </c>
+      <c r="F153" t="s">
+        <v>54</v>
+      </c>
+      <c r="G153" t="s">
+        <v>22</v>
+      </c>
+      <c r="H153">
+        <v>2010</v>
+      </c>
+      <c r="I153">
         <v>2017</v>
       </c>
-      <c r="H136"/>
-[...38 lines deleted...]
-      <c r="G137">
+      <c r="J153" t="s">
+        <v>625</v>
+      </c>
+      <c r="K153" t="s">
+        <v>34</v>
+      </c>
+      <c r="L153" t="s">
+        <v>893</v>
+      </c>
+      <c r="M153" t="s">
+        <v>888</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>894</v>
+      </c>
+      <c r="P153" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>895</v>
+      </c>
+      <c r="B154" t="s">
+        <v>896</v>
+      </c>
+      <c r="C154" t="s">
+        <v>897</v>
+      </c>
+      <c r="D154" t="s">
+        <v>53</v>
+      </c>
+      <c r="E154" t="s">
+        <v>20</v>
+      </c>
+      <c r="F154" t="s">
+        <v>43</v>
+      </c>
+      <c r="G154" t="s">
+        <v>94</v>
+      </c>
+      <c r="H154">
         <v>2015</v>
       </c>
-      <c r="H137"/>
-[...101 lines deleted...]
-      <c r="B140" t="s">
+      <c r="I154"/>
+      <c r="J154" t="s">
+        <v>625</v>
+      </c>
+      <c r="K154" t="s">
+        <v>34</v>
+      </c>
+      <c r="L154" t="s">
+        <v>898</v>
+      </c>
+      <c r="M154" t="s">
+        <v>899</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>900</v>
+      </c>
+      <c r="P154" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>902</v>
+      </c>
+      <c r="B155" t="s">
+        <v>903</v>
+      </c>
+      <c r="C155" t="s">
         <v>365</v>
       </c>
-      <c r="C140" t="s">
-[...18 lines deleted...]
-      <c r="J140" t="s">
+      <c r="D155" t="s">
+        <v>343</v>
+      </c>
+      <c r="E155" t="s">
+        <v>42</v>
+      </c>
+      <c r="F155" t="s">
         <v>21</v>
       </c>
-      <c r="K140" t="s">
-[...622 lines deleted...]
-        <v>2011</v>
+      <c r="G155" t="s">
+        <v>22</v>
       </c>
       <c r="H155">
         <v>2011</v>
       </c>
-      <c r="I155" t="s">
-        <v>206</v>
+      <c r="I155">
+        <v>2011</v>
       </c>
       <c r="J155" t="s">
-        <v>29</v>
+        <v>289</v>
       </c>
       <c r="K155" t="s">
-        <v>619</v>
+        <v>34</v>
       </c>
       <c r="L155" t="s">
-        <v>263</v>
+        <v>904</v>
       </c>
       <c r="M155" t="s">
-        <v>24</v>
+        <v>367</v>
       </c>
       <c r="N155" t="s">
-        <v>620</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>905</v>
+      </c>
+      <c r="P155" t="s">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
       <c r="A156" t="s">
-        <v>621</v>
+        <v>907</v>
       </c>
       <c r="B156" t="s">
-        <v>451</v>
+        <v>908</v>
       </c>
       <c r="C156" t="s">
-        <v>58</v>
+        <v>655</v>
       </c>
       <c r="D156" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E156" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F156" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G156">
+        <v>43</v>
+      </c>
+      <c r="G156" t="s">
+        <v>22</v>
+      </c>
+      <c r="H156">
         <v>2005</v>
       </c>
-      <c r="H156">
+      <c r="I156">
         <v>2013</v>
       </c>
-      <c r="I156" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J156" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="K156" t="s">
-        <v>622</v>
+        <v>34</v>
       </c>
       <c r="L156" t="s">
-        <v>453</v>
+        <v>909</v>
       </c>
       <c r="M156" t="s">
-        <v>24</v>
+        <v>657</v>
       </c>
       <c r="N156" t="s">
-        <v>623</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>910</v>
+      </c>
+      <c r="P156" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
       <c r="A157" t="s">
-        <v>624</v>
+        <v>912</v>
       </c>
       <c r="B157" t="s">
-        <v>225</v>
+        <v>53</v>
       </c>
       <c r="C157" t="s">
-        <v>44</v>
+        <v>316</v>
       </c>
       <c r="D157" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="E157" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F157" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>54</v>
+      </c>
+      <c r="G157" t="s">
+        <v>22</v>
       </c>
       <c r="H157">
         <v>2012</v>
       </c>
-      <c r="I157" t="s">
-        <v>227</v>
+      <c r="I157">
+        <v>2012</v>
       </c>
       <c r="J157" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>318</v>
+      </c>
+      <c r="K157" t="s">
+        <v>34</v>
+      </c>
+      <c r="L157"/>
       <c r="M157" t="s">
-        <v>24</v>
+        <v>319</v>
       </c>
       <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>913</v>
+      </c>
+      <c r="P157" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>914</v>
+      </c>
+      <c r="B158" t="s">
+        <v>915</v>
+      </c>
+      <c r="C158" t="s">
+        <v>916</v>
+      </c>
+      <c r="D158" t="s">
+        <v>917</v>
+      </c>
+      <c r="E158" t="s">
+        <v>20</v>
+      </c>
+      <c r="F158" t="s">
+        <v>212</v>
+      </c>
+      <c r="G158" t="s">
+        <v>22</v>
+      </c>
+      <c r="H158">
+        <v>2017</v>
+      </c>
+      <c r="I158">
+        <v>2021</v>
+      </c>
+      <c r="J158" t="s">
+        <v>607</v>
+      </c>
+      <c r="K158" t="s">
+        <v>918</v>
+      </c>
+      <c r="L158" t="s">
+        <v>919</v>
+      </c>
+      <c r="M158" t="s">
+        <v>920</v>
+      </c>
+      <c r="N158" t="s">
+        <v>36</v>
+      </c>
+      <c r="O158" t="s">
+        <v>921</v>
+      </c>
+      <c r="P158" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>923</v>
+      </c>
+      <c r="B159" t="s">
+        <v>924</v>
+      </c>
+      <c r="C159" t="s">
+        <v>925</v>
+      </c>
+      <c r="D159" t="s">
+        <v>211</v>
+      </c>
+      <c r="E159" t="s">
+        <v>42</v>
+      </c>
+      <c r="F159" t="s">
+        <v>212</v>
+      </c>
+      <c r="G159" t="s">
+        <v>221</v>
+      </c>
+      <c r="H159"/>
+      <c r="I159"/>
+      <c r="J159" t="s">
+        <v>318</v>
+      </c>
+      <c r="K159" t="s">
+        <v>34</v>
+      </c>
+      <c r="L159" t="s">
+        <v>213</v>
+      </c>
+      <c r="M159" t="s">
+        <v>926</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>927</v>
+      </c>
+      <c r="P159" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>929</v>
+      </c>
+      <c r="B160" t="s">
+        <v>930</v>
+      </c>
+      <c r="C160" t="s">
+        <v>897</v>
+      </c>
+      <c r="D160" t="s">
+        <v>71</v>
+      </c>
+      <c r="E160" t="s">
+        <v>20</v>
+      </c>
+      <c r="F160" t="s">
+        <v>212</v>
+      </c>
+      <c r="G160" t="s">
+        <v>22</v>
+      </c>
+      <c r="H160">
+        <v>2013</v>
+      </c>
+      <c r="I160">
+        <v>2015</v>
+      </c>
+      <c r="J160" t="s">
+        <v>413</v>
+      </c>
+      <c r="K160" t="s">
+        <v>34</v>
+      </c>
+      <c r="L160" t="s">
+        <v>931</v>
+      </c>
+      <c r="M160" t="s">
+        <v>899</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>932</v>
+      </c>
+      <c r="P160" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>934</v>
+      </c>
+      <c r="B161" t="s">
+        <v>935</v>
+      </c>
+      <c r="C161" t="s">
+        <v>936</v>
+      </c>
+      <c r="D161" t="s">
+        <v>71</v>
+      </c>
+      <c r="E161" t="s">
+        <v>20</v>
+      </c>
+      <c r="F161" t="s">
+        <v>43</v>
+      </c>
+      <c r="G161" t="s">
+        <v>94</v>
+      </c>
+      <c r="H161">
+        <v>2007</v>
+      </c>
+      <c r="I161"/>
+      <c r="J161" t="s">
         <v>625</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G158">
+      <c r="K161" t="s">
+        <v>34</v>
+      </c>
+      <c r="L161" t="s">
+        <v>937</v>
+      </c>
+      <c r="M161" t="s">
+        <v>938</v>
+      </c>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>939</v>
+      </c>
+      <c r="P161" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>941</v>
+      </c>
+      <c r="B162" t="s">
+        <v>942</v>
+      </c>
+      <c r="C162" t="s">
+        <v>936</v>
+      </c>
+      <c r="D162" t="s">
+        <v>53</v>
+      </c>
+      <c r="E162" t="s">
+        <v>20</v>
+      </c>
+      <c r="F162" t="s">
+        <v>43</v>
+      </c>
+      <c r="G162" t="s">
+        <v>94</v>
+      </c>
+      <c r="H162">
         <v>2017</v>
       </c>
-      <c r="H158">
-[...80 lines deleted...]
-      <c r="G160">
+      <c r="I162"/>
+      <c r="J162" t="s">
+        <v>625</v>
+      </c>
+      <c r="K162" t="s">
+        <v>34</v>
+      </c>
+      <c r="L162" t="s">
+        <v>56</v>
+      </c>
+      <c r="M162" t="s">
+        <v>938</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>943</v>
+      </c>
+      <c r="P162" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>945</v>
+      </c>
+      <c r="B163" t="s">
+        <v>946</v>
+      </c>
+      <c r="C163" t="s">
+        <v>947</v>
+      </c>
+      <c r="D163" t="s">
+        <v>71</v>
+      </c>
+      <c r="E163" t="s">
+        <v>20</v>
+      </c>
+      <c r="F163" t="s">
+        <v>212</v>
+      </c>
+      <c r="G163" t="s">
+        <v>94</v>
+      </c>
+      <c r="H163">
+        <v>2019</v>
+      </c>
+      <c r="I163"/>
+      <c r="J163" t="s">
+        <v>95</v>
+      </c>
+      <c r="K163" t="s">
+        <v>34</v>
+      </c>
+      <c r="L163" t="s">
+        <v>948</v>
+      </c>
+      <c r="M163" t="s">
+        <v>949</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>950</v>
+      </c>
+      <c r="P163" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>952</v>
+      </c>
+      <c r="B164" t="s">
+        <v>953</v>
+      </c>
+      <c r="C164" t="s">
+        <v>303</v>
+      </c>
+      <c r="D164" t="s">
+        <v>954</v>
+      </c>
+      <c r="E164" t="s">
+        <v>42</v>
+      </c>
+      <c r="F164" t="s">
+        <v>43</v>
+      </c>
+      <c r="G164" t="s">
+        <v>94</v>
+      </c>
+      <c r="H164">
+        <v>2014</v>
+      </c>
+      <c r="I164"/>
+      <c r="J164" t="s">
+        <v>305</v>
+      </c>
+      <c r="K164" t="s">
+        <v>34</v>
+      </c>
+      <c r="L164"/>
+      <c r="M164" t="s">
+        <v>306</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>955</v>
+      </c>
+      <c r="P164" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>957</v>
+      </c>
+      <c r="B165" t="s">
+        <v>958</v>
+      </c>
+      <c r="C165" t="s">
+        <v>303</v>
+      </c>
+      <c r="D165" t="s">
+        <v>959</v>
+      </c>
+      <c r="E165" t="s">
+        <v>20</v>
+      </c>
+      <c r="F165" t="s">
+        <v>43</v>
+      </c>
+      <c r="G165" t="s">
+        <v>22</v>
+      </c>
+      <c r="H165">
+        <v>2008</v>
+      </c>
+      <c r="I165">
         <v>2013</v>
       </c>
-      <c r="H160">
-[...214 lines deleted...]
-      </c>
       <c r="J165" t="s">
-        <v>29</v>
+        <v>102</v>
       </c>
       <c r="K165" t="s">
+        <v>34</v>
+      </c>
+      <c r="L165" t="s">
+        <v>25</v>
+      </c>
+      <c r="M165" t="s">
+        <v>306</v>
+      </c>
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>960</v>
+      </c>
+      <c r="P165" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>962</v>
+      </c>
+      <c r="B166" t="s">
+        <v>963</v>
+      </c>
+      <c r="C166" t="s">
+        <v>365</v>
+      </c>
+      <c r="D166" t="s">
+        <v>71</v>
+      </c>
+      <c r="E166" t="s">
+        <v>42</v>
+      </c>
+      <c r="F166" t="s">
+        <v>43</v>
+      </c>
+      <c r="G166" t="s">
         <v>22</v>
-      </c>
-[...30 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H166">
         <v>2010</v>
       </c>
-      <c r="I166" t="s">
-        <v>206</v>
+      <c r="I166">
+        <v>2010</v>
       </c>
       <c r="J166" t="s">
-        <v>29</v>
+        <v>289</v>
       </c>
       <c r="K166" t="s">
-        <v>659</v>
+        <v>34</v>
       </c>
       <c r="L166" t="s">
-        <v>263</v>
+        <v>964</v>
       </c>
       <c r="M166" t="s">
-        <v>24</v>
+        <v>367</v>
       </c>
       <c r="N166" t="s">
-        <v>660</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>965</v>
+      </c>
+      <c r="P166" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
       <c r="A167" t="s">
-        <v>661</v>
+        <v>967</v>
       </c>
       <c r="B167" t="s">
-        <v>662</v>
+        <v>654</v>
       </c>
       <c r="C167" t="s">
-        <v>58</v>
+        <v>968</v>
       </c>
       <c r="D167" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E167" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F167" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G167">
+        <v>43</v>
+      </c>
+      <c r="G167" t="s">
+        <v>22</v>
+      </c>
+      <c r="H167">
         <v>2015</v>
       </c>
-      <c r="H167">
+      <c r="I167">
         <v>2019</v>
       </c>
-      <c r="I167" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J167" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>95</v>
+      </c>
+      <c r="K167" t="s">
+        <v>34</v>
+      </c>
+      <c r="L167"/>
       <c r="M167" t="s">
-        <v>24</v>
+        <v>969</v>
       </c>
       <c r="N167" t="s">
-        <v>664</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>970</v>
+      </c>
+      <c r="P167" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
       <c r="A168" t="s">
-        <v>665</v>
+        <v>972</v>
       </c>
       <c r="B168" t="s">
-        <v>662</v>
+        <v>654</v>
       </c>
       <c r="C168" t="s">
-        <v>58</v>
+        <v>968</v>
       </c>
       <c r="D168" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E168" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F168" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="G168">
+        <v>21</v>
+      </c>
+      <c r="G168" t="s">
+        <v>94</v>
+      </c>
+      <c r="H168">
         <v>2015</v>
       </c>
-      <c r="H168"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I168"/>
       <c r="J168" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>95</v>
+      </c>
+      <c r="K168" t="s">
+        <v>34</v>
+      </c>
+      <c r="L168"/>
       <c r="M168" t="s">
-        <v>24</v>
+        <v>969</v>
       </c>
       <c r="N168" t="s">
-        <v>666</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>973</v>
+      </c>
+      <c r="P168" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
       <c r="A169" t="s">
-        <v>667</v>
+        <v>974</v>
       </c>
       <c r="B169" t="s">
-        <v>668</v>
+        <v>975</v>
       </c>
       <c r="C169" t="s">
-        <v>58</v>
+        <v>976</v>
       </c>
       <c r="D169" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E169" t="s">
-        <v>152</v>
+        <v>20</v>
       </c>
       <c r="F169" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="G169">
+        <v>212</v>
+      </c>
+      <c r="G169" t="s">
+        <v>94</v>
+      </c>
+      <c r="H169">
         <v>2019</v>
       </c>
-      <c r="H169"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I169"/>
       <c r="J169" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>95</v>
+      </c>
+      <c r="K169" t="s">
+        <v>34</v>
+      </c>
+      <c r="L169"/>
       <c r="M169" t="s">
-        <v>24</v>
+        <v>977</v>
       </c>
       <c r="N169" t="s">
-        <v>670</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>978</v>
+      </c>
+      <c r="P169" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
       <c r="A170" t="s">
-        <v>671</v>
+        <v>980</v>
       </c>
       <c r="B170" t="s">
-        <v>668</v>
+        <v>981</v>
       </c>
       <c r="C170" t="s">
-        <v>672</v>
+        <v>976</v>
       </c>
       <c r="D170" t="s">
-        <v>17</v>
+        <v>982</v>
       </c>
       <c r="E170" t="s">
-        <v>152</v>
+        <v>20</v>
       </c>
       <c r="F170" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="G170">
+        <v>212</v>
+      </c>
+      <c r="G170" t="s">
+        <v>94</v>
+      </c>
+      <c r="H170">
         <v>2019</v>
       </c>
-      <c r="H170"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I170"/>
       <c r="J170" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>95</v>
+      </c>
+      <c r="K170" t="s">
+        <v>34</v>
+      </c>
+      <c r="L170"/>
       <c r="M170" t="s">
-        <v>24</v>
+        <v>977</v>
       </c>
       <c r="N170" t="s">
-        <v>673</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>983</v>
+      </c>
+      <c r="P170" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
       <c r="A171" t="s">
-        <v>674</v>
+        <v>985</v>
       </c>
       <c r="B171" t="s">
-        <v>675</v>
+        <v>986</v>
       </c>
       <c r="C171" t="s">
-        <v>676</v>
+        <v>987</v>
       </c>
       <c r="D171" t="s">
-        <v>17</v>
+        <v>988</v>
       </c>
       <c r="E171" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F171" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="G171">
+        <v>43</v>
+      </c>
+      <c r="G171" t="s">
+        <v>94</v>
+      </c>
+      <c r="H171">
         <v>2018</v>
       </c>
-      <c r="H171"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I171"/>
       <c r="J171" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="K171" t="s">
+        <v>34</v>
+      </c>
+      <c r="L171"/>
       <c r="M171" t="s">
-        <v>24</v>
+        <v>989</v>
       </c>
       <c r="N171" t="s">
-        <v>678</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O171" t="s">
+        <v>990</v>
+      </c>
+      <c r="P171" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>679</v>
+        <v>992</v>
       </c>
       <c r="B172" t="s">
-        <v>680</v>
+        <v>993</v>
       </c>
       <c r="C172" t="s">
-        <v>58</v>
+        <v>994</v>
       </c>
       <c r="D172" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E172" t="s">
-        <v>152</v>
+        <v>20</v>
       </c>
       <c r="F172" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G172">
+        <v>212</v>
+      </c>
+      <c r="G172" t="s">
+        <v>22</v>
+      </c>
+      <c r="H172">
         <v>2007</v>
       </c>
-      <c r="H172">
+      <c r="I172">
         <v>2018</v>
       </c>
-      <c r="I172" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J172" t="s">
-        <v>29</v>
+        <v>102</v>
       </c>
       <c r="K172" t="s">
-        <v>681</v>
+        <v>34</v>
       </c>
       <c r="L172" t="s">
-        <v>682</v>
+        <v>995</v>
       </c>
       <c r="M172" t="s">
-        <v>24</v>
+        <v>996</v>
       </c>
       <c r="N172" t="s">
-        <v>683</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O172" t="s">
+        <v>997</v>
+      </c>
+      <c r="P172" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
       <c r="A173" t="s">
-        <v>684</v>
+        <v>999</v>
       </c>
       <c r="B173" t="s">
-        <v>244</v>
+        <v>1000</v>
       </c>
       <c r="C173" t="s">
-        <v>245</v>
+        <v>342</v>
       </c>
       <c r="D173" t="s">
-        <v>35</v>
+        <v>343</v>
       </c>
       <c r="E173" t="s">
-        <v>152</v>
+        <v>42</v>
       </c>
       <c r="F173" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="G173">
+        <v>212</v>
+      </c>
+      <c r="G173" t="s">
+        <v>94</v>
+      </c>
+      <c r="H173">
         <v>2020</v>
       </c>
-      <c r="H173"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I173"/>
       <c r="J173" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="K173" t="s">
-        <v>685</v>
+        <v>34</v>
       </c>
       <c r="L173" t="s">
-        <v>247</v>
+        <v>1001</v>
       </c>
       <c r="M173" t="s">
-        <v>24</v>
+        <v>345</v>
       </c>
       <c r="N173" t="s">
-        <v>686</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O173" t="s">
+        <v>1002</v>
+      </c>
+      <c r="P173" t="s">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
       <c r="A174" t="s">
-        <v>687</v>
+        <v>1004</v>
       </c>
       <c r="B174" t="s">
-        <v>244</v>
+        <v>1005</v>
       </c>
       <c r="C174" t="s">
-        <v>44</v>
+        <v>342</v>
       </c>
       <c r="D174" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="E174" t="s">
-        <v>152</v>
+        <v>42</v>
       </c>
       <c r="F174" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="G174">
+        <v>212</v>
+      </c>
+      <c r="G174" t="s">
+        <v>94</v>
+      </c>
+      <c r="H174">
         <v>2021</v>
       </c>
-      <c r="H174"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I174"/>
       <c r="J174" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="K174" t="s">
-        <v>688</v>
+        <v>34</v>
       </c>
       <c r="L174" t="s">
-        <v>247</v>
+        <v>1006</v>
       </c>
       <c r="M174" t="s">
-        <v>24</v>
+        <v>345</v>
       </c>
       <c r="N174" t="s">
-        <v>689</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>1007</v>
+      </c>
+      <c r="P174" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
       <c r="A175" t="s">
-        <v>690</v>
+        <v>1008</v>
       </c>
       <c r="B175" t="s">
-        <v>576</v>
+        <v>1009</v>
       </c>
       <c r="C175" t="s">
-        <v>58</v>
+        <v>841</v>
       </c>
       <c r="D175" t="s">
-        <v>35</v>
+        <v>71</v>
       </c>
       <c r="E175" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F175" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G175">
+        <v>54</v>
+      </c>
+      <c r="G175" t="s">
+        <v>22</v>
+      </c>
+      <c r="H175">
         <v>2000</v>
       </c>
-      <c r="H175">
+      <c r="I175">
         <v>2020</v>
       </c>
-      <c r="I175" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J175" t="s">
-        <v>29</v>
+        <v>625</v>
       </c>
       <c r="K175" t="s">
-        <v>575</v>
+        <v>34</v>
       </c>
       <c r="L175" t="s">
-        <v>691</v>
+        <v>839</v>
       </c>
       <c r="M175" t="s">
-        <v>24</v>
+        <v>1010</v>
       </c>
       <c r="N175" t="s">
-        <v>692</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>1011</v>
+      </c>
+      <c r="P175" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
       <c r="A176" t="s">
-        <v>693</v>
+        <v>1013</v>
       </c>
       <c r="B176" t="s">
-        <v>576</v>
+        <v>1014</v>
       </c>
       <c r="C176" t="s">
-        <v>593</v>
+        <v>841</v>
       </c>
       <c r="D176" t="s">
-        <v>35</v>
+        <v>865</v>
       </c>
       <c r="E176" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F176" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G176">
+        <v>54</v>
+      </c>
+      <c r="G176" t="s">
+        <v>22</v>
+      </c>
+      <c r="H176">
         <v>2001</v>
       </c>
-      <c r="H176">
+      <c r="I176">
         <v>2015</v>
       </c>
-      <c r="I176" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J176" t="s">
-        <v>29</v>
+        <v>625</v>
       </c>
       <c r="K176" t="s">
-        <v>694</v>
+        <v>34</v>
       </c>
       <c r="L176" t="s">
-        <v>691</v>
+        <v>1015</v>
       </c>
       <c r="M176" t="s">
-        <v>24</v>
+        <v>1010</v>
       </c>
       <c r="N176" t="s">
-        <v>695</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O176" t="s">
+        <v>1016</v>
+      </c>
+      <c r="P176" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
       <c r="A177" t="s">
-        <v>696</v>
+        <v>1018</v>
       </c>
       <c r="B177" t="s">
-        <v>576</v>
+        <v>1019</v>
       </c>
       <c r="C177" t="s">
-        <v>114</v>
+        <v>841</v>
       </c>
       <c r="D177" t="s">
-        <v>35</v>
+        <v>150</v>
       </c>
       <c r="E177" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F177" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G177">
+        <v>54</v>
+      </c>
+      <c r="G177" t="s">
+        <v>22</v>
+      </c>
+      <c r="H177">
         <v>2003</v>
       </c>
-      <c r="H177">
+      <c r="I177">
         <v>2012</v>
       </c>
-      <c r="I177" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J177" t="s">
-        <v>29</v>
+        <v>625</v>
       </c>
       <c r="K177" t="s">
-        <v>697</v>
+        <v>34</v>
       </c>
       <c r="L177" t="s">
-        <v>691</v>
+        <v>1020</v>
       </c>
       <c r="M177" t="s">
-        <v>24</v>
+        <v>1010</v>
       </c>
       <c r="N177" t="s">
-        <v>698</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O177" t="s">
+        <v>1021</v>
+      </c>
+      <c r="P177" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
       <c r="A178" t="s">
-        <v>699</v>
+        <v>1023</v>
       </c>
       <c r="B178" t="s">
-        <v>576</v>
+        <v>1024</v>
       </c>
       <c r="C178" t="s">
-        <v>700</v>
+        <v>841</v>
       </c>
       <c r="D178" t="s">
-        <v>35</v>
+        <v>1025</v>
       </c>
       <c r="E178" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F178" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G178">
+        <v>54</v>
+      </c>
+      <c r="G178" t="s">
+        <v>22</v>
+      </c>
+      <c r="H178">
         <v>2008</v>
       </c>
-      <c r="H178">
+      <c r="I178">
         <v>2009</v>
       </c>
-      <c r="I178" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J178" t="s">
-        <v>29</v>
+        <v>625</v>
       </c>
       <c r="K178" t="s">
-        <v>701</v>
+        <v>34</v>
       </c>
       <c r="L178" t="s">
-        <v>691</v>
+        <v>1026</v>
       </c>
       <c r="M178" t="s">
-        <v>24</v>
+        <v>1010</v>
       </c>
       <c r="N178" t="s">
-        <v>702</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O178" t="s">
+        <v>1027</v>
+      </c>
+      <c r="P178" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
       <c r="A179" t="s">
-        <v>703</v>
+        <v>1029</v>
       </c>
       <c r="B179" t="s">
-        <v>255</v>
+        <v>1030</v>
       </c>
       <c r="C179" t="s">
-        <v>44</v>
+        <v>357</v>
       </c>
       <c r="D179" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="E179" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F179" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>54</v>
+      </c>
+      <c r="G179" t="s">
+        <v>22</v>
       </c>
       <c r="H179">
         <v>2012</v>
       </c>
-      <c r="I179" t="s">
-        <v>227</v>
+      <c r="I179">
+        <v>2012</v>
       </c>
       <c r="J179" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>318</v>
+      </c>
+      <c r="K179" t="s">
+        <v>34</v>
+      </c>
+      <c r="L179"/>
       <c r="M179" t="s">
+        <v>1031</v>
+      </c>
+      <c r="N179" t="s">
+        <v>27</v>
+      </c>
+      <c r="O179" t="s">
+        <v>1032</v>
+      </c>
+      <c r="P179" t="s">
+        <v>1033</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B180" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C180" t="s">
+        <v>1036</v>
+      </c>
+      <c r="D180" t="s">
+        <v>71</v>
+      </c>
+      <c r="E180" t="s">
+        <v>20</v>
+      </c>
+      <c r="F180" t="s">
+        <v>21</v>
+      </c>
+      <c r="G180" t="s">
+        <v>94</v>
+      </c>
+      <c r="H180">
+        <v>2016</v>
+      </c>
+      <c r="I180"/>
+      <c r="J180" t="s">
+        <v>102</v>
+      </c>
+      <c r="K180" t="s">
+        <v>34</v>
+      </c>
+      <c r="L180"/>
+      <c r="M180" t="s">
+        <v>1037</v>
+      </c>
+      <c r="N180" t="s">
+        <v>27</v>
+      </c>
+      <c r="O180" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P180" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
+      <c r="A181" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B181" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C181" t="s">
+        <v>841</v>
+      </c>
+      <c r="D181" t="s">
+        <v>71</v>
+      </c>
+      <c r="E181" t="s">
+        <v>20</v>
+      </c>
+      <c r="F181" t="s">
+        <v>212</v>
+      </c>
+      <c r="G181" t="s">
+        <v>94</v>
+      </c>
+      <c r="H181">
+        <v>2012</v>
+      </c>
+      <c r="I181"/>
+      <c r="J181" t="s">
+        <v>625</v>
+      </c>
+      <c r="K181" t="s">
+        <v>34</v>
+      </c>
+      <c r="L181" t="s">
+        <v>1042</v>
+      </c>
+      <c r="M181" t="s">
+        <v>842</v>
+      </c>
+      <c r="N181" t="s">
+        <v>27</v>
+      </c>
+      <c r="O181" t="s">
+        <v>1043</v>
+      </c>
+      <c r="P181" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B182" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C182" t="s">
+        <v>841</v>
+      </c>
+      <c r="D182" t="s">
+        <v>865</v>
+      </c>
+      <c r="E182" t="s">
+        <v>20</v>
+      </c>
+      <c r="F182" t="s">
+        <v>212</v>
+      </c>
+      <c r="G182" t="s">
+        <v>22</v>
+      </c>
+      <c r="H182">
+        <v>2008</v>
+      </c>
+      <c r="I182">
+        <v>2014</v>
+      </c>
+      <c r="J182" t="s">
+        <v>561</v>
+      </c>
+      <c r="K182" t="s">
+        <v>34</v>
+      </c>
+      <c r="L182" t="s">
+        <v>1047</v>
+      </c>
+      <c r="M182" t="s">
+        <v>842</v>
+      </c>
+      <c r="N182" t="s">
+        <v>27</v>
+      </c>
+      <c r="O182" t="s">
+        <v>1048</v>
+      </c>
+      <c r="P182" t="s">
+        <v>1049</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
+      <c r="A183" t="s">
+        <v>1050</v>
+      </c>
+      <c r="B183" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C183" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D183" t="s">
+        <v>1053</v>
+      </c>
+      <c r="E183" t="s">
+        <v>20</v>
+      </c>
+      <c r="F183" t="s">
+        <v>43</v>
+      </c>
+      <c r="G183" t="s">
+        <v>94</v>
+      </c>
+      <c r="H183">
+        <v>2017</v>
+      </c>
+      <c r="I183"/>
+      <c r="J183" t="s">
+        <v>73</v>
+      </c>
+      <c r="K183" t="s">
         <v>24</v>
       </c>
-      <c r="N179" t="s">
-[...62 lines deleted...]
-      <c r="G181">
+      <c r="L183"/>
+      <c r="M183" t="s">
+        <v>1054</v>
+      </c>
+      <c r="N183" t="s">
+        <v>36</v>
+      </c>
+      <c r="O183" t="s">
+        <v>1055</v>
+      </c>
+      <c r="P183" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B184" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C184" t="s">
+        <v>259</v>
+      </c>
+      <c r="D184" t="s">
+        <v>71</v>
+      </c>
+      <c r="E184" t="s">
+        <v>20</v>
+      </c>
+      <c r="F184" t="s">
+        <v>21</v>
+      </c>
+      <c r="G184" t="s">
+        <v>22</v>
+      </c>
+      <c r="H184">
+        <v>2007</v>
+      </c>
+      <c r="I184">
+        <v>2015</v>
+      </c>
+      <c r="J184" t="s">
+        <v>262</v>
+      </c>
+      <c r="K184" t="s">
+        <v>34</v>
+      </c>
+      <c r="L184" t="s">
+        <v>1059</v>
+      </c>
+      <c r="M184" t="s">
+        <v>263</v>
+      </c>
+      <c r="N184" t="s">
+        <v>27</v>
+      </c>
+      <c r="O184" t="s">
+        <v>1060</v>
+      </c>
+      <c r="P184" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B185" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C185" t="s">
+        <v>259</v>
+      </c>
+      <c r="D185" t="s">
+        <v>157</v>
+      </c>
+      <c r="E185" t="s">
+        <v>20</v>
+      </c>
+      <c r="F185" t="s">
+        <v>21</v>
+      </c>
+      <c r="G185" t="s">
+        <v>22</v>
+      </c>
+      <c r="H185">
         <v>2012</v>
       </c>
-      <c r="H181"/>
-[...89 lines deleted...]
-      <c r="J183" t="s">
+      <c r="I185">
+        <v>2015</v>
+      </c>
+      <c r="J185" t="s">
+        <v>262</v>
+      </c>
+      <c r="K185" t="s">
+        <v>34</v>
+      </c>
+      <c r="L185" t="s">
+        <v>1064</v>
+      </c>
+      <c r="M185" t="s">
+        <v>263</v>
+      </c>
+      <c r="N185" t="s">
+        <v>27</v>
+      </c>
+      <c r="O185" t="s">
+        <v>1065</v>
+      </c>
+      <c r="P185" t="s">
+        <v>1066</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
+      <c r="A186" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B186" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C186" t="s">
+        <v>259</v>
+      </c>
+      <c r="D186" t="s">
+        <v>53</v>
+      </c>
+      <c r="E186" t="s">
+        <v>20</v>
+      </c>
+      <c r="F186" t="s">
         <v>21</v>
       </c>
-      <c r="K183"/>
-[...32 lines deleted...]
-      <c r="H184">
+      <c r="G186" t="s">
+        <v>22</v>
+      </c>
+      <c r="H186">
+        <v>2012</v>
+      </c>
+      <c r="I186">
+        <v>2021</v>
+      </c>
+      <c r="J186" t="s">
+        <v>478</v>
+      </c>
+      <c r="K186" t="s">
+        <v>34</v>
+      </c>
+      <c r="L186"/>
+      <c r="M186" t="s">
+        <v>263</v>
+      </c>
+      <c r="N186" t="s">
+        <v>27</v>
+      </c>
+      <c r="O186" t="s">
+        <v>1069</v>
+      </c>
+      <c r="P186" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B187" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C187" t="s">
+        <v>259</v>
+      </c>
+      <c r="D187" t="s">
+        <v>53</v>
+      </c>
+      <c r="E187" t="s">
+        <v>20</v>
+      </c>
+      <c r="F187" t="s">
+        <v>21</v>
+      </c>
+      <c r="G187" t="s">
+        <v>80</v>
+      </c>
+      <c r="H187">
+        <v>2012</v>
+      </c>
+      <c r="I187">
         <v>2015</v>
       </c>
-      <c r="I184" t="s">
-[...37 lines deleted...]
-      <c r="G185">
+      <c r="J187" t="s">
+        <v>413</v>
+      </c>
+      <c r="K187" t="s">
+        <v>34</v>
+      </c>
+      <c r="L187"/>
+      <c r="M187" t="s">
+        <v>263</v>
+      </c>
+      <c r="N187" t="s">
+        <v>27</v>
+      </c>
+      <c r="O187" t="s">
+        <v>1073</v>
+      </c>
+      <c r="P187" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B188" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C188" t="s">
+        <v>259</v>
+      </c>
+      <c r="D188" t="s">
+        <v>53</v>
+      </c>
+      <c r="E188" t="s">
+        <v>20</v>
+      </c>
+      <c r="F188" t="s">
+        <v>21</v>
+      </c>
+      <c r="G188" t="s">
+        <v>94</v>
+      </c>
+      <c r="H188">
         <v>2012</v>
       </c>
-      <c r="H185">
-[...40 lines deleted...]
-      <c r="G186">
+      <c r="I188"/>
+      <c r="J188" t="s">
+        <v>262</v>
+      </c>
+      <c r="K188" t="s">
+        <v>34</v>
+      </c>
+      <c r="L188"/>
+      <c r="M188" t="s">
+        <v>263</v>
+      </c>
+      <c r="N188" t="s">
+        <v>27</v>
+      </c>
+      <c r="O188" t="s">
+        <v>1077</v>
+      </c>
+      <c r="P188" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B189" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C189" t="s">
+        <v>396</v>
+      </c>
+      <c r="D189" t="s">
+        <v>143</v>
+      </c>
+      <c r="E189" t="s">
+        <v>42</v>
+      </c>
+      <c r="F189" t="s">
+        <v>54</v>
+      </c>
+      <c r="G189" t="s">
+        <v>22</v>
+      </c>
+      <c r="H189">
+        <v>2013</v>
+      </c>
+      <c r="I189">
+        <v>2018</v>
+      </c>
+      <c r="J189" t="s">
+        <v>397</v>
+      </c>
+      <c r="K189" t="s">
+        <v>34</v>
+      </c>
+      <c r="L189" t="s">
+        <v>1081</v>
+      </c>
+      <c r="M189" t="s">
+        <v>1082</v>
+      </c>
+      <c r="N189" t="s">
+        <v>27</v>
+      </c>
+      <c r="O189" t="s">
+        <v>1083</v>
+      </c>
+      <c r="P189" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B190" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C190" t="s">
+        <v>396</v>
+      </c>
+      <c r="D190" t="s">
+        <v>53</v>
+      </c>
+      <c r="E190" t="s">
+        <v>42</v>
+      </c>
+      <c r="F190" t="s">
+        <v>54</v>
+      </c>
+      <c r="G190" t="s">
+        <v>22</v>
+      </c>
+      <c r="H190">
+        <v>2004</v>
+      </c>
+      <c r="I190">
         <v>2012</v>
       </c>
-      <c r="H186">
+      <c r="J190" t="s">
+        <v>397</v>
+      </c>
+      <c r="K190" t="s">
+        <v>34</v>
+      </c>
+      <c r="L190" t="s">
+        <v>1087</v>
+      </c>
+      <c r="M190" t="s">
+        <v>1082</v>
+      </c>
+      <c r="N190" t="s">
+        <v>27</v>
+      </c>
+      <c r="O190" t="s">
+        <v>1088</v>
+      </c>
+      <c r="P190" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16">
+      <c r="A191" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B191" t="s">
+        <v>1091</v>
+      </c>
+      <c r="C191" t="s">
+        <v>396</v>
+      </c>
+      <c r="D191" t="s">
+        <v>317</v>
+      </c>
+      <c r="E191" t="s">
+        <v>42</v>
+      </c>
+      <c r="F191" t="s">
+        <v>54</v>
+      </c>
+      <c r="G191" t="s">
+        <v>94</v>
+      </c>
+      <c r="H191">
+        <v>2004</v>
+      </c>
+      <c r="I191"/>
+      <c r="J191" t="s">
+        <v>397</v>
+      </c>
+      <c r="K191" t="s">
+        <v>34</v>
+      </c>
+      <c r="L191" t="s">
+        <v>1092</v>
+      </c>
+      <c r="M191" t="s">
+        <v>1082</v>
+      </c>
+      <c r="N191" t="s">
+        <v>27</v>
+      </c>
+      <c r="O191" t="s">
+        <v>1093</v>
+      </c>
+      <c r="P191" t="s">
+        <v>1094</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B192" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C192" t="s">
+        <v>175</v>
+      </c>
+      <c r="D192" t="s">
+        <v>1097</v>
+      </c>
+      <c r="E192" t="s">
+        <v>20</v>
+      </c>
+      <c r="F192" t="s">
+        <v>21</v>
+      </c>
+      <c r="G192" t="s">
+        <v>94</v>
+      </c>
+      <c r="H192">
         <v>2021</v>
       </c>
-      <c r="I186" t="s">
-[...247 lines deleted...]
-      <c r="G192">
+      <c r="I192"/>
+      <c r="J192" t="s">
+        <v>176</v>
+      </c>
+      <c r="K192" t="s">
+        <v>34</v>
+      </c>
+      <c r="L192"/>
+      <c r="M192"/>
+      <c r="N192" t="s">
+        <v>27</v>
+      </c>
+      <c r="O192" t="s">
+        <v>1098</v>
+      </c>
+      <c r="P192" t="s">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16">
+      <c r="A193" t="s">
+        <v>1100</v>
+      </c>
+      <c r="B193" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C193" t="s">
+        <v>175</v>
+      </c>
+      <c r="D193" t="s">
+        <v>181</v>
+      </c>
+      <c r="E193" t="s">
+        <v>20</v>
+      </c>
+      <c r="F193" t="s">
+        <v>21</v>
+      </c>
+      <c r="G193" t="s">
+        <v>94</v>
+      </c>
+      <c r="H193">
         <v>2021</v>
       </c>
-      <c r="H192"/>
-[...40 lines deleted...]
-      </c>
+      <c r="I193"/>
       <c r="J193" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K193"/>
+        <v>176</v>
+      </c>
+      <c r="K193" t="s">
+        <v>34</v>
+      </c>
       <c r="L193"/>
-      <c r="M193" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M193"/>
       <c r="N193" t="s">
-        <v>747</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O193" t="s">
+        <v>1102</v>
+      </c>
+      <c r="P193" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16">
       <c r="A194" t="s">
-        <v>748</v>
+        <v>1104</v>
       </c>
       <c r="B194" t="s">
-        <v>310</v>
+        <v>1105</v>
       </c>
       <c r="C194" t="s">
-        <v>114</v>
+        <v>438</v>
       </c>
       <c r="D194" t="s">
-        <v>17</v>
+        <v>150</v>
       </c>
       <c r="E194" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F194" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>21</v>
+      </c>
+      <c r="G194" t="s">
+        <v>22</v>
       </c>
       <c r="H194">
         <v>2011</v>
       </c>
-      <c r="I194" t="s">
-        <v>59</v>
+      <c r="I194">
+        <v>2011</v>
       </c>
       <c r="J194" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="K194" t="s">
-        <v>749</v>
+        <v>34</v>
       </c>
       <c r="L194" t="s">
-        <v>750</v>
+        <v>1106</v>
       </c>
       <c r="M194" t="s">
-        <v>24</v>
+        <v>1107</v>
       </c>
       <c r="N194" t="s">
-        <v>751</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O194" t="s">
+        <v>1108</v>
+      </c>
+      <c r="P194" t="s">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="195" spans="1:16">
       <c r="A195" t="s">
-        <v>752</v>
+        <v>1110</v>
       </c>
       <c r="B195" t="s">
-        <v>286</v>
+        <v>1111</v>
       </c>
       <c r="C195" t="s">
-        <v>119</v>
+        <v>404</v>
       </c>
       <c r="D195" t="s">
-        <v>35</v>
+        <v>157</v>
       </c>
       <c r="E195" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F195" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G195">
+        <v>54</v>
+      </c>
+      <c r="G195" t="s">
+        <v>22</v>
+      </c>
+      <c r="H195">
         <v>2003</v>
       </c>
-      <c r="H195">
+      <c r="I195">
         <v>2020</v>
       </c>
-      <c r="I195" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J195" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="K195" t="s">
+        <v>34</v>
+      </c>
+      <c r="L195"/>
       <c r="M195" t="s">
-        <v>24</v>
+        <v>1112</v>
       </c>
       <c r="N195" t="s">
-        <v>754</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O195" t="s">
+        <v>1113</v>
+      </c>
+      <c r="P195" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16">
       <c r="A196" t="s">
-        <v>755</v>
+        <v>1115</v>
       </c>
       <c r="B196" t="s">
-        <v>15</v>
+        <v>1116</v>
       </c>
       <c r="C196" t="s">
-        <v>756</v>
+        <v>18</v>
       </c>
       <c r="D196" t="s">
-        <v>35</v>
+        <v>1117</v>
       </c>
       <c r="E196" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F196" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="G196">
+        <v>54</v>
+      </c>
+      <c r="G196" t="s">
+        <v>94</v>
+      </c>
+      <c r="H196">
         <v>2013</v>
       </c>
-      <c r="H196"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I196"/>
       <c r="J196" t="s">
-        <v>29</v>
+        <v>222</v>
       </c>
       <c r="K196" t="s">
-        <v>757</v>
+        <v>34</v>
       </c>
       <c r="L196" t="s">
-        <v>758</v>
+        <v>1118</v>
       </c>
       <c r="M196" t="s">
-        <v>24</v>
+        <v>1119</v>
       </c>
       <c r="N196" t="s">
-        <v>759</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O196" t="s">
+        <v>1120</v>
+      </c>
+      <c r="P196" t="s">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="197" spans="1:16">
       <c r="A197" t="s">
-        <v>760</v>
+        <v>1122</v>
       </c>
       <c r="B197" t="s">
-        <v>761</v>
+        <v>1123</v>
       </c>
       <c r="C197" t="s">
-        <v>58</v>
+        <v>1124</v>
       </c>
       <c r="D197" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E197" t="s">
-        <v>152</v>
+        <v>20</v>
       </c>
       <c r="F197" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G197">
+        <v>212</v>
+      </c>
+      <c r="G197" t="s">
+        <v>22</v>
+      </c>
+      <c r="H197">
         <v>2007</v>
       </c>
-      <c r="H197">
+      <c r="I197">
         <v>2012</v>
       </c>
-      <c r="I197" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J197" t="s">
-        <v>29</v>
+        <v>102</v>
       </c>
       <c r="K197" t="s">
-        <v>762</v>
+        <v>34</v>
       </c>
       <c r="L197" t="s">
-        <v>763</v>
+        <v>1125</v>
       </c>
       <c r="M197" t="s">
-        <v>24</v>
+        <v>1126</v>
       </c>
       <c r="N197" t="s">
-        <v>764</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O197" t="s">
+        <v>1127</v>
+      </c>
+      <c r="P197" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="198" spans="1:16">
       <c r="A198" t="s">
-        <v>765</v>
+        <v>1129</v>
       </c>
       <c r="B198" t="s">
-        <v>766</v>
+        <v>1130</v>
       </c>
       <c r="C198" t="s">
-        <v>58</v>
+        <v>1131</v>
       </c>
       <c r="D198" t="s">
-        <v>35</v>
+        <v>71</v>
       </c>
       <c r="E198" t="s">
+        <v>42</v>
+      </c>
+      <c r="F198" t="s">
+        <v>43</v>
+      </c>
+      <c r="G198" t="s">
+        <v>22</v>
+      </c>
+      <c r="H198">
+        <v>2002</v>
+      </c>
+      <c r="I198">
+        <v>2021</v>
+      </c>
+      <c r="J198" t="s">
+        <v>561</v>
+      </c>
+      <c r="K198" t="s">
+        <v>34</v>
+      </c>
+      <c r="L198" t="s">
+        <v>1132</v>
+      </c>
+      <c r="M198" t="s">
+        <v>1133</v>
+      </c>
+      <c r="N198" t="s">
+        <v>27</v>
+      </c>
+      <c r="O198" t="s">
+        <v>1134</v>
+      </c>
+      <c r="P198" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="199" spans="1:16">
+      <c r="A199" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C199" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D199" t="s">
+        <v>157</v>
+      </c>
+      <c r="E199" t="s">
+        <v>42</v>
+      </c>
+      <c r="F199" t="s">
+        <v>43</v>
+      </c>
+      <c r="G199" t="s">
+        <v>1138</v>
+      </c>
+      <c r="H199">
+        <v>2021</v>
+      </c>
+      <c r="I199"/>
+      <c r="J199" t="s">
+        <v>561</v>
+      </c>
+      <c r="K199" t="s">
+        <v>34</v>
+      </c>
+      <c r="L199" t="s">
+        <v>1139</v>
+      </c>
+      <c r="M199" t="s">
+        <v>1133</v>
+      </c>
+      <c r="N199" t="s">
+        <v>27</v>
+      </c>
+      <c r="O199" t="s">
+        <v>1140</v>
+      </c>
+      <c r="P199" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="200" spans="1:16">
+      <c r="A200" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B200" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C200" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D200" t="s">
+        <v>71</v>
+      </c>
+      <c r="E200" t="s">
+        <v>42</v>
+      </c>
+      <c r="F200" t="s">
+        <v>21</v>
+      </c>
+      <c r="G200" t="s">
+        <v>22</v>
+      </c>
+      <c r="H200">
+        <v>2011</v>
+      </c>
+      <c r="I200">
+        <v>2021</v>
+      </c>
+      <c r="J200" t="s">
+        <v>561</v>
+      </c>
+      <c r="K200" t="s">
+        <v>34</v>
+      </c>
+      <c r="L200" t="s">
+        <v>1144</v>
+      </c>
+      <c r="M200" t="s">
+        <v>1133</v>
+      </c>
+      <c r="N200" t="s">
+        <v>27</v>
+      </c>
+      <c r="O200" t="s">
+        <v>1145</v>
+      </c>
+      <c r="P200" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="201" spans="1:16">
+      <c r="A201" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B201" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C201" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D201" t="s">
+        <v>157</v>
+      </c>
+      <c r="E201" t="s">
+        <v>42</v>
+      </c>
+      <c r="F201" t="s">
+        <v>803</v>
+      </c>
+      <c r="G201" t="s">
+        <v>94</v>
+      </c>
+      <c r="H201">
+        <v>2021</v>
+      </c>
+      <c r="I201"/>
+      <c r="J201" t="s">
+        <v>561</v>
+      </c>
+      <c r="K201" t="s">
+        <v>34</v>
+      </c>
+      <c r="L201" t="s">
+        <v>1139</v>
+      </c>
+      <c r="M201" t="s">
+        <v>1133</v>
+      </c>
+      <c r="N201" t="s">
+        <v>27</v>
+      </c>
+      <c r="O201" t="s">
+        <v>1149</v>
+      </c>
+      <c r="P201" t="s">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="202" spans="1:16">
+      <c r="A202" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B202" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C202" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D202" t="s">
+        <v>53</v>
+      </c>
+      <c r="E202" t="s">
+        <v>42</v>
+      </c>
+      <c r="F202" t="s">
+        <v>43</v>
+      </c>
+      <c r="G202" t="s">
+        <v>22</v>
+      </c>
+      <c r="H202">
+        <v>2012</v>
+      </c>
+      <c r="I202">
+        <v>2015</v>
+      </c>
+      <c r="J202" t="s">
+        <v>638</v>
+      </c>
+      <c r="K202" t="s">
+        <v>34</v>
+      </c>
+      <c r="L202" t="s">
+        <v>1153</v>
+      </c>
+      <c r="M202" t="s">
+        <v>1133</v>
+      </c>
+      <c r="N202" t="s">
+        <v>27</v>
+      </c>
+      <c r="O202" t="s">
+        <v>1154</v>
+      </c>
+      <c r="P202" t="s">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="203" spans="1:16">
+      <c r="A203" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C203" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D203" t="s">
+        <v>211</v>
+      </c>
+      <c r="E203" t="s">
+        <v>42</v>
+      </c>
+      <c r="F203" t="s">
+        <v>212</v>
+      </c>
+      <c r="G203" t="s">
+        <v>94</v>
+      </c>
+      <c r="H203">
+        <v>2016</v>
+      </c>
+      <c r="I203"/>
+      <c r="J203" t="s">
+        <v>413</v>
+      </c>
+      <c r="K203" t="s">
+        <v>34</v>
+      </c>
+      <c r="L203" t="s">
+        <v>213</v>
+      </c>
+      <c r="M203" t="s">
+        <v>1159</v>
+      </c>
+      <c r="N203" t="s">
+        <v>27</v>
+      </c>
+      <c r="O203" t="s">
+        <v>1160</v>
+      </c>
+      <c r="P203" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="204" spans="1:16">
+      <c r="A204" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B204" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C204" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D204" t="s">
+        <v>71</v>
+      </c>
+      <c r="E204" t="s">
+        <v>20</v>
+      </c>
+      <c r="F204" t="s">
+        <v>212</v>
+      </c>
+      <c r="G204" t="s">
+        <v>22</v>
+      </c>
+      <c r="H204">
+        <v>2013</v>
+      </c>
+      <c r="I204">
+        <v>2020</v>
+      </c>
+      <c r="J204" t="s">
+        <v>222</v>
+      </c>
+      <c r="K204" t="s">
+        <v>34</v>
+      </c>
+      <c r="L204" t="s">
+        <v>1165</v>
+      </c>
+      <c r="M204" t="s">
+        <v>1166</v>
+      </c>
+      <c r="N204" t="s">
+        <v>27</v>
+      </c>
+      <c r="O204" t="s">
+        <v>1167</v>
+      </c>
+      <c r="P204" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="205" spans="1:16">
+      <c r="A205" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B205" t="s">
+        <v>1170</v>
+      </c>
+      <c r="C205" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D205" t="s">
+        <v>53</v>
+      </c>
+      <c r="E205" t="s">
+        <v>20</v>
+      </c>
+      <c r="F205" t="s">
+        <v>212</v>
+      </c>
+      <c r="G205" t="s">
+        <v>22</v>
+      </c>
+      <c r="H205">
+        <v>2016</v>
+      </c>
+      <c r="I205">
+        <v>2019</v>
+      </c>
+      <c r="J205" t="s">
+        <v>413</v>
+      </c>
+      <c r="K205" t="s">
+        <v>34</v>
+      </c>
+      <c r="L205"/>
+      <c r="M205" t="s">
+        <v>1166</v>
+      </c>
+      <c r="N205" t="s">
+        <v>27</v>
+      </c>
+      <c r="O205" t="s">
+        <v>1171</v>
+      </c>
+      <c r="P205" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="206" spans="1:16">
+      <c r="A206" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B206" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C206" t="s">
+        <v>1175</v>
+      </c>
+      <c r="D206" t="s">
+        <v>71</v>
+      </c>
+      <c r="E206" t="s">
+        <v>20</v>
+      </c>
+      <c r="F206" t="s">
+        <v>21</v>
+      </c>
+      <c r="G206" t="s">
+        <v>94</v>
+      </c>
+      <c r="H206">
+        <v>2011</v>
+      </c>
+      <c r="I206"/>
+      <c r="J206" t="s">
+        <v>95</v>
+      </c>
+      <c r="K206" t="s">
+        <v>34</v>
+      </c>
+      <c r="L206" t="s">
+        <v>1176</v>
+      </c>
+      <c r="M206" t="s">
+        <v>1177</v>
+      </c>
+      <c r="N206" t="s">
+        <v>27</v>
+      </c>
+      <c r="O206" t="s">
+        <v>1178</v>
+      </c>
+      <c r="P206" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="207" spans="1:16">
+      <c r="A207" t="s">
+        <v>1180</v>
+      </c>
+      <c r="B207" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C207" t="s">
+        <v>1175</v>
+      </c>
+      <c r="D207" t="s">
+        <v>71</v>
+      </c>
+      <c r="E207" t="s">
+        <v>42</v>
+      </c>
+      <c r="F207" t="s">
+        <v>43</v>
+      </c>
+      <c r="G207" t="s">
+        <v>22</v>
+      </c>
+      <c r="H207">
+        <v>2008</v>
+      </c>
+      <c r="I207">
+        <v>2011</v>
+      </c>
+      <c r="J207" t="s">
+        <v>73</v>
+      </c>
+      <c r="K207" t="s">
+        <v>34</v>
+      </c>
+      <c r="L207" t="s">
+        <v>1182</v>
+      </c>
+      <c r="M207" t="s">
+        <v>1177</v>
+      </c>
+      <c r="N207" t="s">
+        <v>27</v>
+      </c>
+      <c r="O207" t="s">
+        <v>1183</v>
+      </c>
+      <c r="P207" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="208" spans="1:16">
+      <c r="A208" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B208" t="s">
+        <v>1186</v>
+      </c>
+      <c r="C208" t="s">
+        <v>1187</v>
+      </c>
+      <c r="D208" t="s">
+        <v>71</v>
+      </c>
+      <c r="E208" t="s">
+        <v>20</v>
+      </c>
+      <c r="F208" t="s">
+        <v>212</v>
+      </c>
+      <c r="G208" t="s">
+        <v>94</v>
+      </c>
+      <c r="H208">
+        <v>2011</v>
+      </c>
+      <c r="I208"/>
+      <c r="J208" t="s">
+        <v>44</v>
+      </c>
+      <c r="K208" t="s">
+        <v>34</v>
+      </c>
+      <c r="L208" t="s">
+        <v>1188</v>
+      </c>
+      <c r="M208" t="s">
+        <v>1189</v>
+      </c>
+      <c r="N208" t="s">
         <v>36</v>
       </c>
-      <c r="F198" t="s">
-[...174 lines deleted...]
-      <c r="G202">
+      <c r="O208" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P208" t="s">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="209" spans="1:16">
+      <c r="A209" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B209" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C209" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D209" t="s">
+        <v>1195</v>
+      </c>
+      <c r="E209" t="s">
+        <v>20</v>
+      </c>
+      <c r="F209" t="s">
+        <v>212</v>
+      </c>
+      <c r="G209" t="s">
+        <v>22</v>
+      </c>
+      <c r="H209">
         <v>2012</v>
       </c>
-      <c r="H202">
-[...299 lines deleted...]
-      <c r="H209">
+      <c r="I209">
         <v>2014</v>
       </c>
-      <c r="I209" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J209" t="s">
-        <v>29</v>
+        <v>625</v>
       </c>
       <c r="K209" t="s">
-        <v>809</v>
+        <v>34</v>
       </c>
       <c r="L209" t="s">
-        <v>810</v>
+        <v>1196</v>
       </c>
       <c r="M209" t="s">
-        <v>24</v>
+        <v>1197</v>
       </c>
       <c r="N209" t="s">
-        <v>811</v>
+        <v>27</v>
+      </c>
+      <c r="O209" t="s">
+        <v>1198</v>
+      </c>
+      <c r="P209" t="s">
+        <v>1199</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>