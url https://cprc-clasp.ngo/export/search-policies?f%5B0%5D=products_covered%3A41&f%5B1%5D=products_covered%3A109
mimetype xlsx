--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,1277 +12,1752 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="377">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="530">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
   </si>
   <si>
+    <t>The product group 'televisions' shall comprise: Mains powered electronic equipment; the primary purpose and function of which is to receive; decode and display TV transmission signals.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
+  </si>
+  <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
+  </si>
+  <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL 022-2021 Flat panel TVs</t>
   </si>
   <si>
+    <t>This policy specifies energy labeling requirements for flat panel TVs. It applies to both LCD TVs and OLED TVs.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>GB 24850-2013</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China(SAMR) and National Deve…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-022-2021-flat-panel-tvs</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=d6c1a8d2aed2480c9fbf43c16c246f6c</t>
+  </si>
+  <si>
     <t>CEL-024. Flat Panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD and OLED TV (referred to as "flat panel TV") and LCD and OLED monitors that work under AC 220 V and 50 Hz power supply conditions.</t>
+  </si>
+  <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-024-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E7%94%B5%E8%A7%86.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
+    <t>Televisions, Displays</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>EN 50301</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Televisions, Displays</t>
-[...1 lines deleted...]
-  <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>EN 50301</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>September 2023</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2013/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) No 626/2011 of 4 May 2011 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of air conditioners</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating, if the product has no cooling function.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-201030eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02011R0626-20170307</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/626/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2021 of 1 October 2019 laying down ecodesign requirements for electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of televisions.  In addition to the definitions set out in Directive 2005-32-EC; the following definitions shall apply: 1. 'Television' means a television set or a television monitor; 2. ‘television set’ means a product designed primarily for the display and reception of audiovisual signals which is placed on the market under one model or system designation; and which consists of: a display;  one or more tuner or receiver  and optional additional functions for data storage and/or display such as DVD; hard disk drive  or videocassette recorder; either in a single unit combined with the display; or in one or more separate units.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192021-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2021-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>CQC31-452631-2013. CQC Mark Certification - Flat panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD TV and Plasma TV that work under electricity grid of normal voltage and serve for general service. Also applies to LCD or plasma display equipment which main function is TV but without moderator and other types of flat panel displays.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2013-cqc-mark-certification-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Draft MEPS for televisions</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for televisions.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>IEC 62301, IEC 62087, SNI 04 6958 - 2003</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-televisions</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor of domestic and foreign make</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Displays, Televisions</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/teh-regl-tv.doc</t>
+  </si>
+  <si>
     <t>Draft TV policy</t>
   </si>
   <si>
+    <t>LCD-LED, LCD-CCFL, OLED, Plasma  and CRT</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>IEC 62087: 2008 or IEC 62087: 2011</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-tv-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Televisions</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than equal to 1,000W, consisting of atuner|receiver and a monitor encased in a single housing</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-televisions</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Television</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 14336-1 or CNS 14408; Chinese National Standards; or be recognized by Bureau of Energy</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Test procedure acording to En-Tech 10405003751</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-label-television</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=7</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency % shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-television</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for TVs</t>
+  </si>
+  <si>
+    <t>This program covers TV screen types: LCD, EDGE LED, FULL LED, DIRECT LED, OLED, UHD 4K, Plasma, etc.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301 Ed 2.0 (2011-01)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-tvs</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/tv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for televisions. It applies to televisions used for the reception and display of television broadcasts that use mains electricity as the only power source, have a rated visible diagonal screen size exceeding 50 cm, and have a built-in television tuner. It does not apply to products that display broadcasts by means of front or rear projection.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-televisions</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Televisions%202021%20Jan_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Color Televisions (Color TV)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for every colour television with native resolution up to 1920 x 1080 pixels, of cathode ray tube (CRT), liquid crystal display (LCD) with cold cathode fluorescent lamp backlight, and plasma technologies type, and liquid crystal display with light emitting diode backlight, excluding computer monitors being manufactured, commercially purchased or sold in India. The policy is revised in the year of 2022.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-color-televisions-color-tv</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/CTV_notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ultra High-Definition Televisions</t>
+  </si>
+  <si>
+    <t>This policy defines the energy consumption standards, star rating, and labeling requirements for ultra-high definition televisions with a native resolution of 3,840 x 2,160 (4K), including Liquid Crystal Displays with Light Emitting Diode backlighting, Organic Light Emitting Diode displays, Quantum dot Light Emitting Diode displays, Micro-Light Emitting Diode displays. It excludes televisions that include a non-removable main battery and computer monitors. 
+The standard specifies the ultra-high definition televisions must meet the</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015
 ,   
                     IS 616: 2017
 ,   
                     IEC 60065:2014 Edition 8.0
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ultra-high-definition-televisions</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Televisions Version 8.0</t>
   </si>
   <si>
+    <t>With the exception of products listed in Section 2.2 of the policy document, products that are: 1) marketed to the consumer as a TV/HTD (i.e., TV/HTD is the primary function); 2) capable of being powered from a wall outlet or with an external power supply; and 3) meet one of the following product type definitions, are eligible for ENERGY STAR certification:
+i. TVs
+ii. Hospitality TV/HTDs
+iii. Home Theater Displays</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>10 CFR Part 430</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-televisions-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/televisions/partners</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
   </si>
   <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
     <t>GB 24850-2013 Minimum allowable values of energy efficiency and energy efficiency grades for flat panel TV</t>
   </si>
   <si>
+    <t>Applies to liquid crystal display and plasma display TVs referred as flat-panel TVs; that has the following characteristics: work under grid voltage; receive ground cable satellite or analogue signals; and have primary functions of demodulation and display. Also applies to display equipments that function as TV but not equipped with tuners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-24850-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-flat</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803C2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24850-2020 Minimum allowable values of energy efficiency limits and energy efficiency grades for flat-panel TVs and set-top boxes</t>
+  </si>
+  <si>
+    <t>MEPS for flat panel televisions and set-top boxes</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 17309.1
 ,   
                     GB 24850-2020
 ,   
                     IEC 62087-2:2015</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24850-2020-minimum-allowable-values-energy-efficiency-limits-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EFC3FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Television</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for television with size up to or equal to 177.8 cm (70 inch):
+(a) plasma;
+(b) liquid crystal display (LCD);
+(c) light emitting diode (LED);
+(d) cathode ray tube (CRT); and
+(e) any other display type with similar function</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS IEC 62301:2012; IEC 62301:2011
 ,   
                     MS IEC 62087-3:2017; IEC 62087-3:2015</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-television</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners above 65kW) Determination) 2022</t>
   </si>
   <si>
+    <t>The products covered by this Determination are air‑to‑air single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of more than 65kW. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less are covered by the Air Conditioners up to 65kW Determination. This policy covers product classes 24-27.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-air-conditioners-above-65kw-determination-2022</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2022L00182</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners up to 65kW) Determination 2019</t>
   </si>
   <si>
+    <t>The products covered by this Determination are single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units;  that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of greater than 65kW are expected to be covered by another GEMS determination.</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 3823.2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-air-conditioners-65kw-determination-2019</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2019L00490</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Television) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>Any display device that is designed for the primary purpose of showing television pictures and is supplied with a television tuner must meet the requirements set out in the relevant standards. This includes multifunction televisions and display devices supplied in modular form with an external television tuner.. All televisions excluding the following:</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-television-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2013L01500</t>
+  </si>
+  <si>
     <t>Greenmark N60 - Televisions</t>
   </si>
   <si>
+    <t>Applies to television sets. The backlight module or unit of the products display panel shall not use mercury-containing lamps. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>CNS 14466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n60-televisions</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/60/160f6010-15b0-462d-aa1c-76ce4601ab35.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Television Sets 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for television sets according to Department Circular No. 2020-06-0015. The policy applies to all television sets.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS IEC 62087
 ,   
                     PNS 378
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 377 of 14 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for televisions.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR IEC 60065:2009 / CISPR 32: 2012 / IEC PAS 62825:2013 / IEC 62087:2011</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-377-14-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-377-de-14-de-setembro-de-2021-345136102</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>LI 2455 Energy Commission (Energy Efficiency Standards and Labelling) (Television Sets) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a television set or monitor, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to a rating plate or the equivalent of a rating plate, a digital display and signage, and or non-electric mains operated television or monitor.</t>
+  </si>
+  <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2455-energy-commission-energy-efficiency-standards-and-labelling-television-sets</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MELS for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy labeling scheme (MELS) requirements for televisions.</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-televisions</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for televisions</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover televisions defined as a display device; designed for the primary purpose of showing television pictures; and supplied with a television tuner. This includes multifunction televisions and display devices supplied in modular form with an external television tuner. The E3 Programme is planning to undertake a review of the existing requirements for televisions and assess opportunities to make further energy efficiency gains</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2:2011</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-mepl-televisions</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/televisions/</t>
+  </si>
+  <si>
     <t>MEPS for Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency percent shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-television</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-televisions-20242025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
+  </si>
+  <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Television of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers televisions (CRT, LCD, Plasma, LED, or other technologies) that can operate with the power from the mains electricity supply.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Televisions</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-television-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048426</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>MS : 208 : 2012 Energy efficiency and labelling requirements-Television</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Television</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>MS 208</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-208-2012-energy-efficiency-and-labelling-requirements-television</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-682/</t>
+  </si>
+  <si>
     <t>NOM-035-ENER-2025, Energy Efficiency in Unitary Air Conditioners</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum Integrated Energy Efficiency Ratio (REEI) levels in cooling mode for unitary air conditioners (package units). It applies to self-contained air conditioners known as unitary type (package unit) in nominal cooling capacities greater than 19,050 W (65,000 BTU/h) and up to 70,340 W (240,000 BTU/h), with or without reversible cycle, air-cooled, electrically operated, that work by mechanical compression, which include a single-speed compressor (Fixed Capacity) or a variable refrigerant flow or frequency compressor (Proportionally Controlled Capacity) or a stepped speed compressor (Staged Capacity) and an air-cooled condenser coil.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Packaged Terminals</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     ANSI/ASHRAE 37-2009
 ,   
                     ANSI/AHRI 340/360-2022
 ,   
                     NMX-Z-013-2015</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-035-ener-2025-energy-efficiency-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9515/sener/sener.html</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>PNS 2098-1:2013 - Audio video and related equipment - Energy efficiency factor (EEF) and labeling requirements - Part 1: Television set</t>
   </si>
   <si>
+    <t>This labeling program covers television sets and computer monitors with built-in tuner with screen size up to 1520 mm directly connected to the mains.</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>PNS 387</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2098-12013-audio-video-and-related-equipment-energy-efficiency-factor-eef-and-labeling</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202098-1-2013-tv.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Televisions</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for televisions.</t>
+  </si>
+  <si>
     <t>IEC 60065 Ed. 7.1 2005</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-televisions</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Provision 219/2015</t>
   </si>
   <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62411 / IRAM 62301</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-2192015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy-0</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution No. 7 - Labeling for Televisions</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for televisions.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-7-labeling-televisions</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100326</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>Schedule 26 - Ultra-High Definition Televisions (UHD TV)</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labelling program for Ultra-High Definition (UHD) televisions of Liquid Crystal Display with LED backlighting, OLED displays, QLED displays, Micro-LED displays, that may be utilised to make and sell UHD televisions in the Indian market having native resolution of 3,840 x 2,160 pixels (4K) and 7,680 x 4,320 pixels (8K) which can be powered only by an external power supply at a voltage not exceeding 250 V ac, 50 Hz being manufactured, imported and commercially purchased or sold in India.</t>
+  </si>
+  <si>
     <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
   </si>
   <si>
     <t>Singapore Green Labeling Scheme: Televisions Sets</t>
   </si>
   <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-televisions-sets</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+  <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
+It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
+It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
+It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
+  </si>
+  <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Televisions TGL-34-R1-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to a television set that is powered by the mains power and is a device that serves to receive displays images and sounds transmission (e.g. analogue or digital), with display methods such as Liquid Crystal Display (LCD), Plasma Display Panel (PDP), Light-emitting-diode (LED), or LED-backdrop LCD or Organic Light-Emitting Devices (OLED), excluding Cathode Ray Tube (CRT) display systems and battery-operated portable television set.</t>
+  </si>
+  <si>
     <t>TIS 1195</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-televisions-tgl-34-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-34-R1-12.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor</t>
+  </si>
+  <si>
     <t>EC 1062-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/TELEV%C4%B0ZYONLARIN%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
+    <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
   </si>
   <si>
+    <t>https://www.tuvsud.com/en/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-11-2019/uae-mandatory-standard-for-tv-energy-efficiency-labelling-in-force</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1546,3443 +2021,3920 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N79"/>
+  <dimension ref="A1:P79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="255" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1994</v>
+      </c>
+      <c r="I2">
+        <v>2023</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1980</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4">
+        <v>2018</v>
+      </c>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>39</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>55</v>
+      </c>
+      <c r="H5">
+        <v>2018</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1979</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>56</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N6" t="s">
+        <v>39</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>70</v>
+      </c>
+      <c r="D7" t="s">
+        <v>71</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>55</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>72</v>
+      </c>
+      <c r="N7" t="s">
+        <v>39</v>
+      </c>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D8" t="s">
+        <v>45</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2011</v>
+      </c>
+      <c r="I8">
+        <v>2021</v>
+      </c>
+      <c r="J8" t="s">
+        <v>56</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>78</v>
+      </c>
+      <c r="M8" t="s">
+        <v>79</v>
+      </c>
+      <c r="N8" t="s">
+        <v>39</v>
+      </c>
+      <c r="O8" t="s">
+        <v>80</v>
+      </c>
+      <c r="P8" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>82</v>
+      </c>
+      <c r="B9" t="s">
+        <v>83</v>
+      </c>
+      <c r="C9" t="s">
+        <v>77</v>
+      </c>
+      <c r="D9" t="s">
+        <v>45</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9">
+        <v>2013</v>
+      </c>
+      <c r="J9" t="s">
+        <v>84</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>78</v>
+      </c>
+      <c r="M9" t="s">
+        <v>85</v>
+      </c>
+      <c r="N9" t="s">
+        <v>39</v>
+      </c>
+      <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>44</v>
+      </c>
+      <c r="D10" t="s">
+        <v>90</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>91</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>92</v>
+      </c>
+      <c r="M10" t="s">
+        <v>93</v>
+      </c>
+      <c r="N10" t="s">
+        <v>39</v>
+      </c>
+      <c r="O10" t="s">
+        <v>94</v>
+      </c>
+      <c r="P10" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>88</v>
+      </c>
+      <c r="B11" t="s">
+        <v>96</v>
+      </c>
+      <c r="C11" t="s">
+        <v>97</v>
+      </c>
+      <c r="D11" t="s">
+        <v>90</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>98</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>92</v>
+      </c>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>39</v>
+      </c>
+      <c r="O11" t="s">
+        <v>99</v>
+      </c>
+      <c r="P11" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>101</v>
+      </c>
+      <c r="B12" t="s">
+        <v>102</v>
+      </c>
+      <c r="C12" t="s">
+        <v>44</v>
+      </c>
+      <c r="D12" t="s">
+        <v>103</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>55</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>91</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>93</v>
+      </c>
+      <c r="N12" t="s">
+        <v>39</v>
+      </c>
+      <c r="O12" t="s">
+        <v>104</v>
+      </c>
+      <c r="P12" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>101</v>
+      </c>
+      <c r="B13" t="s">
+        <v>102</v>
+      </c>
+      <c r="C13" t="s">
+        <v>97</v>
+      </c>
+      <c r="D13" t="s">
+        <v>103</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>55</v>
+      </c>
+      <c r="H13">
+        <v>2011</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>98</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13"/>
+      <c r="N13" t="s">
+        <v>39</v>
+      </c>
+      <c r="O13" t="s">
+        <v>106</v>
+      </c>
+      <c r="P13" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>108</v>
+      </c>
+      <c r="B14" t="s">
+        <v>109</v>
+      </c>
+      <c r="C14" t="s">
+        <v>44</v>
+      </c>
+      <c r="D14" t="s">
+        <v>90</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>91</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>93</v>
+      </c>
+      <c r="N14" t="s">
+        <v>39</v>
+      </c>
+      <c r="O14" t="s">
+        <v>110</v>
+      </c>
+      <c r="P14" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>112</v>
+      </c>
+      <c r="B15" t="s">
+        <v>113</v>
+      </c>
+      <c r="C15" t="s">
+        <v>97</v>
+      </c>
+      <c r="D15" t="s">
+        <v>114</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>55</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>98</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>39</v>
+      </c>
+      <c r="O15" t="s">
+        <v>115</v>
+      </c>
+      <c r="P15" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>112</v>
+      </c>
+      <c r="B16" t="s">
+        <v>117</v>
+      </c>
+      <c r="C16" t="s">
+        <v>44</v>
+      </c>
+      <c r="D16" t="s">
+        <v>114</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J16" t="s">
+        <v>91</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>93</v>
+      </c>
+      <c r="N16" t="s">
+        <v>39</v>
+      </c>
+      <c r="O16" t="s">
+        <v>118</v>
+      </c>
+      <c r="P16" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>120</v>
+      </c>
+      <c r="B17" t="s">
+        <v>121</v>
+      </c>
+      <c r="C17" t="s">
+        <v>77</v>
+      </c>
+      <c r="D17" t="s">
+        <v>45</v>
+      </c>
+      <c r="E17" t="s">
+        <v>33</v>
+      </c>
+      <c r="F17" t="s">
+        <v>46</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2002</v>
+      </c>
+      <c r="I17">
+        <v>2013</v>
+      </c>
+      <c r="J17" t="s">
+        <v>122</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>78</v>
+      </c>
+      <c r="M17" t="s">
+        <v>123</v>
+      </c>
+      <c r="N17" t="s">
+        <v>39</v>
+      </c>
+      <c r="O17" t="s">
+        <v>124</v>
+      </c>
+      <c r="P17" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>126</v>
+      </c>
+      <c r="B18" t="s">
+        <v>127</v>
+      </c>
+      <c r="C18" t="s">
+        <v>77</v>
+      </c>
+      <c r="D18" t="s">
+        <v>128</v>
+      </c>
+      <c r="E18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F18" t="s">
+        <v>46</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2002</v>
+      </c>
+      <c r="I18">
+        <v>2021</v>
+      </c>
+      <c r="J18" t="s">
+        <v>56</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>129</v>
+      </c>
+      <c r="M18" t="s">
+        <v>130</v>
+      </c>
+      <c r="N18" t="s">
+        <v>39</v>
+      </c>
+      <c r="O18" t="s">
+        <v>131</v>
+      </c>
+      <c r="P18" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>133</v>
+      </c>
+      <c r="B19" t="s">
+        <v>134</v>
+      </c>
+      <c r="C19" t="s">
+        <v>135</v>
+      </c>
+      <c r="D19" t="s">
+        <v>136</v>
+      </c>
+      <c r="E19" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F19" t="s">
+        <v>137</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2011</v>
+      </c>
+      <c r="I19">
+        <v>2023</v>
+      </c>
+      <c r="J19" t="s">
+        <v>138</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>139</v>
+      </c>
+      <c r="N19" t="s">
+        <v>39</v>
+      </c>
+      <c r="O19" t="s">
+        <v>140</v>
+      </c>
+      <c r="P19" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>142</v>
+      </c>
+      <c r="B20" t="s">
+        <v>143</v>
+      </c>
+      <c r="C20" t="s">
+        <v>144</v>
+      </c>
+      <c r="D20" t="s">
+        <v>145</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...46 lines deleted...]
-      <c r="L3" t="s">
+      <c r="G20" t="s">
+        <v>55</v>
+      </c>
+      <c r="H20">
+        <v>2020</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>138</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>146</v>
+      </c>
+      <c r="N20" t="s">
+        <v>39</v>
+      </c>
+      <c r="O20" t="s">
+        <v>147</v>
+      </c>
+      <c r="P20" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>149</v>
+      </c>
+      <c r="B21" t="s">
+        <v>150</v>
+      </c>
+      <c r="C21" t="s">
+        <v>151</v>
+      </c>
+      <c r="D21" t="s">
+        <v>45</v>
+      </c>
+      <c r="E21" t="s">
+        <v>152</v>
+      </c>
+      <c r="F21" t="s">
+        <v>153</v>
+      </c>
+      <c r="G21" t="s">
+        <v>154</v>
+      </c>
+      <c r="H21"/>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>56</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>155</v>
+      </c>
+      <c r="M21" t="s">
+        <v>156</v>
+      </c>
+      <c r="N21" t="s">
+        <v>39</v>
+      </c>
+      <c r="O21" t="s">
+        <v>157</v>
+      </c>
+      <c r="P21" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>159</v>
+      </c>
+      <c r="B22" t="s">
+        <v>160</v>
+      </c>
+      <c r="C22" t="s">
+        <v>161</v>
+      </c>
+      <c r="D22" t="s">
+        <v>162</v>
+      </c>
+      <c r="E22" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
+      <c r="F22" t="s">
         <v>34</v>
       </c>
-      <c r="N3" t="s">
-[...40 lines deleted...]
-      <c r="M4" t="s">
+      <c r="G22" t="s">
+        <v>154</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>163</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>164</v>
+      </c>
+      <c r="N22" t="s">
+        <v>39</v>
+      </c>
+      <c r="O22" t="s">
+        <v>165</v>
+      </c>
+      <c r="P22" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>167</v>
+      </c>
+      <c r="B23" t="s">
+        <v>168</v>
+      </c>
+      <c r="C23" t="s">
+        <v>169</v>
+      </c>
+      <c r="D23" t="s">
+        <v>45</v>
+      </c>
+      <c r="E23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F23" t="s">
         <v>34</v>
       </c>
-      <c r="N4" t="s">
-[...7 lines deleted...]
-      <c r="B5" t="s">
+      <c r="G23" t="s">
+        <v>154</v>
+      </c>
+      <c r="H23"/>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>170</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>171</v>
+      </c>
+      <c r="M23" t="s">
+        <v>172</v>
+      </c>
+      <c r="N23" t="s">
+        <v>39</v>
+      </c>
+      <c r="O23" t="s">
+        <v>173</v>
+      </c>
+      <c r="P23" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>175</v>
+      </c>
+      <c r="B24" t="s">
+        <v>176</v>
+      </c>
+      <c r="C24" t="s">
+        <v>177</v>
+      </c>
+      <c r="D24" t="s">
         <v>45</v>
       </c>
-      <c r="C5" t="s">
-[...790 lines deleted...]
-      </c>
       <c r="E24" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="F24" t="s">
         <v>46</v>
       </c>
-      <c r="G24">
+      <c r="G24" t="s">
+        <v>55</v>
+      </c>
+      <c r="H24">
         <v>2008</v>
       </c>
-      <c r="H24"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>178</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
       <c r="M24" t="s">
+        <v>179</v>
+      </c>
+      <c r="N24" t="s">
+        <v>39</v>
+      </c>
+      <c r="O24" t="s">
+        <v>180</v>
+      </c>
+      <c r="P24" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>182</v>
+      </c>
+      <c r="B25" t="s">
+        <v>183</v>
+      </c>
+      <c r="C25" t="s">
+        <v>184</v>
+      </c>
+      <c r="D25" t="s">
+        <v>185</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>153</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25"/>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>56</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>186</v>
+      </c>
+      <c r="M25" t="s">
+        <v>187</v>
+      </c>
+      <c r="N25" t="s">
+        <v>39</v>
+      </c>
+      <c r="O25" t="s">
+        <v>188</v>
+      </c>
+      <c r="P25" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>190</v>
+      </c>
+      <c r="B26" t="s">
+        <v>191</v>
+      </c>
+      <c r="C26" t="s">
+        <v>192</v>
+      </c>
+      <c r="D26" t="s">
+        <v>45</v>
+      </c>
+      <c r="E26" t="s">
+        <v>33</v>
+      </c>
+      <c r="F26" t="s">
+        <v>46</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2002</v>
+      </c>
+      <c r="I26">
+        <v>2015</v>
+      </c>
+      <c r="J26" t="s">
+        <v>193</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>194</v>
+      </c>
+      <c r="M26" t="s">
+        <v>195</v>
+      </c>
+      <c r="N26" t="s">
+        <v>39</v>
+      </c>
+      <c r="O26" t="s">
+        <v>196</v>
+      </c>
+      <c r="P26" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>198</v>
+      </c>
+      <c r="B27" t="s">
+        <v>199</v>
+      </c>
+      <c r="C27" t="s">
+        <v>177</v>
+      </c>
+      <c r="D27" t="s">
+        <v>45</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
         <v>34</v>
       </c>
-      <c r="N24" t="s">
-[...107 lines deleted...]
-        <v>2012</v>
+      <c r="G27" t="s">
+        <v>22</v>
       </c>
       <c r="H27">
         <v>2012</v>
       </c>
-      <c r="I27" t="s">
-        <v>132</v>
+      <c r="I27">
+        <v>2012</v>
       </c>
       <c r="J27" t="s">
+        <v>178</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>179</v>
+      </c>
+      <c r="N27" t="s">
+        <v>39</v>
+      </c>
+      <c r="O27" t="s">
+        <v>200</v>
+      </c>
+      <c r="P27" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>202</v>
+      </c>
+      <c r="B28" t="s">
+        <v>203</v>
+      </c>
+      <c r="C28" t="s">
+        <v>204</v>
+      </c>
+      <c r="D28" t="s">
+        <v>45</v>
+      </c>
+      <c r="E28" t="s">
+        <v>33</v>
+      </c>
+      <c r="F28" t="s">
+        <v>34</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2014</v>
+      </c>
+      <c r="I28">
+        <v>2019</v>
+      </c>
+      <c r="J28" t="s">
+        <v>205</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>206</v>
+      </c>
+      <c r="M28" t="s">
+        <v>207</v>
+      </c>
+      <c r="N28" t="s">
+        <v>39</v>
+      </c>
+      <c r="O28" t="s">
+        <v>208</v>
+      </c>
+      <c r="P28" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>210</v>
+      </c>
+      <c r="B29" t="s">
+        <v>211</v>
+      </c>
+      <c r="C29" t="s">
+        <v>212</v>
+      </c>
+      <c r="D29" t="s">
+        <v>45</v>
+      </c>
+      <c r="E29" t="s">
+        <v>33</v>
+      </c>
+      <c r="F29" t="s">
+        <v>46</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2003</v>
+      </c>
+      <c r="I29">
+        <v>2022</v>
+      </c>
+      <c r="J29" t="s">
+        <v>56</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>213</v>
+      </c>
+      <c r="M29" t="s">
+        <v>214</v>
+      </c>
+      <c r="N29" t="s">
+        <v>39</v>
+      </c>
+      <c r="O29" t="s">
+        <v>215</v>
+      </c>
+      <c r="P29" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>217</v>
+      </c>
+      <c r="B30" t="s">
+        <v>218</v>
+      </c>
+      <c r="C30" t="s">
+        <v>219</v>
+      </c>
+      <c r="D30" t="s">
+        <v>45</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>153</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2009</v>
+      </c>
+      <c r="I30">
+        <v>2024</v>
+      </c>
+      <c r="J30" t="s">
+        <v>220</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>221</v>
+      </c>
+      <c r="M30" t="s">
+        <v>222</v>
+      </c>
+      <c r="N30" t="s">
+        <v>39</v>
+      </c>
+      <c r="O30" t="s">
+        <v>223</v>
+      </c>
+      <c r="P30" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>225</v>
+      </c>
+      <c r="B31" t="s">
+        <v>226</v>
+      </c>
+      <c r="C31" t="s">
+        <v>219</v>
+      </c>
+      <c r="D31" t="s">
+        <v>45</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>153</v>
+      </c>
+      <c r="G31" t="s">
+        <v>55</v>
+      </c>
+      <c r="H31">
+        <v>2023</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>227</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>228</v>
+      </c>
+      <c r="M31" t="s">
+        <v>222</v>
+      </c>
+      <c r="N31" t="s">
+        <v>39</v>
+      </c>
+      <c r="O31" t="s">
+        <v>229</v>
+      </c>
+      <c r="P31" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>231</v>
+      </c>
+      <c r="B32" t="s">
+        <v>232</v>
+      </c>
+      <c r="C32" t="s">
+        <v>233</v>
+      </c>
+      <c r="D32" t="s">
+        <v>234</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>153</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2016</v>
+      </c>
+      <c r="I32">
+        <v>2019</v>
+      </c>
+      <c r="J32" t="s">
+        <v>56</v>
+      </c>
+      <c r="K32" t="s">
+        <v>36</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>235</v>
+      </c>
+      <c r="N32" t="s">
+        <v>39</v>
+      </c>
+      <c r="O32" t="s">
+        <v>236</v>
+      </c>
+      <c r="P32" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>238</v>
+      </c>
+      <c r="B33" t="s">
+        <v>239</v>
+      </c>
+      <c r="C33" t="s">
+        <v>240</v>
+      </c>
+      <c r="D33" t="s">
+        <v>45</v>
+      </c>
+      <c r="E33" t="s">
+        <v>33</v>
+      </c>
+      <c r="F33" t="s">
+        <v>46</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>1998</v>
+      </c>
+      <c r="I33">
+        <v>2019</v>
+      </c>
+      <c r="J33" t="s">
+        <v>122</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>241</v>
+      </c>
+      <c r="M33" t="s">
+        <v>242</v>
+      </c>
+      <c r="N33" t="s">
+        <v>39</v>
+      </c>
+      <c r="O33" t="s">
+        <v>243</v>
+      </c>
+      <c r="P33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>245</v>
+      </c>
+      <c r="B34" t="s">
+        <v>246</v>
+      </c>
+      <c r="C34" t="s">
+        <v>151</v>
+      </c>
+      <c r="D34" t="s">
+        <v>45</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>153</v>
+      </c>
+      <c r="G34" t="s">
+        <v>55</v>
+      </c>
+      <c r="H34">
+        <v>2023</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>247</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>248</v>
+      </c>
+      <c r="N34" t="s">
+        <v>39</v>
+      </c>
+      <c r="O34" t="s">
+        <v>249</v>
+      </c>
+      <c r="P34" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>251</v>
+      </c>
+      <c r="B35" t="s">
+        <v>252</v>
+      </c>
+      <c r="C35" t="s">
+        <v>77</v>
+      </c>
+      <c r="D35" t="s">
+        <v>45</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
         <v>21</v>
       </c>
-      <c r="K27"/>
-[...3 lines deleted...]
-      <c r="M27" t="s">
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>1989</v>
+      </c>
+      <c r="I35">
+        <v>2016</v>
+      </c>
+      <c r="J35" t="s">
+        <v>122</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>78</v>
+      </c>
+      <c r="M35" t="s">
+        <v>85</v>
+      </c>
+      <c r="N35" t="s">
+        <v>39</v>
+      </c>
+      <c r="O35" t="s">
+        <v>253</v>
+      </c>
+      <c r="P35" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>255</v>
+      </c>
+      <c r="B36" t="s">
+        <v>256</v>
+      </c>
+      <c r="C36" t="s">
+        <v>77</v>
+      </c>
+      <c r="D36" t="s">
+        <v>257</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2010</v>
+      </c>
+      <c r="I36">
+        <v>2021</v>
+      </c>
+      <c r="J36" t="s">
+        <v>56</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>258</v>
+      </c>
+      <c r="M36" t="s">
+        <v>259</v>
+      </c>
+      <c r="N36" t="s">
+        <v>39</v>
+      </c>
+      <c r="O36" t="s">
+        <v>260</v>
+      </c>
+      <c r="P36" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>262</v>
+      </c>
+      <c r="B37" t="s">
+        <v>263</v>
+      </c>
+      <c r="C37" t="s">
+        <v>264</v>
+      </c>
+      <c r="D37" t="s">
+        <v>45</v>
+      </c>
+      <c r="E37" t="s">
+        <v>33</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>1989</v>
+      </c>
+      <c r="I37">
+        <v>1991</v>
+      </c>
+      <c r="J37" t="s">
+        <v>193</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>265</v>
+      </c>
+      <c r="N37" t="s">
+        <v>39</v>
+      </c>
+      <c r="O37" t="s">
+        <v>266</v>
+      </c>
+      <c r="P37" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>268</v>
+      </c>
+      <c r="B38" t="s">
+        <v>269</v>
+      </c>
+      <c r="C38" t="s">
+        <v>270</v>
+      </c>
+      <c r="D38" t="s">
+        <v>45</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>153</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2015</v>
+      </c>
+      <c r="I38">
+        <v>2024</v>
+      </c>
+      <c r="J38" t="s">
+        <v>271</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>272</v>
+      </c>
+      <c r="M38" t="s">
+        <v>273</v>
+      </c>
+      <c r="N38" t="s">
+        <v>39</v>
+      </c>
+      <c r="O38" t="s">
+        <v>274</v>
+      </c>
+      <c r="P38" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>276</v>
+      </c>
+      <c r="B39" t="s">
+        <v>277</v>
+      </c>
+      <c r="C39" t="s">
+        <v>278</v>
+      </c>
+      <c r="D39" t="s">
+        <v>279</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>55</v>
+      </c>
+      <c r="H39">
+        <v>2022</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>280</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>281</v>
+      </c>
+      <c r="N39" t="s">
+        <v>39</v>
+      </c>
+      <c r="O39" t="s">
+        <v>282</v>
+      </c>
+      <c r="P39" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>284</v>
+      </c>
+      <c r="B40" t="s">
+        <v>285</v>
+      </c>
+      <c r="C40" t="s">
+        <v>278</v>
+      </c>
+      <c r="D40" t="s">
+        <v>279</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>153</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2010</v>
+      </c>
+      <c r="I40">
+        <v>2019</v>
+      </c>
+      <c r="J40" t="s">
+        <v>286</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>287</v>
+      </c>
+      <c r="M40" t="s">
+        <v>281</v>
+      </c>
+      <c r="N40" t="s">
+        <v>39</v>
+      </c>
+      <c r="O40" t="s">
+        <v>288</v>
+      </c>
+      <c r="P40" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>290</v>
+      </c>
+      <c r="B41" t="s">
+        <v>291</v>
+      </c>
+      <c r="C41" t="s">
+        <v>278</v>
+      </c>
+      <c r="D41" t="s">
+        <v>45</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>153</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2009</v>
+      </c>
+      <c r="I41">
+        <v>2013</v>
+      </c>
+      <c r="J41" t="s">
+        <v>286</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>292</v>
+      </c>
+      <c r="M41" t="s">
+        <v>281</v>
+      </c>
+      <c r="N41" t="s">
+        <v>39</v>
+      </c>
+      <c r="O41" t="s">
+        <v>293</v>
+      </c>
+      <c r="P41" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>295</v>
+      </c>
+      <c r="B42" t="s">
+        <v>296</v>
+      </c>
+      <c r="C42" t="s">
+        <v>192</v>
+      </c>
+      <c r="D42" t="s">
+        <v>45</v>
+      </c>
+      <c r="E42" t="s">
+        <v>33</v>
+      </c>
+      <c r="F42" t="s">
+        <v>46</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2002</v>
+      </c>
+      <c r="I42">
+        <v>2013</v>
+      </c>
+      <c r="J42" t="s">
+        <v>193</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>297</v>
+      </c>
+      <c r="M42" t="s">
+        <v>195</v>
+      </c>
+      <c r="N42" t="s">
+        <v>39</v>
+      </c>
+      <c r="O42" t="s">
+        <v>298</v>
+      </c>
+      <c r="P42" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>300</v>
+      </c>
+      <c r="B43" t="s">
+        <v>301</v>
+      </c>
+      <c r="C43" t="s">
+        <v>302</v>
+      </c>
+      <c r="D43" t="s">
+        <v>45</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>153</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2015</v>
+      </c>
+      <c r="I43">
+        <v>2019</v>
+      </c>
+      <c r="J43" t="s">
+        <v>303</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>304</v>
+      </c>
+      <c r="M43" t="s">
+        <v>273</v>
+      </c>
+      <c r="N43" t="s">
+        <v>39</v>
+      </c>
+      <c r="O43" t="s">
+        <v>305</v>
+      </c>
+      <c r="P43" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>307</v>
+      </c>
+      <c r="B44" t="s">
+        <v>308</v>
+      </c>
+      <c r="C44" t="s">
+        <v>144</v>
+      </c>
+      <c r="D44" t="s">
+        <v>45</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>153</v>
+      </c>
+      <c r="G44" t="s">
+        <v>55</v>
+      </c>
+      <c r="H44">
+        <v>2021</v>
+      </c>
+      <c r="I44">
+        <v>2024</v>
+      </c>
+      <c r="J44" t="s">
+        <v>309</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>310</v>
+      </c>
+      <c r="M44" t="s">
+        <v>146</v>
+      </c>
+      <c r="N44" t="s">
+        <v>39</v>
+      </c>
+      <c r="O44" t="s">
+        <v>311</v>
+      </c>
+      <c r="P44" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>313</v>
+      </c>
+      <c r="B45" t="s">
+        <v>314</v>
+      </c>
+      <c r="C45" t="s">
+        <v>315</v>
+      </c>
+      <c r="D45" t="s">
+        <v>45</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
         <v>34</v>
       </c>
-      <c r="N27" t="s">
-[...22 lines deleted...]
-      <c r="G28">
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2009</v>
+      </c>
+      <c r="I45">
+        <v>2021</v>
+      </c>
+      <c r="J45" t="s">
+        <v>316</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>317</v>
+      </c>
+      <c r="M45" t="s">
+        <v>318</v>
+      </c>
+      <c r="N45" t="s">
+        <v>39</v>
+      </c>
+      <c r="O45" t="s">
+        <v>319</v>
+      </c>
+      <c r="P45" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>321</v>
+      </c>
+      <c r="B46" t="s">
+        <v>322</v>
+      </c>
+      <c r="C46" t="s">
+        <v>323</v>
+      </c>
+      <c r="D46" t="s">
+        <v>90</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>34</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2013</v>
+      </c>
+      <c r="I46">
         <v>2014</v>
       </c>
-      <c r="H28">
-[...5 lines deleted...]
-      <c r="J28" t="s">
+      <c r="J46" t="s">
+        <v>122</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>324</v>
+      </c>
+      <c r="M46" t="s">
+        <v>325</v>
+      </c>
+      <c r="N46" t="s">
+        <v>39</v>
+      </c>
+      <c r="O46" t="s">
+        <v>326</v>
+      </c>
+      <c r="P46" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>328</v>
+      </c>
+      <c r="B47" t="s">
+        <v>329</v>
+      </c>
+      <c r="C47" t="s">
+        <v>323</v>
+      </c>
+      <c r="D47" t="s">
+        <v>90</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
         <v>21</v>
       </c>
-      <c r="K28" t="s">
-[...2 lines deleted...]
-      <c r="L28" t="s">
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2013</v>
+      </c>
+      <c r="I47">
+        <v>2014</v>
+      </c>
+      <c r="J47" t="s">
+        <v>122</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>330</v>
+      </c>
+      <c r="M47" t="s">
+        <v>325</v>
+      </c>
+      <c r="N47" t="s">
+        <v>39</v>
+      </c>
+      <c r="O47" t="s">
+        <v>331</v>
+      </c>
+      <c r="P47" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>333</v>
+      </c>
+      <c r="B48" t="s">
+        <v>334</v>
+      </c>
+      <c r="C48" t="s">
+        <v>335</v>
+      </c>
+      <c r="D48" t="s">
+        <v>128</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>55</v>
+      </c>
+      <c r="H48"/>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>227</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>336</v>
+      </c>
+      <c r="N48" t="s">
+        <v>39</v>
+      </c>
+      <c r="O48" t="s">
+        <v>337</v>
+      </c>
+      <c r="P48" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>339</v>
+      </c>
+      <c r="B49" t="s">
+        <v>340</v>
+      </c>
+      <c r="C49" t="s">
+        <v>335</v>
+      </c>
+      <c r="D49" t="s">
+        <v>45</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>55</v>
+      </c>
+      <c r="H49">
+        <v>2022</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>341</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>336</v>
+      </c>
+      <c r="N49" t="s">
+        <v>39</v>
+      </c>
+      <c r="O49" t="s">
+        <v>342</v>
+      </c>
+      <c r="P49" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>343</v>
+      </c>
+      <c r="B50" t="s">
+        <v>344</v>
+      </c>
+      <c r="C50" t="s">
+        <v>212</v>
+      </c>
+      <c r="D50" t="s">
+        <v>345</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
         <v>153</v>
       </c>
-      <c r="M28" t="s">
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2008</v>
+      </c>
+      <c r="I50">
+        <v>2020</v>
+      </c>
+      <c r="J50" t="s">
+        <v>35</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>346</v>
+      </c>
+      <c r="M50" t="s">
+        <v>347</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>348</v>
+      </c>
+      <c r="P50" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>350</v>
+      </c>
+      <c r="B51" t="s">
+        <v>351</v>
+      </c>
+      <c r="C51" t="s">
+        <v>184</v>
+      </c>
+      <c r="D51" t="s">
+        <v>45</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
         <v>34</v>
       </c>
-      <c r="N28" t="s">
-[...31 lines deleted...]
-      <c r="J29" t="s">
+      <c r="G51" t="s">
+        <v>352</v>
+      </c>
+      <c r="H51">
+        <v>2014</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>286</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>353</v>
+      </c>
+      <c r="M51" t="s">
+        <v>354</v>
+      </c>
+      <c r="N51" t="s">
+        <v>39</v>
+      </c>
+      <c r="O51" t="s">
+        <v>355</v>
+      </c>
+      <c r="P51" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>357</v>
+      </c>
+      <c r="B52" t="s">
+        <v>358</v>
+      </c>
+      <c r="C52" t="s">
+        <v>359</v>
+      </c>
+      <c r="D52" t="s">
+        <v>45</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>153</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2012</v>
+      </c>
+      <c r="I52">
+        <v>2017</v>
+      </c>
+      <c r="J52" t="s">
+        <v>193</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>360</v>
+      </c>
+      <c r="M52" t="s">
+        <v>361</v>
+      </c>
+      <c r="N52" t="s">
+        <v>39</v>
+      </c>
+      <c r="O52" t="s">
+        <v>362</v>
+      </c>
+      <c r="P52" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>364</v>
+      </c>
+      <c r="B53" t="s">
+        <v>365</v>
+      </c>
+      <c r="C53" t="s">
+        <v>177</v>
+      </c>
+      <c r="D53" t="s">
+        <v>45</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
         <v>21</v>
       </c>
-      <c r="K29" t="s">
-[...1018 lines deleted...]
-        <v>2012</v>
+      <c r="G53" t="s">
+        <v>22</v>
       </c>
       <c r="H53">
         <v>2012</v>
       </c>
-      <c r="I53" t="s">
-        <v>132</v>
+      <c r="I53">
+        <v>2012</v>
       </c>
       <c r="J53" t="s">
+        <v>178</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>179</v>
+      </c>
+      <c r="N53" t="s">
+        <v>39</v>
+      </c>
+      <c r="O53" t="s">
+        <v>366</v>
+      </c>
+      <c r="P53" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>367</v>
+      </c>
+      <c r="B54" t="s">
+        <v>368</v>
+      </c>
+      <c r="C54" t="s">
+        <v>184</v>
+      </c>
+      <c r="D54" t="s">
+        <v>45</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
         <v>21</v>
       </c>
-      <c r="K53"/>
-[...3 lines deleted...]
-      <c r="M53" t="s">
+      <c r="G54" t="s">
+        <v>55</v>
+      </c>
+      <c r="H54"/>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>369</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>354</v>
+      </c>
+      <c r="N54" t="s">
+        <v>39</v>
+      </c>
+      <c r="O54" t="s">
+        <v>370</v>
+      </c>
+      <c r="P54" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>372</v>
+      </c>
+      <c r="B55" t="s">
+        <v>373</v>
+      </c>
+      <c r="C55" t="s">
+        <v>374</v>
+      </c>
+      <c r="D55" t="s">
+        <v>45</v>
+      </c>
+      <c r="E55" t="s">
+        <v>33</v>
+      </c>
+      <c r="F55" t="s">
+        <v>375</v>
+      </c>
+      <c r="G55" t="s">
+        <v>55</v>
+      </c>
+      <c r="H55">
+        <v>2017</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>138</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>376</v>
+      </c>
+      <c r="M55" t="s">
+        <v>377</v>
+      </c>
+      <c r="N55" t="s">
+        <v>39</v>
+      </c>
+      <c r="O55" t="s">
+        <v>378</v>
+      </c>
+      <c r="P55" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>380</v>
+      </c>
+      <c r="B56" t="s">
+        <v>381</v>
+      </c>
+      <c r="C56" t="s">
+        <v>204</v>
+      </c>
+      <c r="D56" t="s">
+        <v>382</v>
+      </c>
+      <c r="E56" t="s">
+        <v>33</v>
+      </c>
+      <c r="F56" t="s">
+        <v>383</v>
+      </c>
+      <c r="G56" t="s">
+        <v>55</v>
+      </c>
+      <c r="H56">
+        <v>2015</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>384</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>385</v>
+      </c>
+      <c r="N56" t="s">
+        <v>39</v>
+      </c>
+      <c r="O56" t="s">
+        <v>386</v>
+      </c>
+      <c r="P56" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>388</v>
+      </c>
+      <c r="B57" t="s">
+        <v>389</v>
+      </c>
+      <c r="C57" t="s">
+        <v>264</v>
+      </c>
+      <c r="D57" t="s">
+        <v>390</v>
+      </c>
+      <c r="E57" t="s">
+        <v>33</v>
+      </c>
+      <c r="F57" t="s">
         <v>34</v>
       </c>
-      <c r="N53" t="s">
-[...27 lines deleted...]
-      <c r="J54" t="s">
+      <c r="G57" t="s">
+        <v>55</v>
+      </c>
+      <c r="H57">
+        <v>2012</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>193</v>
+      </c>
+      <c r="K57" t="s">
+        <v>391</v>
+      </c>
+      <c r="L57" t="s">
+        <v>392</v>
+      </c>
+      <c r="M57" t="s">
+        <v>393</v>
+      </c>
+      <c r="N57" t="s">
+        <v>39</v>
+      </c>
+      <c r="O57" t="s">
+        <v>394</v>
+      </c>
+      <c r="P57" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>396</v>
+      </c>
+      <c r="B58" t="s">
+        <v>397</v>
+      </c>
+      <c r="C58" t="s">
+        <v>398</v>
+      </c>
+      <c r="D58" t="s">
+        <v>45</v>
+      </c>
+      <c r="E58" t="s">
+        <v>33</v>
+      </c>
+      <c r="F58" t="s">
         <v>21</v>
       </c>
-      <c r="K54"/>
-[...111 lines deleted...]
-      <c r="G57">
+      <c r="G58" t="s">
+        <v>55</v>
+      </c>
+      <c r="H58">
         <v>2012</v>
       </c>
-      <c r="H57"/>
-[...44 lines deleted...]
-      </c>
+      <c r="I58"/>
       <c r="J58" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="K58" t="s">
-        <v>286</v>
+        <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>287</v>
+        <v>399</v>
       </c>
       <c r="M58" t="s">
-        <v>34</v>
+        <v>400</v>
       </c>
       <c r="N58" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:14">
+        <v>39</v>
+      </c>
+      <c r="O58" t="s">
+        <v>401</v>
+      </c>
+      <c r="P58" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>289</v>
+        <v>403</v>
       </c>
       <c r="B59" t="s">
-        <v>290</v>
+        <v>404</v>
       </c>
       <c r="C59" t="s">
-        <v>291</v>
+        <v>405</v>
       </c>
       <c r="D59" t="s">
-        <v>17</v>
+        <v>406</v>
       </c>
       <c r="E59" t="s">
-        <v>113</v>
+        <v>20</v>
       </c>
       <c r="F59" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G59">
+        <v>153</v>
+      </c>
+      <c r="G59" t="s">
+        <v>352</v>
+      </c>
+      <c r="H59">
         <v>2025</v>
       </c>
-      <c r="H59"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I59"/>
       <c r="J59" t="s">
-        <v>21</v>
+        <v>369</v>
       </c>
       <c r="K59" t="s">
-        <v>292</v>
+        <v>24</v>
       </c>
       <c r="L59" t="s">
-        <v>293</v>
+        <v>407</v>
       </c>
       <c r="M59" t="s">
-        <v>34</v>
+        <v>408</v>
       </c>
       <c r="N59" t="s">
-        <v>294</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:14">
+        <v>39</v>
+      </c>
+      <c r="O59" t="s">
+        <v>409</v>
+      </c>
+      <c r="P59" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>295</v>
+        <v>411</v>
       </c>
       <c r="B60" t="s">
-        <v>296</v>
+        <v>412</v>
       </c>
       <c r="C60" t="s">
-        <v>297</v>
+        <v>413</v>
       </c>
       <c r="D60" t="s">
-        <v>28</v>
+        <v>414</v>
       </c>
       <c r="E60" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="F60" t="s">
         <v>46</v>
       </c>
-      <c r="G60">
+      <c r="G60" t="s">
+        <v>55</v>
+      </c>
+      <c r="H60">
         <v>2015</v>
       </c>
-      <c r="H60"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I60"/>
       <c r="J60" t="s">
-        <v>21</v>
+        <v>163</v>
       </c>
       <c r="K60" t="s">
-        <v>298</v>
+        <v>24</v>
       </c>
       <c r="L60" t="s">
-        <v>299</v>
+        <v>415</v>
       </c>
       <c r="M60" t="s">
+        <v>416</v>
+      </c>
+      <c r="N60" t="s">
+        <v>39</v>
+      </c>
+      <c r="O60" t="s">
+        <v>417</v>
+      </c>
+      <c r="P60" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>419</v>
+      </c>
+      <c r="B61" t="s">
+        <v>420</v>
+      </c>
+      <c r="C61" t="s">
+        <v>144</v>
+      </c>
+      <c r="D61" t="s">
+        <v>45</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
         <v>34</v>
       </c>
-      <c r="N60" t="s">
-[...19 lines deleted...]
-      <c r="F61" t="s">
+      <c r="G61" t="s">
+        <v>55</v>
+      </c>
+      <c r="H61">
+        <v>2013</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>421</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>422</v>
+      </c>
+      <c r="M61" t="s">
+        <v>146</v>
+      </c>
+      <c r="N61" t="s">
+        <v>39</v>
+      </c>
+      <c r="O61" t="s">
+        <v>423</v>
+      </c>
+      <c r="P61" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>425</v>
+      </c>
+      <c r="B62" t="s">
+        <v>426</v>
+      </c>
+      <c r="C62" t="s">
+        <v>315</v>
+      </c>
+      <c r="D62" t="s">
+        <v>45</v>
+      </c>
+      <c r="E62" t="s">
+        <v>33</v>
+      </c>
+      <c r="F62" t="s">
         <v>46</v>
       </c>
-      <c r="G61">
-[...15 lines deleted...]
-      <c r="M61" t="s">
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2010</v>
+      </c>
+      <c r="I62">
+        <v>2017</v>
+      </c>
+      <c r="J62" t="s">
+        <v>316</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>427</v>
+      </c>
+      <c r="M62" t="s">
+        <v>428</v>
+      </c>
+      <c r="N62" t="s">
+        <v>39</v>
+      </c>
+      <c r="O62" t="s">
+        <v>429</v>
+      </c>
+      <c r="P62" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>431</v>
+      </c>
+      <c r="B63" t="s">
+        <v>432</v>
+      </c>
+      <c r="C63" t="s">
+        <v>433</v>
+      </c>
+      <c r="D63" t="s">
+        <v>45</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
         <v>34</v>
       </c>
-      <c r="N61" t="s">
-[...63 lines deleted...]
-      <c r="F63" t="s">
+      <c r="G63" t="s">
+        <v>55</v>
+      </c>
+      <c r="H63">
+        <v>2015</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>316</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>434</v>
+      </c>
+      <c r="M63" t="s">
+        <v>435</v>
+      </c>
+      <c r="N63" t="s">
+        <v>39</v>
+      </c>
+      <c r="O63" t="s">
+        <v>436</v>
+      </c>
+      <c r="P63" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>438</v>
+      </c>
+      <c r="B64" t="s">
+        <v>45</v>
+      </c>
+      <c r="C64" t="s">
+        <v>177</v>
+      </c>
+      <c r="D64" t="s">
+        <v>45</v>
+      </c>
+      <c r="E64" t="s">
+        <v>33</v>
+      </c>
+      <c r="F64" t="s">
         <v>46</v>
       </c>
-      <c r="G63">
-[...42 lines deleted...]
-        <v>2012</v>
+      <c r="G64" t="s">
+        <v>22</v>
       </c>
       <c r="H64">
         <v>2012</v>
       </c>
-      <c r="I64" t="s">
-        <v>132</v>
+      <c r="I64">
+        <v>2012</v>
       </c>
       <c r="J64" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>178</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64"/>
       <c r="M64" t="s">
+        <v>179</v>
+      </c>
+      <c r="N64" t="s">
+        <v>39</v>
+      </c>
+      <c r="O64" t="s">
+        <v>439</v>
+      </c>
+      <c r="P64" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>440</v>
+      </c>
+      <c r="B65" t="s">
+        <v>441</v>
+      </c>
+      <c r="C65" t="s">
+        <v>442</v>
+      </c>
+      <c r="D65" t="s">
+        <v>443</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>153</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2017</v>
+      </c>
+      <c r="I65">
+        <v>2021</v>
+      </c>
+      <c r="J65" t="s">
+        <v>303</v>
+      </c>
+      <c r="K65" t="s">
+        <v>444</v>
+      </c>
+      <c r="L65" t="s">
+        <v>445</v>
+      </c>
+      <c r="M65" t="s">
+        <v>446</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>447</v>
+      </c>
+      <c r="P65" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>449</v>
+      </c>
+      <c r="B66" t="s">
+        <v>450</v>
+      </c>
+      <c r="C66" t="s">
+        <v>451</v>
+      </c>
+      <c r="D66" t="s">
+        <v>45</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
         <v>34</v>
       </c>
-      <c r="N64" t="s">
-[...4 lines deleted...]
-      <c r="A65" t="s">
+      <c r="G66" t="s">
+        <v>55</v>
+      </c>
+      <c r="H66">
+        <v>2017</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
         <v>316</v>
       </c>
-      <c r="B65" t="s">
-[...17 lines deleted...]
-      <c r="H65">
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>48</v>
+      </c>
+      <c r="M66" t="s">
+        <v>452</v>
+      </c>
+      <c r="N66" t="s">
+        <v>39</v>
+      </c>
+      <c r="O66" t="s">
+        <v>453</v>
+      </c>
+      <c r="P66" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>455</v>
+      </c>
+      <c r="B67" t="s">
+        <v>456</v>
+      </c>
+      <c r="C67" t="s">
+        <v>457</v>
+      </c>
+      <c r="D67" t="s">
+        <v>458</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>459</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>1982</v>
+      </c>
+      <c r="I67">
+        <v>2024</v>
+      </c>
+      <c r="J67" t="s">
+        <v>460</v>
+      </c>
+      <c r="K67" t="s">
+        <v>391</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>461</v>
+      </c>
+      <c r="N67" t="s">
+        <v>462</v>
+      </c>
+      <c r="O67" t="s">
+        <v>463</v>
+      </c>
+      <c r="P67" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>465</v>
+      </c>
+      <c r="B68" t="s">
+        <v>466</v>
+      </c>
+      <c r="C68" t="s">
+        <v>219</v>
+      </c>
+      <c r="D68" t="s">
+        <v>45</v>
+      </c>
+      <c r="E68" t="s">
+        <v>33</v>
+      </c>
+      <c r="F68" t="s">
+        <v>153</v>
+      </c>
+      <c r="G68" t="s">
+        <v>55</v>
+      </c>
+      <c r="H68">
         <v>2021</v>
       </c>
-      <c r="I65" t="s">
-[...34 lines deleted...]
-      <c r="F66" t="s">
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>56</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>467</v>
+      </c>
+      <c r="M68" t="s">
+        <v>222</v>
+      </c>
+      <c r="N68" t="s">
+        <v>39</v>
+      </c>
+      <c r="O68" t="s">
+        <v>468</v>
+      </c>
+      <c r="P68" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>469</v>
+      </c>
+      <c r="B69" t="s">
+        <v>470</v>
+      </c>
+      <c r="C69" t="s">
+        <v>184</v>
+      </c>
+      <c r="D69" t="s">
+        <v>45</v>
+      </c>
+      <c r="E69" t="s">
+        <v>33</v>
+      </c>
+      <c r="F69" t="s">
         <v>46</v>
       </c>
-      <c r="G66">
-[...126 lines deleted...]
-        <v>2012</v>
+      <c r="G69" t="s">
+        <v>22</v>
       </c>
       <c r="H69">
         <v>2012</v>
       </c>
-      <c r="I69" t="s">
-        <v>132</v>
+      <c r="I69">
+        <v>2012</v>
       </c>
       <c r="J69" t="s">
+        <v>178</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>471</v>
+      </c>
+      <c r="N69" t="s">
+        <v>39</v>
+      </c>
+      <c r="O69" t="s">
+        <v>472</v>
+      </c>
+      <c r="P69" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>474</v>
+      </c>
+      <c r="B70" t="s">
+        <v>475</v>
+      </c>
+      <c r="C70" t="s">
+        <v>405</v>
+      </c>
+      <c r="D70" t="s">
+        <v>476</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>153</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2002</v>
+      </c>
+      <c r="I70">
+        <v>2007</v>
+      </c>
+      <c r="J70" t="s">
+        <v>286</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>477</v>
+      </c>
+      <c r="M70" t="s">
+        <v>408</v>
+      </c>
+      <c r="N70" t="s">
+        <v>39</v>
+      </c>
+      <c r="O70" t="s">
+        <v>478</v>
+      </c>
+      <c r="P70" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>480</v>
+      </c>
+      <c r="B71" t="s">
+        <v>481</v>
+      </c>
+      <c r="C71" t="s">
+        <v>135</v>
+      </c>
+      <c r="D71" t="s">
+        <v>45</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
         <v>21</v>
       </c>
-      <c r="K69"/>
-[...3 lines deleted...]
-      <c r="M69" t="s">
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2012</v>
+      </c>
+      <c r="I71">
+        <v>2021</v>
+      </c>
+      <c r="J71" t="s">
+        <v>247</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>139</v>
+      </c>
+      <c r="N71" t="s">
+        <v>39</v>
+      </c>
+      <c r="O71" t="s">
+        <v>482</v>
+      </c>
+      <c r="P71" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>484</v>
+      </c>
+      <c r="B72" t="s">
+        <v>485</v>
+      </c>
+      <c r="C72" t="s">
+        <v>135</v>
+      </c>
+      <c r="D72" t="s">
+        <v>45</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2012</v>
+      </c>
+      <c r="I72">
+        <v>2015</v>
+      </c>
+      <c r="J72" t="s">
+        <v>421</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>139</v>
+      </c>
+      <c r="N72" t="s">
+        <v>39</v>
+      </c>
+      <c r="O72" t="s">
+        <v>486</v>
+      </c>
+      <c r="P72" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>488</v>
+      </c>
+      <c r="B73" t="s">
+        <v>489</v>
+      </c>
+      <c r="C73" t="s">
+        <v>135</v>
+      </c>
+      <c r="D73" t="s">
+        <v>45</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>55</v>
+      </c>
+      <c r="H73">
+        <v>2012</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>138</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>139</v>
+      </c>
+      <c r="N73" t="s">
+        <v>39</v>
+      </c>
+      <c r="O73" t="s">
+        <v>490</v>
+      </c>
+      <c r="P73" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>492</v>
+      </c>
+      <c r="B74" t="s">
+        <v>493</v>
+      </c>
+      <c r="C74" t="s">
+        <v>204</v>
+      </c>
+      <c r="D74" t="s">
+        <v>45</v>
+      </c>
+      <c r="E74" t="s">
+        <v>33</v>
+      </c>
+      <c r="F74" t="s">
+        <v>46</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2004</v>
+      </c>
+      <c r="I74">
+        <v>2012</v>
+      </c>
+      <c r="J74" t="s">
+        <v>205</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>494</v>
+      </c>
+      <c r="M74" t="s">
+        <v>495</v>
+      </c>
+      <c r="N74" t="s">
+        <v>39</v>
+      </c>
+      <c r="O74" t="s">
+        <v>496</v>
+      </c>
+      <c r="P74" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>498</v>
+      </c>
+      <c r="B75" t="s">
+        <v>499</v>
+      </c>
+      <c r="C75" t="s">
+        <v>97</v>
+      </c>
+      <c r="D75" t="s">
+        <v>500</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>55</v>
+      </c>
+      <c r="H75">
+        <v>2021</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>98</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75"/>
+      <c r="N75" t="s">
+        <v>39</v>
+      </c>
+      <c r="O75" t="s">
+        <v>501</v>
+      </c>
+      <c r="P75" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>503</v>
+      </c>
+      <c r="B76" t="s">
+        <v>504</v>
+      </c>
+      <c r="C76" t="s">
+        <v>505</v>
+      </c>
+      <c r="D76" t="s">
+        <v>103</v>
+      </c>
+      <c r="E76" t="s">
+        <v>33</v>
+      </c>
+      <c r="F76" t="s">
         <v>34</v>
       </c>
-      <c r="N69" t="s">
-[...40 lines deleted...]
-      <c r="M70" t="s">
+      <c r="G76" t="s">
+        <v>55</v>
+      </c>
+      <c r="H76">
+        <v>2006</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>506</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" t="s">
+        <v>507</v>
+      </c>
+      <c r="M76" t="s">
+        <v>508</v>
+      </c>
+      <c r="N76" t="s">
+        <v>39</v>
+      </c>
+      <c r="O76" t="s">
+        <v>509</v>
+      </c>
+      <c r="P76" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>511</v>
+      </c>
+      <c r="B77" t="s">
+        <v>512</v>
+      </c>
+      <c r="C77" t="s">
+        <v>505</v>
+      </c>
+      <c r="D77" t="s">
+        <v>45</v>
+      </c>
+      <c r="E77" t="s">
+        <v>33</v>
+      </c>
+      <c r="F77" t="s">
         <v>34</v>
       </c>
-      <c r="N70" t="s">
-[...22 lines deleted...]
-      <c r="G71">
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
         <v>2012</v>
       </c>
-      <c r="H71">
-[...38 lines deleted...]
-      <c r="G72">
+      <c r="I77">
+        <v>2015</v>
+      </c>
+      <c r="J77" t="s">
+        <v>506</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
+        <v>513</v>
+      </c>
+      <c r="M77" t="s">
+        <v>508</v>
+      </c>
+      <c r="N77" t="s">
+        <v>39</v>
+      </c>
+      <c r="O77" t="s">
+        <v>514</v>
+      </c>
+      <c r="P77" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>516</v>
+      </c>
+      <c r="B78" t="s">
+        <v>517</v>
+      </c>
+      <c r="C78" t="s">
+        <v>518</v>
+      </c>
+      <c r="D78" t="s">
+        <v>45</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>153</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2016</v>
+      </c>
+      <c r="I78">
+        <v>2019</v>
+      </c>
+      <c r="J78" t="s">
+        <v>421</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>519</v>
+      </c>
+      <c r="N78" t="s">
+        <v>39</v>
+      </c>
+      <c r="O78" t="s">
+        <v>520</v>
+      </c>
+      <c r="P78" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>522</v>
+      </c>
+      <c r="B79" t="s">
+        <v>523</v>
+      </c>
+      <c r="C79" t="s">
+        <v>524</v>
+      </c>
+      <c r="D79" t="s">
+        <v>525</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>153</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
         <v>2012</v>
       </c>
-      <c r="H72">
-[...291 lines deleted...]
-      <c r="H79">
+      <c r="I79">
         <v>2014</v>
       </c>
-      <c r="I79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J79" t="s">
-        <v>21</v>
+        <v>316</v>
       </c>
       <c r="K79" t="s">
-        <v>374</v>
+        <v>24</v>
       </c>
       <c r="L79" t="s">
-        <v>375</v>
+        <v>526</v>
       </c>
       <c r="M79" t="s">
-        <v>34</v>
+        <v>527</v>
       </c>
       <c r="N79" t="s">
-        <v>376</v>
+        <v>39</v>
+      </c>
+      <c r="O79" t="s">
+        <v>528</v>
+      </c>
+      <c r="P79" t="s">
+        <v>529</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>