--- v1 (2025-11-29)
+++ v2 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="530">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="533">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -179,101 +179,104 @@
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
   </si>
   <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14349</t>
   </si>
   <si>
     <t>Act on the Rational Use of Energy</t>
   </si>
   <si>
     <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/act-rational-use-energy</t>
   </si>
   <si>
     <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
   </si>
   <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
     <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
     <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
   </si>
   <si>
     <t>CEL 022-2021 Flat panel TVs</t>
   </si>
   <si>
     <t>This policy specifies energy labeling requirements for flat panel TVs. It applies to both LCD TVs and OLED TVs.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>GB 24850-2013</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China(SAMR) and National Deve…</t>
   </si>
@@ -962,50 +965,53 @@
     <t>https://www.legislation.gov.au/Series/F2013L01500</t>
   </si>
   <si>
     <t>Greenmark N60 - Televisions</t>
   </si>
   <si>
     <t>Applies to television sets. The backlight module or unit of the products display panel shall not use mercury-containing lamps. The product shall be disassemble.</t>
   </si>
   <si>
     <t>CNS 14466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n60-televisions</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/60/160f6010-15b0-462d-aa1c-76ce4601ab35.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
   </si>
   <si>
     <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
   </si>
   <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Television Sets 2024, 1st Edition</t>
   </si>
   <si>
     <t>This policy contains MEPS and labeling requirements for television sets according to Department Circular No. 2020-06-0015. The policy applies to all television sets.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS IEC 62087
 ,   
@@ -1512,50 +1518,53 @@
     <t>https://cprc-clasp.ngo/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
   </si>
   <si>
     <t>Singapore Green Labeling Scheme: Televisions Sets</t>
   </si>
   <si>
     <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-televisions-sets</t>
   </si>
   <si>
     <t>https://www.sgls.sec.org.sg/</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
     <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
 It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
 It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
 It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
   </si>
@@ -2035,51 +2044,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="128.54" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2363,3542 +2372,3544 @@
       </c>
       <c r="P6" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>68</v>
       </c>
       <c r="B7" t="s">
         <v>69</v>
       </c>
       <c r="C7" t="s">
         <v>70</v>
       </c>
       <c r="D7" t="s">
         <v>71</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>34</v>
       </c>
       <c r="G7" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H7">
         <v>2013</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
         <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="N7" t="s">
         <v>39</v>
       </c>
       <c r="O7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D8" t="s">
         <v>45</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>34</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2011</v>
       </c>
       <c r="I8">
         <v>2021</v>
       </c>
       <c r="J8" t="s">
         <v>56</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="M8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="N8" t="s">
         <v>39</v>
       </c>
       <c r="O8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="P8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D9" t="s">
         <v>45</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>34</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2011</v>
       </c>
       <c r="I9">
         <v>2013</v>
       </c>
       <c r="J9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="M9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="N9" t="s">
         <v>39</v>
       </c>
       <c r="O9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="P9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C10" t="s">
         <v>44</v>
       </c>
       <c r="D10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>34</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2010</v>
       </c>
       <c r="I10">
         <v>2019</v>
       </c>
       <c r="J10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="N10" t="s">
         <v>39</v>
       </c>
       <c r="O10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="P10" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D11" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>34</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2010</v>
       </c>
       <c r="I11">
         <v>2019</v>
       </c>
       <c r="J11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M11"/>
       <c r="N11" t="s">
         <v>39</v>
       </c>
       <c r="O11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="P11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C12" t="s">
         <v>44</v>
       </c>
       <c r="D12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>34</v>
       </c>
       <c r="G12" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H12">
         <v>2011</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="N12" t="s">
         <v>39</v>
       </c>
       <c r="O12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="P12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B13" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D13" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>34</v>
       </c>
       <c r="G13" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H13">
         <v>2011</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13"/>
       <c r="N13" t="s">
         <v>39</v>
       </c>
       <c r="O13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B14" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C14" t="s">
         <v>44</v>
       </c>
       <c r="D14" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2009</v>
       </c>
       <c r="I14">
         <v>2019</v>
       </c>
       <c r="J14" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="N14" t="s">
         <v>39</v>
       </c>
       <c r="O14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="P14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H15">
         <v>2013</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15"/>
       <c r="N15" t="s">
         <v>39</v>
       </c>
       <c r="O15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="P15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B16" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C16" t="s">
         <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2013</v>
       </c>
       <c r="I16">
         <v>2023</v>
       </c>
       <c r="J16" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="N16" t="s">
         <v>39</v>
       </c>
       <c r="O16" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="P16" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B17" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C17" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D17" t="s">
         <v>45</v>
       </c>
       <c r="E17" t="s">
         <v>33</v>
       </c>
       <c r="F17" t="s">
         <v>46</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2002</v>
       </c>
       <c r="I17">
         <v>2013</v>
       </c>
       <c r="J17" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="M17" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="N17" t="s">
         <v>39</v>
       </c>
       <c r="O17" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="P17" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B18" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C18" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D18" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E18" t="s">
         <v>33</v>
       </c>
       <c r="F18" t="s">
         <v>46</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2002</v>
       </c>
       <c r="I18">
         <v>2021</v>
       </c>
       <c r="J18" t="s">
         <v>56</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="M18" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N18" t="s">
         <v>39</v>
       </c>
       <c r="O18" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="P18" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B19" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C19" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D19" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2011</v>
       </c>
       <c r="I19">
         <v>2023</v>
       </c>
       <c r="J19" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="N19" t="s">
         <v>39</v>
       </c>
       <c r="O19" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="P19" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B20" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C20" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D20" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H20">
         <v>2020</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="N20" t="s">
         <v>39</v>
       </c>
       <c r="O20" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="P20" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B21" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C21" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D21" t="s">
         <v>45</v>
       </c>
       <c r="E21" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F21" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="G21" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="H21"/>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>56</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="M21" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N21" t="s">
         <v>39</v>
       </c>
       <c r="O21" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="P21" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B22" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C22" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D22" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E22" t="s">
         <v>33</v>
       </c>
       <c r="F22" t="s">
         <v>34</v>
       </c>
       <c r="G22" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="H22"/>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N22" t="s">
         <v>39</v>
       </c>
       <c r="O22" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="P22" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B23" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C23" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D23" t="s">
         <v>45</v>
       </c>
       <c r="E23" t="s">
         <v>33</v>
       </c>
       <c r="F23" t="s">
         <v>34</v>
       </c>
       <c r="G23" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="H23"/>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="M23" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="N23" t="s">
         <v>39</v>
       </c>
       <c r="O23" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="P23" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B24" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C24" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D24" t="s">
         <v>45</v>
       </c>
       <c r="E24" t="s">
         <v>33</v>
       </c>
       <c r="F24" t="s">
         <v>46</v>
       </c>
       <c r="G24" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H24">
         <v>2008</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="N24" t="s">
         <v>39</v>
       </c>
       <c r="O24" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="P24" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B25" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C25" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D25" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25"/>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>56</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="M25" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="N25" t="s">
         <v>39</v>
       </c>
       <c r="O25" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="P25" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B26" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C26" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D26" t="s">
         <v>45</v>
       </c>
       <c r="E26" t="s">
         <v>33</v>
       </c>
       <c r="F26" t="s">
         <v>46</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2002</v>
       </c>
       <c r="I26">
         <v>2015</v>
       </c>
       <c r="J26" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="M26" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="N26" t="s">
         <v>39</v>
       </c>
       <c r="O26" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="P26" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B27" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C27" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D27" t="s">
         <v>45</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>34</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2012</v>
       </c>
       <c r="I27">
         <v>2012</v>
       </c>
       <c r="J27" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="N27" t="s">
         <v>39</v>
       </c>
       <c r="O27" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="P27" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B28" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C28" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D28" t="s">
         <v>45</v>
       </c>
       <c r="E28" t="s">
         <v>33</v>
       </c>
       <c r="F28" t="s">
         <v>34</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2014</v>
       </c>
       <c r="I28">
         <v>2019</v>
       </c>
       <c r="J28" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="M28" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="N28" t="s">
         <v>39</v>
       </c>
       <c r="O28" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="P28" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B29" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C29" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D29" t="s">
         <v>45</v>
       </c>
       <c r="E29" t="s">
         <v>33</v>
       </c>
       <c r="F29" t="s">
         <v>46</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2003</v>
       </c>
       <c r="I29">
         <v>2022</v>
       </c>
       <c r="J29" t="s">
         <v>56</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="M29" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="N29" t="s">
         <v>39</v>
       </c>
       <c r="O29" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="P29" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B30" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C30" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D30" t="s">
         <v>45</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2009</v>
       </c>
       <c r="I30">
         <v>2024</v>
       </c>
       <c r="J30" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="M30" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="N30" t="s">
         <v>39</v>
       </c>
       <c r="O30" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="P30" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B31" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C31" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D31" t="s">
         <v>45</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="G31" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H31">
         <v>2023</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="M31" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="N31" t="s">
         <v>39</v>
       </c>
       <c r="O31" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="P31" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B32" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C32" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D32" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2016</v>
       </c>
       <c r="I32">
         <v>2019</v>
       </c>
       <c r="J32" t="s">
         <v>56</v>
       </c>
       <c r="K32" t="s">
         <v>36</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="N32" t="s">
         <v>39</v>
       </c>
       <c r="O32" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="P32" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B33" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C33" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D33" t="s">
         <v>45</v>
       </c>
       <c r="E33" t="s">
         <v>33</v>
       </c>
       <c r="F33" t="s">
         <v>46</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>1998</v>
       </c>
       <c r="I33">
         <v>2019</v>
       </c>
       <c r="J33" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="M33" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="N33" t="s">
         <v>39</v>
       </c>
       <c r="O33" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="P33" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B34" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C34" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D34" t="s">
         <v>45</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="G34" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H34">
         <v>2023</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="N34" t="s">
         <v>39</v>
       </c>
       <c r="O34" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="P34" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B35" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C35" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D35" t="s">
         <v>45</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>1989</v>
       </c>
       <c r="I35">
         <v>2016</v>
       </c>
       <c r="J35" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="M35" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="N35" t="s">
         <v>39</v>
       </c>
       <c r="O35" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="P35" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B36" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C36" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D36" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2010</v>
       </c>
       <c r="I36">
         <v>2021</v>
       </c>
       <c r="J36" t="s">
         <v>56</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="M36" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="N36" t="s">
         <v>39</v>
       </c>
       <c r="O36" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="P36" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B37" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C37" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D37" t="s">
         <v>45</v>
       </c>
       <c r="E37" t="s">
         <v>33</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>1989</v>
       </c>
       <c r="I37">
         <v>1991</v>
       </c>
       <c r="J37" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="N37" t="s">
         <v>39</v>
       </c>
       <c r="O37" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="P37" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B38" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C38" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D38" t="s">
         <v>45</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2015</v>
       </c>
       <c r="I38">
         <v>2024</v>
       </c>
       <c r="J38" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="M38" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="N38" t="s">
         <v>39</v>
       </c>
       <c r="O38" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="P38" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B39" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C39" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D39" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H39">
         <v>2022</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="N39" t="s">
         <v>39</v>
       </c>
       <c r="O39" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="P39" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B40" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C40" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D40" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2010</v>
       </c>
       <c r="I40">
         <v>2019</v>
       </c>
       <c r="J40" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="M40" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="N40" t="s">
         <v>39</v>
       </c>
       <c r="O40" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="P40" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B41" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C41" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D41" t="s">
         <v>45</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2009</v>
       </c>
       <c r="I41">
         <v>2013</v>
       </c>
       <c r="J41" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="M41" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="N41" t="s">
         <v>39</v>
       </c>
       <c r="O41" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="P41" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B42" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C42" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D42" t="s">
         <v>45</v>
       </c>
       <c r="E42" t="s">
         <v>33</v>
       </c>
       <c r="F42" t="s">
         <v>46</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2002</v>
       </c>
       <c r="I42">
         <v>2013</v>
       </c>
       <c r="J42" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="M42" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="N42" t="s">
         <v>39</v>
       </c>
       <c r="O42" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="P42" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B43" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C43" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D43" t="s">
         <v>45</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="G43" t="s">
-        <v>22</v>
+        <v>304</v>
       </c>
       <c r="H43">
         <v>2015</v>
       </c>
       <c r="I43">
         <v>2019</v>
       </c>
       <c r="J43" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="M43" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="N43" t="s">
         <v>39</v>
       </c>
       <c r="O43" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="P43" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B44" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C44" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D44" t="s">
         <v>45</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="G44" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H44">
         <v>2021</v>
       </c>
       <c r="I44">
         <v>2024</v>
       </c>
       <c r="J44" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="M44" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="N44" t="s">
         <v>39</v>
       </c>
       <c r="O44" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="P44" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="B45" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="C45" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="D45" t="s">
         <v>45</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>34</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2009</v>
       </c>
       <c r="I45">
         <v>2021</v>
       </c>
       <c r="J45" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="M45" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="N45" t="s">
         <v>39</v>
       </c>
       <c r="O45" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="P45" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="B46" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="C46" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="D46" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>34</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2013</v>
       </c>
       <c r="I46">
         <v>2014</v>
       </c>
       <c r="J46" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="M46" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="N46" t="s">
         <v>39</v>
       </c>
       <c r="O46" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="P46" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="B47" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="C47" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="D47" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2013</v>
       </c>
       <c r="I47">
         <v>2014</v>
       </c>
       <c r="J47" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="M47" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="N47" t="s">
         <v>39</v>
       </c>
       <c r="O47" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="P47" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="B48" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="C48" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="D48" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H48"/>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="N48" t="s">
         <v>39</v>
       </c>
       <c r="O48" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="P48" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B49" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="C49" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="D49" t="s">
         <v>45</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>21</v>
       </c>
       <c r="G49" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H49">
         <v>2022</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="N49" t="s">
         <v>39</v>
       </c>
       <c r="O49" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="P49" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B50" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="C50" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D50" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2008</v>
       </c>
       <c r="I50">
         <v>2020</v>
       </c>
       <c r="J50" t="s">
         <v>35</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="M50" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="P50" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="B51" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="C51" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D51" t="s">
         <v>45</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>34</v>
       </c>
       <c r="G51" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="H51">
         <v>2014</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="M51" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="N51" t="s">
         <v>39</v>
       </c>
       <c r="O51" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="P51" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="B52" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="C52" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="D52" t="s">
         <v>45</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
         <v>2012</v>
       </c>
       <c r="I52">
         <v>2017</v>
       </c>
       <c r="J52" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="M52" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="N52" t="s">
         <v>39</v>
       </c>
       <c r="O52" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="P52" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="B53" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="C53" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D53" t="s">
         <v>45</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>21</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2012</v>
       </c>
       <c r="I53">
         <v>2012</v>
       </c>
       <c r="J53" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="N53" t="s">
         <v>39</v>
       </c>
       <c r="O53" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="P53" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="B54" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="C54" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D54" t="s">
         <v>45</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>21</v>
       </c>
       <c r="G54" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="H54"/>
+        <v>72</v>
+      </c>
+      <c r="H54">
+        <v>2024</v>
+      </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="N54" t="s">
         <v>39</v>
       </c>
       <c r="O54" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="P54" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="B55" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="C55" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="D55" t="s">
         <v>45</v>
       </c>
       <c r="E55" t="s">
         <v>33</v>
       </c>
       <c r="F55" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="G55" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H55">
         <v>2017</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="M55" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="N55" t="s">
         <v>39</v>
       </c>
       <c r="O55" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="P55" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="B56" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="C56" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D56" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="E56" t="s">
         <v>33</v>
       </c>
       <c r="F56" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="G56" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H56">
         <v>2015</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="N56" t="s">
         <v>39</v>
       </c>
       <c r="O56" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="P56" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="B57" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="C57" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D57" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="E57" t="s">
         <v>33</v>
       </c>
       <c r="F57" t="s">
         <v>34</v>
       </c>
       <c r="G57" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H57">
         <v>2012</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="K57" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="L57" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="M57" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="N57" t="s">
         <v>39</v>
       </c>
       <c r="O57" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="P57" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="B58" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="C58" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="D58" t="s">
         <v>45</v>
       </c>
       <c r="E58" t="s">
         <v>33</v>
       </c>
       <c r="F58" t="s">
         <v>21</v>
       </c>
       <c r="G58" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H58">
         <v>2012</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
         <v>35</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="M58" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="N58" t="s">
         <v>39</v>
       </c>
       <c r="O58" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="P58" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="B59" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="C59" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="D59" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="G59" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="H59">
         <v>2025</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="M59" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="N59" t="s">
         <v>39</v>
       </c>
       <c r="O59" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="P59" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B60" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="C60" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="D60" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="E60" t="s">
         <v>33</v>
       </c>
       <c r="F60" t="s">
         <v>46</v>
       </c>
       <c r="G60" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H60">
         <v>2015</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="M60" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="N60" t="s">
         <v>39</v>
       </c>
       <c r="O60" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="P60" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B61" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="C61" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D61" t="s">
         <v>45</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>34</v>
       </c>
       <c r="G61" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H61">
         <v>2013</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="M61" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="N61" t="s">
         <v>39</v>
       </c>
       <c r="O61" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="P61" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B62" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="C62" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="D62" t="s">
         <v>45</v>
       </c>
       <c r="E62" t="s">
         <v>33</v>
       </c>
       <c r="F62" t="s">
         <v>46</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>2010</v>
       </c>
       <c r="I62">
         <v>2017</v>
       </c>
       <c r="J62" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="M62" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="N62" t="s">
         <v>39</v>
       </c>
       <c r="O62" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="P62" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B63" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="C63" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="D63" t="s">
         <v>45</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>34</v>
       </c>
       <c r="G63" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H63">
         <v>2015</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="M63" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="N63" t="s">
         <v>39</v>
       </c>
       <c r="O63" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="P63" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B64" t="s">
         <v>45</v>
       </c>
       <c r="C64" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D64" t="s">
         <v>45</v>
       </c>
       <c r="E64" t="s">
         <v>33</v>
       </c>
       <c r="F64" t="s">
         <v>46</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>2012</v>
       </c>
       <c r="I64">
         <v>2012</v>
       </c>
       <c r="J64" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="N64" t="s">
         <v>39</v>
       </c>
       <c r="O64" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="P64" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B65" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="C65" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="D65" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2017</v>
       </c>
       <c r="I65">
         <v>2021</v>
       </c>
       <c r="J65" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="K65" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="L65" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="M65" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="P65" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B66" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="C66" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="D66" t="s">
         <v>45</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>34</v>
       </c>
       <c r="G66" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H66">
         <v>2017</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66" t="s">
         <v>48</v>
       </c>
       <c r="M66" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="N66" t="s">
         <v>39</v>
       </c>
       <c r="O66" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="P66" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B67" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="C67" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="D67" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>1982</v>
       </c>
       <c r="I67">
         <v>2024</v>
       </c>
       <c r="J67" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="K67" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="L67"/>
       <c r="M67" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="N67" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="O67" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="P67" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B68" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="C68" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D68" t="s">
         <v>45</v>
       </c>
       <c r="E68" t="s">
         <v>33</v>
       </c>
       <c r="F68" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="G68" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H68">
         <v>2021</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
         <v>56</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="M68" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="N68" t="s">
         <v>39</v>
       </c>
       <c r="O68" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="P68" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B69" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="C69" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D69" t="s">
         <v>45</v>
       </c>
       <c r="E69" t="s">
         <v>33</v>
       </c>
       <c r="F69" t="s">
         <v>46</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>2012</v>
       </c>
       <c r="I69">
         <v>2012</v>
       </c>
       <c r="J69" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69"/>
       <c r="M69" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="N69" t="s">
         <v>39</v>
       </c>
       <c r="O69" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="P69" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B70" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="C70" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="D70" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="G70" t="s">
-        <v>22</v>
+        <v>479</v>
       </c>
       <c r="H70">
         <v>2002</v>
       </c>
       <c r="I70">
         <v>2007</v>
       </c>
       <c r="J70" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="M70" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="N70" t="s">
         <v>39</v>
       </c>
       <c r="O70" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="P70" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B71" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="C71" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D71" t="s">
         <v>45</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>21</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
         <v>2012</v>
       </c>
       <c r="I71">
         <v>2021</v>
       </c>
       <c r="J71" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71"/>
       <c r="M71" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="N71" t="s">
         <v>39</v>
       </c>
       <c r="O71" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="P71" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="B72" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="C72" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D72" t="s">
         <v>45</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>21</v>
       </c>
       <c r="G72" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="H72">
         <v>2012</v>
       </c>
       <c r="I72">
         <v>2015</v>
       </c>
       <c r="J72" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72"/>
       <c r="M72" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="N72" t="s">
         <v>39</v>
       </c>
       <c r="O72" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="P72" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="B73" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="C73" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D73" t="s">
         <v>45</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>21</v>
       </c>
       <c r="G73" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H73">
         <v>2012</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73"/>
       <c r="M73" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="N73" t="s">
         <v>39</v>
       </c>
       <c r="O73" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="P73" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="B74" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="C74" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D74" t="s">
         <v>45</v>
       </c>
       <c r="E74" t="s">
         <v>33</v>
       </c>
       <c r="F74" t="s">
         <v>46</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
         <v>2004</v>
       </c>
       <c r="I74">
         <v>2012</v>
       </c>
       <c r="J74" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="M74" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="N74" t="s">
         <v>39</v>
       </c>
       <c r="O74" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="P74" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="B75" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="C75" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D75" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>21</v>
       </c>
       <c r="G75" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H75">
         <v>2021</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75"/>
       <c r="M75"/>
       <c r="N75" t="s">
         <v>39</v>
       </c>
       <c r="O75" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="P75" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="B76" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="C76" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="D76" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E76" t="s">
         <v>33</v>
       </c>
       <c r="F76" t="s">
         <v>34</v>
       </c>
       <c r="G76" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="H76">
         <v>2006</v>
       </c>
       <c r="I76"/>
       <c r="J76" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="M76" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="N76" t="s">
         <v>39</v>
       </c>
       <c r="O76" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="P76" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="B77" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="C77" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="D77" t="s">
         <v>45</v>
       </c>
       <c r="E77" t="s">
         <v>33</v>
       </c>
       <c r="F77" t="s">
         <v>34</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
         <v>2012</v>
       </c>
       <c r="I77">
         <v>2015</v>
       </c>
       <c r="J77" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="M77" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="N77" t="s">
         <v>39</v>
       </c>
       <c r="O77" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="P77" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="B78" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="C78" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="D78" t="s">
         <v>45</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
         <v>2016</v>
       </c>
       <c r="I78">
         <v>2019</v>
       </c>
       <c r="J78" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78"/>
       <c r="M78" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="N78" t="s">
         <v>39</v>
       </c>
       <c r="O78" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="P78" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="B79" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="C79" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="D79" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
       <c r="H79">
         <v>2012</v>
       </c>
       <c r="I79">
         <v>2014</v>
       </c>
       <c r="J79" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
       <c r="L79" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="M79" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="N79" t="s">
         <v>39</v>
       </c>
       <c r="O79" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="P79" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">