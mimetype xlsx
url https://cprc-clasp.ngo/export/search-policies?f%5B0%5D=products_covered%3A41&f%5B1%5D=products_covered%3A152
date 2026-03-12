--- v0 (2025-10-13)
+++ v1 (2026-03-12)
@@ -12,1868 +12,2710 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="572">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="841">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
   </si>
   <si>
+    <t>The product group 'televisions' shall comprise: Mains powered electronic equipment; the primary purpose and function of which is to receive; decode and display TV transmission signals.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
+  </si>
+  <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
+  </si>
+  <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>BDS 1139:1986</t>
   </si>
   <si>
+    <t>This standard covers three-phase induction motors for voltages up to and including 11000 V and</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-11391986</t>
   </si>
   <si>
+    <t>https://www.bstibds.com/single_product/4919</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL - Three-Phase Permanent Magnet Synchronous Motors</t>
   </si>
   <si>
+    <t>This policy covers asynchronous, three-phase permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 755-2008; GB 10068-2008; GB 10069.3-2008; GB/T 22669-2008; GB/T 22670-2008</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-three-phase-permanent-magnet-synchronous-motors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL - Variable-Frequency and Permanent Magnet Synchronous Motors for Elevators</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors for elevators and variable-frequency, permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-variable-frequency-and-permanent-magnet-synchronous-motors-elevators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%</t>
+  </si>
+  <si>
     <t>CEL 022-2021 Flat panel TVs</t>
   </si>
   <si>
+    <t>This policy specifies energy labeling requirements for flat panel TVs. It applies to both LCD TVs and OLED TVs.</t>
+  </si>
+  <si>
     <t>GB 24850-2013</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China(SAMR) and National Deve…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-022-2021-flat-panel-tvs</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=d6c1a8d2aed2480c9fbf43c16c246f6c</t>
+  </si>
+  <si>
     <t>CEL-007. Small &amp; Medium Three-phase Asynchronous Motors</t>
   </si>
   <si>
+    <t>Applies to motors working under three-phase AC; with voltage lower than 690V and frequency of 50Hz; for motors of energy efficiency grade 2 and 3; their rated power shall be 0.55kW-315kW; and for grade 1 motors; rated power should be 3kW-315kW; number of poles shall be 2; 4; and 6; of single-speed closed self-fan cooling type; N design type; for general service or explosion-proof type.</t>
+  </si>
+  <si>
     <t>GB/T 1032</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-007-small-medium-three-phase-asynchronous-motors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/CEL%20007-2021%E4%B8%AD%E5%B0%8F%E5%9E%8B%E4%B8%89%E7%9B%B8%E5%BC%82%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-024. Flat Panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD and OLED TV (referred to as "flat panel TV") and LCD and OLED monitors that work under AC 220 V and 50 Hz power supply conditions.</t>
+  </si>
+  <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-024-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E7%94%B5%E8%A7%86.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
+    <t>Televisions, Displays</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>EN 50301</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Televisions, Displays</t>
-[...1 lines deleted...]
-  <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>EN 50301</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>September 2023</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2013/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2021 of 1 October 2019 laying down ecodesign requirements for electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of televisions.  In addition to the definitions set out in Directive 2005-32-EC; the following definitions shall apply: 1. 'Television' means a television set or a television monitor; 2. ‘television set’ means a product designed primarily for the display and reception of audiovisual signals which is placed on the market under one model or system designation; and which consists of: a display;  one or more tuner or receiver  and optional additional functions for data storage and/or display such as DVD; hard disk drive  or videocassette recorder; either in a single unit combined with the display; or in one or more separate units.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192021-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2021-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>CQC31-452631-2013. CQC Mark Certification - Flat panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD TV and Plasma TV that work under electricity grid of normal voltage and serve for general service. Also applies to LCD or plasma display equipment which main function is TV but without moderator and other types of flat panel displays.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2013-cqc-mark-certification-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461121-2021. Energy Conservation Certification Rules for Motors</t>
   </si>
   <si>
+    <t>Applies to motors working under three-phase AC; with voltage lower than 690V and frequency of 50Hz; rated power shall be 0.55kW-315kW; and for grade 1 motors; rated power should be 3kW-315kW; number of poles shall be 2; 4; and 6; of single-speed closed self-fan cooling type; N design type; for general service or explosion-proof type</t>
+  </si>
+  <si>
     <t>GB 18613-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461121-2021-energy-conservation-certification-rules-motors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39731</t>
+  </si>
+  <si>
     <t>CQC31-461122-2014. CQC Mark Certification - Permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>Applies to products with rated voltage of lower than 1140V; powered by three-phase AC of 50Hz; rated power between 0.55kW-275kW; poles number of 2; 4; 6; 8; 10; 12; 16</t>
+  </si>
+  <si>
     <t>GB 30253-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461122-2014-cqc-mark-certification-permanent-magnet-synchronous-motors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492762.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461137-2017 Energy Conservation Certification Rules for Line Operated AC Motors</t>
   </si>
   <si>
+    <t>Applies to sine-wave voltage single-speed motor which: rated output of 0.12kW-1000kW;  voltage of 50-1000V and frequency of 50Hz 60Hz;  number of poles: 2P 4P 6P 8P; long-time and continuious operation under rated output power given that the temperature rise limit shall meet the one specified corresponding to the insulation level;  ambent temperature of 0.12kW-1000kW; altitude of no larger than 4000m</t>
+  </si>
+  <si>
     <t>GB755; GB14711</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461137-2017-energy-conservation-certification-rules-line-operated-ac-motors</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/551557.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461238-2009. CQC Mark Certification - Variable frequency speed regulation devices</t>
   </si>
   <si>
+    <t>Applies to variable frequency speed regulation devices using three-phase AC power supply which voltage is no higher than 660V frequency of 50Hz and power no bigger than 315kW.</t>
+  </si>
+  <si>
     <t>GB/T 12668.2-2002 GB/Z 17625.6-2003 GB/T 17623</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461238-2009-cqc-mark-certification-variable-frequency-speed-regulation-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492770.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Draft MEPS for electric motors</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-electric-motors-0</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPS for televisions</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for televisions.</t>
+  </si>
+  <si>
     <t>IEC 62301, IEC 62087, SNI 04 6958 - 2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-televisions</t>
   </si>
   <si>
     <t>Draft motor policy</t>
   </si>
   <si>
+    <t>Motors with EE label should be the single-speed, three-phase, cage-induction motors</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>BDS IEC 60034-2-1: 2009(Testing protocol); BDS-EN 60034-30 : 2011 (Efficiency Class)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-motor-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor of domestic and foreign make</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Displays, Televisions</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/teh-regl-tv.doc</t>
+  </si>
+  <si>
     <t>Draft standard PROY-NOM-014-ENER-2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values, test method, marking requirements, and conformity assessment procedure applicable to single rotational frequency, continuous duty, open- or closed-loop, air-cooled, single-phase squirrel-cage electric AC induction motors with a rated output of 0.180 kW to 2.238 kW, 2, 4 or 6 poles, split-phase, capacitor-start, or with two capacitors, or connected with a permanent capacitor, which are imported, manufactured or marketed within Mexico. It does not apply to electric motors which require auxiliary or additional cooling equipment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>National Commission for the Efficient Use of Energy</t>
   </si>
   <si>
     <t>Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-standard-proy-nom-014-ener-2020</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5608195&amp;fecha=18/12/2020#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Draft TV policy</t>
   </si>
   <si>
+    <t>LCD-LED, LCD-CCFL, OLED, Plasma  and CRT</t>
+  </si>
+  <si>
     <t>IEC 62087: 2008 or IEC 62087: 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-tv-policy</t>
   </si>
   <si>
     <t>e-Standby Power Program for Televisions</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than equal to 1,000W, consisting of atuner|receiver and a monitor encased in a single housing</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-televisions</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Television</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 14336-1 or CNS 14408; Chinese National Standards; or be recognized by Bureau of Energy</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Test procedure acording to En-Tech 10405003751</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-label-television</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=7</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency % shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-television</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for TVs</t>
+  </si>
+  <si>
+    <t>This program covers TV screen types: LCD, EDGE LED, FULL LED, DIRECT LED, OLED, UHD 4K, Plasma, etc.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301 Ed 2.0 (2011-01)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-tvs</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/tv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for televisions. It applies to televisions used for the reception and display of television broadcasts that use mains electricity as the only power source, have a rated visible diagonal screen size exceeding 50 cm, and have a built-in television tuner. It does not apply to products that display broadcasts by means of front or rear projection.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-televisions</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Televisions%202021%20Jan_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy efficiency limit values ​​and energy efficiency grades for high voltage three-phase cage-type asynchronous motors</t>
   </si>
   <si>
+    <t>This policy defines minimum allowable values of energy efficiency and energy efficiency grades for cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-limit-values-and-energy-efficiency-grades-high-voltage-three-phase-cage</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=208DEC46F6A847EEE06397BE0A0AA4A0</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Color Televisions (Color TV)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for every colour television with native resolution up to 1920 x 1080 pixels, of cathode ray tube (CRT), liquid crystal display (LCD) with cold cathode fluorescent lamp backlight, and plasma technologies type, and liquid crystal display with light emitting diode backlight, excluding computer monitors being manufactured, commercially purchased or sold in India. The policy is revised in the year of 2022.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-color-televisions-color-tv</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/CTV_notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ultra High-Definition Televisions</t>
+  </si>
+  <si>
+    <t>This policy defines the energy consumption standards, star rating, and labeling requirements for ultra-high definition televisions with a native resolution of 3,840 x 2,160 (4K), including Liquid Crystal Displays with Light Emitting Diode backlighting, Organic Light Emitting Diode displays, Quantum dot Light Emitting Diode displays, Micro-Light Emitting Diode displays. It excludes televisions that include a non-removable main battery and computer monitors. 
+The standard specifies the ultra-high definition televisions must meet the</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015
 ,   
                     IS 616: 2017
 ,   
                     IEC 60065:2014 Edition 8.0
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ultra-high-definition-televisions</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
   </si>
   <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Televisions Version 8.0</t>
   </si>
   <si>
+    <t>With the exception of products listed in Section 2.2 of the policy document, products that are: 1) marketed to the consumer as a TV/HTD (i.e., TV/HTD is the primary function); 2) capable of being powered from a wall outlet or with an external power supply; and 3) meet one of the following product type definitions, are eligible for ENERGY STAR certification:
+i. TVs
+ii. Hospitality TV/HTDs
+iii. Home Theater Displays</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>10 CFR Part 430</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-televisions-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/televisions/partners</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
   </si>
   <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
     <t>GB 18613-2020 Minimum Allowable Values of Energy Efficiency and Values of Efficiency Grades for Motors</t>
   </si>
   <si>
+    <t>This policy applies to general purpose electric motors or general purpose anti explosion electric motors with the following characteristics: three-phase AC with voltage lower than 1000V and frequency of 50Hz; rated power between 0.75kW-375kW; number of poles of 2; 4; and 6; single-speed closed self-fan cooling; N design.</t>
+  </si>
+  <si>
     <t>GB/T 755-2019; GB/T 1032; GB/T 5171.1-2014; GB/T 5171.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-18613-2020-minimum-allowable-values-energy-efficiency-and-values-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF578CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 24850-2013 Minimum allowable values of energy efficiency and energy efficiency grades for flat panel TV</t>
   </si>
   <si>
+    <t>Applies to liquid crystal display and plasma display TVs referred as flat-panel TVs; that has the following characteristics: work under grid voltage; receive ground cable satellite or analogue signals; and have primary functions of demodulation and display. Also applies to display equipments that function as TV but not equipped with tuners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-24850-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-flat</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803C2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24850-2020 Minimum allowable values of energy efficiency limits and energy efficiency grades for flat-panel TVs and set-top boxes</t>
+  </si>
+  <si>
+    <t>MEPS for flat panel televisions and set-top boxes</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 17309.1
 ,   
                     GB 24850-2020
 ,   
                     IEC 62087-2:2015</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24850-2020-minimum-allowable-values-energy-efficiency-limits-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EFC3FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>GB 30253-2013 Minimum allowable values of energy efficiency and energy efficiency grades for permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors. This policy will be replaced by GB 30253-2024, which will enter into force on 1 October 2025. Click 'See More' for a link to the new policy.</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30253-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E902D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30253-2024 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Permanent Magnet Synchronous Motors</t>
   </si>
   <si>
+    <t>This policy defines mandatory minimum energy performance standards and efficiency grands for synchronous permanent magnet motors. It replaces GB 30253-2013.</t>
+  </si>
+  <si>
     <t>Motors</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>0013</t>
   </si>
   <si>
     <t>October 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30253-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E21E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
     <t>GB 30254-2013 Minimum allowable values of energy efficiency and the energy efficiency grades for cage three-phase high voltage induction motors</t>
   </si>
   <si>
+    <t>This policy covers cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
     <t>GB 755-2008; GB/T 1032-2012; GB 10068-2008; GB 10069.3-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30254-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-cage</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Television</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for television with size up to or equal to 177.8 cm (70 inch):
+(a) plasma;
+(b) liquid crystal display (LCD);
+(c) light emitting diode (LED);
+(d) cathode ray tube (CRT); and
+(e) any other display type with similar function</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS IEC 62301:2012; IEC 62301:2011
 ,   
                     MS IEC 62087-3:2017; IEC 62087-3:2015</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-television</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Television) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>Any display device that is designed for the primary purpose of showing television pictures and is supplied with a television tuner must meet the requirements set out in the relevant standards. This includes multifunction televisions and display devices supplied in modular form with an external television tuner.. All televisions excluding the following:</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-television-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2013L01500</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Three Phase Cage Induction Motors) Determination 2019</t>
   </si>
   <si>
+    <t>This Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c. with rated voltages up to 1100 V, alternating current (AC). NOTE: This range includes motors with ratings of 1 hp and 1 CV/PS (French/German or metric horsepower). MEPS does not apply to submersible motors, integral motor-gear systems, variable or multi-speed speed motors or those rated only for short duty cycles (IEC60034-2 duty rating S2).</t>
+  </si>
+  <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>AS 1359.102.1:1997 (Method B), AS 1359.102.3:2003 (Method A)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-three-phase-cage-induction-motors-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2019L00968</t>
+  </si>
+  <si>
     <t>Greenmark N60 - Televisions</t>
   </si>
   <si>
+    <t>Applies to television sets. The backlight module or unit of the products display panel shall not use mercury-containing lamps. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>CNS 14466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n60-televisions</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/60/160f6010-15b0-462d-aa1c-76ce4601ab35.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 1 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers single-phase induction motors with a rated output power of not more than 7.5 kW and a rated voltage of not more than 250 V and a frequency of 50 Hz. Excluded - submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications, and induction motors used in electric cars or vehicles.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>IEC 60034-2-1</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-1-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/6_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 3 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers three-phase squirrel-cage induction motors with rated output power from 0.73-185.0 kW and for a power supply with a frequency of 50-60 Hz, rated voltage of 380 V. It excludes submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, 3-Phase Motors</t>
   </si>
   <si>
     <t>TIS 867-2550 or IEC 60034-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-3-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/5_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Variable Speed Drive</t>
   </si>
   <si>
+    <t>This scheme covers variable speed drive for 2 types: 1. Motor speed adjustment device used for AC induction motors with a rated power output of more than 37.5 kW., and 2. Motor speed adjustment device used for AC induction motors with rated power output ranging from 0.37 to 37.5 kW (0.5 to 50 hp).</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, Variable Speed Drives</t>
   </si>
   <si>
     <t>IEC 61800-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-variable-speed-drive</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/4_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Single-phase induction motors</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-7</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>Three phase induction motors</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-3-phase-induction-motor</t>
   </si>
   <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Television Sets 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for television sets according to Department Circular No. 2020-06-0015. The policy applies to all television sets.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS IEC 62087
 ,   
                     PNS 378
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 290 of 7 July 2021</t>
   </si>
   <si>
+    <t>This policy specifies quality and conformity assessment requirements for 3-phase squirrel cage motor labeling.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR 17094-3:2018 / ABNT NBR 17094-1:2018</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-290-7-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-290-de-7-de-julho-de-2021-331319038</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 377 of 14 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for televisions.</t>
+  </si>
+  <si>
     <t>ABNT NBR IEC 60065:2009 / CISPR 32: 2012 / IEC PAS 62825:2013 / IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-377-14-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-377-de-14-de-setembro-de-2021-345136102</t>
+  </si>
+  <si>
     <t>INTE E13-1 2017</t>
   </si>
   <si>
+    <t>This standard establishes the associated nominal and minimum efficiency values; the test method for its evaluation; and the labeling specification of the nominal efficiency; on the motor data plate. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e13-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-1-2017-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-limites-de-eficiencia-2323?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-2 2018</t>
   </si>
   <si>
+    <t>This standard establishes the labeling requirements for the associated nominal and minimum efficiency values ??of the efficiency of alternating current; three-phase induction motors. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e13-2-2018</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-2-2018-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-etiquetado-2660?search=INTE+28</t>
+  </si>
+  <si>
     <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
   </si>
   <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISIRI 3772-1</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
   </si>
   <si>
+    <t>This policy covers all motors with 3 phase general purpose</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
   </si>
   <si>
     <t>JS 2094:2013 Technical Regulation on eco-design requirements for electric motors</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market and for putting into service of motors, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2094</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20942013-technical-regulation-eco-design-requirements-electric-motors</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5463</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>LI 2455 Energy Commission (Energy Efficiency Standards and Labelling) (Television Sets) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a television set or monitor, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to a rating plate or the equivalent of a rating plate, a digital display and signage, and or non-electric mains operated television or monitor.</t>
+  </si>
+  <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2455-energy-commission-energy-efficiency-standards-and-labelling-television-sets</t>
   </si>
   <si>
     <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
     <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
   </si>
   <si>
+    <t>Low-voltage single-phase inductive motor</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MELS for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy labeling scheme (MELS) requirements for televisions.</t>
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-televisions</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for televisions</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover televisions defined as a display device; designed for the primary purpose of showing television pictures; and supplied with a television tuner. This includes multifunction televisions and display devices supplied in modular form with an external television tuner. The E3 Programme is planning to undertake a review of the existing requirements for televisions and assess opportunities to make further energy efficiency gains</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2:2011</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-mepl-televisions</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/televisions/</t>
+  </si>
+  <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
     <t>MEPS for Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency percent shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-television</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-televisions-20242025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
+  </si>
+  <si>
+    <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
+    <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
+i) with rated output less than or equal to 0.73kW and less than 185kW; 
+ii) in 2- 4- 6- and 8-pole configurations; and 
+iii) with voltages rated up to 1100 V AC</t>
+  </si>
+  <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/3-phase-motor-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
+  </si>
+  <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Three-Phase Squirrel-Cage Induction Motors</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial low-voltage three-phase squirrel-cage induction motors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-low-voltage-three-phase-squirrel-cage-induction</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Television of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers televisions (CRT, LCD, Plasma, LED, or other technologies) that can operate with the power from the mains electricity supply.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Televisions</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-television-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048426</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Three-Phase Induction Motors, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a three-phase induction motor with rated output power and rated voltage not exceeding 1000 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-three-phase-induction-motors-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048418</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Variable Speed Drive, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a variable speed drive that is supplied to an AC electric motor. The scope includes 1. Applicable to one-phase or three-phase; 2. Applicable to an AC power supply with a frequency of 50 hertz or an increase or decrease from a frequency of 50 hertz by 5% and a rated voltage not exceeding 1,000 volts; 3. Harmonic quantity control shall be in accordance with IEC 61000-3-2 or IEC 61000-3-4 or equivalent standards; 4. It has a noise emission limit feature and the noise resistance complies with the IEC 61800-3 standard; 5. Withstand the sudden surge of current (surge) according to IEC 61800-3 standard; 6. Can be used with ambient temperature from 5 degrees Celsius; 7. Compatible with 85 percent relative humidity without condensation; and 8. It can be used in vibrating installation conditions as defined in IEC 61800-2.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-variable-speed-drive-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048428</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for 3-phase squirrel cage electric motors.</t>
+  </si>
+  <si>
     <t>ABNT NBR 17094-1 / ABNT NBR 5383-1 / ABNT NBR 5110 / ABNT NBR IEC 60034-5</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctimdic-ordinance-no-1-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_1-2017-motores-eletricos-trifasicos.pdf</t>
+  </si>
+  <si>
     <t>MS : 208 : 2012 Energy efficiency and labelling requirements-Television</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Television</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>MS 208</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-208-2012-energy-efficiency-and-labelling-requirements-television</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-682/</t>
+  </si>
+  <si>
     <t>National Regulator for Compulsory Specifications Act: Compulsory Specification for Efficiency Requirements of Electric Motors (VC 9113)</t>
   </si>
   <si>
+    <t>This compulsory specification will cover electric motors with the following parameters: 0.75kW-375kW motors, including those with variable speed drives, including 2, 4, 6, and 8 pole motors. The regulation specifies that electric motors meeting these requirements must have a minimum efficiency class of IE3 as specified in IEC 60034-30-1.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IEC 60034-30-1</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-regulator-compulsory-specifications-act-compulsory-specification-efficiency</t>
   </si>
   <si>
+    <t>https://www.gov.za/documents/notices/national-regulator-compulsory-specifications-act-compulsory-specification-85</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
+    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-016-ENER-2025, Energy efficiency of three-phase, induction, squirrel-cage AC motors, rated power 0.746 kW to 373 kW</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum energy efficiency values, the test method, the marking requirements and the conformity assessment procedure, applicable to alternating current, three-phase, induction, squirrel-cage (asynchronous) electric motors, with a nominal power of 0.746 kW to 373 kW, with 2, 4, 6 or 8 poles, with at least one marked nominal electrical voltage of up to 600 V, 50 Hz and 60 Hz, open or closed, with a single rotation frequency (rotation speed on the motor shaft or arrow), with a horizontal or vertical mounting position, air-cooled and continuous operation.</t>
   </si>
   <si>
     <t>NMX-J-075/1-1994-ANCE
 ,   
                     NMX-J-075/2-1994-ANCE
 ,   
                     NMX-J-075/3-1994-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-016-ener-2025-energy-efficiency-three-phase-induction-squirrel-cage-ac-motors-rated</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9514/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>NTON 10 007-08 Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW, nominal electric voltage up to 600 V, 60 Hz, horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-007-08-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=6C4B075C6CA9A6D7062577200053D073&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Pakistan Energy Label for Motors</t>
   </si>
   <si>
+    <t>This regulation establishes Minimum Energy Performance standards for electric motor efficiency and requires compliance with a star rating system. The regulation applies to the import and offer for sale of three-phase squirrel cage induction motors designed to operate at 50 Hz or 60 Hz with:
+a) a rated output power greater than or equal to 0.12 kW and less than or equal to 1,000 kW; and 
+b) a rated voltage of up to 1000 volts alternating current; and
+c) 2, 4, 6 or 8 poles; and
+d) a continuous duty rating.
+The regulation also applies to the import and offer for sale of single-phase squirrel cage induction motors of all types designed to operate at 50 Hz or 60 Hz with a rated output power greater than or equal to 0.12 kW.</t>
+  </si>
+  <si>
     <t>ISO/IEC 17025, IEC 60034-1 ED. 13.0, IEC 60034-2-1 Ed. 2.0 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-label-motors</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO412(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>PNS 2098-1:2013 - Audio video and related equipment - Energy efficiency factor (EEF) and labeling requirements - Part 1: Television set</t>
   </si>
   <si>
+    <t>This labeling program covers television sets and computer monitors with built-in tuner with screen size up to 1520 mm directly connected to the mains.</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>PNS 387</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2098-12013-audio-video-and-related-equipment-energy-efficiency-factor-eef-and-labeling</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202098-1-2013-tv.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Electric Motors</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electric motors.</t>
+  </si>
+  <si>
     <t>NBR 17094 NBR 5383-1 NBR 5110 e NBR ISO 60034-5</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-electric-motors</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Procel Seal - Televisions</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for televisions.</t>
+  </si>
+  <si>
     <t>IEC 60065 Ed. 7.1 2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-televisions</t>
   </si>
   <si>
     <t>Provision 219/2015</t>
   </si>
   <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62411 / IRAM 62301</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-2192015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-2302015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy-0</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Requirements on Energy Efficiency and the Inspection of Low-Voltage Three-Phase Squirrel-Cage Induction Motors --including as a component of the specified equipment</t>
   </si>
   <si>
+    <t>The low-voltage three-phase squirrel-cage induction motor set in this announcement covers goods in compliance with Clause 14400 of Chinese National Standards; with a rated output power from 0.75kW|1HP to 200kW|270HP or which are subjected to inspection by the Central Competent Authority.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/requirements-energy-efficiency-and-inspection-low-voltage-three-phase-squirrel-cage</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_upload/gen/law/7/file1/Requirements%20on%20Energy%20Efficiency%20and%20the%20Inspection%20of%20Low-Voltage%20Three-Phase%20Squirrel-Cage%20Induction%20Motors%20(including%20as%20a%20component%20of%20the%20specified%20equip</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 7 - Labeling for Televisions</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for televisions.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-7-labeling-televisions</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100326</t>
+  </si>
+  <si>
     <t>RTS 29.01.01:15: Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW.</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-29010115-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated-output</t>
   </si>
   <si>
+    <t>https://osartec.gob.sv/?p=5614</t>
+  </si>
+  <si>
     <t>SASO IEC 60034-30:2013</t>
   </si>
   <si>
+    <t>This part of IEC 60034 specifies efficiency classes for single-speed; three-phase; 50 Hz and 60 Hz cage-induction motors</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>SASO IEC 60034-2-1</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-iec-60034-302013</t>
   </si>
   <si>
+    <t>http://www.saso.gov.sa/en/mediacenter/events/Pages/saso_events_127.aspx</t>
+  </si>
+  <si>
     <t>Schedule 26 - Ultra-High Definition Televisions (UHD TV)</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labelling program for Ultra-High Definition (UHD) televisions of Liquid Crystal Display with LED backlighting, OLED displays, QLED displays, Micro-LED displays, that may be utilised to make and sell UHD televisions in the Indian market having native resolution of 3,840 x 2,160 pixels (4K) and 7,680 x 4,320 pixels (8K) which can be powered only by an external power supply at a voltage not exceeding 250 V ac, 50 Hz being manufactured, imported and commercially purchased or sold in India.</t>
+  </si>
+  <si>
     <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
   </si>
   <si>
     <t>Schedule 6 - Induction Motors</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for 3 phase squirrel cage induction motor in 2 Pole, 4 Pole and 6 Pole of ratings up to 375 kW for continuous duty (S1) operation, suitable for voltage and frequency variation as per IS 12615:2011</t>
+  </si>
+  <si>
     <t>IS 12615:2011, IS IEC 60034-2-1, IS 15999:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-6-induction-motors</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule6-InductionMotors.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4101 - Three Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three-phase induction motors, open and closed, general purpose, for use in hazardous areas (explosion proof) horizontal and vertical, squirrel cage in powers of 0.746 to 373kW (1 to 500HP), 2 to 8 poles, with nominal voltage up to 600 Volts, 60 Hertz, of NEMA design A or B.</t>
+  </si>
+  <si>
     <t>NOM-016-ENER / NEMA-MG-1 / IEEE Std. 112 / CSA-C390 / NOM-008-SCFI / NOM-024-SCFI / IEEE STD 841</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4101-three-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4101_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4114 - Single Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase induction motors, open and closed, AC, induction type squirrel cage in powers of 0.180 (1/4HP) to 1.500kW (2HP), 2, 4 and 6 poles, split-phase or capacitor start with nominal voltage of 115, 127 and 200 to 240V, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / NMX-J-075/1 / NMX-J-075/3 / NOM-008-SCFI / NEMA-MG-1 / IEEE Std. 114 / CSA-C390-14 / CSA C22.2 100 / CSA-C-747 / IEC 34 PT-1 / IEC 34 PT-2 / JIS-4203 / NEMA MG 11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4114-single-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4114_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4147</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for fractional induction motors from 38W to 180W and sub-fractional motors from 2W to 37.5W, with nominal voltage 115V to 240V at 60Hz, 1, 2 or 3 phases.</t>
+  </si>
+  <si>
     <t>NOM-014 ENER</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4147</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4151 - Three Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three phase cycloidal gear motors, with electrical power in fractional induction motors from 0.093kW to 0.559kW, and three phase induction motors from 0.746kW to 1492kW, reduction ratios from 2:1 to 7569:1, with nominal voltages 220, 208-230/460 and 460V, with a frequency of 60 Hertz, vertical or horizontal mounting, single or double reduction.</t>
+  </si>
+  <si>
     <t>NOM-016-ENER / CSA-C747-94 / UL 1004 / IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4151-three-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4151_01_2.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4168 - Single Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single phase cycloidal gear motors with reduction ratios from 6:1 to 87:1, with electrical power in single-phase induction motors from 0.093 kW to 0.746kW, with nominal voltages 115V and 127V, with a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / CSA-C747 / UL 1004 / IEC 60034-5 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4168-single-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4168_01_2.pdf</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Televisions Sets</t>
   </si>
   <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-televisions-sets</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
+    <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>TCVN 7540-1:2013 Three-phase asynchronous squirrel-cage electrical motors - Part 1: energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS for three-phase asynchronous squirrel-cage electrical motors.</t>
+  </si>
+  <si>
     <t>TCVN 7540-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-7540-12013-three-phase-asynchronous-squirrel-cage-electrical-motors-part-1-energy</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7540-2013-dong-co-dien-khong-dong-bo-ba-pha-roto-long-soc-phan-1-hieu-suat</t>
+  </si>
+  <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
+It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
+It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
+It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
+  </si>
+  <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Motors TGL-15-98</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to three-phase induction motors which have a rated output and a voltage not exceeding 375 kW or 500 horsepower and 1,000 volts, respectively.</t>
   </si>
   <si>
     <t>TIS 867
 ,   
                     IEEE-112 (test method B)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-motors-tgl-15-98</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-15-98.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Televisions TGL-34-R1-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to a television set that is powered by the mains power and is a device that serves to receive displays images and sounds transmission (e.g. analogue or digital), with display methods such as Liquid Crystal Display (LCD), Plasma Display Panel (PDP), Light-emitting-diode (LED), or LED-backdrop LCD or Organic Light-Emitting Devices (OLED), excluding Cathode Ray Tube (CRT) display systems and battery-operated portable television set.</t>
+  </si>
+  <si>
     <t>TIS 1195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-televisions-tgl-34-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-34-R1-12.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Electric Motors and Variable Speed Drives</t>
   </si>
   <si>
+    <t>This Policy applies to:
+(a) induction electric motors without brushes, commutators, slip rings or electrical connections to the rotor, which are rated for operation on a 50 Hz, 60 Hz or 50/60 Hz sinusoidal voltage and—
+(i) have two, four, six or eight poles;
+(ii) have a rated voltage (“UN”) above 50 V and up to and including 1,000 V;
+(iii) have a rated power output (“PN”) from 0.12 kilowatts (kW) up to and including 1,000 kW;
+(iv) are rated on the basis of continuous duty operation; and
+(v) are rated for direct on-line operation;
+(b) variable speed drives with 3 phase input which:
+(i) are rated for operating with a motor falling within sub-paragraph (a), within the 0.12 kW-1,000 kW motor rated output range;
+(ii) have a rated voltage above 100 V and up to and including 1,000 V AC; and
+(iii) have only one AC voltage output.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-electric-motors</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Kenya Bureau of Standards (KEBS)</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>TIS 867-2550 (2007) Three-Phase Induction Motor: Minimum Efficiency</t>
   </si>
   <si>
+    <t>This standard defines the minimum efficiency requirements of squirrel cage rotor three-phase induction motors with an output power ranging from 0.73 kW to less than 185 kW and a nominal voltage that does not exceed 1000 Volts.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-867-2550-2007-three-phase-induction-motor-minimum-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2550/E/073/8.PDF</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>EC 1062-2010</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/TELEV%C4%B0ZYONLARIN%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
+    <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
   </si>
   <si>
+    <t>https://www.tuvsud.com/en/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-11-2019/uae-mandatory-standard-for-tv-energy-efficiency-labelling-in-force</t>
+  </si>
+  <si>
     <t>US 905-1:2011 Rotating electrical machines - General requirements - Part 1: Three phase cage induction motors - High efficiency and Minimum Energy Performance Standards requirement</t>
   </si>
   <si>
+    <t>This Uganda Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-905-12011-rotating-electrical-machines-general-requirements-part-1-three-phase-cage</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1760&amp;preview</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2137,6015 +2979,6856 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N140"/>
+  <dimension ref="A1:P140"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="209.949" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="356.199" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1994</v>
+      </c>
+      <c r="I2">
+        <v>2023</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1980</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4">
+        <v>2018</v>
+      </c>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>39</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>55</v>
+      </c>
+      <c r="H5">
+        <v>2018</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1979</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>56</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N6" t="s">
+        <v>39</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>70</v>
+      </c>
+      <c r="D7" t="s">
+        <v>71</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1986</v>
+      </c>
+      <c r="I7">
+        <v>2006</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>72</v>
+      </c>
+      <c r="N7" t="s">
+        <v>39</v>
+      </c>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D8" t="s">
+        <v>78</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>79</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>35</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>80</v>
+      </c>
+      <c r="N8" t="s">
+        <v>39</v>
+      </c>
+      <c r="O8" t="s">
+        <v>81</v>
+      </c>
+      <c r="P8" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>83</v>
+      </c>
+      <c r="B9" t="s">
+        <v>84</v>
+      </c>
+      <c r="C9" t="s">
+        <v>85</v>
+      </c>
+      <c r="D9" t="s">
+        <v>71</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>79</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>86</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>87</v>
+      </c>
+      <c r="M9" t="s">
+        <v>88</v>
+      </c>
+      <c r="N9" t="s">
+        <v>39</v>
+      </c>
+      <c r="O9" t="s">
+        <v>89</v>
+      </c>
+      <c r="P9" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>91</v>
+      </c>
+      <c r="B10" t="s">
+        <v>92</v>
+      </c>
+      <c r="C10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D10" t="s">
+        <v>93</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>79</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>86</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>87</v>
+      </c>
+      <c r="M10" t="s">
+        <v>88</v>
+      </c>
+      <c r="N10" t="s">
+        <v>39</v>
+      </c>
+      <c r="O10" t="s">
+        <v>94</v>
+      </c>
+      <c r="P10" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>96</v>
+      </c>
+      <c r="B11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" t="s">
+        <v>85</v>
+      </c>
+      <c r="D11" t="s">
+        <v>45</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11">
+        <v>2021</v>
+      </c>
+      <c r="J11" t="s">
+        <v>56</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>98</v>
+      </c>
+      <c r="M11" t="s">
+        <v>99</v>
+      </c>
+      <c r="N11" t="s">
+        <v>39</v>
+      </c>
+      <c r="O11" t="s">
+        <v>100</v>
+      </c>
+      <c r="P11" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>102</v>
+      </c>
+      <c r="B12" t="s">
+        <v>103</v>
+      </c>
+      <c r="C12" t="s">
+        <v>85</v>
+      </c>
+      <c r="D12" t="s">
+        <v>71</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
+        <v>86</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>104</v>
+      </c>
+      <c r="M12" t="s">
+        <v>88</v>
+      </c>
+      <c r="N12" t="s">
+        <v>39</v>
+      </c>
+      <c r="O12" t="s">
+        <v>105</v>
+      </c>
+      <c r="P12" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>107</v>
+      </c>
+      <c r="B13" t="s">
+        <v>108</v>
+      </c>
+      <c r="C13" t="s">
+        <v>85</v>
+      </c>
+      <c r="D13" t="s">
+        <v>45</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2011</v>
+      </c>
+      <c r="I13">
+        <v>2013</v>
+      </c>
+      <c r="J13" t="s">
+        <v>109</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>98</v>
+      </c>
+      <c r="M13" t="s">
+        <v>88</v>
+      </c>
+      <c r="N13" t="s">
+        <v>39</v>
+      </c>
+      <c r="O13" t="s">
+        <v>110</v>
+      </c>
+      <c r="P13" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>112</v>
+      </c>
+      <c r="B14" t="s">
+        <v>113</v>
+      </c>
+      <c r="C14" t="s">
+        <v>44</v>
+      </c>
+      <c r="D14" t="s">
+        <v>114</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2010</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>115</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>116</v>
+      </c>
+      <c r="M14" t="s">
+        <v>117</v>
+      </c>
+      <c r="N14" t="s">
+        <v>39</v>
+      </c>
+      <c r="O14" t="s">
+        <v>118</v>
+      </c>
+      <c r="P14" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>112</v>
+      </c>
+      <c r="B15" t="s">
+        <v>120</v>
+      </c>
+      <c r="C15" t="s">
+        <v>121</v>
+      </c>
+      <c r="D15" t="s">
+        <v>114</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2010</v>
+      </c>
+      <c r="I15">
+        <v>2019</v>
+      </c>
+      <c r="J15" t="s">
+        <v>122</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>116</v>
+      </c>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>39</v>
+      </c>
+      <c r="O15" t="s">
+        <v>123</v>
+      </c>
+      <c r="P15" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>125</v>
+      </c>
+      <c r="B16" t="s">
+        <v>126</v>
+      </c>
+      <c r="C16" t="s">
+        <v>44</v>
+      </c>
+      <c r="D16" t="s">
+        <v>127</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16">
+        <v>2019</v>
+      </c>
+      <c r="J16" t="s">
+        <v>115</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>117</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>128</v>
+      </c>
+      <c r="P16" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>130</v>
+      </c>
+      <c r="B17" t="s">
+        <v>131</v>
+      </c>
+      <c r="C17" t="s">
+        <v>44</v>
+      </c>
+      <c r="D17" t="s">
+        <v>114</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17">
+        <v>2019</v>
+      </c>
+      <c r="J17" t="s">
+        <v>115</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>117</v>
+      </c>
+      <c r="N17" t="s">
+        <v>39</v>
+      </c>
+      <c r="O17" t="s">
+        <v>132</v>
+      </c>
+      <c r="P17" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>134</v>
+      </c>
+      <c r="B18" t="s">
+        <v>135</v>
+      </c>
+      <c r="C18" t="s">
+        <v>121</v>
+      </c>
+      <c r="D18" t="s">
+        <v>136</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>79</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18"/>
+      <c r="N18" t="s">
+        <v>39</v>
+      </c>
+      <c r="O18" t="s">
+        <v>137</v>
+      </c>
+      <c r="P18" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>134</v>
+      </c>
+      <c r="B19" t="s">
+        <v>139</v>
+      </c>
+      <c r="C19" t="s">
+        <v>44</v>
+      </c>
+      <c r="D19" t="s">
+        <v>136</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J19" t="s">
+        <v>115</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>117</v>
+      </c>
+      <c r="N19" t="s">
+        <v>39</v>
+      </c>
+      <c r="O19" t="s">
+        <v>140</v>
+      </c>
+      <c r="P19" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>142</v>
+      </c>
+      <c r="B20" t="s">
+        <v>143</v>
+      </c>
+      <c r="C20" t="s">
+        <v>85</v>
+      </c>
+      <c r="D20" t="s">
+        <v>45</v>
+      </c>
+      <c r="E20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F20" t="s">
+        <v>46</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2002</v>
+      </c>
+      <c r="I20">
+        <v>2013</v>
+      </c>
+      <c r="J20" t="s">
+        <v>144</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>98</v>
+      </c>
+      <c r="M20" t="s">
+        <v>145</v>
+      </c>
+      <c r="N20" t="s">
+        <v>39</v>
+      </c>
+      <c r="O20" t="s">
+        <v>146</v>
+      </c>
+      <c r="P20" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>148</v>
+      </c>
+      <c r="B21" t="s">
+        <v>149</v>
+      </c>
+      <c r="C21" t="s">
+        <v>85</v>
+      </c>
+      <c r="D21" t="s">
+        <v>150</v>
+      </c>
+      <c r="E21" t="s">
+        <v>33</v>
+      </c>
+      <c r="F21" t="s">
+        <v>46</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2002</v>
+      </c>
+      <c r="I21">
+        <v>2021</v>
+      </c>
+      <c r="J21" t="s">
+        <v>56</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>151</v>
+      </c>
+      <c r="M21" t="s">
+        <v>152</v>
+      </c>
+      <c r="N21" t="s">
+        <v>39</v>
+      </c>
+      <c r="O21" t="s">
+        <v>153</v>
+      </c>
+      <c r="P21" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>155</v>
+      </c>
+      <c r="B22" t="s">
+        <v>156</v>
+      </c>
+      <c r="C22" t="s">
+        <v>85</v>
+      </c>
+      <c r="D22" t="s">
+        <v>71</v>
+      </c>
+      <c r="E22" t="s">
+        <v>33</v>
+      </c>
+      <c r="F22" t="s">
+        <v>46</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2001</v>
+      </c>
+      <c r="I22">
+        <v>2021</v>
+      </c>
+      <c r="J22" t="s">
+        <v>86</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>157</v>
+      </c>
+      <c r="M22" t="s">
+        <v>145</v>
+      </c>
+      <c r="N22" t="s">
+        <v>39</v>
+      </c>
+      <c r="O22" t="s">
+        <v>158</v>
+      </c>
+      <c r="P22" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>160</v>
+      </c>
+      <c r="B23" t="s">
+        <v>161</v>
+      </c>
+      <c r="C23" t="s">
+        <v>85</v>
+      </c>
+      <c r="D23" t="s">
+        <v>71</v>
+      </c>
+      <c r="E23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F23" t="s">
+        <v>46</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2001</v>
+      </c>
+      <c r="I23">
+        <v>2014</v>
+      </c>
+      <c r="J23" t="s">
+        <v>144</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>162</v>
+      </c>
+      <c r="M23" t="s">
+        <v>145</v>
+      </c>
+      <c r="N23" t="s">
+        <v>39</v>
+      </c>
+      <c r="O23" t="s">
+        <v>163</v>
+      </c>
+      <c r="P23" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>165</v>
+      </c>
+      <c r="B24" t="s">
+        <v>166</v>
+      </c>
+      <c r="C24" t="s">
+        <v>85</v>
+      </c>
+      <c r="D24" t="s">
+        <v>71</v>
+      </c>
+      <c r="E24" t="s">
+        <v>33</v>
+      </c>
+      <c r="F24" t="s">
+        <v>46</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2001</v>
+      </c>
+      <c r="I24">
+        <v>2018</v>
+      </c>
+      <c r="J24" t="s">
+        <v>144</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>167</v>
+      </c>
+      <c r="M24" t="s">
+        <v>145</v>
+      </c>
+      <c r="N24" t="s">
+        <v>39</v>
+      </c>
+      <c r="O24" t="s">
+        <v>168</v>
+      </c>
+      <c r="P24" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>170</v>
+      </c>
+      <c r="B25" t="s">
+        <v>171</v>
+      </c>
+      <c r="C25" t="s">
+        <v>85</v>
+      </c>
+      <c r="D25" t="s">
+        <v>93</v>
+      </c>
+      <c r="E25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F25" t="s">
+        <v>46</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2002</v>
+      </c>
+      <c r="I25">
+        <v>2009</v>
+      </c>
+      <c r="J25" t="s">
+        <v>144</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>172</v>
+      </c>
+      <c r="M25" t="s">
+        <v>145</v>
+      </c>
+      <c r="N25" t="s">
+        <v>39</v>
+      </c>
+      <c r="O25" t="s">
+        <v>173</v>
+      </c>
+      <c r="P25" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>175</v>
+      </c>
+      <c r="B26" t="s">
+        <v>176</v>
+      </c>
+      <c r="C26" t="s">
+        <v>177</v>
+      </c>
+      <c r="D26" t="s">
+        <v>178</v>
+      </c>
+      <c r="E26" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F26" t="s">
+        <v>179</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2011</v>
+      </c>
+      <c r="I26">
+        <v>2023</v>
+      </c>
+      <c r="J26" t="s">
+        <v>180</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>181</v>
+      </c>
+      <c r="N26" t="s">
+        <v>39</v>
+      </c>
+      <c r="O26" t="s">
+        <v>182</v>
+      </c>
+      <c r="P26" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>184</v>
+      </c>
+      <c r="B27" t="s">
+        <v>185</v>
+      </c>
+      <c r="C27" t="s">
+        <v>186</v>
+      </c>
+      <c r="D27" t="s">
+        <v>187</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...46 lines deleted...]
-      <c r="L3" t="s">
+      <c r="G27" t="s">
+        <v>79</v>
+      </c>
+      <c r="H27">
+        <v>2020</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>180</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>188</v>
+      </c>
+      <c r="N27" t="s">
+        <v>39</v>
+      </c>
+      <c r="O27" t="s">
+        <v>189</v>
+      </c>
+      <c r="P27" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>191</v>
+      </c>
+      <c r="B28" t="s">
+        <v>192</v>
+      </c>
+      <c r="C28" t="s">
+        <v>193</v>
+      </c>
+      <c r="D28" t="s">
+        <v>93</v>
+      </c>
+      <c r="E28" t="s">
+        <v>194</v>
+      </c>
+      <c r="F28" t="s">
+        <v>195</v>
+      </c>
+      <c r="G28" t="s">
+        <v>196</v>
+      </c>
+      <c r="H28"/>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>56</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>197</v>
+      </c>
+      <c r="N28" t="s">
+        <v>39</v>
+      </c>
+      <c r="O28" t="s">
+        <v>198</v>
+      </c>
+      <c r="P28" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>200</v>
+      </c>
+      <c r="B29" t="s">
+        <v>201</v>
+      </c>
+      <c r="C29" t="s">
+        <v>193</v>
+      </c>
+      <c r="D29" t="s">
+        <v>45</v>
+      </c>
+      <c r="E29" t="s">
+        <v>194</v>
+      </c>
+      <c r="F29" t="s">
+        <v>195</v>
+      </c>
+      <c r="G29" t="s">
+        <v>196</v>
+      </c>
+      <c r="H29"/>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>56</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>202</v>
+      </c>
+      <c r="M29" t="s">
+        <v>197</v>
+      </c>
+      <c r="N29" t="s">
+        <v>39</v>
+      </c>
+      <c r="O29" t="s">
+        <v>203</v>
+      </c>
+      <c r="P29" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>204</v>
+      </c>
+      <c r="B30" t="s">
+        <v>205</v>
+      </c>
+      <c r="C30" t="s">
+        <v>70</v>
+      </c>
+      <c r="D30" t="s">
+        <v>71</v>
+      </c>
+      <c r="E30" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
+      <c r="F30" t="s">
         <v>34</v>
       </c>
-      <c r="N3" t="s">
-[...31 lines deleted...]
-      <c r="J4" t="s">
+      <c r="G30" t="s">
+        <v>196</v>
+      </c>
+      <c r="H30"/>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>206</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>207</v>
+      </c>
+      <c r="M30" t="s">
+        <v>72</v>
+      </c>
+      <c r="N30" t="s">
+        <v>39</v>
+      </c>
+      <c r="O30" t="s">
+        <v>208</v>
+      </c>
+      <c r="P30" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>210</v>
+      </c>
+      <c r="B31" t="s">
+        <v>211</v>
+      </c>
+      <c r="C31" t="s">
+        <v>212</v>
+      </c>
+      <c r="D31" t="s">
+        <v>213</v>
+      </c>
+      <c r="E31" t="s">
+        <v>33</v>
+      </c>
+      <c r="F31" t="s">
+        <v>34</v>
+      </c>
+      <c r="G31" t="s">
+        <v>196</v>
+      </c>
+      <c r="H31"/>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>214</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>215</v>
+      </c>
+      <c r="N31" t="s">
+        <v>39</v>
+      </c>
+      <c r="O31" t="s">
+        <v>216</v>
+      </c>
+      <c r="P31" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>218</v>
+      </c>
+      <c r="B32" t="s">
+        <v>219</v>
+      </c>
+      <c r="C32" t="s">
+        <v>220</v>
+      </c>
+      <c r="D32" t="s">
+        <v>221</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...5 lines deleted...]
-      <c r="M4" t="s">
+      <c r="G32" t="s">
+        <v>196</v>
+      </c>
+      <c r="H32"/>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>222</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>223</v>
+      </c>
+      <c r="N32" t="s">
+        <v>224</v>
+      </c>
+      <c r="O32" t="s">
+        <v>225</v>
+      </c>
+      <c r="P32" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>227</v>
+      </c>
+      <c r="B33" t="s">
+        <v>228</v>
+      </c>
+      <c r="C33" t="s">
+        <v>70</v>
+      </c>
+      <c r="D33" t="s">
+        <v>45</v>
+      </c>
+      <c r="E33" t="s">
+        <v>33</v>
+      </c>
+      <c r="F33" t="s">
         <v>34</v>
       </c>
-      <c r="N4" t="s">
-[...7 lines deleted...]
-      <c r="B5" t="s">
+      <c r="G33" t="s">
+        <v>196</v>
+      </c>
+      <c r="H33"/>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>206</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>229</v>
+      </c>
+      <c r="M33" t="s">
+        <v>72</v>
+      </c>
+      <c r="N33" t="s">
+        <v>39</v>
+      </c>
+      <c r="O33" t="s">
+        <v>230</v>
+      </c>
+      <c r="P33" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>231</v>
+      </c>
+      <c r="B34" t="s">
+        <v>232</v>
+      </c>
+      <c r="C34" t="s">
+        <v>233</v>
+      </c>
+      <c r="D34" t="s">
         <v>45</v>
       </c>
-      <c r="C5" t="s">
-[...1216 lines deleted...]
-      </c>
       <c r="E34" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="F34" t="s">
         <v>46</v>
       </c>
-      <c r="G34">
+      <c r="G34" t="s">
+        <v>79</v>
+      </c>
+      <c r="H34">
         <v>2008</v>
       </c>
-      <c r="H34"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I34"/>
       <c r="J34" t="s">
+        <v>234</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>235</v>
+      </c>
+      <c r="N34" t="s">
+        <v>39</v>
+      </c>
+      <c r="O34" t="s">
+        <v>236</v>
+      </c>
+      <c r="P34" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>238</v>
+      </c>
+      <c r="B35" t="s">
+        <v>238</v>
+      </c>
+      <c r="C35" t="s">
+        <v>239</v>
+      </c>
+      <c r="D35" t="s">
+        <v>240</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
         <v>21</v>
       </c>
-      <c r="K34"/>
-[...3 lines deleted...]
-      <c r="M34" t="s">
+      <c r="G35" t="s">
+        <v>79</v>
+      </c>
+      <c r="H35">
+        <v>2020</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>241</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>242</v>
+      </c>
+      <c r="N35" t="s">
+        <v>39</v>
+      </c>
+      <c r="O35" t="s">
+        <v>243</v>
+      </c>
+      <c r="P35" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>245</v>
+      </c>
+      <c r="B36" t="s">
+        <v>246</v>
+      </c>
+      <c r="C36" t="s">
+        <v>247</v>
+      </c>
+      <c r="D36" t="s">
+        <v>248</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>195</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36"/>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>56</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>249</v>
+      </c>
+      <c r="M36" t="s">
+        <v>250</v>
+      </c>
+      <c r="N36" t="s">
+        <v>39</v>
+      </c>
+      <c r="O36" t="s">
+        <v>251</v>
+      </c>
+      <c r="P36" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>253</v>
+      </c>
+      <c r="B37" t="s">
+        <v>254</v>
+      </c>
+      <c r="C37" t="s">
+        <v>255</v>
+      </c>
+      <c r="D37" t="s">
+        <v>45</v>
+      </c>
+      <c r="E37" t="s">
+        <v>33</v>
+      </c>
+      <c r="F37" t="s">
+        <v>46</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2002</v>
+      </c>
+      <c r="I37">
+        <v>2015</v>
+      </c>
+      <c r="J37" t="s">
+        <v>256</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>257</v>
+      </c>
+      <c r="M37" t="s">
+        <v>258</v>
+      </c>
+      <c r="N37" t="s">
+        <v>39</v>
+      </c>
+      <c r="O37" t="s">
+        <v>259</v>
+      </c>
+      <c r="P37" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>261</v>
+      </c>
+      <c r="B38" t="s">
+        <v>262</v>
+      </c>
+      <c r="C38" t="s">
+        <v>233</v>
+      </c>
+      <c r="D38" t="s">
+        <v>45</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
         <v>34</v>
       </c>
-      <c r="N34" t="s">
-[...147 lines deleted...]
-        <v>2012</v>
+      <c r="G38" t="s">
+        <v>22</v>
       </c>
       <c r="H38">
         <v>2012</v>
       </c>
-      <c r="I38" t="s">
-        <v>168</v>
+      <c r="I38">
+        <v>2012</v>
       </c>
       <c r="J38" t="s">
+        <v>234</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>235</v>
+      </c>
+      <c r="N38" t="s">
+        <v>39</v>
+      </c>
+      <c r="O38" t="s">
+        <v>263</v>
+      </c>
+      <c r="P38" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>265</v>
+      </c>
+      <c r="B39" t="s">
+        <v>266</v>
+      </c>
+      <c r="C39" t="s">
+        <v>267</v>
+      </c>
+      <c r="D39" t="s">
+        <v>45</v>
+      </c>
+      <c r="E39" t="s">
+        <v>33</v>
+      </c>
+      <c r="F39" t="s">
+        <v>34</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2014</v>
+      </c>
+      <c r="I39">
+        <v>2019</v>
+      </c>
+      <c r="J39" t="s">
+        <v>268</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>269</v>
+      </c>
+      <c r="M39" t="s">
+        <v>270</v>
+      </c>
+      <c r="N39" t="s">
+        <v>39</v>
+      </c>
+      <c r="O39" t="s">
+        <v>271</v>
+      </c>
+      <c r="P39" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>273</v>
+      </c>
+      <c r="B40" t="s">
+        <v>274</v>
+      </c>
+      <c r="C40" t="s">
+        <v>275</v>
+      </c>
+      <c r="D40" t="s">
+        <v>45</v>
+      </c>
+      <c r="E40" t="s">
+        <v>33</v>
+      </c>
+      <c r="F40" t="s">
+        <v>46</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2003</v>
+      </c>
+      <c r="I40">
+        <v>2022</v>
+      </c>
+      <c r="J40" t="s">
+        <v>56</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>276</v>
+      </c>
+      <c r="M40" t="s">
+        <v>277</v>
+      </c>
+      <c r="N40" t="s">
+        <v>39</v>
+      </c>
+      <c r="O40" t="s">
+        <v>278</v>
+      </c>
+      <c r="P40" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>280</v>
+      </c>
+      <c r="B41" t="s">
+        <v>281</v>
+      </c>
+      <c r="C41" t="s">
+        <v>85</v>
+      </c>
+      <c r="D41" t="s">
+        <v>71</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
         <v>21</v>
       </c>
-      <c r="K38"/>
-[...3 lines deleted...]
-      <c r="M38" t="s">
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2018</v>
+      </c>
+      <c r="I41">
+        <v>2024</v>
+      </c>
+      <c r="J41" t="s">
+        <v>282</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>145</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>283</v>
+      </c>
+      <c r="P41" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>285</v>
+      </c>
+      <c r="B42" t="s">
+        <v>286</v>
+      </c>
+      <c r="C42" t="s">
+        <v>287</v>
+      </c>
+      <c r="D42" t="s">
+        <v>45</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>195</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2009</v>
+      </c>
+      <c r="I42">
+        <v>2024</v>
+      </c>
+      <c r="J42" t="s">
+        <v>282</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>288</v>
+      </c>
+      <c r="M42" t="s">
+        <v>289</v>
+      </c>
+      <c r="N42" t="s">
+        <v>39</v>
+      </c>
+      <c r="O42" t="s">
+        <v>290</v>
+      </c>
+      <c r="P42" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>292</v>
+      </c>
+      <c r="B43" t="s">
+        <v>293</v>
+      </c>
+      <c r="C43" t="s">
+        <v>287</v>
+      </c>
+      <c r="D43" t="s">
+        <v>45</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>195</v>
+      </c>
+      <c r="G43" t="s">
+        <v>79</v>
+      </c>
+      <c r="H43">
+        <v>2023</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>294</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>295</v>
+      </c>
+      <c r="M43" t="s">
+        <v>289</v>
+      </c>
+      <c r="N43" t="s">
+        <v>39</v>
+      </c>
+      <c r="O43" t="s">
+        <v>296</v>
+      </c>
+      <c r="P43" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>298</v>
+      </c>
+      <c r="B44" t="s">
+        <v>299</v>
+      </c>
+      <c r="C44" t="s">
+        <v>300</v>
+      </c>
+      <c r="D44" t="s">
+        <v>301</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>195</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2016</v>
+      </c>
+      <c r="I44">
+        <v>2019</v>
+      </c>
+      <c r="J44" t="s">
+        <v>56</v>
+      </c>
+      <c r="K44" t="s">
+        <v>36</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>302</v>
+      </c>
+      <c r="N44" t="s">
+        <v>39</v>
+      </c>
+      <c r="O44" t="s">
+        <v>303</v>
+      </c>
+      <c r="P44" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>305</v>
+      </c>
+      <c r="B45" t="s">
+        <v>306</v>
+      </c>
+      <c r="C45" t="s">
+        <v>307</v>
+      </c>
+      <c r="D45" t="s">
+        <v>71</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>195</v>
+      </c>
+      <c r="G45" t="s">
+        <v>79</v>
+      </c>
+      <c r="H45">
+        <v>2006</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>56</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>308</v>
+      </c>
+      <c r="N45" t="s">
+        <v>39</v>
+      </c>
+      <c r="O45" t="s">
+        <v>309</v>
+      </c>
+      <c r="P45" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>311</v>
+      </c>
+      <c r="B46" t="s">
+        <v>312</v>
+      </c>
+      <c r="C46" t="s">
+        <v>313</v>
+      </c>
+      <c r="D46" t="s">
+        <v>45</v>
+      </c>
+      <c r="E46" t="s">
+        <v>33</v>
+      </c>
+      <c r="F46" t="s">
+        <v>46</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>1998</v>
+      </c>
+      <c r="I46">
+        <v>2019</v>
+      </c>
+      <c r="J46" t="s">
+        <v>144</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>314</v>
+      </c>
+      <c r="M46" t="s">
+        <v>315</v>
+      </c>
+      <c r="N46" t="s">
+        <v>39</v>
+      </c>
+      <c r="O46" t="s">
+        <v>316</v>
+      </c>
+      <c r="P46" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>318</v>
+      </c>
+      <c r="B47" t="s">
+        <v>319</v>
+      </c>
+      <c r="C47" t="s">
+        <v>193</v>
+      </c>
+      <c r="D47" t="s">
+        <v>45</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>195</v>
+      </c>
+      <c r="G47" t="s">
+        <v>79</v>
+      </c>
+      <c r="H47">
+        <v>2023</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>320</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>321</v>
+      </c>
+      <c r="N47" t="s">
+        <v>39</v>
+      </c>
+      <c r="O47" t="s">
+        <v>322</v>
+      </c>
+      <c r="P47" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>324</v>
+      </c>
+      <c r="B48" t="s">
+        <v>325</v>
+      </c>
+      <c r="C48" t="s">
+        <v>85</v>
+      </c>
+      <c r="D48" t="s">
+        <v>71</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2002</v>
+      </c>
+      <c r="I48">
+        <v>2021</v>
+      </c>
+      <c r="J48" t="s">
+        <v>86</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>326</v>
+      </c>
+      <c r="M48" t="s">
+        <v>88</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>327</v>
+      </c>
+      <c r="P48" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>329</v>
+      </c>
+      <c r="B49" t="s">
+        <v>330</v>
+      </c>
+      <c r="C49" t="s">
+        <v>85</v>
+      </c>
+      <c r="D49" t="s">
+        <v>45</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>1989</v>
+      </c>
+      <c r="I49">
+        <v>2016</v>
+      </c>
+      <c r="J49" t="s">
+        <v>144</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>98</v>
+      </c>
+      <c r="M49" t="s">
+        <v>88</v>
+      </c>
+      <c r="N49" t="s">
+        <v>39</v>
+      </c>
+      <c r="O49" t="s">
+        <v>331</v>
+      </c>
+      <c r="P49" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>333</v>
+      </c>
+      <c r="B50" t="s">
+        <v>334</v>
+      </c>
+      <c r="C50" t="s">
+        <v>85</v>
+      </c>
+      <c r="D50" t="s">
+        <v>335</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2010</v>
+      </c>
+      <c r="I50">
+        <v>2021</v>
+      </c>
+      <c r="J50" t="s">
+        <v>56</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>336</v>
+      </c>
+      <c r="M50" t="s">
+        <v>337</v>
+      </c>
+      <c r="N50" t="s">
+        <v>39</v>
+      </c>
+      <c r="O50" t="s">
+        <v>338</v>
+      </c>
+      <c r="P50" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>340</v>
+      </c>
+      <c r="B51" t="s">
+        <v>341</v>
+      </c>
+      <c r="C51" t="s">
+        <v>85</v>
+      </c>
+      <c r="D51" t="s">
+        <v>93</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>79</v>
+      </c>
+      <c r="H51">
+        <v>2014</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>144</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>87</v>
+      </c>
+      <c r="M51" t="s">
+        <v>342</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>343</v>
+      </c>
+      <c r="P51" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>345</v>
+      </c>
+      <c r="B52" t="s">
+        <v>346</v>
+      </c>
+      <c r="C52" t="s">
+        <v>85</v>
+      </c>
+      <c r="D52" t="s">
+        <v>347</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>348</v>
+      </c>
+      <c r="H52" t="s">
+        <v>349</v>
+      </c>
+      <c r="I52">
+        <v>2024</v>
+      </c>
+      <c r="J52" t="s">
+        <v>350</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>342</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>351</v>
+      </c>
+      <c r="P52" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>353</v>
+      </c>
+      <c r="B53" t="s">
+        <v>354</v>
+      </c>
+      <c r="C53" t="s">
+        <v>85</v>
+      </c>
+      <c r="D53" t="s">
+        <v>71</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>79</v>
+      </c>
+      <c r="H53">
+        <v>2014</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>144</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>355</v>
+      </c>
+      <c r="M53" t="s">
+        <v>342</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>356</v>
+      </c>
+      <c r="P53" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>358</v>
+      </c>
+      <c r="B54" t="s">
+        <v>359</v>
+      </c>
+      <c r="C54" t="s">
+        <v>360</v>
+      </c>
+      <c r="D54" t="s">
+        <v>45</v>
+      </c>
+      <c r="E54" t="s">
+        <v>33</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>1989</v>
+      </c>
+      <c r="I54">
+        <v>1991</v>
+      </c>
+      <c r="J54" t="s">
+        <v>256</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>361</v>
+      </c>
+      <c r="N54" t="s">
+        <v>39</v>
+      </c>
+      <c r="O54" t="s">
+        <v>362</v>
+      </c>
+      <c r="P54" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>364</v>
+      </c>
+      <c r="B55" t="s">
+        <v>365</v>
+      </c>
+      <c r="C55" t="s">
+        <v>366</v>
+      </c>
+      <c r="D55" t="s">
+        <v>45</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>195</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2015</v>
+      </c>
+      <c r="I55">
+        <v>2024</v>
+      </c>
+      <c r="J55" t="s">
+        <v>367</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>368</v>
+      </c>
+      <c r="M55" t="s">
+        <v>369</v>
+      </c>
+      <c r="N55" t="s">
+        <v>39</v>
+      </c>
+      <c r="O55" t="s">
+        <v>370</v>
+      </c>
+      <c r="P55" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>372</v>
+      </c>
+      <c r="B56" t="s">
+        <v>373</v>
+      </c>
+      <c r="C56" t="s">
+        <v>374</v>
+      </c>
+      <c r="D56" t="s">
+        <v>45</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>195</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2009</v>
+      </c>
+      <c r="I56">
+        <v>2013</v>
+      </c>
+      <c r="J56" t="s">
+        <v>222</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>375</v>
+      </c>
+      <c r="M56" t="s">
+        <v>376</v>
+      </c>
+      <c r="N56" t="s">
+        <v>39</v>
+      </c>
+      <c r="O56" t="s">
+        <v>377</v>
+      </c>
+      <c r="P56" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>379</v>
+      </c>
+      <c r="B57" t="s">
+        <v>380</v>
+      </c>
+      <c r="C57" t="s">
+        <v>374</v>
+      </c>
+      <c r="D57" t="s">
+        <v>71</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2001</v>
+      </c>
+      <c r="I57">
+        <v>2019</v>
+      </c>
+      <c r="J57" t="s">
+        <v>381</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>382</v>
+      </c>
+      <c r="M57" t="s">
+        <v>376</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>383</v>
+      </c>
+      <c r="P57" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>385</v>
+      </c>
+      <c r="B58" t="s">
+        <v>386</v>
+      </c>
+      <c r="C58" t="s">
+        <v>255</v>
+      </c>
+      <c r="D58" t="s">
+        <v>45</v>
+      </c>
+      <c r="E58" t="s">
+        <v>33</v>
+      </c>
+      <c r="F58" t="s">
+        <v>46</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2002</v>
+      </c>
+      <c r="I58">
+        <v>2013</v>
+      </c>
+      <c r="J58" t="s">
+        <v>256</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>387</v>
+      </c>
+      <c r="M58" t="s">
+        <v>258</v>
+      </c>
+      <c r="N58" t="s">
+        <v>39</v>
+      </c>
+      <c r="O58" t="s">
+        <v>388</v>
+      </c>
+      <c r="P58" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>390</v>
+      </c>
+      <c r="B59" t="s">
+        <v>391</v>
+      </c>
+      <c r="C59" t="s">
+        <v>392</v>
+      </c>
+      <c r="D59" t="s">
+        <v>45</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>195</v>
+      </c>
+      <c r="G59" t="s">
+        <v>393</v>
+      </c>
+      <c r="H59">
+        <v>2015</v>
+      </c>
+      <c r="I59">
+        <v>2019</v>
+      </c>
+      <c r="J59" t="s">
+        <v>241</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>394</v>
+      </c>
+      <c r="M59" t="s">
+        <v>369</v>
+      </c>
+      <c r="N59" t="s">
+        <v>39</v>
+      </c>
+      <c r="O59" t="s">
+        <v>395</v>
+      </c>
+      <c r="P59" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>397</v>
+      </c>
+      <c r="B60" t="s">
+        <v>398</v>
+      </c>
+      <c r="C60" t="s">
+        <v>267</v>
+      </c>
+      <c r="D60" t="s">
+        <v>399</v>
+      </c>
+      <c r="E60" t="s">
+        <v>33</v>
+      </c>
+      <c r="F60" t="s">
         <v>34</v>
       </c>
-      <c r="N38" t="s">
-[...31 lines deleted...]
-      <c r="J39" t="s">
+      <c r="G60" t="s">
+        <v>79</v>
+      </c>
+      <c r="H60">
+        <v>2022</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>400</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>401</v>
+      </c>
+      <c r="M60" t="s">
+        <v>402</v>
+      </c>
+      <c r="N60" t="s">
+        <v>39</v>
+      </c>
+      <c r="O60" t="s">
+        <v>403</v>
+      </c>
+      <c r="P60" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>405</v>
+      </c>
+      <c r="B61" t="s">
+        <v>406</v>
+      </c>
+      <c r="C61" t="s">
+        <v>267</v>
+      </c>
+      <c r="D61" t="s">
+        <v>407</v>
+      </c>
+      <c r="E61" t="s">
+        <v>33</v>
+      </c>
+      <c r="F61" t="s">
+        <v>34</v>
+      </c>
+      <c r="G61" t="s">
+        <v>79</v>
+      </c>
+      <c r="H61">
+        <v>2022</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>400</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>408</v>
+      </c>
+      <c r="M61" t="s">
+        <v>402</v>
+      </c>
+      <c r="N61" t="s">
+        <v>39</v>
+      </c>
+      <c r="O61" t="s">
+        <v>409</v>
+      </c>
+      <c r="P61" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>411</v>
+      </c>
+      <c r="B62" t="s">
+        <v>412</v>
+      </c>
+      <c r="C62" t="s">
+        <v>267</v>
+      </c>
+      <c r="D62" t="s">
+        <v>413</v>
+      </c>
+      <c r="E62" t="s">
+        <v>33</v>
+      </c>
+      <c r="F62" t="s">
+        <v>34</v>
+      </c>
+      <c r="G62" t="s">
+        <v>79</v>
+      </c>
+      <c r="H62">
+        <v>2022</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>400</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>414</v>
+      </c>
+      <c r="M62" t="s">
+        <v>402</v>
+      </c>
+      <c r="N62" t="s">
+        <v>39</v>
+      </c>
+      <c r="O62" t="s">
+        <v>415</v>
+      </c>
+      <c r="P62" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>417</v>
+      </c>
+      <c r="B63" t="s">
+        <v>418</v>
+      </c>
+      <c r="C63" t="s">
+        <v>233</v>
+      </c>
+      <c r="D63" t="s">
+        <v>221</v>
+      </c>
+      <c r="E63" t="s">
+        <v>33</v>
+      </c>
+      <c r="F63" t="s">
+        <v>46</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>1996</v>
+      </c>
+      <c r="I63">
+        <v>2012</v>
+      </c>
+      <c r="J63" t="s">
+        <v>234</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>235</v>
+      </c>
+      <c r="N63" t="s">
+        <v>39</v>
+      </c>
+      <c r="O63" t="s">
+        <v>419</v>
+      </c>
+      <c r="P63" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>421</v>
+      </c>
+      <c r="B64" t="s">
+        <v>422</v>
+      </c>
+      <c r="C64" t="s">
+        <v>233</v>
+      </c>
+      <c r="D64" t="s">
+        <v>71</v>
+      </c>
+      <c r="E64" t="s">
+        <v>33</v>
+      </c>
+      <c r="F64" t="s">
+        <v>46</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>1996</v>
+      </c>
+      <c r="I64">
+        <v>2010</v>
+      </c>
+      <c r="J64" t="s">
+        <v>234</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>235</v>
+      </c>
+      <c r="N64" t="s">
+        <v>39</v>
+      </c>
+      <c r="O64" t="s">
+        <v>423</v>
+      </c>
+      <c r="P64" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>424</v>
+      </c>
+      <c r="B65" t="s">
+        <v>425</v>
+      </c>
+      <c r="C65" t="s">
+        <v>186</v>
+      </c>
+      <c r="D65" t="s">
+        <v>45</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>195</v>
+      </c>
+      <c r="G65" t="s">
+        <v>79</v>
+      </c>
+      <c r="H65">
+        <v>2021</v>
+      </c>
+      <c r="I65">
+        <v>2024</v>
+      </c>
+      <c r="J65" t="s">
+        <v>426</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>427</v>
+      </c>
+      <c r="M65" t="s">
+        <v>188</v>
+      </c>
+      <c r="N65" t="s">
+        <v>39</v>
+      </c>
+      <c r="O65" t="s">
+        <v>428</v>
+      </c>
+      <c r="P65" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>430</v>
+      </c>
+      <c r="B66" t="s">
+        <v>431</v>
+      </c>
+      <c r="C66" t="s">
+        <v>432</v>
+      </c>
+      <c r="D66" t="s">
+        <v>71</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>34</v>
+      </c>
+      <c r="G66" t="s">
+        <v>79</v>
+      </c>
+      <c r="H66">
+        <v>2021</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>433</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>434</v>
+      </c>
+      <c r="M66" t="s">
+        <v>435</v>
+      </c>
+      <c r="N66" t="s">
+        <v>39</v>
+      </c>
+      <c r="O66" t="s">
+        <v>436</v>
+      </c>
+      <c r="P66" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>438</v>
+      </c>
+      <c r="B67" t="s">
+        <v>439</v>
+      </c>
+      <c r="C67" t="s">
+        <v>432</v>
+      </c>
+      <c r="D67" t="s">
+        <v>45</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>34</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2009</v>
+      </c>
+      <c r="I67">
+        <v>2021</v>
+      </c>
+      <c r="J67" t="s">
+        <v>433</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>440</v>
+      </c>
+      <c r="M67" t="s">
+        <v>435</v>
+      </c>
+      <c r="N67" t="s">
+        <v>39</v>
+      </c>
+      <c r="O67" t="s">
+        <v>441</v>
+      </c>
+      <c r="P67" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>443</v>
+      </c>
+      <c r="B68" t="s">
+        <v>444</v>
+      </c>
+      <c r="C68" t="s">
+        <v>445</v>
+      </c>
+      <c r="D68" t="s">
+        <v>71</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
         <v>21</v>
       </c>
-      <c r="K39" t="s">
-[...2 lines deleted...]
-      <c r="L39" t="s">
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>1996</v>
+      </c>
+      <c r="I68">
+        <v>2017</v>
+      </c>
+      <c r="J68" t="s">
+        <v>446</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>447</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>448</v>
+      </c>
+      <c r="P68" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>450</v>
+      </c>
+      <c r="B69" t="s">
+        <v>451</v>
+      </c>
+      <c r="C69" t="s">
+        <v>445</v>
+      </c>
+      <c r="D69" t="s">
+        <v>71</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>34</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>1996</v>
+      </c>
+      <c r="I69">
+        <v>2018</v>
+      </c>
+      <c r="J69" t="s">
+        <v>446</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>447</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>452</v>
+      </c>
+      <c r="P69" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>454</v>
+      </c>
+      <c r="B70" t="s">
+        <v>455</v>
+      </c>
+      <c r="C70" t="s">
+        <v>456</v>
+      </c>
+      <c r="D70" t="s">
+        <v>221</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
         <v>195</v>
       </c>
-      <c r="M39" t="s">
-[...1308 lines deleted...]
-        <v>2012</v>
+      <c r="G70" t="s">
+        <v>22</v>
       </c>
       <c r="H70">
         <v>2012</v>
       </c>
-      <c r="I70" t="s">
-        <v>168</v>
+      <c r="I70">
+        <v>2012</v>
       </c>
       <c r="J70" t="s">
-        <v>21</v>
+        <v>234</v>
       </c>
       <c r="K70" t="s">
-        <v>319</v>
+        <v>24</v>
       </c>
       <c r="L70" t="s">
-        <v>320</v>
+        <v>457</v>
       </c>
       <c r="M70" t="s">
-        <v>34</v>
+        <v>458</v>
       </c>
       <c r="N70" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:14">
+        <v>39</v>
+      </c>
+      <c r="O70" t="s">
+        <v>459</v>
+      </c>
+      <c r="P70" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>322</v>
+        <v>461</v>
       </c>
       <c r="B71" t="s">
-        <v>318</v>
+        <v>462</v>
       </c>
       <c r="C71" t="s">
-        <v>58</v>
+        <v>456</v>
       </c>
       <c r="D71" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E71" t="s">
-        <v>139</v>
+        <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>195</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
       </c>
       <c r="H71">
         <v>2012</v>
       </c>
-      <c r="I71" t="s">
-        <v>168</v>
+      <c r="I71">
+        <v>2012</v>
       </c>
       <c r="J71" t="s">
+        <v>234</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>458</v>
+      </c>
+      <c r="N71" t="s">
+        <v>39</v>
+      </c>
+      <c r="O71" t="s">
+        <v>463</v>
+      </c>
+      <c r="P71" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>464</v>
+      </c>
+      <c r="B72" t="s">
+        <v>465</v>
+      </c>
+      <c r="C72" t="s">
+        <v>466</v>
+      </c>
+      <c r="D72" t="s">
+        <v>71</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
         <v>21</v>
       </c>
-      <c r="K71"/>
-[...3 lines deleted...]
-      <c r="M71" t="s">
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2013</v>
+      </c>
+      <c r="I72">
+        <v>2014</v>
+      </c>
+      <c r="J72" t="s">
+        <v>144</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>467</v>
+      </c>
+      <c r="M72" t="s">
+        <v>468</v>
+      </c>
+      <c r="N72" t="s">
+        <v>39</v>
+      </c>
+      <c r="O72" t="s">
+        <v>469</v>
+      </c>
+      <c r="P72" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>471</v>
+      </c>
+      <c r="B73" t="s">
+        <v>472</v>
+      </c>
+      <c r="C73" t="s">
+        <v>466</v>
+      </c>
+      <c r="D73" t="s">
+        <v>114</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
         <v>34</v>
       </c>
-      <c r="N71" t="s">
-[...22 lines deleted...]
-      <c r="G72">
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
         <v>2013</v>
       </c>
-      <c r="H72">
+      <c r="I73">
         <v>2014</v>
       </c>
-      <c r="I72" t="s">
-[...2 lines deleted...]
-      <c r="J72" t="s">
+      <c r="J73" t="s">
+        <v>144</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>473</v>
+      </c>
+      <c r="M73" t="s">
+        <v>468</v>
+      </c>
+      <c r="N73" t="s">
+        <v>39</v>
+      </c>
+      <c r="O73" t="s">
+        <v>474</v>
+      </c>
+      <c r="P73" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>476</v>
+      </c>
+      <c r="B74" t="s">
+        <v>477</v>
+      </c>
+      <c r="C74" t="s">
+        <v>466</v>
+      </c>
+      <c r="D74" t="s">
+        <v>114</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
         <v>21</v>
       </c>
-      <c r="K72" t="s">
-[...5 lines deleted...]
-      <c r="M72" t="s">
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2013</v>
+      </c>
+      <c r="I74">
+        <v>2014</v>
+      </c>
+      <c r="J74" t="s">
+        <v>144</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>478</v>
+      </c>
+      <c r="M74" t="s">
+        <v>468</v>
+      </c>
+      <c r="N74" t="s">
+        <v>39</v>
+      </c>
+      <c r="O74" t="s">
+        <v>479</v>
+      </c>
+      <c r="P74" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>481</v>
+      </c>
+      <c r="B75" t="s">
+        <v>482</v>
+      </c>
+      <c r="C75" t="s">
+        <v>483</v>
+      </c>
+      <c r="D75" t="s">
+        <v>150</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>79</v>
+      </c>
+      <c r="H75"/>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>294</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>484</v>
+      </c>
+      <c r="N75" t="s">
+        <v>39</v>
+      </c>
+      <c r="O75" t="s">
+        <v>485</v>
+      </c>
+      <c r="P75" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>487</v>
+      </c>
+      <c r="B76" t="s">
+        <v>488</v>
+      </c>
+      <c r="C76" t="s">
+        <v>483</v>
+      </c>
+      <c r="D76" t="s">
+        <v>45</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>79</v>
+      </c>
+      <c r="H76">
+        <v>2022</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>489</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>484</v>
+      </c>
+      <c r="N76" t="s">
+        <v>39</v>
+      </c>
+      <c r="O76" t="s">
+        <v>490</v>
+      </c>
+      <c r="P76" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>491</v>
+      </c>
+      <c r="B77" t="s">
+        <v>492</v>
+      </c>
+      <c r="C77" t="s">
+        <v>483</v>
+      </c>
+      <c r="D77" t="s">
+        <v>240</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>79</v>
+      </c>
+      <c r="H77">
+        <v>2022</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>489</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>484</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>493</v>
+      </c>
+      <c r="P77" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>494</v>
+      </c>
+      <c r="B78" t="s">
+        <v>495</v>
+      </c>
+      <c r="C78" t="s">
+        <v>255</v>
+      </c>
+      <c r="D78" t="s">
+        <v>221</v>
+      </c>
+      <c r="E78" t="s">
+        <v>33</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>1981</v>
+      </c>
+      <c r="I78">
+        <v>2002</v>
+      </c>
+      <c r="J78" t="s">
+        <v>256</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>496</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>497</v>
+      </c>
+      <c r="P78" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>499</v>
+      </c>
+      <c r="B79" t="s">
+        <v>500</v>
+      </c>
+      <c r="C79" t="s">
+        <v>275</v>
+      </c>
+      <c r="D79" t="s">
+        <v>501</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>195</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2008</v>
+      </c>
+      <c r="I79">
+        <v>2020</v>
+      </c>
+      <c r="J79" t="s">
+        <v>35</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79" t="s">
+        <v>502</v>
+      </c>
+      <c r="M79" t="s">
+        <v>503</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>504</v>
+      </c>
+      <c r="P79" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>506</v>
+      </c>
+      <c r="B80" t="s">
+        <v>507</v>
+      </c>
+      <c r="C80" t="s">
+        <v>247</v>
+      </c>
+      <c r="D80" t="s">
+        <v>45</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
         <v>34</v>
       </c>
-      <c r="N72" t="s">
-[...25 lines deleted...]
-      <c r="H73">
+      <c r="G80" t="s">
+        <v>348</v>
+      </c>
+      <c r="H80">
         <v>2014</v>
       </c>
-      <c r="I73" t="s">
-[...2 lines deleted...]
-      <c r="J73" t="s">
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>222</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80" t="s">
+        <v>508</v>
+      </c>
+      <c r="M80" t="s">
+        <v>509</v>
+      </c>
+      <c r="N80" t="s">
+        <v>39</v>
+      </c>
+      <c r="O80" t="s">
+        <v>510</v>
+      </c>
+      <c r="P80" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>512</v>
+      </c>
+      <c r="B81" t="s">
+        <v>513</v>
+      </c>
+      <c r="C81" t="s">
+        <v>514</v>
+      </c>
+      <c r="D81" t="s">
+        <v>45</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>195</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2012</v>
+      </c>
+      <c r="I81">
+        <v>2017</v>
+      </c>
+      <c r="J81" t="s">
+        <v>256</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81" t="s">
+        <v>515</v>
+      </c>
+      <c r="M81" t="s">
+        <v>516</v>
+      </c>
+      <c r="N81" t="s">
+        <v>39</v>
+      </c>
+      <c r="O81" t="s">
+        <v>517</v>
+      </c>
+      <c r="P81" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>519</v>
+      </c>
+      <c r="B82" t="s">
+        <v>520</v>
+      </c>
+      <c r="C82" t="s">
+        <v>233</v>
+      </c>
+      <c r="D82" t="s">
+        <v>71</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
         <v>21</v>
       </c>
-      <c r="K73" t="s">
-[...40 lines deleted...]
-      <c r="J74" t="s">
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>2008</v>
+      </c>
+      <c r="I82">
+        <v>2016</v>
+      </c>
+      <c r="J82" t="s">
+        <v>234</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
+        <v>235</v>
+      </c>
+      <c r="N82" t="s">
+        <v>39</v>
+      </c>
+      <c r="O82" t="s">
+        <v>521</v>
+      </c>
+      <c r="P82" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>522</v>
+      </c>
+      <c r="B83" t="s">
+        <v>523</v>
+      </c>
+      <c r="C83" t="s">
+        <v>233</v>
+      </c>
+      <c r="D83" t="s">
+        <v>45</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
         <v>21</v>
       </c>
-      <c r="K74" t="s">
-[...364 lines deleted...]
-        <v>2012</v>
+      <c r="G83" t="s">
+        <v>22</v>
       </c>
       <c r="H83">
         <v>2012</v>
       </c>
-      <c r="I83" t="s">
-        <v>168</v>
+      <c r="I83">
+        <v>2012</v>
       </c>
       <c r="J83" t="s">
+        <v>234</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>235</v>
+      </c>
+      <c r="N83" t="s">
+        <v>39</v>
+      </c>
+      <c r="O83" t="s">
+        <v>524</v>
+      </c>
+      <c r="P83" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>525</v>
+      </c>
+      <c r="B84" t="s">
+        <v>526</v>
+      </c>
+      <c r="C84" t="s">
+        <v>247</v>
+      </c>
+      <c r="D84" t="s">
+        <v>45</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
         <v>21</v>
       </c>
-      <c r="K83"/>
-[...3 lines deleted...]
-      <c r="M83" t="s">
+      <c r="G84" t="s">
+        <v>79</v>
+      </c>
+      <c r="H84">
+        <v>2024</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>527</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84"/>
+      <c r="M84" t="s">
+        <v>509</v>
+      </c>
+      <c r="N84" t="s">
+        <v>39</v>
+      </c>
+      <c r="O84" t="s">
+        <v>528</v>
+      </c>
+      <c r="P84" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>530</v>
+      </c>
+      <c r="B85" t="s">
+        <v>531</v>
+      </c>
+      <c r="C85" t="s">
+        <v>247</v>
+      </c>
+      <c r="D85" t="s">
+        <v>71</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>348</v>
+      </c>
+      <c r="H85">
+        <v>2018</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>222</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85" t="s">
+        <v>532</v>
+      </c>
+      <c r="M85" t="s">
+        <v>509</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>533</v>
+      </c>
+      <c r="P85" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>534</v>
+      </c>
+      <c r="B86" t="s">
+        <v>535</v>
+      </c>
+      <c r="C86" t="s">
+        <v>514</v>
+      </c>
+      <c r="D86" t="s">
+        <v>71</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2002</v>
+      </c>
+      <c r="I86">
+        <v>2006</v>
+      </c>
+      <c r="J86" t="s">
+        <v>256</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86" t="s">
+        <v>536</v>
+      </c>
+      <c r="M86" t="s">
+        <v>516</v>
+      </c>
+      <c r="N86" t="s">
+        <v>39</v>
+      </c>
+      <c r="O86" t="s">
+        <v>537</v>
+      </c>
+      <c r="P86" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>539</v>
+      </c>
+      <c r="B87" t="s">
+        <v>540</v>
+      </c>
+      <c r="C87" t="s">
+        <v>239</v>
+      </c>
+      <c r="D87" t="s">
+        <v>45</v>
+      </c>
+      <c r="E87" t="s">
+        <v>33</v>
+      </c>
+      <c r="F87" t="s">
+        <v>541</v>
+      </c>
+      <c r="G87" t="s">
+        <v>79</v>
+      </c>
+      <c r="H87">
+        <v>2017</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>180</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87" t="s">
+        <v>542</v>
+      </c>
+      <c r="M87" t="s">
+        <v>242</v>
+      </c>
+      <c r="N87" t="s">
+        <v>39</v>
+      </c>
+      <c r="O87" t="s">
+        <v>543</v>
+      </c>
+      <c r="P87" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>545</v>
+      </c>
+      <c r="B88" t="s">
+        <v>546</v>
+      </c>
+      <c r="C88" t="s">
+        <v>255</v>
+      </c>
+      <c r="D88" t="s">
+        <v>221</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>79</v>
+      </c>
+      <c r="H88">
+        <v>2002</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>56</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>258</v>
+      </c>
+      <c r="N88" t="s">
+        <v>39</v>
+      </c>
+      <c r="O88" t="s">
+        <v>547</v>
+      </c>
+      <c r="P88"/>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>548</v>
+      </c>
+      <c r="B89" t="s">
+        <v>549</v>
+      </c>
+      <c r="C89" t="s">
+        <v>255</v>
+      </c>
+      <c r="D89" t="s">
+        <v>71</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>2002</v>
+      </c>
+      <c r="I89">
+        <v>2016</v>
+      </c>
+      <c r="J89" t="s">
+        <v>56</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>258</v>
+      </c>
+      <c r="N89" t="s">
+        <v>39</v>
+      </c>
+      <c r="O89" t="s">
+        <v>550</v>
+      </c>
+      <c r="P89" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>552</v>
+      </c>
+      <c r="B90" t="s">
+        <v>553</v>
+      </c>
+      <c r="C90" t="s">
+        <v>267</v>
+      </c>
+      <c r="D90" t="s">
+        <v>554</v>
+      </c>
+      <c r="E90" t="s">
+        <v>33</v>
+      </c>
+      <c r="F90" t="s">
+        <v>555</v>
+      </c>
+      <c r="G90" t="s">
+        <v>79</v>
+      </c>
+      <c r="H90">
+        <v>2015</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>400</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90"/>
+      <c r="M90" t="s">
+        <v>402</v>
+      </c>
+      <c r="N90" t="s">
+        <v>39</v>
+      </c>
+      <c r="O90" t="s">
+        <v>556</v>
+      </c>
+      <c r="P90" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>558</v>
+      </c>
+      <c r="B91" t="s">
+        <v>559</v>
+      </c>
+      <c r="C91" t="s">
+        <v>267</v>
+      </c>
+      <c r="D91" t="s">
+        <v>71</v>
+      </c>
+      <c r="E91" t="s">
+        <v>33</v>
+      </c>
+      <c r="F91" t="s">
+        <v>555</v>
+      </c>
+      <c r="G91" t="s">
+        <v>79</v>
+      </c>
+      <c r="H91">
+        <v>2015</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>400</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91"/>
+      <c r="M91" t="s">
+        <v>402</v>
+      </c>
+      <c r="N91" t="s">
+        <v>39</v>
+      </c>
+      <c r="O91" t="s">
+        <v>560</v>
+      </c>
+      <c r="P91" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>562</v>
+      </c>
+      <c r="B92" t="s">
+        <v>563</v>
+      </c>
+      <c r="C92" t="s">
+        <v>267</v>
+      </c>
+      <c r="D92" t="s">
+        <v>413</v>
+      </c>
+      <c r="E92" t="s">
+        <v>33</v>
+      </c>
+      <c r="F92" t="s">
+        <v>555</v>
+      </c>
+      <c r="G92" t="s">
+        <v>79</v>
+      </c>
+      <c r="H92">
+        <v>2015</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>400</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>402</v>
+      </c>
+      <c r="N92" t="s">
+        <v>39</v>
+      </c>
+      <c r="O92" t="s">
+        <v>564</v>
+      </c>
+      <c r="P92" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>566</v>
+      </c>
+      <c r="B93" t="s">
+        <v>567</v>
+      </c>
+      <c r="C93" t="s">
+        <v>360</v>
+      </c>
+      <c r="D93" t="s">
+        <v>568</v>
+      </c>
+      <c r="E93" t="s">
+        <v>33</v>
+      </c>
+      <c r="F93" t="s">
         <v>34</v>
       </c>
-      <c r="N83" t="s">
-[...27 lines deleted...]
-      <c r="J84" t="s">
+      <c r="G93" t="s">
+        <v>79</v>
+      </c>
+      <c r="H93">
+        <v>2012</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>256</v>
+      </c>
+      <c r="K93" t="s">
+        <v>569</v>
+      </c>
+      <c r="L93" t="s">
+        <v>570</v>
+      </c>
+      <c r="M93" t="s">
+        <v>571</v>
+      </c>
+      <c r="N93" t="s">
+        <v>39</v>
+      </c>
+      <c r="O93" t="s">
+        <v>572</v>
+      </c>
+      <c r="P93" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>574</v>
+      </c>
+      <c r="B94" t="s">
+        <v>575</v>
+      </c>
+      <c r="C94" t="s">
+        <v>432</v>
+      </c>
+      <c r="D94" t="s">
+        <v>71</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
         <v>21</v>
       </c>
-      <c r="K84"/>
-[...36 lines deleted...]
-      <c r="J85" t="s">
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2002</v>
+      </c>
+      <c r="I94">
+        <v>2017</v>
+      </c>
+      <c r="J94" t="s">
+        <v>433</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94" t="s">
+        <v>576</v>
+      </c>
+      <c r="M94" t="s">
+        <v>577</v>
+      </c>
+      <c r="N94" t="s">
+        <v>39</v>
+      </c>
+      <c r="O94" t="s">
+        <v>578</v>
+      </c>
+      <c r="P94" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>580</v>
+      </c>
+      <c r="B95" t="s">
+        <v>581</v>
+      </c>
+      <c r="C95" t="s">
+        <v>582</v>
+      </c>
+      <c r="D95" t="s">
+        <v>45</v>
+      </c>
+      <c r="E95" t="s">
+        <v>33</v>
+      </c>
+      <c r="F95" t="s">
         <v>21</v>
       </c>
-      <c r="K85" t="s">
-[...40 lines deleted...]
-      <c r="J86" t="s">
+      <c r="G95" t="s">
+        <v>79</v>
+      </c>
+      <c r="H95">
+        <v>2012</v>
+      </c>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>35</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95" t="s">
+        <v>583</v>
+      </c>
+      <c r="M95" t="s">
+        <v>584</v>
+      </c>
+      <c r="N95" t="s">
+        <v>39</v>
+      </c>
+      <c r="O95" t="s">
+        <v>585</v>
+      </c>
+      <c r="P95" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>587</v>
+      </c>
+      <c r="B96" t="s">
+        <v>588</v>
+      </c>
+      <c r="C96" t="s">
+        <v>589</v>
+      </c>
+      <c r="D96" t="s">
+        <v>347</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
         <v>21</v>
       </c>
-      <c r="K86" t="s">
-[...38 lines deleted...]
-      <c r="J87" t="s">
+      <c r="G96" t="s">
+        <v>348</v>
+      </c>
+      <c r="H96">
+        <v>2024</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>590</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96" t="s">
+        <v>591</v>
+      </c>
+      <c r="M96" t="s">
+        <v>592</v>
+      </c>
+      <c r="N96" t="s">
+        <v>39</v>
+      </c>
+      <c r="O96" t="s">
+        <v>593</v>
+      </c>
+      <c r="P96" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>595</v>
+      </c>
+      <c r="B97" t="s">
+        <v>596</v>
+      </c>
+      <c r="C97" t="s">
+        <v>220</v>
+      </c>
+      <c r="D97" t="s">
+        <v>221</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
         <v>21</v>
       </c>
-      <c r="K87" t="s">
-[...38 lines deleted...]
-      <c r="J88" t="s">
+      <c r="G97" t="s">
+        <v>597</v>
+      </c>
+      <c r="H97">
+        <v>1997</v>
+      </c>
+      <c r="I97">
+        <v>2005</v>
+      </c>
+      <c r="J97" t="s">
+        <v>222</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>598</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>599</v>
+      </c>
+      <c r="P97" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>601</v>
+      </c>
+      <c r="B98" t="s">
+        <v>602</v>
+      </c>
+      <c r="C98" t="s">
+        <v>220</v>
+      </c>
+      <c r="D98" t="s">
+        <v>221</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
         <v>21</v>
       </c>
-      <c r="K88"/>
-[...32 lines deleted...]
-      <c r="H89">
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2004</v>
+      </c>
+      <c r="I98">
+        <v>2025</v>
+      </c>
+      <c r="J98" t="s">
+        <v>527</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98" t="s">
+        <v>603</v>
+      </c>
+      <c r="M98" t="s">
+        <v>598</v>
+      </c>
+      <c r="N98" t="s">
+        <v>39</v>
+      </c>
+      <c r="O98" t="s">
+        <v>604</v>
+      </c>
+      <c r="P98" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>606</v>
+      </c>
+      <c r="B99" t="s">
+        <v>607</v>
+      </c>
+      <c r="C99" t="s">
+        <v>220</v>
+      </c>
+      <c r="D99" t="s">
+        <v>71</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>21</v>
+      </c>
+      <c r="G99" t="s">
+        <v>8</v>
+      </c>
+      <c r="H99">
         <v>2016</v>
       </c>
-      <c r="I89" t="s">
-[...2 lines deleted...]
-      <c r="J89" t="s">
+      <c r="I99">
+        <v>2025</v>
+      </c>
+      <c r="J99" t="s">
+        <v>527</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" t="s">
+        <v>608</v>
+      </c>
+      <c r="M99" t="s">
+        <v>598</v>
+      </c>
+      <c r="N99" t="s">
+        <v>39</v>
+      </c>
+      <c r="O99" t="s">
+        <v>609</v>
+      </c>
+      <c r="P99" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>611</v>
+      </c>
+      <c r="B100" t="s">
+        <v>612</v>
+      </c>
+      <c r="C100" t="s">
+        <v>220</v>
+      </c>
+      <c r="D100" t="s">
+        <v>221</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
         <v>21</v>
       </c>
-      <c r="K89"/>
-[...449 lines deleted...]
-      <c r="G100">
+      <c r="G100" t="s">
+        <v>79</v>
+      </c>
+      <c r="H100">
         <v>2021</v>
       </c>
-      <c r="H100"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I100"/>
       <c r="J100" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>222</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100"/>
       <c r="M100" t="s">
-        <v>24</v>
+        <v>613</v>
       </c>
       <c r="N100" t="s">
-        <v>423</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>614</v>
+      </c>
+      <c r="P100" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>424</v>
+        <v>616</v>
       </c>
       <c r="B101" t="s">
-        <v>425</v>
+        <v>617</v>
       </c>
       <c r="C101" t="s">
-        <v>426</v>
+        <v>618</v>
       </c>
       <c r="D101" t="s">
-        <v>28</v>
+        <v>619</v>
       </c>
       <c r="E101" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="F101" t="s">
         <v>46</v>
       </c>
-      <c r="G101">
+      <c r="G101" t="s">
+        <v>79</v>
+      </c>
+      <c r="H101">
         <v>2015</v>
       </c>
-      <c r="H101"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I101"/>
       <c r="J101" t="s">
+        <v>214</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101" t="s">
+        <v>620</v>
+      </c>
+      <c r="M101" t="s">
+        <v>621</v>
+      </c>
+      <c r="N101" t="s">
+        <v>39</v>
+      </c>
+      <c r="O101" t="s">
+        <v>622</v>
+      </c>
+      <c r="P101" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>624</v>
+      </c>
+      <c r="B102" t="s">
+        <v>625</v>
+      </c>
+      <c r="C102" t="s">
+        <v>626</v>
+      </c>
+      <c r="D102" t="s">
+        <v>71</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
         <v>21</v>
       </c>
-      <c r="K101" t="s">
-[...5 lines deleted...]
-      <c r="M101" t="s">
+      <c r="G102" t="s">
+        <v>79</v>
+      </c>
+      <c r="H102">
+        <v>2010</v>
+      </c>
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>627</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102"/>
+      <c r="M102" t="s">
+        <v>628</v>
+      </c>
+      <c r="N102" t="s">
+        <v>39</v>
+      </c>
+      <c r="O102" t="s">
+        <v>629</v>
+      </c>
+      <c r="P102" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>631</v>
+      </c>
+      <c r="B103" t="s">
+        <v>632</v>
+      </c>
+      <c r="C103" t="s">
+        <v>239</v>
+      </c>
+      <c r="D103" t="s">
+        <v>240</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>195</v>
+      </c>
+      <c r="G103" t="s">
+        <v>79</v>
+      </c>
+      <c r="H103">
+        <v>2014</v>
+      </c>
+      <c r="I103">
+        <v>2024</v>
+      </c>
+      <c r="J103" t="s">
+        <v>426</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103" t="s">
+        <v>633</v>
+      </c>
+      <c r="M103" t="s">
+        <v>242</v>
+      </c>
+      <c r="N103" t="s">
+        <v>39</v>
+      </c>
+      <c r="O103" t="s">
+        <v>634</v>
+      </c>
+      <c r="P103" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>636</v>
+      </c>
+      <c r="B104" t="s">
+        <v>637</v>
+      </c>
+      <c r="C104" t="s">
+        <v>186</v>
+      </c>
+      <c r="D104" t="s">
+        <v>45</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
         <v>34</v>
       </c>
-      <c r="N101" t="s">
-[...19 lines deleted...]
-      <c r="F102" t="s">
+      <c r="G104" t="s">
+        <v>79</v>
+      </c>
+      <c r="H104">
+        <v>2013</v>
+      </c>
+      <c r="I104"/>
+      <c r="J104" t="s">
+        <v>638</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104" t="s">
+        <v>639</v>
+      </c>
+      <c r="M104" t="s">
+        <v>188</v>
+      </c>
+      <c r="N104" t="s">
+        <v>39</v>
+      </c>
+      <c r="O104" t="s">
+        <v>640</v>
+      </c>
+      <c r="P104" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>642</v>
+      </c>
+      <c r="B105" t="s">
+        <v>643</v>
+      </c>
+      <c r="C105" t="s">
+        <v>432</v>
+      </c>
+      <c r="D105" t="s">
+        <v>71</v>
+      </c>
+      <c r="E105" t="s">
+        <v>33</v>
+      </c>
+      <c r="F105" t="s">
         <v>46</v>
       </c>
-      <c r="G102">
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>1995</v>
+      </c>
+      <c r="I105">
+        <v>2019</v>
+      </c>
+      <c r="J105" t="s">
+        <v>433</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105" t="s">
+        <v>644</v>
+      </c>
+      <c r="M105" t="s">
+        <v>645</v>
+      </c>
+      <c r="N105" t="s">
+        <v>39</v>
+      </c>
+      <c r="O105" t="s">
+        <v>646</v>
+      </c>
+      <c r="P105" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>648</v>
+      </c>
+      <c r="B106" t="s">
+        <v>649</v>
+      </c>
+      <c r="C106" t="s">
+        <v>432</v>
+      </c>
+      <c r="D106" t="s">
+        <v>45</v>
+      </c>
+      <c r="E106" t="s">
+        <v>33</v>
+      </c>
+      <c r="F106" t="s">
+        <v>46</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
         <v>2010</v>
       </c>
-      <c r="H102"/>
-[...7 lines deleted...]
-      <c r="L102" t="s">
+      <c r="I106">
+        <v>2017</v>
+      </c>
+      <c r="J106" t="s">
         <v>433</v>
       </c>
-      <c r="M102" t="s">
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106" t="s">
+        <v>650</v>
+      </c>
+      <c r="M106" t="s">
+        <v>645</v>
+      </c>
+      <c r="N106" t="s">
+        <v>39</v>
+      </c>
+      <c r="O106" t="s">
+        <v>651</v>
+      </c>
+      <c r="P106" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>652</v>
+      </c>
+      <c r="B107" t="s">
+        <v>653</v>
+      </c>
+      <c r="C107" t="s">
+        <v>654</v>
+      </c>
+      <c r="D107" t="s">
+        <v>45</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
         <v>34</v>
       </c>
-      <c r="N102" t="s">
-[...19 lines deleted...]
-      <c r="F103" t="s">
+      <c r="G107" t="s">
+        <v>79</v>
+      </c>
+      <c r="H107">
+        <v>2015</v>
+      </c>
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>433</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107" t="s">
+        <v>655</v>
+      </c>
+      <c r="M107" t="s">
+        <v>656</v>
+      </c>
+      <c r="N107" t="s">
+        <v>39</v>
+      </c>
+      <c r="O107" t="s">
+        <v>657</v>
+      </c>
+      <c r="P107" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>659</v>
+      </c>
+      <c r="B108" t="s">
+        <v>660</v>
+      </c>
+      <c r="C108" t="s">
+        <v>654</v>
+      </c>
+      <c r="D108" t="s">
+        <v>240</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>34</v>
+      </c>
+      <c r="G108" t="s">
+        <v>79</v>
+      </c>
+      <c r="H108">
+        <v>2015</v>
+      </c>
+      <c r="I108"/>
+      <c r="J108" t="s">
+        <v>433</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108" t="s">
+        <v>661</v>
+      </c>
+      <c r="M108" t="s">
+        <v>656</v>
+      </c>
+      <c r="N108" t="s">
+        <v>39</v>
+      </c>
+      <c r="O108" t="s">
+        <v>662</v>
+      </c>
+      <c r="P108" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>664</v>
+      </c>
+      <c r="B109" t="s">
+        <v>45</v>
+      </c>
+      <c r="C109" t="s">
+        <v>233</v>
+      </c>
+      <c r="D109" t="s">
+        <v>45</v>
+      </c>
+      <c r="E109" t="s">
+        <v>33</v>
+      </c>
+      <c r="F109" t="s">
         <v>46</v>
       </c>
-      <c r="G103">
-[...258 lines deleted...]
-        <v>2012</v>
+      <c r="G109" t="s">
+        <v>22</v>
       </c>
       <c r="H109">
         <v>2012</v>
       </c>
-      <c r="I109" t="s">
-        <v>168</v>
+      <c r="I109">
+        <v>2012</v>
       </c>
       <c r="J109" t="s">
+        <v>234</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109"/>
+      <c r="M109" t="s">
+        <v>235</v>
+      </c>
+      <c r="N109" t="s">
+        <v>39</v>
+      </c>
+      <c r="O109" t="s">
+        <v>665</v>
+      </c>
+      <c r="P109" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>666</v>
+      </c>
+      <c r="B110" t="s">
+        <v>667</v>
+      </c>
+      <c r="C110" t="s">
+        <v>668</v>
+      </c>
+      <c r="D110" t="s">
+        <v>669</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>195</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>2017</v>
+      </c>
+      <c r="I110">
+        <v>2021</v>
+      </c>
+      <c r="J110" t="s">
+        <v>241</v>
+      </c>
+      <c r="K110" t="s">
+        <v>670</v>
+      </c>
+      <c r="L110" t="s">
+        <v>671</v>
+      </c>
+      <c r="M110" t="s">
+        <v>672</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>673</v>
+      </c>
+      <c r="P110" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>675</v>
+      </c>
+      <c r="B111" t="s">
+        <v>676</v>
+      </c>
+      <c r="C111" t="s">
+        <v>255</v>
+      </c>
+      <c r="D111" t="s">
+        <v>71</v>
+      </c>
+      <c r="E111" t="s">
+        <v>33</v>
+      </c>
+      <c r="F111" t="s">
+        <v>34</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>2012</v>
+      </c>
+      <c r="I111">
+        <v>2015</v>
+      </c>
+      <c r="J111" t="s">
+        <v>256</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111"/>
+      <c r="M111" t="s">
+        <v>258</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>677</v>
+      </c>
+      <c r="P111" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>679</v>
+      </c>
+      <c r="B112" t="s">
+        <v>680</v>
+      </c>
+      <c r="C112" t="s">
+        <v>681</v>
+      </c>
+      <c r="D112" t="s">
+        <v>682</v>
+      </c>
+      <c r="E112" t="s">
+        <v>33</v>
+      </c>
+      <c r="F112" t="s">
+        <v>34</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>2015</v>
+      </c>
+      <c r="I112">
+        <v>2018</v>
+      </c>
+      <c r="J112" t="s">
+        <v>446</v>
+      </c>
+      <c r="K112" t="s">
+        <v>569</v>
+      </c>
+      <c r="L112"/>
+      <c r="M112" t="s">
+        <v>683</v>
+      </c>
+      <c r="N112" t="s">
+        <v>39</v>
+      </c>
+      <c r="O112" t="s">
+        <v>684</v>
+      </c>
+      <c r="P112" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>686</v>
+      </c>
+      <c r="B113" t="s">
+        <v>687</v>
+      </c>
+      <c r="C113" t="s">
+        <v>688</v>
+      </c>
+      <c r="D113" t="s">
+        <v>45</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>34</v>
+      </c>
+      <c r="G113" t="s">
+        <v>79</v>
+      </c>
+      <c r="H113">
+        <v>2017</v>
+      </c>
+      <c r="I113"/>
+      <c r="J113" t="s">
+        <v>433</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113" t="s">
+        <v>48</v>
+      </c>
+      <c r="M113" t="s">
+        <v>689</v>
+      </c>
+      <c r="N113" t="s">
+        <v>39</v>
+      </c>
+      <c r="O113" t="s">
+        <v>690</v>
+      </c>
+      <c r="P113" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>692</v>
+      </c>
+      <c r="B114" t="s">
+        <v>693</v>
+      </c>
+      <c r="C114" t="s">
+        <v>694</v>
+      </c>
+      <c r="D114" t="s">
+        <v>71</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>195</v>
+      </c>
+      <c r="G114" t="s">
+        <v>79</v>
+      </c>
+      <c r="H114">
+        <v>2019</v>
+      </c>
+      <c r="I114"/>
+      <c r="J114" t="s">
+        <v>695</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114"/>
+      <c r="M114" t="s">
+        <v>696</v>
+      </c>
+      <c r="N114" t="s">
+        <v>39</v>
+      </c>
+      <c r="O114" t="s">
+        <v>697</v>
+      </c>
+      <c r="P114" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>699</v>
+      </c>
+      <c r="B115" t="s">
+        <v>700</v>
+      </c>
+      <c r="C115" t="s">
+        <v>701</v>
+      </c>
+      <c r="D115" t="s">
+        <v>71</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
         <v>21</v>
       </c>
-      <c r="K109"/>
-[...32 lines deleted...]
-      <c r="H110">
+      <c r="G115" t="s">
+        <v>79</v>
+      </c>
+      <c r="H115">
+        <v>2016</v>
+      </c>
+      <c r="I115"/>
+      <c r="J115" t="s">
+        <v>234</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115" t="s">
+        <v>702</v>
+      </c>
+      <c r="M115" t="s">
+        <v>703</v>
+      </c>
+      <c r="N115" t="s">
+        <v>39</v>
+      </c>
+      <c r="O115" t="s">
+        <v>704</v>
+      </c>
+      <c r="P115" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>706</v>
+      </c>
+      <c r="B116" t="s">
+        <v>707</v>
+      </c>
+      <c r="C116" t="s">
+        <v>287</v>
+      </c>
+      <c r="D116" t="s">
+        <v>45</v>
+      </c>
+      <c r="E116" t="s">
+        <v>33</v>
+      </c>
+      <c r="F116" t="s">
+        <v>195</v>
+      </c>
+      <c r="G116" t="s">
+        <v>79</v>
+      </c>
+      <c r="H116">
         <v>2021</v>
       </c>
-      <c r="I110" t="s">
-[...37 lines deleted...]
-      <c r="G111">
+      <c r="I116"/>
+      <c r="J116" t="s">
+        <v>56</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116" t="s">
+        <v>708</v>
+      </c>
+      <c r="M116" t="s">
+        <v>289</v>
+      </c>
+      <c r="N116" t="s">
+        <v>39</v>
+      </c>
+      <c r="O116" t="s">
+        <v>709</v>
+      </c>
+      <c r="P116" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>710</v>
+      </c>
+      <c r="B117" t="s">
+        <v>711</v>
+      </c>
+      <c r="C117" t="s">
+        <v>287</v>
+      </c>
+      <c r="D117" t="s">
+        <v>71</v>
+      </c>
+      <c r="E117" t="s">
+        <v>33</v>
+      </c>
+      <c r="F117" t="s">
+        <v>195</v>
+      </c>
+      <c r="G117" t="s">
+        <v>79</v>
+      </c>
+      <c r="H117">
+        <v>2010</v>
+      </c>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>56</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117" t="s">
+        <v>712</v>
+      </c>
+      <c r="M117" t="s">
+        <v>289</v>
+      </c>
+      <c r="N117" t="s">
+        <v>39</v>
+      </c>
+      <c r="O117" t="s">
+        <v>713</v>
+      </c>
+      <c r="P117" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>715</v>
+      </c>
+      <c r="B118" t="s">
+        <v>716</v>
+      </c>
+      <c r="C118" t="s">
+        <v>220</v>
+      </c>
+      <c r="D118" t="s">
+        <v>71</v>
+      </c>
+      <c r="E118" t="s">
+        <v>33</v>
+      </c>
+      <c r="F118" t="s">
+        <v>46</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
+        <v>1994</v>
+      </c>
+      <c r="I118">
         <v>2012</v>
       </c>
-      <c r="H111">
-[...77 lines deleted...]
-      <c r="F113" t="s">
+      <c r="J118" t="s">
+        <v>433</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118" t="s">
+        <v>717</v>
+      </c>
+      <c r="M118" t="s">
+        <v>718</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>719</v>
+      </c>
+      <c r="P118" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>721</v>
+      </c>
+      <c r="B119" t="s">
+        <v>722</v>
+      </c>
+      <c r="C119" t="s">
+        <v>220</v>
+      </c>
+      <c r="D119" t="s">
+        <v>221</v>
+      </c>
+      <c r="E119" t="s">
+        <v>33</v>
+      </c>
+      <c r="F119" t="s">
         <v>46</v>
       </c>
-      <c r="G113">
-[...38 lines deleted...]
-      <c r="F114" t="s">
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
+        <v>1999</v>
+      </c>
+      <c r="I119">
+        <v>2012</v>
+      </c>
+      <c r="J119" t="s">
+        <v>433</v>
+      </c>
+      <c r="K119" t="s">
+        <v>24</v>
+      </c>
+      <c r="L119" t="s">
+        <v>723</v>
+      </c>
+      <c r="M119" t="s">
+        <v>718</v>
+      </c>
+      <c r="N119" t="s">
+        <v>39</v>
+      </c>
+      <c r="O119" t="s">
+        <v>724</v>
+      </c>
+      <c r="P119" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>726</v>
+      </c>
+      <c r="B120" t="s">
+        <v>727</v>
+      </c>
+      <c r="C120" t="s">
+        <v>220</v>
+      </c>
+      <c r="D120" t="s">
+        <v>71</v>
+      </c>
+      <c r="E120" t="s">
+        <v>33</v>
+      </c>
+      <c r="F120" t="s">
         <v>46</v>
       </c>
-      <c r="G114">
-[...36 lines deleted...]
-      <c r="F115" t="s">
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>1994</v>
+      </c>
+      <c r="I120">
+        <v>2012</v>
+      </c>
+      <c r="J120" t="s">
+        <v>234</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120" t="s">
+        <v>728</v>
+      </c>
+      <c r="M120" t="s">
+        <v>729</v>
+      </c>
+      <c r="N120" t="s">
+        <v>39</v>
+      </c>
+      <c r="O120" t="s">
+        <v>730</v>
+      </c>
+      <c r="P120" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>732</v>
+      </c>
+      <c r="B121" t="s">
+        <v>733</v>
+      </c>
+      <c r="C121" t="s">
+        <v>220</v>
+      </c>
+      <c r="D121" t="s">
+        <v>71</v>
+      </c>
+      <c r="E121" t="s">
+        <v>33</v>
+      </c>
+      <c r="F121" t="s">
         <v>46</v>
       </c>
-      <c r="G115">
-[...38 lines deleted...]
-      <c r="F116" t="s">
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>2009</v>
+      </c>
+      <c r="I121">
+        <v>2012</v>
+      </c>
+      <c r="J121" t="s">
+        <v>433</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121" t="s">
+        <v>734</v>
+      </c>
+      <c r="M121" t="s">
+        <v>718</v>
+      </c>
+      <c r="N121" t="s">
+        <v>39</v>
+      </c>
+      <c r="O121" t="s">
+        <v>735</v>
+      </c>
+      <c r="P121" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>737</v>
+      </c>
+      <c r="B122" t="s">
+        <v>738</v>
+      </c>
+      <c r="C122" t="s">
+        <v>220</v>
+      </c>
+      <c r="D122" t="s">
+        <v>221</v>
+      </c>
+      <c r="E122" t="s">
+        <v>33</v>
+      </c>
+      <c r="F122" t="s">
         <v>46</v>
       </c>
-      <c r="G116">
-[...38 lines deleted...]
-      <c r="F117" t="s">
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>2010</v>
+      </c>
+      <c r="I122">
+        <v>2012</v>
+      </c>
+      <c r="J122" t="s">
+        <v>433</v>
+      </c>
+      <c r="K122" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122" t="s">
+        <v>739</v>
+      </c>
+      <c r="M122" t="s">
+        <v>718</v>
+      </c>
+      <c r="N122" t="s">
+        <v>39</v>
+      </c>
+      <c r="O122" t="s">
+        <v>740</v>
+      </c>
+      <c r="P122" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>742</v>
+      </c>
+      <c r="B123" t="s">
+        <v>743</v>
+      </c>
+      <c r="C123" t="s">
+        <v>247</v>
+      </c>
+      <c r="D123" t="s">
+        <v>45</v>
+      </c>
+      <c r="E123" t="s">
+        <v>33</v>
+      </c>
+      <c r="F123" t="s">
         <v>46</v>
       </c>
-      <c r="G117">
-[...262 lines deleted...]
-        <v>2012</v>
+      <c r="G123" t="s">
+        <v>22</v>
       </c>
       <c r="H123">
         <v>2012</v>
       </c>
-      <c r="I123" t="s">
-        <v>168</v>
+      <c r="I123">
+        <v>2012</v>
       </c>
       <c r="J123" t="s">
+        <v>234</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123"/>
+      <c r="M123" t="s">
+        <v>744</v>
+      </c>
+      <c r="N123" t="s">
+        <v>39</v>
+      </c>
+      <c r="O123" t="s">
+        <v>745</v>
+      </c>
+      <c r="P123" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>747</v>
+      </c>
+      <c r="B124" t="s">
+        <v>748</v>
+      </c>
+      <c r="C124" t="s">
+        <v>220</v>
+      </c>
+      <c r="D124" t="s">
+        <v>71</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
         <v>21</v>
       </c>
-      <c r="K123"/>
-[...3 lines deleted...]
-      <c r="M123" t="s">
+      <c r="G124" t="s">
+        <v>749</v>
+      </c>
+      <c r="H124">
+        <v>2010</v>
+      </c>
+      <c r="I124">
+        <v>2016</v>
+      </c>
+      <c r="J124" t="s">
+        <v>222</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124" t="s">
+        <v>750</v>
+      </c>
+      <c r="M124" t="s">
+        <v>598</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>751</v>
+      </c>
+      <c r="P124" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>753</v>
+      </c>
+      <c r="B125" t="s">
+        <v>754</v>
+      </c>
+      <c r="C125" t="s">
+        <v>755</v>
+      </c>
+      <c r="D125" t="s">
+        <v>756</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>21</v>
+      </c>
+      <c r="G125" t="s">
+        <v>79</v>
+      </c>
+      <c r="H125">
+        <v>2016</v>
+      </c>
+      <c r="I125"/>
+      <c r="J125" t="s">
+        <v>56</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125"/>
+      <c r="M125" t="s">
+        <v>757</v>
+      </c>
+      <c r="N125" t="s">
+        <v>39</v>
+      </c>
+      <c r="O125" t="s">
+        <v>758</v>
+      </c>
+      <c r="P125" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>760</v>
+      </c>
+      <c r="B126" t="s">
+        <v>761</v>
+      </c>
+      <c r="C126" t="s">
+        <v>177</v>
+      </c>
+      <c r="D126" t="s">
+        <v>71</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>21</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
+        <v>2005</v>
+      </c>
+      <c r="I126">
+        <v>2015</v>
+      </c>
+      <c r="J126" t="s">
+        <v>180</v>
+      </c>
+      <c r="K126" t="s">
+        <v>24</v>
+      </c>
+      <c r="L126" t="s">
+        <v>762</v>
+      </c>
+      <c r="M126" t="s">
+        <v>181</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>763</v>
+      </c>
+      <c r="P126" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>765</v>
+      </c>
+      <c r="B127" t="s">
+        <v>766</v>
+      </c>
+      <c r="C127" t="s">
+        <v>177</v>
+      </c>
+      <c r="D127" t="s">
+        <v>45</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>21</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
+      </c>
+      <c r="H127">
+        <v>2012</v>
+      </c>
+      <c r="I127">
+        <v>2021</v>
+      </c>
+      <c r="J127" t="s">
+        <v>320</v>
+      </c>
+      <c r="K127" t="s">
+        <v>24</v>
+      </c>
+      <c r="L127"/>
+      <c r="M127" t="s">
+        <v>181</v>
+      </c>
+      <c r="N127" t="s">
+        <v>39</v>
+      </c>
+      <c r="O127" t="s">
+        <v>767</v>
+      </c>
+      <c r="P127" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>769</v>
+      </c>
+      <c r="B128" t="s">
+        <v>770</v>
+      </c>
+      <c r="C128" t="s">
+        <v>177</v>
+      </c>
+      <c r="D128" t="s">
+        <v>45</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
+        <v>21</v>
+      </c>
+      <c r="G128" t="s">
+        <v>55</v>
+      </c>
+      <c r="H128">
+        <v>2012</v>
+      </c>
+      <c r="I128">
+        <v>2015</v>
+      </c>
+      <c r="J128" t="s">
+        <v>638</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128"/>
+      <c r="M128" t="s">
+        <v>181</v>
+      </c>
+      <c r="N128" t="s">
+        <v>39</v>
+      </c>
+      <c r="O128" t="s">
+        <v>771</v>
+      </c>
+      <c r="P128" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>773</v>
+      </c>
+      <c r="B129" t="s">
+        <v>774</v>
+      </c>
+      <c r="C129" t="s">
+        <v>177</v>
+      </c>
+      <c r="D129" t="s">
+        <v>45</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
+        <v>21</v>
+      </c>
+      <c r="G129" t="s">
+        <v>79</v>
+      </c>
+      <c r="H129">
+        <v>2012</v>
+      </c>
+      <c r="I129"/>
+      <c r="J129" t="s">
+        <v>180</v>
+      </c>
+      <c r="K129" t="s">
+        <v>24</v>
+      </c>
+      <c r="L129"/>
+      <c r="M129" t="s">
+        <v>181</v>
+      </c>
+      <c r="N129" t="s">
+        <v>39</v>
+      </c>
+      <c r="O129" t="s">
+        <v>775</v>
+      </c>
+      <c r="P129" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>777</v>
+      </c>
+      <c r="B130" t="s">
+        <v>778</v>
+      </c>
+      <c r="C130" t="s">
+        <v>779</v>
+      </c>
+      <c r="D130" t="s">
+        <v>780</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
         <v>34</v>
       </c>
-      <c r="N123" t="s">
-[...25 lines deleted...]
-      <c r="H124">
+      <c r="G130" t="s">
+        <v>22</v>
+      </c>
+      <c r="H130">
+        <v>2009</v>
+      </c>
+      <c r="I130">
         <v>2016</v>
       </c>
-      <c r="I124" t="s">
-[...253 lines deleted...]
-      </c>
       <c r="J130" t="s">
-        <v>392</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K130" t="s">
+        <v>569</v>
+      </c>
+      <c r="L130"/>
       <c r="M130" t="s">
-        <v>34</v>
+        <v>781</v>
       </c>
       <c r="N130" t="s">
-        <v>534</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:14">
+        <v>39</v>
+      </c>
+      <c r="O130" t="s">
+        <v>782</v>
+      </c>
+      <c r="P130" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>535</v>
+        <v>784</v>
       </c>
       <c r="B131" t="s">
-        <v>192</v>
+        <v>785</v>
       </c>
       <c r="C131" t="s">
-        <v>58</v>
+        <v>267</v>
       </c>
       <c r="D131" t="s">
-        <v>28</v>
+        <v>71</v>
       </c>
       <c r="E131" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="F131" t="s">
         <v>46</v>
       </c>
-      <c r="G131">
+      <c r="G131" t="s">
+        <v>79</v>
+      </c>
+      <c r="H131">
         <v>1998</v>
       </c>
-      <c r="H131"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I131"/>
       <c r="J131" t="s">
+        <v>268</v>
+      </c>
+      <c r="K131" t="s">
+        <v>24</v>
+      </c>
+      <c r="L131" t="s">
+        <v>786</v>
+      </c>
+      <c r="M131" t="s">
+        <v>787</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>788</v>
+      </c>
+      <c r="P131" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>790</v>
+      </c>
+      <c r="B132" t="s">
+        <v>791</v>
+      </c>
+      <c r="C132" t="s">
+        <v>267</v>
+      </c>
+      <c r="D132" t="s">
+        <v>45</v>
+      </c>
+      <c r="E132" t="s">
+        <v>33</v>
+      </c>
+      <c r="F132" t="s">
+        <v>46</v>
+      </c>
+      <c r="G132" t="s">
+        <v>22</v>
+      </c>
+      <c r="H132">
+        <v>2004</v>
+      </c>
+      <c r="I132">
+        <v>2012</v>
+      </c>
+      <c r="J132" t="s">
+        <v>268</v>
+      </c>
+      <c r="K132" t="s">
+        <v>24</v>
+      </c>
+      <c r="L132" t="s">
+        <v>792</v>
+      </c>
+      <c r="M132" t="s">
+        <v>787</v>
+      </c>
+      <c r="N132" t="s">
+        <v>39</v>
+      </c>
+      <c r="O132" t="s">
+        <v>793</v>
+      </c>
+      <c r="P132" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>795</v>
+      </c>
+      <c r="B133" t="s">
+        <v>796</v>
+      </c>
+      <c r="C133" t="s">
+        <v>121</v>
+      </c>
+      <c r="D133" t="s">
+        <v>797</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
         <v>21</v>
       </c>
-      <c r="K131" t="s">
-[...34 lines deleted...]
-      <c r="H132">
+      <c r="G133" t="s">
+        <v>79</v>
+      </c>
+      <c r="H133">
+        <v>2021</v>
+      </c>
+      <c r="I133"/>
+      <c r="J133" t="s">
+        <v>122</v>
+      </c>
+      <c r="K133" t="s">
+        <v>24</v>
+      </c>
+      <c r="L133"/>
+      <c r="M133"/>
+      <c r="N133" t="s">
+        <v>39</v>
+      </c>
+      <c r="O133" t="s">
+        <v>798</v>
+      </c>
+      <c r="P133" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>800</v>
+      </c>
+      <c r="B134" t="s">
+        <v>801</v>
+      </c>
+      <c r="C134" t="s">
+        <v>121</v>
+      </c>
+      <c r="D134" t="s">
+        <v>93</v>
+      </c>
+      <c r="E134" t="s">
+        <v>20</v>
+      </c>
+      <c r="F134" t="s">
+        <v>21</v>
+      </c>
+      <c r="G134" t="s">
+        <v>79</v>
+      </c>
+      <c r="H134">
+        <v>2021</v>
+      </c>
+      <c r="I134"/>
+      <c r="J134" t="s">
+        <v>122</v>
+      </c>
+      <c r="K134" t="s">
+        <v>24</v>
+      </c>
+      <c r="L134"/>
+      <c r="M134"/>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>802</v>
+      </c>
+      <c r="P134" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>803</v>
+      </c>
+      <c r="B135" t="s">
+        <v>804</v>
+      </c>
+      <c r="C135" t="s">
+        <v>805</v>
+      </c>
+      <c r="D135" t="s">
+        <v>806</v>
+      </c>
+      <c r="E135" t="s">
+        <v>20</v>
+      </c>
+      <c r="F135" t="s">
+        <v>195</v>
+      </c>
+      <c r="G135" t="s">
+        <v>79</v>
+      </c>
+      <c r="H135">
+        <v>2016</v>
+      </c>
+      <c r="I135"/>
+      <c r="J135" t="s">
+        <v>807</v>
+      </c>
+      <c r="K135" t="s">
+        <v>24</v>
+      </c>
+      <c r="L135"/>
+      <c r="M135" t="s">
+        <v>808</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>809</v>
+      </c>
+      <c r="P135" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>811</v>
+      </c>
+      <c r="B136" t="s">
+        <v>812</v>
+      </c>
+      <c r="C136" t="s">
+        <v>267</v>
+      </c>
+      <c r="D136" t="s">
+        <v>407</v>
+      </c>
+      <c r="E136" t="s">
+        <v>33</v>
+      </c>
+      <c r="F136" t="s">
+        <v>21</v>
+      </c>
+      <c r="G136" t="s">
+        <v>79</v>
+      </c>
+      <c r="H136">
+        <v>2007</v>
+      </c>
+      <c r="I136"/>
+      <c r="J136" t="s">
+        <v>400</v>
+      </c>
+      <c r="K136" t="s">
+        <v>24</v>
+      </c>
+      <c r="L136"/>
+      <c r="M136" t="s">
+        <v>813</v>
+      </c>
+      <c r="N136" t="s">
+        <v>39</v>
+      </c>
+      <c r="O136" t="s">
+        <v>814</v>
+      </c>
+      <c r="P136" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>816</v>
+      </c>
+      <c r="B137" t="s">
+        <v>817</v>
+      </c>
+      <c r="C137" t="s">
+        <v>818</v>
+      </c>
+      <c r="D137" t="s">
+        <v>45</v>
+      </c>
+      <c r="E137" t="s">
+        <v>33</v>
+      </c>
+      <c r="F137" t="s">
+        <v>34</v>
+      </c>
+      <c r="G137" t="s">
+        <v>22</v>
+      </c>
+      <c r="H137">
         <v>2012</v>
       </c>
-      <c r="I132" t="s">
-[...2 lines deleted...]
-      <c r="J132" t="s">
+      <c r="I137">
+        <v>2015</v>
+      </c>
+      <c r="J137" t="s">
+        <v>446</v>
+      </c>
+      <c r="K137" t="s">
+        <v>24</v>
+      </c>
+      <c r="L137" t="s">
+        <v>819</v>
+      </c>
+      <c r="M137" t="s">
+        <v>820</v>
+      </c>
+      <c r="N137" t="s">
+        <v>39</v>
+      </c>
+      <c r="O137" t="s">
+        <v>821</v>
+      </c>
+      <c r="P137" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>823</v>
+      </c>
+      <c r="B138" t="s">
+        <v>824</v>
+      </c>
+      <c r="C138" t="s">
+        <v>825</v>
+      </c>
+      <c r="D138" t="s">
+        <v>45</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>195</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
+        <v>2016</v>
+      </c>
+      <c r="I138">
+        <v>2019</v>
+      </c>
+      <c r="J138" t="s">
+        <v>638</v>
+      </c>
+      <c r="K138" t="s">
+        <v>24</v>
+      </c>
+      <c r="L138"/>
+      <c r="M138" t="s">
+        <v>826</v>
+      </c>
+      <c r="N138" t="s">
+        <v>39</v>
+      </c>
+      <c r="O138" t="s">
+        <v>827</v>
+      </c>
+      <c r="P138" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>829</v>
+      </c>
+      <c r="B139" t="s">
+        <v>830</v>
+      </c>
+      <c r="C139" t="s">
+        <v>831</v>
+      </c>
+      <c r="D139" t="s">
+        <v>71</v>
+      </c>
+      <c r="E139" t="s">
+        <v>20</v>
+      </c>
+      <c r="F139" t="s">
         <v>21</v>
       </c>
-      <c r="K132" t="s">
-[...189 lines deleted...]
-      <c r="G137">
+      <c r="G139" t="s">
+        <v>79</v>
+      </c>
+      <c r="H139">
+        <v>2011</v>
+      </c>
+      <c r="I139"/>
+      <c r="J139" t="s">
+        <v>35</v>
+      </c>
+      <c r="K139" t="s">
+        <v>24</v>
+      </c>
+      <c r="L139"/>
+      <c r="M139" t="s">
+        <v>832</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>833</v>
+      </c>
+      <c r="P139" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>835</v>
+      </c>
+      <c r="B140" t="s">
+        <v>836</v>
+      </c>
+      <c r="C140" t="s">
+        <v>589</v>
+      </c>
+      <c r="D140" t="s">
+        <v>837</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
+        <v>195</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140">
         <v>2012</v>
       </c>
-      <c r="H137">
-[...125 lines deleted...]
-      <c r="H140">
+      <c r="I140">
         <v>2014</v>
       </c>
-      <c r="I140" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J140" t="s">
-        <v>21</v>
+        <v>433</v>
       </c>
       <c r="K140" t="s">
-        <v>570</v>
+        <v>24</v>
       </c>
       <c r="L140" t="s">
-        <v>409</v>
+        <v>838</v>
       </c>
       <c r="M140" t="s">
-        <v>34</v>
+        <v>592</v>
       </c>
       <c r="N140" t="s">
-        <v>571</v>
+        <v>39</v>
+      </c>
+      <c r="O140" t="s">
+        <v>839</v>
+      </c>
+      <c r="P140" t="s">
+        <v>840</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>