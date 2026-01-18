--- v0 (2025-10-13)
+++ v1 (2026-01-18)
@@ -12,1953 +12,2795 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="589">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="856">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
     <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
   </si>
   <si>
+    <t>The product group 'televisions' shall comprise: Mains powered electronic equipment; the primary purpose and function of which is to receive; decode and display TV transmission signals.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
+  </si>
+  <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
+  </si>
+  <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 4782.2:2004: Double-capped fluorescent lamps—Performance specifications—Minimum Energy Performance Standard (MEPS)</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS/NZS 4782.1:2004</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-478222004-double-capped-fluorescent-lamps-performance-specifications-minimum-energy</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL 022-2021 Flat panel TVs</t>
   </si>
   <si>
+    <t>This policy specifies energy labeling requirements for flat panel TVs. It applies to both LCD TVs and OLED TVs.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>GB 24850-2013</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China(SAMR) and National Deve…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-022-2021-flat-panel-tvs</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=d6c1a8d2aed2480c9fbf43c16c246f6c</t>
+  </si>
+  <si>
     <t>CEL-024. Flat Panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD and OLED TV (referred to as "flat panel TV") and LCD and OLED monitors that work under AC 220 V and 50 Hz power supply conditions.</t>
+  </si>
+  <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-024-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E7%94%B5%E8%A7%86.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
+    <t>Televisions, Displays</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>EN 50301</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Televisions, Displays</t>
-[...1 lines deleted...]
-  <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>EN 50301</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>September 2023</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2013/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021 of 1 October 2019 laying down ecodesign requirements for electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of televisions.  In addition to the definitions set out in Directive 2005-32-EC; the following definitions shall apply: 1. 'Television' means a television set or a television monitor; 2. ‘television set’ means a product designed primarily for the display and reception of audiovisual signals which is placed on the market under one model or system designation; and which consists of: a display;  one or more tuner or receiver  and optional additional functions for data storage and/or display such as DVD; hard disk drive  or videocassette recorder; either in a single unit combined with the display; or in one or more separate units.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192021-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2021-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
-[...1 lines deleted...]
-  <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CQC31-452631-2013. CQC Mark Certification - Flat panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD TV and Plasma TV that work under electricity grid of normal voltage and serve for general service. Also applies to LCD or plasma display equipment which main function is TV but without moderator and other types of flat panel displays.</t>
+  </si>
+  <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2013-cqc-mark-certification-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461225-2012. Energy Conservation Certification Rules for Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Apply to ballasts for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 17896-2012; GB/T 15144-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461225-2012-energy-conservation-certification-rules-ballasts-tubular-fluorescent</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-08-24/553843.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465132-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service; Double-Capped</t>
   </si>
   <si>
+    <t>Applies to double-capped fluorescent lamps for general lighting services</t>
+  </si>
+  <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465132-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-double</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492726.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465197-2014. CQC Mark Certification - Double-capped LED Lamps designed to retrofit linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Applies to G13 double-capped T8 LED Lamps designed to retrofit linear Fluorescent Lamps with technical characteristics based on GB|T 10682</t>
+  </si>
+  <si>
     <t>CQC 3148-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465197-2014-cqc-mark-certification-double-capped-led-lamps-designed-retrofit-linear</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/rootfiles/2014/11/02/1414876321132078-1414876321176625.pdf</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPS for televisions</t>
   </si>
   <si>
-    <t>Indonesia</t>
+    <t>The document specifies the MEPS and labeling instructions for televisions.</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>IEC 62301, IEC 62087, SNI 04 6958 - 2003</t>
   </si>
   <si>
-    <t>Ministry of Energy and Mineral Resources</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-televisions</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor of domestic and foreign make</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Displays, Televisions</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/teh-regl-tv.doc</t>
+  </si>
+  <si>
     <t>Draft TV policy</t>
   </si>
   <si>
+    <t>LCD-LED, LCD-CCFL, OLED, Plasma  and CRT</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>IEC 62087: 2008 or IEC 62087: 2011</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-tv-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Televisions</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than equal to 1,000W, consisting of atuner|receiver and a monitor encased in a single housing</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-televisions</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Television</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 14336-1 or CNS 14408; Chinese National Standards; or be recognized by Bureau of Energy</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Test procedure acording to En-Tech 10405003751</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-label-television</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=7</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency % shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-television</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7601 Fluorescent lamps which are the tubular type of rated powerconsumption of 20W, 28W, 32W, and 40W, the circular type of rated powerconsumption of 32W, and 40W, and the compact type of rated powerconsumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W, FPL36W, FPL 45W, and FPL 55W .7</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for TVs</t>
+  </si>
+  <si>
+    <t>This program covers TV screen types: LCD, EDGE LED, FULL LED, DIRECT LED, OLED, UHD 4K, Plasma, etc.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301 Ed 2.0 (2011-01)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-tvs</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/tv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for televisions. It applies to televisions used for the reception and display of television broadcasts that use mains electricity as the only power source, have a rated visible diagonal screen size exceeding 50 cm, and have a built-in television tuner. It does not apply to products that display broadcasts by means of front or rear projection.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-televisions</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Televisions%202021%20Jan_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Color Televisions (Color TV)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for every colour television with native resolution up to 1920 x 1080 pixels, of cathode ray tube (CRT), liquid crystal display (LCD) with cold cathode fluorescent lamp backlight, and plasma technologies type, and liquid crystal display with light emitting diode backlight, excluding computer monitors being manufactured, commercially purchased or sold in India. The policy is revised in the year of 2022.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-color-televisions-color-tv</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/CTV_notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
   </si>
   <si>
+    <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
+  </si>
+  <si>
     <t>IS 2418 (part 1 and 2) -1977 with all amendments</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/TFLnoti_New.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ultra High-Definition Televisions</t>
+  </si>
+  <si>
+    <t>This policy defines the energy consumption standards, star rating, and labeling requirements for ultra-high definition televisions with a native resolution of 3,840 x 2,160 (4K), including Liquid Crystal Displays with Light Emitting Diode backlighting, Organic Light Emitting Diode displays, Quantum dot Light Emitting Diode displays, Micro-Light Emitting Diode displays. It excludes televisions that include a non-removable main battery and computer monitors. 
+The standard specifies the ultra-high definition televisions must meet the</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015
 ,   
                     IS 616: 2017
 ,   
                     IEC 60065:2014 Edition 8.0
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ultra-high-definition-televisions</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Televisions Version 8.0</t>
   </si>
   <si>
+    <t>With the exception of products listed in Section 2.2 of the policy document, products that are: 1) marketed to the consumer as a TV/HTD (i.e., TV/HTD is the primary function); 2) capable of being powered from a wall outlet or with an external power supply; and 3) meet one of the following product type definitions, are eligible for ENERGY STAR certification:
+i. TVs
+ii. Hospitality TV/HTDs
+iii. Home Theater Displays</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>10 CFR Part 430</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-televisions-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/televisions/partners</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
   </si>
   <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
     <t>Fluorescent tubes</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fluorescent-tubes</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>GB 24850-2013 Minimum allowable values of energy efficiency and energy efficiency grades for flat panel TV</t>
   </si>
   <si>
+    <t>Applies to liquid crystal display and plasma display TVs referred as flat-panel TVs; that has the following characteristics: work under grid voltage; receive ground cable satellite or analogue signals; and have primary functions of demodulation and display. Also applies to display equipments that function as TV but not equipped with tuners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-24850-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-flat</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803C2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24850-2020 Minimum allowable values of energy efficiency limits and energy efficiency grades for flat-panel TVs and set-top boxes</t>
+  </si>
+  <si>
+    <t>MEPS for flat panel televisions and set-top boxes</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 17309.1
 ,   
                     GB 24850-2020
 ,   
                     IEC 62087-2:2015</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24850-2020-minimum-allowable-values-energy-efficiency-limits-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EFC3FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>GB19043-2013 Minimum allowable values of energy efficiency grades of double-capped fluorescent lamps for general lighting service</t>
   </si>
   <si>
+    <t>Applies to non-directional self-ballasted LED lamps with the rated rated power of 2W-60W; rated voltage of 220V; frequency 50Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb19043-2013-minimum-allowable-values-energy-efficiency-grades-double-capped-fluorescent</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6C0D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>d MS IEC 60081:2003 or IEC 60081:2003
 ,   
                      MS IEC 60969:2006 or IEC 60969:2001
 ,   
                      MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Television</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for television with size up to or equal to 177.8 cm (70 inch):
+(a) plasma;
+(b) liquid crystal display (LCD);
+(c) light emitting diode (LED);
+(d) cathode ray tube (CRT); and
+(e) any other display type with similar function</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS IEC 62301:2012; IEC 62301:2011
 ,   
                     MS IEC 62087-3:2017; IEC 62087-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-television</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Double-capped Fluorescent Lamps) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers double-capped fluorescent lamps in the product classes set out in subsection (2) that are:</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4782.1:2004AS/NZS 4782.2:2004AS/NZS 4782.3:2006AS/NZS 61231: 2001</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-double-capped-fluorescent-lamps-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2017L00652</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Television) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>Any display device that is designed for the primary purpose of showing television pictures and is supplied with a television tuner must meet the requirements set out in the relevant standards. This includes multifunction televisions and display devices supplied in modular form with an external television tuner.. All televisions excluding the following:</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-television-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2013L01500</t>
+  </si>
+  <si>
     <t>Greenmark N42 - Fluorescent Lamps Tubes</t>
   </si>
   <si>
+    <t>This standard is applicable to the preheat-type fluorescent lamps or tubes which meet the definition of CNS 691 and excludes the compact fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n42-fluorescent-lamps-tubes</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/42/0b942ae7-ba35-45af-8945-4a1ae0e9fdb7.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N60 - Televisions</t>
   </si>
   <si>
+    <t>Applies to television sets. The backlight module or unit of the products display panel shall not use mercury-containing lamps. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>CNS 14466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n60-televisions</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/60/160f6010-15b0-462d-aa1c-76ce4601ab35.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
+  </si>
+  <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
+    <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
+  </si>
+  <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Lighting Products 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for lighting products used for General Lighting Service Lamps according to section 9 of Department Circular No. 2020-06-0015. Products in scope include Linear Fluorescent Lamps (LFL) or Double-Capped Fluorescent Lamps (DFL), Double-Capped Linear LED Lamps, Self-Ballasted Compact Fluorescent Lamps (CFL), Single-Capped Fluorescent Lamps (SFL), Self-Ballasted Non Directional LED Lamps.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>CIE 84 1st Edition 1989
 ,   
                     PNS IEC 60081
 ,   
                     PNS IEC 60901
 ,   
                     ANSI C78.377-2015
 ,   
                     CIE S 025/E:2015
 ,   
                     CIE 13.3:1995
 ,   
                     IES LM 79-08
 ,   
                     IES LM 80-15
 ,   
                     PNS IEC 62612
 ,   
                     PNS IEC 61000-3-2
 ,   
                     IEC 60838-2-3 E.D. 1.0 B:2016 Miscellaneous Lampholders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Television Sets 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for television sets according to Department Circular No. 2020-06-0015. The policy applies to all television sets.</t>
   </si>
   <si>
     <t>PNS IEC 62087
 ,   
                     PNS 378
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 377 of 14 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for televisions.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR IEC 60065:2009 / CISPR 32: 2012 / IEC PAS 62825:2013 / IEC 62087:2011</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-377-14-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-377-de-14-de-setembro-de-2021-345136102</t>
+  </si>
+  <si>
     <t>INTE E22-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-2-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
+  </si>
+  <si>
     <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
   </si>
   <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
     <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Drivers/ Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
   </si>
   <si>
+    <t>This standard specifies MEPS requirements for double-capped; FD1 and FDH2; tubular lamps with a nominal length of 550 mm to 1500 mm and having nominal wattage of 16 watts or more that are within the scope of IEC 60081.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-2448-12013-double-capped-flourescent-lamps-performance-specification-minimum-energy</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10039</t>
+  </si>
+  <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>LI 2455 Energy Commission (Energy Efficiency Standards and Labelling) (Television Sets) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a television set or monitor, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to a rating plate or the equivalent of a rating plate, a digital display and signage, and or non-electric mains operated television or monitor.</t>
+  </si>
+  <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2455-energy-commission-energy-efficiency-standards-and-labelling-television-sets</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
-[...2 lines deleted...]
-    <t>Adopted, Revised</t>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
+    <t>MELS for General Lighting (2019)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
+    <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2019</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy set energy label scheme for all regulated lamps:</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy labeling scheme (MELS) requirements for televisions.</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-televisions</t>
   </si>
   <si>
     <t>MEPS and MEPL for televisions</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover televisions defined as a display device; designed for the primary purpose of showing television pictures; and supplied with a television tuner. This includes multifunction televisions and display devices supplied in modular form with an external television tuner. The E3 Programme is planning to undertake a review of the existing requirements for televisions and assess opportunities to make further energy efficiency gains</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-mepl-televisions</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/televisions/</t>
+  </si>
+  <si>
     <t>MEPS for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4847.2:2010, which specifies minimum energy performance requirements for self-ballasted lamps for general lighting services, and AS/NZS 4782.3(Int):2006, which defines performance requirements for double-capped fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/wp-content/uploads/2019/08/Energy-Regulation.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Fluorescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-fluorescent-lamps</t>
   </si>
   <si>
     <t>MEPS for General Lighting</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for lamps as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting-2024</t>
   </si>
   <si>
-    <t>MEPS for indoor LED lamps</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4782.2:2004, which specifies performance and energy efficiency specifications for tubular fluorescent lamps of length 550 mm to 1500 mm both inclusive with wattage of 16 watts or more that are within the scope of AS/NZS 4782.1. Modified adoption of, and reproduced from, IEC 61347-2-11:2001.</t>
+  </si>
+  <si>
     <t>AS/NZS 4782.2:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-linear-fluorescent-lamps</t>
   </si>
   <si>
     <t>MEPS for Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency percent shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-television</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-televisions-20242025</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
+  </si>
+  <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Double-Capped Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers double-capped fluorescent lamps, which are straight cylindrical fluorescent lamps intended for general lighting use. It applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-double-capped-fluorescent-lamps-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048416</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Television of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers televisions (CRT, LCD, Plasma, LED, or other technologies) that can operate with the power from the mains electricity supply.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-television-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048426</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>MS : 208 : 2012 Energy efficiency and labelling requirements-Television</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Television</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>MS 208</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-208-2012-energy-efficiency-and-labelling-requirements-television</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-682/</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>NOM-028-ENER-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the minimum efficiency limits for general- purpose lamps, intended for the lighting of the residential, commercial, services, industrial and public lighting sectors , as well as their test methods. This Official Mexican Standard applies to general-purpose lamps intended for lighting in the residential, commercial, services, industrial and public lighting sectors, such as: incandescent, incandescent with halogen, linear fluorescent, high intensity discharge and mixed light; that are imported, manufactured, and / or marketed within the national territory.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-028-ener-2017</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5515627&amp;fecha=09/03/2018</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
+    <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
+  </si>
+  <si>
     <t>PNS IEC 60081:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-2:2006 - Lamps and related equipments – Energy labeling requirements – Part 1-2: Single-capped fluorescent lamps</t>
   </si>
   <si>
     <t>PNS IEC 60901:2001 Amd. 01, 02, &amp; 03:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-1-22006-lamps-and-related-equipments-energy-labeling-requirements-part-1-2-single</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0238/Manila_lites_asia_meeting_1.8_Philippine_policies_for_EE_lighting_Mirna_Campanano.pdf</t>
+  </si>
+  <si>
     <t>PNS 2098-1:2013 - Audio video and related equipment - Energy efficiency factor (EEF) and labeling requirements - Part 1: Television set</t>
   </si>
   <si>
+    <t>This labeling program covers television sets and computer monitors with built-in tuner with screen size up to 1520 mm directly connected to the mains.</t>
+  </si>
+  <si>
     <t>PNS 387</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2098-12013-audio-video-and-related-equipment-energy-efficiency-factor-eef-and-labeling</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202098-1-2013-tv.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Televisions</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for televisions.</t>
+  </si>
+  <si>
     <t>IEC 60065 Ed. 7.1 2005</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-televisions</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Provision 219/2015</t>
   </si>
   <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62411 / IRAM 62301</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-2192015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
     <t>Provision No. 257</t>
   </si>
   <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-257</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
+  </si>
+  <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/14/Registration-and-Energy-Efficiency-Certification-of-Lamps-in-Paraguay</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Etiquetado De EE Lamparas Fluroescentes</t>
   </si>
   <si>
+    <t>Linear (tube) fluorescent, Circular, Rectilinear , compact; linear; circular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy-0</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Resolution No. 7 - Labeling for Televisions</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for televisions.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-7-labeling-televisions</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100326</t>
+  </si>
+  <si>
     <t>SASO 2870:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to: 
+Incandescent lamps
+Halogen lamps
+Compact flourescent lamps with integrated ballast (CFLi)
+Light-emitting diode (LED) lamps (Incandescent retrofit types)
+Light-emitting diode (LED) lamps (Halogen retrofit types)</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28702018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/saudi-arabia-market-access-new-requirements-lighting-products-saso-iecee-and-saso-ee</t>
+  </si>
+  <si>
     <t>SASO 2902:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to:
+Incandescent lamps with a luminous flux above or equal 12,000 lumens
+Halogen lamps with a luminous flux above or equal 12.000 lumens
+Compact fluorescent lamps with integrated ballast (CLFi) with a luminous flux above or equal 12,000 Lumens
+Compact fluorescent lamps without integrated ballast (CFLni)
+Fluorescent Lamps (all types)
+High-Intensity Discharge Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
     <t>Schedule 26 - Ultra-High Definition Televisions (UHD TV)</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labelling program for Ultra-High Definition (UHD) televisions of Liquid Crystal Display with LED backlighting, OLED displays, QLED displays, Micro-LED displays, that may be utilised to make and sell UHD televisions in the Indian market having native resolution of 3,840 x 2,160 pixels (4K) and 7,680 x 4,320 pixels (8K) which can be powered only by an external power supply at a voltage not exceeding 250 V ac, 50 Hz being manufactured, imported and commercially purchased or sold in India.</t>
+  </si>
+  <si>
     <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
   </si>
   <si>
     <t>Sello FIDE No. 4106 - Self-Ballasted Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted circular fluorescent lamps with T5 or T9 bulb, with electronic or electromagnetic adapter, E-26 or E-27 base, and rated supply voltage of 120V and 127V +-10% at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4106-self-ballasted-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4106_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4108 - T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps, quick start, of power ratings: 15W (457.2mm), 17W (604 mm), 25W (914.4 mm), 25W (1200 mm), 28W (1200 mm) 30W (1200 mm) y 32W (1200 mm), U" shape of 31W (41.27 mm between electrodes); as well as instant start lamps of 55W (2438.4 mm) 59W (2438.4 mm) and high light output (HO) in 86W (2438.4 mm). "</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4108-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4108_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4110 - Luminaires for Indoor Use With Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures, built-in or overlaid, using linear fluorescent lamps or U-shaped, with T8 or T5 bulbs and their respective ballast, reflector mirror orcabinet using highly reflective paint, with or without diffuser.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / IES LM-41 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4110-luminaires-indoor-use-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4110_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4119 - T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps, quick start, operating at the following power ratings: 14W, 21W, 28W, 35W and with high light output or without amalgam in the following power ratings: 24W, 39W, 49W, 54W and 80W.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4119-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4119_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4124 - Luminaires for Outdoor Use With Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor lighting fixtures for compact fluorescent lamps T4 or T5 with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-40 / IES LM-16 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4124-luminaires-outdoor-use-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4124_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4125 - Luminaires for Indoor Use with Compact or Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for indoor luminaires, built-in or other, for T4 and T5 compact fluorescent lamps or T5 and T9 circular fluorescent lamps, with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts and at frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4125-luminaires-indoor-use-compact-or-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4125_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4132 - Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for compact fluorescent lamps without ballast, single tube-shaped, double, triple and long twin tube T4 or T5.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.4 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4132-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4132_02.pdf</t>
+  </si>
+  <si>
     <t>SI 60968</t>
   </si>
   <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-60968</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Televisions Sets</t>
   </si>
   <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-televisions-sets</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
     <t>SLNS 91: 2011 Energy Efficiency Labelling – Labelling of Fluorescent Tubular and Compact Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification of fluorescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label. This National Standard is applicable to tubular, circular and compact fluorescent lamps using both integrated and non-integrated electromagnetic or electronic ballasts, with the following  specifications:</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-91-2011-energy-efficiency-labelling-labelling-fluorescent-tubular-and-compact-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-91-2011/</t>
+  </si>
+  <si>
     <t>SLS 1625 : 2013</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Energy Efficiency Rating for Double Capped Tubular Fluorescent Lamps</t>
+  </si>
+  <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>January 2022</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1625-2013</t>
   </si>
   <si>
+    <t>http://www.energy.gov.lk/images/energy-management/regulations-lfl-and-ballasts.pdf</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>TCVN 7896:2015 Compact fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for compact fluorescent lamps (CFL).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78962015-compact-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7896-2015-bong-den-huynh-quang-compact-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8249:2013 Linear tubular fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for linear tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-82492013-linear-tubular-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8249-2013-bong-den-huynh-quang-ong-thang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
+It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
+It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
+It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
+  </si>
+  <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Fluorescent Lamps TGL-2-R4-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to fluorescent lamps consisting of single-capped fluorescent lamps, double-capped fluorescent lamps, and self-ballasted lamps for general lighting purposes.</t>
   </si>
   <si>
     <t>Double–capped fluorescent lamps: TIS 236, TIS 956, TIS 2309, TIS 2310
 ,   
                     Single–capped fluorescent lamps: TIS 1713, TIS 2235, TIS 2334 ,TIS 2310</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-fluorescent-lamps-tgl-2-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-02-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Televisions TGL-34-R1-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to a television set that is powered by the mains power and is a device that serves to receive displays images and sounds transmission (e.g. analogue or digital), with display methods such as Liquid Crystal Display (LCD), Plasma Display Panel (PDP), Light-emitting-diode (LED), or LED-backdrop LCD or Organic Light-Emitting Devices (OLED), excluding Cathode Ray Tube (CRT) display systems and battery-operated portable television set.</t>
+  </si>
+  <si>
     <t>TIS 1195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-televisions-tgl-34-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-34-R1-12.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
     <t>TIS 2309-2556 (2013) double-capped fluorescent lamps: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies requirements for minimum energy efficiency for double capped fluorescent lamps with a rated wattage of 14 W to 80 W and a diameter of 16 mm and 26 mm (T5 and T8), in accordance with the scope of TIS 236. This standard specifies requirements for lamps intended for general lighting purposes used in the luminaires and ballast is connected to a single-phase electric power supply having a rated voltage 220 V 50 Hz and applied to lamp intended for use with high-frequency ballast (electronic ballast).</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Tubular Lamps</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2309-2556-2013-double-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/13.PDF</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor</t>
+  </si>
+  <si>
     <t>EC 1062-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/TELEV%C4%B0ZYONLARIN%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
+    <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
   </si>
   <si>
+    <t>https://www.tuvsud.com/en/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-11-2019/uae-mandatory-standard-for-tv-energy-efficiency-labelling-in-force</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>US 902:2011 Self-ballasted lamps for General Lighting Services - Performance requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the performance requirements; together with the test methods and conditions required to show compliance of tubular fluorescent and other gas-discharge lamps with integrated means for controlling starting and stable operation -self-ballasted lamps; intended for domestic and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-9022011-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=540&amp;preview</t>
+  </si>
+  <si>
     <t>US 903-1:2011 Double-capped fluorescent lamps-performance specifications</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies Minimum Energy Performance Standard (MEPS) requirements for double-capped tubular fluorescent lamps with a nominal length of 550 mm to 1500 mm and having nominal lamp wattage of 16 watts or more. This standard covers lamps for general illumination purposes, for use in luminaires and with lamp ballasts connected to a 240 V 50 Hz single phase or similar mains supply.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/us-903-12011-double-capped-fluorescent-lamps-performance-specifications</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=541&amp;preview</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>VC 9091 Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the safety; efficacy performance; life and interchangeability requirements for single-capped tubular fluorescent lamps with integrated means for controlling starting and stable operation- self-ballasted lamps- and non-self-ballasted single-capped tubular fluorescent lamps; intended for general lighting purposes that have: a rated wattage up to 60W; a rated voltage of 100 to 250 V a.c.; and 2G7 2GX7 GR8 2G10 G10q GR10q GX10q GY10q 2G11 2GX11 GR14q G23 GX23 G24 GX24 GX24q G24d GX32 and Edison screw or Bayonet caps.</t>
   </si>
   <si>
     <t>Annex AA of SANS 60901; or Annex AA of SANS 60969
 ,   
                     SANS 61199
 ,   
                     SANS 60968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9091-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209091.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2222,6071 +3064,6916 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N141"/>
+  <dimension ref="A1:P141"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="255" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="163.817" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>53</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1980</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>55</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>53</v>
+      </c>
+      <c r="F6" t="s">
+        <v>62</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>63</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>70</v>
+      </c>
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...204 lines deleted...]
-        <v>1979</v>
+      <c r="G7" t="s">
+        <v>71</v>
       </c>
       <c r="H7">
         <v>2018</v>
       </c>
-      <c r="I7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>30</v>
+        <v>72</v>
       </c>
       <c r="K7" t="s">
-        <v>58</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>24</v>
+        <v>73</v>
       </c>
       <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>74</v>
+      </c>
+      <c r="P7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>76</v>
+      </c>
+      <c r="B8" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" t="s">
+        <v>78</v>
+      </c>
+      <c r="D8" t="s">
+        <v>79</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1979</v>
+      </c>
+      <c r="I8">
+        <v>2018</v>
+      </c>
+      <c r="J8" t="s">
+        <v>72</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
+        <v>80</v>
+      </c>
+      <c r="M8" t="s">
+        <v>81</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>82</v>
+      </c>
+      <c r="P8" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>84</v>
+      </c>
+      <c r="B9" t="s">
+        <v>85</v>
+      </c>
+      <c r="C9" t="s">
+        <v>86</v>
+      </c>
+      <c r="D9" t="s">
+        <v>87</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>88</v>
+      </c>
+      <c r="H9">
+        <v>2004</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>89</v>
+      </c>
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9" t="s">
+        <v>90</v>
+      </c>
+      <c r="M9" t="s">
+        <v>91</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>92</v>
+      </c>
+      <c r="P9" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>94</v>
+      </c>
+      <c r="B10" t="s">
+        <v>95</v>
+      </c>
+      <c r="C10" t="s">
+        <v>96</v>
+      </c>
+      <c r="D10" t="s">
+        <v>97</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>44</v>
+      </c>
+      <c r="G10" t="s">
+        <v>88</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>54</v>
+      </c>
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>98</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>99</v>
+      </c>
+      <c r="P10" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>101</v>
+      </c>
+      <c r="B11" t="s">
+        <v>102</v>
+      </c>
+      <c r="C11" t="s">
+        <v>103</v>
+      </c>
+      <c r="D11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>44</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11">
+        <v>2021</v>
+      </c>
+      <c r="J11" t="s">
+        <v>72</v>
+      </c>
+      <c r="K11" t="s">
+        <v>36</v>
+      </c>
+      <c r="L11" t="s">
+        <v>104</v>
+      </c>
+      <c r="M11" t="s">
+        <v>105</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>106</v>
+      </c>
+      <c r="P11" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>108</v>
+      </c>
+      <c r="B12" t="s">
+        <v>109</v>
+      </c>
+      <c r="C12" t="s">
+        <v>103</v>
+      </c>
+      <c r="D12" t="s">
+        <v>61</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>44</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12">
+        <v>2013</v>
+      </c>
+      <c r="J12" t="s">
+        <v>110</v>
+      </c>
+      <c r="K12" t="s">
+        <v>36</v>
+      </c>
+      <c r="L12" t="s">
+        <v>104</v>
+      </c>
+      <c r="M12" t="s">
+        <v>111</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>112</v>
+      </c>
+      <c r="P12" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>114</v>
+      </c>
+      <c r="B13" t="s">
+        <v>115</v>
+      </c>
+      <c r="C13" t="s">
         <v>60</v>
       </c>
-    </row>
-[...189 lines deleted...]
-      <c r="G12">
+      <c r="D13" t="s">
+        <v>116</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>44</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
         <v>2010</v>
       </c>
-      <c r="H12">
+      <c r="I13">
         <v>2019</v>
       </c>
-      <c r="I12" t="s">
-[...35 lines deleted...]
-      <c r="G13">
+      <c r="J13" t="s">
+        <v>117</v>
+      </c>
+      <c r="K13" t="s">
+        <v>36</v>
+      </c>
+      <c r="L13" t="s">
+        <v>118</v>
+      </c>
+      <c r="M13" t="s">
+        <v>119</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>120</v>
+      </c>
+      <c r="P13" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>114</v>
+      </c>
+      <c r="B14" t="s">
+        <v>122</v>
+      </c>
+      <c r="C14" t="s">
+        <v>123</v>
+      </c>
+      <c r="D14" t="s">
+        <v>116</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>44</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
         <v>2010</v>
       </c>
-      <c r="H13">
+      <c r="I14">
         <v>2019</v>
       </c>
-      <c r="I13" t="s">
-[...37 lines deleted...]
-      <c r="G14">
+      <c r="J14" t="s">
+        <v>124</v>
+      </c>
+      <c r="K14" t="s">
+        <v>36</v>
+      </c>
+      <c r="L14" t="s">
+        <v>118</v>
+      </c>
+      <c r="M14"/>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>125</v>
+      </c>
+      <c r="P14" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>127</v>
+      </c>
+      <c r="B15" t="s">
+        <v>128</v>
+      </c>
+      <c r="C15" t="s">
+        <v>60</v>
+      </c>
+      <c r="D15" t="s">
+        <v>116</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2009</v>
       </c>
-      <c r="H14">
+      <c r="I15">
         <v>2019</v>
       </c>
-      <c r="I14" t="s">
-[...41 lines deleted...]
-      </c>
       <c r="J15" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="K15"/>
+        <v>117</v>
+      </c>
+      <c r="K15" t="s">
+        <v>36</v>
+      </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>24</v>
+        <v>119</v>
       </c>
       <c r="N15" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>129</v>
+      </c>
+      <c r="P15" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>93</v>
+        <v>131</v>
       </c>
       <c r="B16" t="s">
-        <v>42</v>
+        <v>132</v>
       </c>
       <c r="C16" t="s">
-        <v>94</v>
+        <v>123</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>133</v>
       </c>
       <c r="E16" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G16">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>88</v>
+      </c>
+      <c r="H16">
         <v>2013</v>
       </c>
-      <c r="H16">
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>124</v>
+      </c>
+      <c r="K16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16"/>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>134</v>
+      </c>
+      <c r="P16" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>131</v>
+      </c>
+      <c r="B17" t="s">
+        <v>136</v>
+      </c>
+      <c r="C17" t="s">
+        <v>60</v>
+      </c>
+      <c r="D17" t="s">
+        <v>133</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17">
         <v>2023</v>
       </c>
-      <c r="I16" t="s">
+      <c r="J17" t="s">
+        <v>117</v>
+      </c>
+      <c r="K17" t="s">
+        <v>36</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>119</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>137</v>
+      </c>
+      <c r="P17" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>139</v>
+      </c>
+      <c r="B18" t="s">
+        <v>140</v>
+      </c>
+      <c r="C18" t="s">
+        <v>141</v>
+      </c>
+      <c r="D18" t="s">
+        <v>142</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
         <v>88</v>
       </c>
-      <c r="J16" t="s">
-[...3 lines deleted...]
-      <c r="L16" t="s">
+      <c r="H18">
+        <v>2016</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>54</v>
+      </c>
+      <c r="K18" t="s">
+        <v>36</v>
+      </c>
+      <c r="L18" t="s">
+        <v>143</v>
+      </c>
+      <c r="M18" t="s">
+        <v>144</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>145</v>
+      </c>
+      <c r="P18" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>147</v>
+      </c>
+      <c r="B19" t="s">
+        <v>148</v>
+      </c>
+      <c r="C19" t="s">
+        <v>149</v>
+      </c>
+      <c r="D19" t="s">
+        <v>150</v>
+      </c>
+      <c r="E19" t="s">
+        <v>53</v>
+      </c>
+      <c r="F19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>151</v>
+      </c>
+      <c r="H19"/>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>152</v>
+      </c>
+      <c r="K19" t="s">
+        <v>36</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>153</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>154</v>
+      </c>
+      <c r="P19" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>156</v>
+      </c>
+      <c r="B20" t="s">
+        <v>157</v>
+      </c>
+      <c r="C20" t="s">
+        <v>103</v>
+      </c>
+      <c r="D20" t="s">
+        <v>61</v>
+      </c>
+      <c r="E20" t="s">
+        <v>53</v>
+      </c>
+      <c r="F20" t="s">
+        <v>62</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2002</v>
+      </c>
+      <c r="I20">
+        <v>2013</v>
+      </c>
+      <c r="J20" t="s">
+        <v>152</v>
+      </c>
+      <c r="K20" t="s">
+        <v>36</v>
+      </c>
+      <c r="L20" t="s">
+        <v>104</v>
+      </c>
+      <c r="M20" t="s">
+        <v>158</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>159</v>
+      </c>
+      <c r="P20" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>161</v>
+      </c>
+      <c r="B21" t="s">
+        <v>162</v>
+      </c>
+      <c r="C21" t="s">
+        <v>103</v>
+      </c>
+      <c r="D21" t="s">
+        <v>163</v>
+      </c>
+      <c r="E21" t="s">
+        <v>53</v>
+      </c>
+      <c r="F21" t="s">
+        <v>62</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2002</v>
+      </c>
+      <c r="I21">
+        <v>2021</v>
+      </c>
+      <c r="J21" t="s">
+        <v>72</v>
+      </c>
+      <c r="K21" t="s">
+        <v>36</v>
+      </c>
+      <c r="L21" t="s">
+        <v>164</v>
+      </c>
+      <c r="M21" t="s">
+        <v>165</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>166</v>
+      </c>
+      <c r="P21" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>168</v>
+      </c>
+      <c r="B22" t="s">
+        <v>169</v>
+      </c>
+      <c r="C22" t="s">
+        <v>103</v>
+      </c>
+      <c r="D22" t="s">
+        <v>87</v>
+      </c>
+      <c r="E22" t="s">
+        <v>53</v>
+      </c>
+      <c r="F22" t="s">
+        <v>62</v>
+      </c>
+      <c r="G22" t="s">
+        <v>88</v>
+      </c>
+      <c r="H22">
+        <v>2012</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>170</v>
+      </c>
+      <c r="K22" t="s">
+        <v>36</v>
+      </c>
+      <c r="L22" t="s">
+        <v>171</v>
+      </c>
+      <c r="M22" t="s">
+        <v>158</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>172</v>
+      </c>
+      <c r="P22" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>174</v>
+      </c>
+      <c r="B23" t="s">
+        <v>175</v>
+      </c>
+      <c r="C23" t="s">
+        <v>103</v>
+      </c>
+      <c r="D23" t="s">
+        <v>87</v>
+      </c>
+      <c r="E23" t="s">
+        <v>53</v>
+      </c>
+      <c r="F23" t="s">
+        <v>62</v>
+      </c>
+      <c r="G23" t="s">
+        <v>88</v>
+      </c>
+      <c r="H23">
+        <v>2013</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>152</v>
+      </c>
+      <c r="K23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L23" t="s">
+        <v>176</v>
+      </c>
+      <c r="M23" t="s">
+        <v>158</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>177</v>
+      </c>
+      <c r="P23" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>179</v>
+      </c>
+      <c r="B24" t="s">
+        <v>180</v>
+      </c>
+      <c r="C24" t="s">
+        <v>103</v>
+      </c>
+      <c r="D24" t="s">
+        <v>87</v>
+      </c>
+      <c r="E24" t="s">
+        <v>53</v>
+      </c>
+      <c r="F24" t="s">
+        <v>62</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2013</v>
+      </c>
+      <c r="I24">
+        <v>2014</v>
+      </c>
+      <c r="J24" t="s">
+        <v>152</v>
+      </c>
+      <c r="K24" t="s">
+        <v>36</v>
+      </c>
+      <c r="L24" t="s">
+        <v>181</v>
+      </c>
+      <c r="M24" t="s">
+        <v>158</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>182</v>
+      </c>
+      <c r="P24" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>184</v>
+      </c>
+      <c r="B25" t="s">
+        <v>185</v>
+      </c>
+      <c r="C25" t="s">
+        <v>186</v>
+      </c>
+      <c r="D25" t="s">
+        <v>187</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>188</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2011</v>
+      </c>
+      <c r="I25">
+        <v>2023</v>
+      </c>
+      <c r="J25" t="s">
+        <v>189</v>
+      </c>
+      <c r="K25" t="s">
+        <v>36</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>190</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>191</v>
+      </c>
+      <c r="P25" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>193</v>
+      </c>
+      <c r="B26" t="s">
+        <v>194</v>
+      </c>
+      <c r="C26" t="s">
+        <v>195</v>
+      </c>
+      <c r="D26" t="s">
+        <v>196</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>88</v>
+      </c>
+      <c r="H26">
+        <v>2020</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>189</v>
+      </c>
+      <c r="K26" t="s">
+        <v>36</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>197</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>198</v>
+      </c>
+      <c r="P26" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>200</v>
+      </c>
+      <c r="B27" t="s">
+        <v>201</v>
+      </c>
+      <c r="C27" t="s">
+        <v>195</v>
+      </c>
+      <c r="D27" t="s">
+        <v>202</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>88</v>
+      </c>
+      <c r="H27">
+        <v>2020</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>189</v>
+      </c>
+      <c r="K27" t="s">
+        <v>36</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>197</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>203</v>
+      </c>
+      <c r="P27" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>205</v>
+      </c>
+      <c r="B28" t="s">
+        <v>206</v>
+      </c>
+      <c r="C28" t="s">
+        <v>207</v>
+      </c>
+      <c r="D28" t="s">
+        <v>208</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>44</v>
+      </c>
+      <c r="G28" t="s">
+        <v>88</v>
+      </c>
+      <c r="H28">
+        <v>2020</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>209</v>
+      </c>
+      <c r="K28" t="s">
+        <v>36</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>210</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>211</v>
+      </c>
+      <c r="P28" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>213</v>
+      </c>
+      <c r="B29" t="s">
+        <v>214</v>
+      </c>
+      <c r="C29" t="s">
+        <v>32</v>
+      </c>
+      <c r="D29" t="s">
+        <v>61</v>
+      </c>
+      <c r="E29" t="s">
+        <v>215</v>
+      </c>
+      <c r="F29" t="s">
+        <v>34</v>
+      </c>
+      <c r="G29" t="s">
+        <v>151</v>
+      </c>
+      <c r="H29"/>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>72</v>
+      </c>
+      <c r="K29" t="s">
+        <v>36</v>
+      </c>
+      <c r="L29" t="s">
+        <v>216</v>
+      </c>
+      <c r="M29" t="s">
+        <v>38</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>217</v>
+      </c>
+      <c r="P29" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>219</v>
+      </c>
+      <c r="B30" t="s">
+        <v>220</v>
+      </c>
+      <c r="C30" t="s">
+        <v>221</v>
+      </c>
+      <c r="D30" t="s">
+        <v>222</v>
+      </c>
+      <c r="E30" t="s">
+        <v>53</v>
+      </c>
+      <c r="F30" t="s">
+        <v>44</v>
+      </c>
+      <c r="G30" t="s">
+        <v>151</v>
+      </c>
+      <c r="H30"/>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>223</v>
+      </c>
+      <c r="K30" t="s">
+        <v>36</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>224</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>225</v>
+      </c>
+      <c r="P30" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>227</v>
+      </c>
+      <c r="B31" t="s">
+        <v>228</v>
+      </c>
+      <c r="C31" t="s">
+        <v>229</v>
+      </c>
+      <c r="D31" t="s">
+        <v>61</v>
+      </c>
+      <c r="E31" t="s">
+        <v>53</v>
+      </c>
+      <c r="F31" t="s">
+        <v>44</v>
+      </c>
+      <c r="G31" t="s">
+        <v>151</v>
+      </c>
+      <c r="H31"/>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>230</v>
+      </c>
+      <c r="K31" t="s">
+        <v>36</v>
+      </c>
+      <c r="L31" t="s">
+        <v>231</v>
+      </c>
+      <c r="M31" t="s">
+        <v>232</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>233</v>
+      </c>
+      <c r="P31" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>235</v>
+      </c>
+      <c r="B32" t="s">
+        <v>236</v>
+      </c>
+      <c r="C32" t="s">
+        <v>237</v>
+      </c>
+      <c r="D32" t="s">
+        <v>61</v>
+      </c>
+      <c r="E32" t="s">
+        <v>53</v>
+      </c>
+      <c r="F32" t="s">
+        <v>62</v>
+      </c>
+      <c r="G32" t="s">
+        <v>88</v>
+      </c>
+      <c r="H32">
+        <v>2008</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>238</v>
+      </c>
+      <c r="K32" t="s">
+        <v>36</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>239</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>240</v>
+      </c>
+      <c r="P32" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>242</v>
+      </c>
+      <c r="B33" t="s">
+        <v>243</v>
+      </c>
+      <c r="C33" t="s">
+        <v>244</v>
+      </c>
+      <c r="D33" t="s">
+        <v>142</v>
+      </c>
+      <c r="E33" t="s">
+        <v>53</v>
+      </c>
+      <c r="F33" t="s">
+        <v>34</v>
+      </c>
+      <c r="G33" t="s">
+        <v>151</v>
+      </c>
+      <c r="H33"/>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>72</v>
+      </c>
+      <c r="K33" t="s">
+        <v>36</v>
+      </c>
+      <c r="L33" t="s">
+        <v>245</v>
+      </c>
+      <c r="M33" t="s">
+        <v>246</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>247</v>
+      </c>
+      <c r="P33" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>249</v>
+      </c>
+      <c r="B34" t="s">
+        <v>250</v>
+      </c>
+      <c r="C34" t="s">
+        <v>251</v>
+      </c>
+      <c r="D34" t="s">
+        <v>252</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>34</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34"/>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>72</v>
+      </c>
+      <c r="K34" t="s">
+        <v>36</v>
+      </c>
+      <c r="L34" t="s">
+        <v>253</v>
+      </c>
+      <c r="M34" t="s">
+        <v>254</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>255</v>
+      </c>
+      <c r="P34" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>257</v>
+      </c>
+      <c r="B35" t="s">
+        <v>258</v>
+      </c>
+      <c r="C35" t="s">
+        <v>259</v>
+      </c>
+      <c r="D35" t="s">
+        <v>61</v>
+      </c>
+      <c r="E35" t="s">
+        <v>53</v>
+      </c>
+      <c r="F35" t="s">
+        <v>62</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2002</v>
+      </c>
+      <c r="I35">
+        <v>2015</v>
+      </c>
+      <c r="J35" t="s">
+        <v>260</v>
+      </c>
+      <c r="K35" t="s">
+        <v>36</v>
+      </c>
+      <c r="L35" t="s">
+        <v>261</v>
+      </c>
+      <c r="M35" t="s">
+        <v>262</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>263</v>
+      </c>
+      <c r="P35" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>265</v>
+      </c>
+      <c r="B36" t="s">
+        <v>266</v>
+      </c>
+      <c r="C36" t="s">
+        <v>237</v>
+      </c>
+      <c r="D36" t="s">
+        <v>61</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>44</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2012</v>
+      </c>
+      <c r="I36">
+        <v>2012</v>
+      </c>
+      <c r="J36" t="s">
+        <v>238</v>
+      </c>
+      <c r="K36" t="s">
+        <v>36</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>239</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>267</v>
+      </c>
+      <c r="P36" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>269</v>
+      </c>
+      <c r="B37" t="s">
+        <v>270</v>
+      </c>
+      <c r="C37" t="s">
+        <v>237</v>
+      </c>
+      <c r="D37" t="s">
+        <v>271</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>44</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>1994</v>
+      </c>
+      <c r="I37">
+        <v>2003</v>
+      </c>
+      <c r="J37" t="s">
         <v>89</v>
       </c>
-      <c r="M16" t="s">
-[...25 lines deleted...]
-      <c r="G17">
+      <c r="K37" t="s">
+        <v>36</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>239</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>272</v>
+      </c>
+      <c r="P37" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>274</v>
+      </c>
+      <c r="B38" t="s">
+        <v>275</v>
+      </c>
+      <c r="C38" t="s">
+        <v>276</v>
+      </c>
+      <c r="D38" t="s">
+        <v>61</v>
+      </c>
+      <c r="E38" t="s">
+        <v>53</v>
+      </c>
+      <c r="F38" t="s">
+        <v>44</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2014</v>
+      </c>
+      <c r="I38">
+        <v>2019</v>
+      </c>
+      <c r="J38" t="s">
+        <v>277</v>
+      </c>
+      <c r="K38" t="s">
+        <v>36</v>
+      </c>
+      <c r="L38" t="s">
+        <v>278</v>
+      </c>
+      <c r="M38" t="s">
+        <v>279</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>280</v>
+      </c>
+      <c r="P38" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>282</v>
+      </c>
+      <c r="B39" t="s">
+        <v>283</v>
+      </c>
+      <c r="C39" t="s">
+        <v>284</v>
+      </c>
+      <c r="D39" t="s">
+        <v>61</v>
+      </c>
+      <c r="E39" t="s">
+        <v>53</v>
+      </c>
+      <c r="F39" t="s">
+        <v>62</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2003</v>
+      </c>
+      <c r="I39">
+        <v>2022</v>
+      </c>
+      <c r="J39" t="s">
+        <v>72</v>
+      </c>
+      <c r="K39" t="s">
+        <v>36</v>
+      </c>
+      <c r="L39" t="s">
+        <v>285</v>
+      </c>
+      <c r="M39" t="s">
+        <v>286</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>287</v>
+      </c>
+      <c r="P39" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>289</v>
+      </c>
+      <c r="B40" t="s">
+        <v>290</v>
+      </c>
+      <c r="C40" t="s">
+        <v>291</v>
+      </c>
+      <c r="D40" t="s">
+        <v>292</v>
+      </c>
+      <c r="E40" t="s">
+        <v>53</v>
+      </c>
+      <c r="F40" t="s">
+        <v>34</v>
+      </c>
+      <c r="G40" t="s">
+        <v>88</v>
+      </c>
+      <c r="H40">
+        <v>2017</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>293</v>
+      </c>
+      <c r="K40" t="s">
+        <v>36</v>
+      </c>
+      <c r="L40" t="s">
+        <v>294</v>
+      </c>
+      <c r="M40" t="s">
+        <v>295</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>296</v>
+      </c>
+      <c r="P40" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>298</v>
+      </c>
+      <c r="B41" t="s">
+        <v>299</v>
+      </c>
+      <c r="C41" t="s">
+        <v>300</v>
+      </c>
+      <c r="D41" t="s">
+        <v>61</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>34</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2009</v>
+      </c>
+      <c r="I41">
+        <v>2024</v>
+      </c>
+      <c r="J41" t="s">
+        <v>23</v>
+      </c>
+      <c r="K41" t="s">
+        <v>36</v>
+      </c>
+      <c r="L41" t="s">
+        <v>301</v>
+      </c>
+      <c r="M41" t="s">
+        <v>302</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>303</v>
+      </c>
+      <c r="P41" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>305</v>
+      </c>
+      <c r="B42" t="s">
+        <v>306</v>
+      </c>
+      <c r="C42" t="s">
+        <v>300</v>
+      </c>
+      <c r="D42" t="s">
+        <v>87</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>34</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2009</v>
+      </c>
+      <c r="I42">
+        <v>2018</v>
+      </c>
+      <c r="J42" t="s">
+        <v>72</v>
+      </c>
+      <c r="K42" t="s">
+        <v>36</v>
+      </c>
+      <c r="L42" t="s">
+        <v>307</v>
+      </c>
+      <c r="M42" t="s">
+        <v>302</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>308</v>
+      </c>
+      <c r="P42" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>310</v>
+      </c>
+      <c r="B43" t="s">
+        <v>311</v>
+      </c>
+      <c r="C43" t="s">
+        <v>300</v>
+      </c>
+      <c r="D43" t="s">
+        <v>61</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>34</v>
+      </c>
+      <c r="G43" t="s">
+        <v>88</v>
+      </c>
+      <c r="H43">
+        <v>2023</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>312</v>
+      </c>
+      <c r="K43" t="s">
+        <v>36</v>
+      </c>
+      <c r="L43" t="s">
+        <v>313</v>
+      </c>
+      <c r="M43" t="s">
+        <v>302</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>314</v>
+      </c>
+      <c r="P43" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>316</v>
+      </c>
+      <c r="B44" t="s">
+        <v>317</v>
+      </c>
+      <c r="C44" t="s">
+        <v>318</v>
+      </c>
+      <c r="D44" t="s">
+        <v>319</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>34</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
         <v>2016</v>
       </c>
-      <c r="H17"/>
-[...15 lines deleted...]
-      <c r="N17" t="s">
+      <c r="I44">
+        <v>2019</v>
+      </c>
+      <c r="J44" t="s">
+        <v>72</v>
+      </c>
+      <c r="K44" t="s">
+        <v>55</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>320</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>321</v>
+      </c>
+      <c r="P44" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>323</v>
+      </c>
+      <c r="B45" t="s">
+        <v>324</v>
+      </c>
+      <c r="C45" t="s">
+        <v>325</v>
+      </c>
+      <c r="D45" t="s">
+        <v>61</v>
+      </c>
+      <c r="E45" t="s">
+        <v>53</v>
+      </c>
+      <c r="F45" t="s">
+        <v>62</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>1998</v>
+      </c>
+      <c r="I45">
+        <v>2019</v>
+      </c>
+      <c r="J45" t="s">
+        <v>152</v>
+      </c>
+      <c r="K45" t="s">
+        <v>36</v>
+      </c>
+      <c r="L45" t="s">
+        <v>326</v>
+      </c>
+      <c r="M45" t="s">
+        <v>327</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>328</v>
+      </c>
+      <c r="P45" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>330</v>
+      </c>
+      <c r="B46" t="s">
+        <v>331</v>
+      </c>
+      <c r="C46" t="s">
+        <v>32</v>
+      </c>
+      <c r="D46" t="s">
+        <v>61</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>34</v>
+      </c>
+      <c r="G46" t="s">
+        <v>88</v>
+      </c>
+      <c r="H46">
+        <v>2023</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>332</v>
+      </c>
+      <c r="K46" t="s">
+        <v>36</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>333</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>334</v>
+      </c>
+      <c r="P46" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>336</v>
+      </c>
+      <c r="B47" t="s">
+        <v>336</v>
+      </c>
+      <c r="C47" t="s">
+        <v>259</v>
+      </c>
+      <c r="D47" t="s">
+        <v>87</v>
+      </c>
+      <c r="E47" t="s">
+        <v>53</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2002</v>
+      </c>
+      <c r="I47">
+        <v>2001</v>
+      </c>
+      <c r="J47" t="s">
+        <v>260</v>
+      </c>
+      <c r="K47" t="s">
+        <v>36</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>262</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>337</v>
+      </c>
+      <c r="P47" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>339</v>
+      </c>
+      <c r="B48" t="s">
+        <v>340</v>
+      </c>
+      <c r="C48" t="s">
         <v>103</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A18" t="s">
+      <c r="D48" t="s">
+        <v>61</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>1989</v>
+      </c>
+      <c r="I48">
+        <v>2016</v>
+      </c>
+      <c r="J48" t="s">
+        <v>152</v>
+      </c>
+      <c r="K48" t="s">
+        <v>36</v>
+      </c>
+      <c r="L48" t="s">
         <v>104</v>
       </c>
-      <c r="B18" t="s">
-[...34 lines deleted...]
-      <c r="A19" t="s">
+      <c r="M48" t="s">
         <v>111</v>
       </c>
-      <c r="B19" t="s">
-[...14 lines deleted...]
-      <c r="G19">
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>341</v>
+      </c>
+      <c r="P48" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>343</v>
+      </c>
+      <c r="B49" t="s">
+        <v>344</v>
+      </c>
+      <c r="C49" t="s">
+        <v>103</v>
+      </c>
+      <c r="D49" t="s">
+        <v>345</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2010</v>
+      </c>
+      <c r="I49">
+        <v>2021</v>
+      </c>
+      <c r="J49" t="s">
+        <v>72</v>
+      </c>
+      <c r="K49" t="s">
+        <v>36</v>
+      </c>
+      <c r="L49" t="s">
+        <v>346</v>
+      </c>
+      <c r="M49" t="s">
+        <v>347</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>348</v>
+      </c>
+      <c r="P49" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>350</v>
+      </c>
+      <c r="B50" t="s">
+        <v>351</v>
+      </c>
+      <c r="C50" t="s">
+        <v>103</v>
+      </c>
+      <c r="D50" t="s">
+        <v>87</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2003</v>
+      </c>
+      <c r="I50">
+        <v>2013</v>
+      </c>
+      <c r="J50" t="s">
+        <v>152</v>
+      </c>
+      <c r="K50" t="s">
+        <v>36</v>
+      </c>
+      <c r="L50" t="s">
+        <v>176</v>
+      </c>
+      <c r="M50" t="s">
+        <v>111</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>352</v>
+      </c>
+      <c r="P50" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>354</v>
+      </c>
+      <c r="B51" t="s">
+        <v>355</v>
+      </c>
+      <c r="C51" t="s">
+        <v>356</v>
+      </c>
+      <c r="D51" t="s">
+        <v>61</v>
+      </c>
+      <c r="E51" t="s">
+        <v>53</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>1989</v>
+      </c>
+      <c r="I51">
+        <v>1991</v>
+      </c>
+      <c r="J51" t="s">
+        <v>260</v>
+      </c>
+      <c r="K51" t="s">
+        <v>36</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>357</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>358</v>
+      </c>
+      <c r="P51" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>360</v>
+      </c>
+      <c r="B52" t="s">
+        <v>361</v>
+      </c>
+      <c r="C52" t="s">
+        <v>362</v>
+      </c>
+      <c r="D52" t="s">
+        <v>363</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>34</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2015</v>
+      </c>
+      <c r="I52">
+        <v>2025</v>
+      </c>
+      <c r="J52" t="s">
+        <v>332</v>
+      </c>
+      <c r="K52" t="s">
+        <v>36</v>
+      </c>
+      <c r="L52" t="s">
+        <v>364</v>
+      </c>
+      <c r="M52" t="s">
+        <v>365</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>366</v>
+      </c>
+      <c r="P52" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>368</v>
+      </c>
+      <c r="B53" t="s">
+        <v>369</v>
+      </c>
+      <c r="C53" t="s">
+        <v>370</v>
+      </c>
+      <c r="D53" t="s">
+        <v>61</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>34</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2015</v>
+      </c>
+      <c r="I53">
+        <v>2024</v>
+      </c>
+      <c r="J53" t="s">
+        <v>371</v>
+      </c>
+      <c r="K53" t="s">
+        <v>36</v>
+      </c>
+      <c r="L53" t="s">
+        <v>372</v>
+      </c>
+      <c r="M53" t="s">
+        <v>365</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>373</v>
+      </c>
+      <c r="P53" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>375</v>
+      </c>
+      <c r="B54" t="s">
+        <v>376</v>
+      </c>
+      <c r="C54" t="s">
+        <v>377</v>
+      </c>
+      <c r="D54" t="s">
+        <v>87</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2004</v>
+      </c>
+      <c r="I54">
+        <v>2017</v>
+      </c>
+      <c r="J54" t="s">
+        <v>378</v>
+      </c>
+      <c r="K54" t="s">
+        <v>36</v>
+      </c>
+      <c r="L54" t="s">
+        <v>379</v>
+      </c>
+      <c r="M54" t="s">
+        <v>380</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>381</v>
+      </c>
+      <c r="P54" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>383</v>
+      </c>
+      <c r="B55" t="s">
+        <v>384</v>
+      </c>
+      <c r="C55" t="s">
+        <v>377</v>
+      </c>
+      <c r="D55" t="s">
+        <v>61</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>34</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2009</v>
+      </c>
+      <c r="I55">
+        <v>2013</v>
+      </c>
+      <c r="J55" t="s">
+        <v>378</v>
+      </c>
+      <c r="K55" t="s">
+        <v>36</v>
+      </c>
+      <c r="L55" t="s">
+        <v>385</v>
+      </c>
+      <c r="M55" t="s">
+        <v>380</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>386</v>
+      </c>
+      <c r="P55" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>388</v>
+      </c>
+      <c r="B56" t="s">
+        <v>389</v>
+      </c>
+      <c r="C56" t="s">
+        <v>259</v>
+      </c>
+      <c r="D56" t="s">
+        <v>87</v>
+      </c>
+      <c r="E56" t="s">
+        <v>53</v>
+      </c>
+      <c r="F56" t="s">
+        <v>62</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
         <v>2002</v>
       </c>
-      <c r="H19">
+      <c r="I56">
         <v>2013</v>
       </c>
-      <c r="I19" t="s">
-[...37 lines deleted...]
-      <c r="G20">
+      <c r="J56" t="s">
+        <v>260</v>
+      </c>
+      <c r="K56" t="s">
+        <v>36</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>390</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>391</v>
+      </c>
+      <c r="P56" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>393</v>
+      </c>
+      <c r="B57" t="s">
+        <v>394</v>
+      </c>
+      <c r="C57" t="s">
+        <v>259</v>
+      </c>
+      <c r="D57" t="s">
+        <v>61</v>
+      </c>
+      <c r="E57" t="s">
+        <v>53</v>
+      </c>
+      <c r="F57" t="s">
+        <v>62</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
         <v>2002</v>
       </c>
-      <c r="H20">
+      <c r="I57">
+        <v>2013</v>
+      </c>
+      <c r="J57" t="s">
+        <v>260</v>
+      </c>
+      <c r="K57" t="s">
+        <v>36</v>
+      </c>
+      <c r="L57" t="s">
+        <v>395</v>
+      </c>
+      <c r="M57" t="s">
+        <v>262</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>396</v>
+      </c>
+      <c r="P57" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>398</v>
+      </c>
+      <c r="B58" t="s">
+        <v>399</v>
+      </c>
+      <c r="C58" t="s">
+        <v>362</v>
+      </c>
+      <c r="D58" t="s">
+        <v>61</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>34</v>
+      </c>
+      <c r="G58" t="s">
+        <v>400</v>
+      </c>
+      <c r="H58">
+        <v>2015</v>
+      </c>
+      <c r="I58">
+        <v>2019</v>
+      </c>
+      <c r="J58" t="s">
+        <v>401</v>
+      </c>
+      <c r="K58" t="s">
+        <v>36</v>
+      </c>
+      <c r="L58" t="s">
+        <v>402</v>
+      </c>
+      <c r="M58" t="s">
+        <v>365</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>403</v>
+      </c>
+      <c r="P58" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>405</v>
+      </c>
+      <c r="B59" t="s">
+        <v>406</v>
+      </c>
+      <c r="C59" t="s">
+        <v>362</v>
+      </c>
+      <c r="D59" t="s">
+        <v>271</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>88</v>
+      </c>
+      <c r="H59">
+        <v>2015</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>401</v>
+      </c>
+      <c r="K59" t="s">
+        <v>36</v>
+      </c>
+      <c r="L59" t="s">
+        <v>407</v>
+      </c>
+      <c r="M59" t="s">
+        <v>365</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>408</v>
+      </c>
+      <c r="P59" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>410</v>
+      </c>
+      <c r="B60" t="s">
+        <v>411</v>
+      </c>
+      <c r="C60" t="s">
+        <v>195</v>
+      </c>
+      <c r="D60" t="s">
+        <v>363</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>34</v>
+      </c>
+      <c r="G60" t="s">
+        <v>88</v>
+      </c>
+      <c r="H60">
         <v>2021</v>
       </c>
-      <c r="I20" t="s">
-[...675 lines deleted...]
-      <c r="A37" t="s">
+      <c r="I60">
+        <v>2024</v>
+      </c>
+      <c r="J60" t="s">
+        <v>412</v>
+      </c>
+      <c r="K60" t="s">
+        <v>36</v>
+      </c>
+      <c r="L60" t="s">
+        <v>413</v>
+      </c>
+      <c r="M60" t="s">
+        <v>197</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>414</v>
+      </c>
+      <c r="P60" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>416</v>
+      </c>
+      <c r="B61" t="s">
+        <v>417</v>
+      </c>
+      <c r="C61" t="s">
         <v>195</v>
       </c>
-      <c r="B37" t="s">
-[...150 lines deleted...]
-      <c r="I40" t="s">
+      <c r="D61" t="s">
+        <v>61</v>
+      </c>
+      <c r="E61" t="s">
         <v>20</v>
       </c>
-      <c r="J40" t="s">
-[...894 lines deleted...]
-      </c>
       <c r="F61" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2009</v>
+        <v>34</v>
+      </c>
+      <c r="G61" t="s">
+        <v>88</v>
       </c>
       <c r="H61">
         <v>2021</v>
       </c>
-      <c r="I61" t="s">
-        <v>296</v>
+      <c r="I61">
+        <v>2024</v>
       </c>
       <c r="J61" t="s">
-        <v>30</v>
+        <v>412</v>
       </c>
       <c r="K61" t="s">
-        <v>297</v>
+        <v>36</v>
       </c>
       <c r="L61" t="s">
-        <v>298</v>
+        <v>418</v>
       </c>
       <c r="M61" t="s">
-        <v>24</v>
+        <v>197</v>
       </c>
       <c r="N61" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>419</v>
+      </c>
+      <c r="P61" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>300</v>
+        <v>421</v>
       </c>
       <c r="B62" t="s">
-        <v>301</v>
+        <v>422</v>
       </c>
       <c r="C62" t="s">
-        <v>63</v>
+        <v>423</v>
       </c>
       <c r="D62" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E62" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F62" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G62">
+        <v>44</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2009</v>
+      </c>
+      <c r="I62">
+        <v>2021</v>
+      </c>
+      <c r="J62" t="s">
+        <v>424</v>
+      </c>
+      <c r="K62" t="s">
+        <v>36</v>
+      </c>
+      <c r="L62" t="s">
+        <v>425</v>
+      </c>
+      <c r="M62" t="s">
+        <v>426</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>427</v>
+      </c>
+      <c r="P62" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>429</v>
+      </c>
+      <c r="B63" t="s">
+        <v>430</v>
+      </c>
+      <c r="C63" t="s">
+        <v>431</v>
+      </c>
+      <c r="D63" t="s">
+        <v>87</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
         <v>2000</v>
       </c>
-      <c r="H62">
+      <c r="I63">
         <v>2016</v>
       </c>
-      <c r="I62" t="s">
-[...35 lines deleted...]
-      <c r="G63">
+      <c r="J63" t="s">
+        <v>432</v>
+      </c>
+      <c r="K63" t="s">
+        <v>36</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>433</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>434</v>
+      </c>
+      <c r="P63" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>436</v>
+      </c>
+      <c r="B64" t="s">
+        <v>437</v>
+      </c>
+      <c r="C64" t="s">
+        <v>431</v>
+      </c>
+      <c r="D64" t="s">
+        <v>87</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>44</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
         <v>2000</v>
       </c>
-      <c r="H63">
+      <c r="I64">
         <v>2020</v>
       </c>
-      <c r="I63" t="s">
-[...35 lines deleted...]
-      <c r="G64">
+      <c r="J64" t="s">
+        <v>54</v>
+      </c>
+      <c r="K64" t="s">
+        <v>36</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>433</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>438</v>
+      </c>
+      <c r="P64" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>440</v>
+      </c>
+      <c r="B65" t="s">
+        <v>441</v>
+      </c>
+      <c r="C65" t="s">
+        <v>431</v>
+      </c>
+      <c r="D65" t="s">
+        <v>87</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>44</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
         <v>2016</v>
       </c>
-      <c r="H64">
+      <c r="I65">
         <v>2020</v>
       </c>
-      <c r="I64" t="s">
-[...35 lines deleted...]
-      <c r="G65">
+      <c r="J65" t="s">
+        <v>54</v>
+      </c>
+      <c r="K65" t="s">
+        <v>36</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>433</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>442</v>
+      </c>
+      <c r="P65" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>444</v>
+      </c>
+      <c r="B66" t="s">
+        <v>445</v>
+      </c>
+      <c r="C66" t="s">
+        <v>446</v>
+      </c>
+      <c r="D66" t="s">
+        <v>87</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>34</v>
+      </c>
+      <c r="G66" t="s">
+        <v>88</v>
+      </c>
+      <c r="H66">
         <v>2004</v>
       </c>
-      <c r="H65"/>
-[...9 lines deleted...]
-      <c r="L65" t="s">
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>238</v>
+      </c>
+      <c r="K66" t="s">
+        <v>36</v>
+      </c>
+      <c r="L66" t="s">
+        <v>447</v>
+      </c>
+      <c r="M66" t="s">
+        <v>448</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>449</v>
+      </c>
+      <c r="P66" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>451</v>
+      </c>
+      <c r="B67" t="s">
+        <v>452</v>
+      </c>
+      <c r="C67" t="s">
+        <v>453</v>
+      </c>
+      <c r="D67" t="s">
+        <v>363</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>44</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2013</v>
+      </c>
+      <c r="I67">
+        <v>2014</v>
+      </c>
+      <c r="J67" t="s">
+        <v>152</v>
+      </c>
+      <c r="K67" t="s">
+        <v>36</v>
+      </c>
+      <c r="L67" t="s">
+        <v>454</v>
+      </c>
+      <c r="M67" t="s">
+        <v>455</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>456</v>
+      </c>
+      <c r="P67" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>458</v>
+      </c>
+      <c r="B68" t="s">
+        <v>459</v>
+      </c>
+      <c r="C68" t="s">
+        <v>453</v>
+      </c>
+      <c r="D68" t="s">
+        <v>460</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2013</v>
+      </c>
+      <c r="I68">
+        <v>2014</v>
+      </c>
+      <c r="J68" t="s">
+        <v>152</v>
+      </c>
+      <c r="K68" t="s">
+        <v>36</v>
+      </c>
+      <c r="L68" t="s">
+        <v>454</v>
+      </c>
+      <c r="M68" t="s">
+        <v>455</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>461</v>
+      </c>
+      <c r="P68" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>463</v>
+      </c>
+      <c r="B69" t="s">
+        <v>464</v>
+      </c>
+      <c r="C69" t="s">
+        <v>453</v>
+      </c>
+      <c r="D69" t="s">
+        <v>116</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>44</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2013</v>
+      </c>
+      <c r="I69">
+        <v>2014</v>
+      </c>
+      <c r="J69" t="s">
+        <v>152</v>
+      </c>
+      <c r="K69" t="s">
+        <v>36</v>
+      </c>
+      <c r="L69" t="s">
+        <v>465</v>
+      </c>
+      <c r="M69" t="s">
+        <v>455</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>466</v>
+      </c>
+      <c r="P69" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>468</v>
+      </c>
+      <c r="B70" t="s">
+        <v>469</v>
+      </c>
+      <c r="C70" t="s">
+        <v>453</v>
+      </c>
+      <c r="D70" t="s">
+        <v>116</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2013</v>
+      </c>
+      <c r="I70">
+        <v>2014</v>
+      </c>
+      <c r="J70" t="s">
+        <v>152</v>
+      </c>
+      <c r="K70" t="s">
+        <v>36</v>
+      </c>
+      <c r="L70" t="s">
+        <v>470</v>
+      </c>
+      <c r="M70" t="s">
+        <v>455</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>471</v>
+      </c>
+      <c r="P70" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>473</v>
+      </c>
+      <c r="B71" t="s">
+        <v>474</v>
+      </c>
+      <c r="C71" t="s">
+        <v>475</v>
+      </c>
+      <c r="D71" t="s">
+        <v>87</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2016</v>
+      </c>
+      <c r="I71">
+        <v>2018</v>
+      </c>
+      <c r="J71" t="s">
+        <v>54</v>
+      </c>
+      <c r="K71" t="s">
+        <v>36</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>476</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>477</v>
+      </c>
+      <c r="P71" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>479</v>
+      </c>
+      <c r="B72" t="s">
+        <v>480</v>
+      </c>
+      <c r="C72" t="s">
+        <v>481</v>
+      </c>
+      <c r="D72" t="s">
+        <v>482</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>34</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2005</v>
+      </c>
+      <c r="I72">
+        <v>2008</v>
+      </c>
+      <c r="J72" t="s">
+        <v>483</v>
+      </c>
+      <c r="K72" t="s">
+        <v>36</v>
+      </c>
+      <c r="L72" t="s">
+        <v>484</v>
+      </c>
+      <c r="M72" t="s">
+        <v>485</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>486</v>
+      </c>
+      <c r="P72" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>488</v>
+      </c>
+      <c r="B73" t="s">
+        <v>489</v>
+      </c>
+      <c r="C73" t="s">
+        <v>481</v>
+      </c>
+      <c r="D73" t="s">
+        <v>163</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>88</v>
+      </c>
+      <c r="H73"/>
+      <c r="I73"/>
+      <c r="J73" t="s">
         <v>312</v>
       </c>
-      <c r="M65" t="s">
-[...28 lines deleted...]
-      <c r="H66">
+      <c r="K73" t="s">
+        <v>36</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>485</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>490</v>
+      </c>
+      <c r="P73" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>492</v>
+      </c>
+      <c r="B74" t="s">
+        <v>493</v>
+      </c>
+      <c r="C74" t="s">
+        <v>481</v>
+      </c>
+      <c r="D74" t="s">
+        <v>61</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>88</v>
+      </c>
+      <c r="H74">
+        <v>2022</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>494</v>
+      </c>
+      <c r="K74" t="s">
+        <v>36</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>485</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>495</v>
+      </c>
+      <c r="P74" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>496</v>
+      </c>
+      <c r="B75" t="s">
+        <v>497</v>
+      </c>
+      <c r="C75" t="s">
+        <v>284</v>
+      </c>
+      <c r="D75" t="s">
+        <v>498</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>34</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2008</v>
+      </c>
+      <c r="I75">
+        <v>2020</v>
+      </c>
+      <c r="J75" t="s">
+        <v>54</v>
+      </c>
+      <c r="K75" t="s">
+        <v>36</v>
+      </c>
+      <c r="L75" t="s">
+        <v>499</v>
+      </c>
+      <c r="M75" t="s">
+        <v>500</v>
+      </c>
+      <c r="N75" t="s">
+        <v>501</v>
+      </c>
+      <c r="O75" t="s">
+        <v>502</v>
+      </c>
+      <c r="P75" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>504</v>
+      </c>
+      <c r="B76" t="s">
+        <v>505</v>
+      </c>
+      <c r="C76" t="s">
+        <v>251</v>
+      </c>
+      <c r="D76" t="s">
+        <v>363</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>44</v>
+      </c>
+      <c r="G76" t="s">
+        <v>506</v>
+      </c>
+      <c r="H76">
+        <v>2015</v>
+      </c>
+      <c r="I76">
+        <v>2019</v>
+      </c>
+      <c r="J76" t="s">
+        <v>378</v>
+      </c>
+      <c r="K76" t="s">
+        <v>36</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>507</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>508</v>
+      </c>
+      <c r="P76" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>510</v>
+      </c>
+      <c r="B77" t="s">
+        <v>511</v>
+      </c>
+      <c r="C77" t="s">
+        <v>251</v>
+      </c>
+      <c r="D77" t="s">
+        <v>363</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>44</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2015</v>
+      </c>
+      <c r="I77">
+        <v>2024</v>
+      </c>
+      <c r="J77" t="s">
+        <v>512</v>
+      </c>
+      <c r="K77" t="s">
+        <v>36</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>507</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>513</v>
+      </c>
+      <c r="P77" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>514</v>
+      </c>
+      <c r="B78" t="s">
+        <v>515</v>
+      </c>
+      <c r="C78" t="s">
+        <v>251</v>
+      </c>
+      <c r="D78" t="s">
+        <v>61</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>44</v>
+      </c>
+      <c r="G78" t="s">
+        <v>516</v>
+      </c>
+      <c r="H78">
         <v>2014</v>
       </c>
-      <c r="I66" t="s">
-[...172 lines deleted...]
-      <c r="H70">
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>378</v>
+      </c>
+      <c r="K78" t="s">
+        <v>36</v>
+      </c>
+      <c r="L78" t="s">
+        <v>517</v>
+      </c>
+      <c r="M78" t="s">
+        <v>507</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>518</v>
+      </c>
+      <c r="P78" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>519</v>
+      </c>
+      <c r="B79" t="s">
+        <v>520</v>
+      </c>
+      <c r="C79" t="s">
+        <v>86</v>
+      </c>
+      <c r="D79" t="s">
+        <v>61</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>34</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2012</v>
+      </c>
+      <c r="I79">
+        <v>2017</v>
+      </c>
+      <c r="J79" t="s">
+        <v>260</v>
+      </c>
+      <c r="K79" t="s">
+        <v>36</v>
+      </c>
+      <c r="L79" t="s">
+        <v>521</v>
+      </c>
+      <c r="M79" t="s">
+        <v>91</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>522</v>
+      </c>
+      <c r="P79" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>524</v>
+      </c>
+      <c r="B80" t="s">
+        <v>525</v>
+      </c>
+      <c r="C80" t="s">
+        <v>526</v>
+      </c>
+      <c r="D80" t="s">
+        <v>363</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>88</v>
+      </c>
+      <c r="H80">
         <v>2018</v>
       </c>
-      <c r="I70" t="s">
-[...201 lines deleted...]
-      <c r="G75">
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>189</v>
+      </c>
+      <c r="K80" t="s">
+        <v>36</v>
+      </c>
+      <c r="L80" t="s">
+        <v>527</v>
+      </c>
+      <c r="M80" t="s">
+        <v>528</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>529</v>
+      </c>
+      <c r="P80" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>531</v>
+      </c>
+      <c r="B81" t="s">
+        <v>270</v>
+      </c>
+      <c r="C81" t="s">
+        <v>237</v>
+      </c>
+      <c r="D81" t="s">
+        <v>363</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>21</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>1994</v>
+      </c>
+      <c r="I81">
+        <v>2003</v>
+      </c>
+      <c r="J81" t="s">
+        <v>89</v>
+      </c>
+      <c r="K81" t="s">
+        <v>36</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>239</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>532</v>
+      </c>
+      <c r="P81" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>533</v>
+      </c>
+      <c r="B82" t="s">
+        <v>534</v>
+      </c>
+      <c r="C82" t="s">
+        <v>251</v>
+      </c>
+      <c r="D82" t="s">
+        <v>535</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>21</v>
+      </c>
+      <c r="G82" t="s">
+        <v>506</v>
+      </c>
+      <c r="H82">
         <v>2015</v>
       </c>
-      <c r="H75">
+      <c r="I82">
         <v>2019</v>
       </c>
-      <c r="I75" t="s">
-[...35 lines deleted...]
-      <c r="G76">
+      <c r="J82" t="s">
+        <v>378</v>
+      </c>
+      <c r="K82" t="s">
+        <v>36</v>
+      </c>
+      <c r="L82" t="s">
+        <v>536</v>
+      </c>
+      <c r="M82" t="s">
+        <v>507</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>537</v>
+      </c>
+      <c r="P82" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>539</v>
+      </c>
+      <c r="B83" t="s">
+        <v>540</v>
+      </c>
+      <c r="C83" t="s">
+        <v>251</v>
+      </c>
+      <c r="D83" t="s">
+        <v>363</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>21</v>
+      </c>
+      <c r="G83" t="s">
+        <v>8</v>
+      </c>
+      <c r="H83">
         <v>2015</v>
       </c>
-      <c r="H76">
+      <c r="I83">
         <v>2024</v>
       </c>
-      <c r="I76" t="s">
-[...121 lines deleted...]
-      <c r="G79">
+      <c r="J83" t="s">
+        <v>512</v>
+      </c>
+      <c r="K83" t="s">
+        <v>36</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>507</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>541</v>
+      </c>
+      <c r="P83" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>543</v>
+      </c>
+      <c r="B84" t="s">
+        <v>544</v>
+      </c>
+      <c r="C84" t="s">
+        <v>526</v>
+      </c>
+      <c r="D84" t="s">
+        <v>87</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>21</v>
+      </c>
+      <c r="G84" t="s">
+        <v>88</v>
+      </c>
+      <c r="H84">
         <v>2018</v>
       </c>
-      <c r="H79"/>
-[...216 lines deleted...]
-      </c>
+      <c r="I84"/>
       <c r="J84" t="s">
-        <v>30</v>
+        <v>189</v>
       </c>
       <c r="K84" t="s">
-        <v>382</v>
+        <v>36</v>
       </c>
       <c r="L84" t="s">
-        <v>366</v>
+        <v>545</v>
       </c>
       <c r="M84" t="s">
-        <v>24</v>
+        <v>528</v>
       </c>
       <c r="N84" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>546</v>
+      </c>
+      <c r="P84" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>384</v>
+        <v>547</v>
       </c>
       <c r="B85" t="s">
-        <v>169</v>
+        <v>548</v>
       </c>
       <c r="C85" t="s">
-        <v>43</v>
+        <v>237</v>
       </c>
       <c r="D85" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E85" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F85" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
       </c>
       <c r="H85">
         <v>2012</v>
       </c>
-      <c r="I85" t="s">
-        <v>170</v>
+      <c r="I85">
+        <v>2012</v>
       </c>
       <c r="J85" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>238</v>
+      </c>
+      <c r="K85" t="s">
+        <v>36</v>
+      </c>
+      <c r="L85"/>
       <c r="M85" t="s">
+        <v>239</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>549</v>
+      </c>
+      <c r="P85" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>550</v>
+      </c>
+      <c r="B86" t="s">
+        <v>551</v>
+      </c>
+      <c r="C86" t="s">
+        <v>251</v>
+      </c>
+      <c r="D86" t="s">
+        <v>61</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>88</v>
+      </c>
+      <c r="H86">
+        <v>2024</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>512</v>
+      </c>
+      <c r="K86" t="s">
+        <v>36</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>507</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>552</v>
+      </c>
+      <c r="P86" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>553</v>
+      </c>
+      <c r="B87" t="s">
+        <v>554</v>
+      </c>
+      <c r="C87" t="s">
+        <v>555</v>
+      </c>
+      <c r="D87" t="s">
+        <v>61</v>
+      </c>
+      <c r="E87" t="s">
+        <v>53</v>
+      </c>
+      <c r="F87" t="s">
+        <v>556</v>
+      </c>
+      <c r="G87" t="s">
+        <v>88</v>
+      </c>
+      <c r="H87">
+        <v>2017</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>189</v>
+      </c>
+      <c r="K87" t="s">
+        <v>36</v>
+      </c>
+      <c r="L87" t="s">
+        <v>557</v>
+      </c>
+      <c r="M87" t="s">
+        <v>558</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>559</v>
+      </c>
+      <c r="P87" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>561</v>
+      </c>
+      <c r="B88" t="s">
+        <v>562</v>
+      </c>
+      <c r="C88" t="s">
+        <v>276</v>
+      </c>
+      <c r="D88" t="s">
+        <v>87</v>
+      </c>
+      <c r="E88" t="s">
+        <v>53</v>
+      </c>
+      <c r="F88" t="s">
+        <v>563</v>
+      </c>
+      <c r="G88" t="s">
+        <v>88</v>
+      </c>
+      <c r="H88">
+        <v>2015</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>564</v>
+      </c>
+      <c r="K88" t="s">
+        <v>36</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>565</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>566</v>
+      </c>
+      <c r="P88" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>568</v>
+      </c>
+      <c r="B89" t="s">
+        <v>569</v>
+      </c>
+      <c r="C89" t="s">
+        <v>276</v>
+      </c>
+      <c r="D89" t="s">
+        <v>570</v>
+      </c>
+      <c r="E89" t="s">
+        <v>53</v>
+      </c>
+      <c r="F89" t="s">
+        <v>563</v>
+      </c>
+      <c r="G89" t="s">
+        <v>88</v>
+      </c>
+      <c r="H89">
+        <v>2015</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>564</v>
+      </c>
+      <c r="K89" t="s">
+        <v>36</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>565</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>571</v>
+      </c>
+      <c r="P89" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>573</v>
+      </c>
+      <c r="B90" t="s">
+        <v>574</v>
+      </c>
+      <c r="C90" t="s">
+        <v>356</v>
+      </c>
+      <c r="D90" t="s">
+        <v>575</v>
+      </c>
+      <c r="E90" t="s">
+        <v>53</v>
+      </c>
+      <c r="F90" t="s">
+        <v>44</v>
+      </c>
+      <c r="G90" t="s">
+        <v>88</v>
+      </c>
+      <c r="H90">
+        <v>2012</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>260</v>
+      </c>
+      <c r="K90" t="s">
         <v>24</v>
       </c>
-      <c r="N85" t="s">
-[...60 lines deleted...]
-      <c r="G87">
+      <c r="L90" t="s">
+        <v>576</v>
+      </c>
+      <c r="M90" t="s">
+        <v>577</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>578</v>
+      </c>
+      <c r="P90" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>580</v>
+      </c>
+      <c r="B91" t="s">
+        <v>581</v>
+      </c>
+      <c r="C91" t="s">
+        <v>582</v>
+      </c>
+      <c r="D91" t="s">
+        <v>61</v>
+      </c>
+      <c r="E91" t="s">
+        <v>53</v>
+      </c>
+      <c r="F91" t="s">
+        <v>21</v>
+      </c>
+      <c r="G91" t="s">
+        <v>88</v>
+      </c>
+      <c r="H91">
+        <v>2012</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>54</v>
+      </c>
+      <c r="K91" t="s">
+        <v>36</v>
+      </c>
+      <c r="L91" t="s">
+        <v>583</v>
+      </c>
+      <c r="M91" t="s">
+        <v>584</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>585</v>
+      </c>
+      <c r="P91" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>587</v>
+      </c>
+      <c r="B92" t="s">
+        <v>588</v>
+      </c>
+      <c r="C92" t="s">
+        <v>555</v>
+      </c>
+      <c r="D92" t="s">
+        <v>589</v>
+      </c>
+      <c r="E92" t="s">
+        <v>215</v>
+      </c>
+      <c r="F92" t="s">
+        <v>556</v>
+      </c>
+      <c r="G92" t="s">
+        <v>88</v>
+      </c>
+      <c r="H92">
+        <v>2023</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>189</v>
+      </c>
+      <c r="K92" t="s">
+        <v>590</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>558</v>
+      </c>
+      <c r="N92" t="s">
+        <v>501</v>
+      </c>
+      <c r="O92" t="s">
+        <v>591</v>
+      </c>
+      <c r="P92" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>593</v>
+      </c>
+      <c r="B93" t="s">
+        <v>594</v>
+      </c>
+      <c r="C93" t="s">
+        <v>595</v>
+      </c>
+      <c r="D93" t="s">
+        <v>363</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>21</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2010</v>
+      </c>
+      <c r="I93">
+        <v>2018</v>
+      </c>
+      <c r="J93" t="s">
+        <v>378</v>
+      </c>
+      <c r="K93" t="s">
+        <v>36</v>
+      </c>
+      <c r="L93" t="s">
+        <v>593</v>
+      </c>
+      <c r="M93" t="s">
+        <v>596</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>597</v>
+      </c>
+      <c r="P93" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>599</v>
+      </c>
+      <c r="B94" t="s">
+        <v>600</v>
+      </c>
+      <c r="C94" t="s">
+        <v>601</v>
+      </c>
+      <c r="D94" t="s">
+        <v>602</v>
+      </c>
+      <c r="E94" t="s">
+        <v>53</v>
+      </c>
+      <c r="F94" t="s">
+        <v>62</v>
+      </c>
+      <c r="G94" t="s">
+        <v>88</v>
+      </c>
+      <c r="H94">
+        <v>2015</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>223</v>
+      </c>
+      <c r="K94" t="s">
+        <v>36</v>
+      </c>
+      <c r="L94" t="s">
+        <v>603</v>
+      </c>
+      <c r="M94" t="s">
+        <v>604</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>605</v>
+      </c>
+      <c r="P94" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>607</v>
+      </c>
+      <c r="B95" t="s">
+        <v>608</v>
+      </c>
+      <c r="C95" t="s">
+        <v>555</v>
+      </c>
+      <c r="D95" t="s">
+        <v>271</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>34</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2020</v>
+      </c>
+      <c r="I95">
+        <v>2024</v>
+      </c>
+      <c r="J95" t="s">
+        <v>412</v>
+      </c>
+      <c r="K95" t="s">
+        <v>36</v>
+      </c>
+      <c r="L95" t="s">
+        <v>609</v>
+      </c>
+      <c r="M95" t="s">
+        <v>558</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>610</v>
+      </c>
+      <c r="P95" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>612</v>
+      </c>
+      <c r="B96" t="s">
+        <v>613</v>
+      </c>
+      <c r="C96" t="s">
+        <v>195</v>
+      </c>
+      <c r="D96" t="s">
+        <v>87</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>34</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2007</v>
+      </c>
+      <c r="I96">
+        <v>2013</v>
+      </c>
+      <c r="J96" t="s">
+        <v>293</v>
+      </c>
+      <c r="K96" t="s">
+        <v>36</v>
+      </c>
+      <c r="L96" t="s">
+        <v>614</v>
+      </c>
+      <c r="M96" t="s">
+        <v>197</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>615</v>
+      </c>
+      <c r="P96" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>617</v>
+      </c>
+      <c r="B97" t="s">
+        <v>613</v>
+      </c>
+      <c r="C97" t="s">
+        <v>195</v>
+      </c>
+      <c r="D97" t="s">
+        <v>87</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>44</v>
+      </c>
+      <c r="G97" t="s">
+        <v>88</v>
+      </c>
+      <c r="H97">
+        <v>2006</v>
+      </c>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>293</v>
+      </c>
+      <c r="K97" t="s">
+        <v>36</v>
+      </c>
+      <c r="L97" t="s">
+        <v>618</v>
+      </c>
+      <c r="M97" t="s">
+        <v>197</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>619</v>
+      </c>
+      <c r="P97" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>621</v>
+      </c>
+      <c r="B98" t="s">
+        <v>622</v>
+      </c>
+      <c r="C98" t="s">
+        <v>195</v>
+      </c>
+      <c r="D98" t="s">
+        <v>61</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>44</v>
+      </c>
+      <c r="G98" t="s">
+        <v>88</v>
+      </c>
+      <c r="H98">
+        <v>2013</v>
+      </c>
+      <c r="I98"/>
+      <c r="J98" t="s">
+        <v>293</v>
+      </c>
+      <c r="K98" t="s">
+        <v>36</v>
+      </c>
+      <c r="L98" t="s">
+        <v>623</v>
+      </c>
+      <c r="M98" t="s">
+        <v>197</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>624</v>
+      </c>
+      <c r="P98" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>626</v>
+      </c>
+      <c r="B99" t="s">
+        <v>627</v>
+      </c>
+      <c r="C99" t="s">
+        <v>423</v>
+      </c>
+      <c r="D99" t="s">
+        <v>61</v>
+      </c>
+      <c r="E99" t="s">
+        <v>53</v>
+      </c>
+      <c r="F99" t="s">
+        <v>62</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2010</v>
+      </c>
+      <c r="I99">
         <v>2017</v>
       </c>
-      <c r="H87"/>
-[...38 lines deleted...]
-      <c r="G88">
+      <c r="J99" t="s">
+        <v>424</v>
+      </c>
+      <c r="K99" t="s">
+        <v>36</v>
+      </c>
+      <c r="L99" t="s">
+        <v>628</v>
+      </c>
+      <c r="M99" t="s">
+        <v>629</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>630</v>
+      </c>
+      <c r="P99" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>632</v>
+      </c>
+      <c r="B100" t="s">
+        <v>633</v>
+      </c>
+      <c r="C100" t="s">
+        <v>634</v>
+      </c>
+      <c r="D100" t="s">
+        <v>61</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>44</v>
+      </c>
+      <c r="G100" t="s">
+        <v>88</v>
+      </c>
+      <c r="H100">
         <v>2015</v>
       </c>
-      <c r="H88"/>
-[...36 lines deleted...]
-      <c r="G89">
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>424</v>
+      </c>
+      <c r="K100" t="s">
+        <v>36</v>
+      </c>
+      <c r="L100" t="s">
+        <v>635</v>
+      </c>
+      <c r="M100" t="s">
+        <v>636</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>637</v>
+      </c>
+      <c r="P100" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>639</v>
+      </c>
+      <c r="B101" t="s">
+        <v>640</v>
+      </c>
+      <c r="C101" t="s">
+        <v>634</v>
+      </c>
+      <c r="D101" t="s">
+        <v>87</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>44</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>1999</v>
+      </c>
+      <c r="I101">
+        <v>2012</v>
+      </c>
+      <c r="J101" t="s">
+        <v>293</v>
+      </c>
+      <c r="K101" t="s">
+        <v>36</v>
+      </c>
+      <c r="L101" t="s">
+        <v>641</v>
+      </c>
+      <c r="M101" t="s">
+        <v>636</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>642</v>
+      </c>
+      <c r="P101" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>644</v>
+      </c>
+      <c r="B102" t="s">
+        <v>645</v>
+      </c>
+      <c r="C102" t="s">
+        <v>646</v>
+      </c>
+      <c r="D102" t="s">
+        <v>271</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>34</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2018</v>
+      </c>
+      <c r="I102">
+        <v>2019</v>
+      </c>
+      <c r="J102" t="s">
+        <v>483</v>
+      </c>
+      <c r="K102" t="s">
+        <v>36</v>
+      </c>
+      <c r="L102"/>
+      <c r="M102" t="s">
+        <v>647</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>648</v>
+      </c>
+      <c r="P102" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>650</v>
+      </c>
+      <c r="B103" t="s">
+        <v>651</v>
+      </c>
+      <c r="C103" t="s">
+        <v>652</v>
+      </c>
+      <c r="D103" t="s">
+        <v>363</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>34</v>
+      </c>
+      <c r="G103" t="s">
+        <v>88</v>
+      </c>
+      <c r="H103">
         <v>2015</v>
       </c>
-      <c r="H89"/>
-[...596 lines deleted...]
-      </c>
+      <c r="I103"/>
       <c r="J103" t="s">
-        <v>30</v>
+        <v>89</v>
       </c>
       <c r="K103" t="s">
-        <v>456</v>
+        <v>36</v>
       </c>
       <c r="L103" t="s">
-        <v>457</v>
+        <v>653</v>
       </c>
       <c r="M103" t="s">
-        <v>24</v>
+        <v>654</v>
       </c>
       <c r="N103" t="s">
-        <v>458</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>655</v>
+      </c>
+      <c r="P103" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>459</v>
+        <v>657</v>
       </c>
       <c r="B104" t="s">
-        <v>169</v>
+        <v>61</v>
       </c>
       <c r="C104" t="s">
-        <v>43</v>
+        <v>237</v>
       </c>
       <c r="D104" t="s">
-        <v>36</v>
+        <v>61</v>
       </c>
       <c r="E104" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="F104" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>62</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
       </c>
       <c r="H104">
         <v>2012</v>
       </c>
-      <c r="I104" t="s">
-        <v>170</v>
+      <c r="I104">
+        <v>2012</v>
       </c>
       <c r="J104" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>238</v>
+      </c>
+      <c r="K104" t="s">
+        <v>36</v>
+      </c>
+      <c r="L104"/>
       <c r="M104" t="s">
-        <v>24</v>
+        <v>239</v>
       </c>
       <c r="N104" t="s">
-        <v>460</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>658</v>
+      </c>
+      <c r="P104" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>461</v>
+        <v>659</v>
       </c>
       <c r="B105" t="s">
-        <v>462</v>
+        <v>660</v>
       </c>
       <c r="C105" t="s">
-        <v>463</v>
+        <v>661</v>
       </c>
       <c r="D105" t="s">
-        <v>17</v>
+        <v>662</v>
       </c>
       <c r="E105" t="s">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="F105" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G105">
+        <v>34</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
         <v>2017</v>
       </c>
-      <c r="H105">
+      <c r="I105">
         <v>2021</v>
       </c>
-      <c r="I105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J105" t="s">
-        <v>464</v>
+        <v>401</v>
       </c>
       <c r="K105" t="s">
-        <v>465</v>
+        <v>663</v>
       </c>
       <c r="L105" t="s">
-        <v>466</v>
+        <v>664</v>
       </c>
       <c r="M105" t="s">
-        <v>348</v>
+        <v>665</v>
       </c>
       <c r="N105" t="s">
-        <v>467</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:14">
+        <v>501</v>
+      </c>
+      <c r="O105" t="s">
+        <v>666</v>
+      </c>
+      <c r="P105" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>468</v>
+        <v>668</v>
       </c>
       <c r="B106" t="s">
-        <v>469</v>
+        <v>669</v>
       </c>
       <c r="C106" t="s">
-        <v>99</v>
+        <v>670</v>
       </c>
       <c r="D106" t="s">
-        <v>36</v>
+        <v>142</v>
       </c>
       <c r="E106" t="s">
-        <v>100</v>
+        <v>53</v>
       </c>
       <c r="F106" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="G106"/>
+        <v>34</v>
+      </c>
+      <c r="G106" t="s">
+        <v>151</v>
+      </c>
       <c r="H106"/>
-      <c r="I106" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I106"/>
       <c r="J106" t="s">
-        <v>30</v>
+        <v>238</v>
       </c>
       <c r="K106" t="s">
-        <v>101</v>
+        <v>36</v>
       </c>
       <c r="L106" t="s">
-        <v>470</v>
+        <v>143</v>
       </c>
       <c r="M106" t="s">
-        <v>24</v>
+        <v>671</v>
       </c>
       <c r="N106" t="s">
-        <v>471</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>672</v>
+      </c>
+      <c r="P106" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>472</v>
+        <v>674</v>
       </c>
       <c r="B107" t="s">
-        <v>473</v>
+        <v>675</v>
       </c>
       <c r="C107" t="s">
-        <v>43</v>
+        <v>676</v>
       </c>
       <c r="D107" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E107" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F107" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G107">
+        <v>44</v>
+      </c>
+      <c r="G107" t="s">
+        <v>88</v>
+      </c>
+      <c r="H107">
         <v>2017</v>
       </c>
-      <c r="H107"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I107"/>
       <c r="J107" t="s">
-        <v>30</v>
+        <v>424</v>
       </c>
       <c r="K107" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="L107" t="s">
-        <v>474</v>
+        <v>64</v>
       </c>
       <c r="M107" t="s">
-        <v>24</v>
+        <v>677</v>
       </c>
       <c r="N107" t="s">
-        <v>475</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>678</v>
+      </c>
+      <c r="P107" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>476</v>
+        <v>680</v>
       </c>
       <c r="B108" t="s">
-        <v>477</v>
+        <v>681</v>
       </c>
       <c r="C108" t="s">
-        <v>193</v>
+        <v>682</v>
       </c>
       <c r="D108" t="s">
-        <v>17</v>
+        <v>271</v>
       </c>
       <c r="E108" t="s">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="F108" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G108">
+        <v>34</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
         <v>2016</v>
       </c>
-      <c r="H108">
+      <c r="I108">
         <v>2019</v>
       </c>
-      <c r="I108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J108" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="K108" t="s">
+        <v>36</v>
+      </c>
+      <c r="L108"/>
       <c r="M108" t="s">
-        <v>24</v>
+        <v>683</v>
       </c>
       <c r="N108" t="s">
-        <v>479</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>684</v>
+      </c>
+      <c r="P108" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>480</v>
+        <v>686</v>
       </c>
       <c r="B109" t="s">
-        <v>477</v>
+        <v>687</v>
       </c>
       <c r="C109" t="s">
-        <v>193</v>
+        <v>682</v>
       </c>
       <c r="D109" t="s">
-        <v>17</v>
+        <v>271</v>
       </c>
       <c r="E109" t="s">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="F109" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G109">
+        <v>34</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
         <v>2016</v>
       </c>
-      <c r="H109">
+      <c r="I109">
         <v>2019</v>
       </c>
-      <c r="I109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J109" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="K109" t="s">
+        <v>36</v>
+      </c>
+      <c r="L109"/>
       <c r="M109" t="s">
-        <v>24</v>
+        <v>683</v>
       </c>
       <c r="N109" t="s">
-        <v>481</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>688</v>
+      </c>
+      <c r="P109" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>482</v>
+        <v>689</v>
       </c>
       <c r="B110" t="s">
-        <v>214</v>
+        <v>690</v>
       </c>
       <c r="C110" t="s">
-        <v>43</v>
+        <v>300</v>
       </c>
       <c r="D110" t="s">
-        <v>36</v>
+        <v>61</v>
       </c>
       <c r="E110" t="s">
-        <v>100</v>
+        <v>53</v>
       </c>
       <c r="F110" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G110">
+        <v>34</v>
+      </c>
+      <c r="G110" t="s">
+        <v>88</v>
+      </c>
+      <c r="H110">
         <v>2021</v>
       </c>
-      <c r="H110"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I110"/>
       <c r="J110" t="s">
-        <v>30</v>
+        <v>72</v>
       </c>
       <c r="K110" t="s">
-        <v>483</v>
+        <v>36</v>
       </c>
       <c r="L110" t="s">
-        <v>216</v>
+        <v>691</v>
       </c>
       <c r="M110" t="s">
-        <v>24</v>
+        <v>302</v>
       </c>
       <c r="N110" t="s">
-        <v>484</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>692</v>
+      </c>
+      <c r="P110" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>485</v>
+        <v>693</v>
       </c>
       <c r="B111" t="s">
-        <v>417</v>
+        <v>694</v>
       </c>
       <c r="C111" t="s">
-        <v>63</v>
+        <v>595</v>
       </c>
       <c r="D111" t="s">
-        <v>36</v>
+        <v>87</v>
       </c>
       <c r="E111" t="s">
+        <v>53</v>
+      </c>
+      <c r="F111" t="s">
+        <v>62</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>1996</v>
+      </c>
+      <c r="I111">
+        <v>2012</v>
+      </c>
+      <c r="J111" t="s">
+        <v>424</v>
+      </c>
+      <c r="K111" t="s">
+        <v>36</v>
+      </c>
+      <c r="L111" t="s">
+        <v>695</v>
+      </c>
+      <c r="M111" t="s">
+        <v>696</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>697</v>
+      </c>
+      <c r="P111" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>699</v>
+      </c>
+      <c r="B112" t="s">
+        <v>700</v>
+      </c>
+      <c r="C112" t="s">
+        <v>595</v>
+      </c>
+      <c r="D112" t="s">
+        <v>87</v>
+      </c>
+      <c r="E112" t="s">
+        <v>53</v>
+      </c>
+      <c r="F112" t="s">
+        <v>62</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>1996</v>
+      </c>
+      <c r="I112">
+        <v>2013</v>
+      </c>
+      <c r="J112" t="s">
+        <v>424</v>
+      </c>
+      <c r="K112" t="s">
+        <v>36</v>
+      </c>
+      <c r="L112" t="s">
+        <v>701</v>
+      </c>
+      <c r="M112" t="s">
+        <v>696</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>702</v>
+      </c>
+      <c r="P112" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>704</v>
+      </c>
+      <c r="B113" t="s">
+        <v>705</v>
+      </c>
+      <c r="C113" t="s">
+        <v>595</v>
+      </c>
+      <c r="D113" t="s">
+        <v>87</v>
+      </c>
+      <c r="E113" t="s">
+        <v>53</v>
+      </c>
+      <c r="F113" t="s">
+        <v>62</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>1997</v>
+      </c>
+      <c r="I113">
+        <v>2012</v>
+      </c>
+      <c r="J113" t="s">
+        <v>424</v>
+      </c>
+      <c r="K113" t="s">
+        <v>36</v>
+      </c>
+      <c r="L113" t="s">
+        <v>706</v>
+      </c>
+      <c r="M113" t="s">
+        <v>696</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>707</v>
+      </c>
+      <c r="P113" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>709</v>
+      </c>
+      <c r="B114" t="s">
+        <v>710</v>
+      </c>
+      <c r="C114" t="s">
+        <v>595</v>
+      </c>
+      <c r="D114" t="s">
+        <v>87</v>
+      </c>
+      <c r="E114" t="s">
+        <v>53</v>
+      </c>
+      <c r="F114" t="s">
+        <v>62</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
+        <v>2003</v>
+      </c>
+      <c r="I114">
+        <v>2013</v>
+      </c>
+      <c r="J114" t="s">
+        <v>424</v>
+      </c>
+      <c r="K114" t="s">
+        <v>36</v>
+      </c>
+      <c r="L114" t="s">
+        <v>711</v>
+      </c>
+      <c r="M114" t="s">
+        <v>696</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>712</v>
+      </c>
+      <c r="P114" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>714</v>
+      </c>
+      <c r="B115" t="s">
+        <v>715</v>
+      </c>
+      <c r="C115" t="s">
+        <v>595</v>
+      </c>
+      <c r="D115" t="s">
+        <v>87</v>
+      </c>
+      <c r="E115" t="s">
+        <v>53</v>
+      </c>
+      <c r="F115" t="s">
+        <v>62</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
+        <v>2004</v>
+      </c>
+      <c r="I115">
+        <v>2012</v>
+      </c>
+      <c r="J115" t="s">
+        <v>424</v>
+      </c>
+      <c r="K115" t="s">
+        <v>36</v>
+      </c>
+      <c r="L115" t="s">
+        <v>716</v>
+      </c>
+      <c r="M115" t="s">
+        <v>696</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>717</v>
+      </c>
+      <c r="P115" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>719</v>
+      </c>
+      <c r="B116" t="s">
+        <v>720</v>
+      </c>
+      <c r="C116" t="s">
+        <v>595</v>
+      </c>
+      <c r="D116" t="s">
+        <v>87</v>
+      </c>
+      <c r="E116" t="s">
+        <v>53</v>
+      </c>
+      <c r="F116" t="s">
+        <v>62</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>2004</v>
+      </c>
+      <c r="I116">
+        <v>2012</v>
+      </c>
+      <c r="J116" t="s">
+        <v>424</v>
+      </c>
+      <c r="K116" t="s">
+        <v>36</v>
+      </c>
+      <c r="L116" t="s">
+        <v>716</v>
+      </c>
+      <c r="M116" t="s">
+        <v>696</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>721</v>
+      </c>
+      <c r="P116" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>723</v>
+      </c>
+      <c r="B117" t="s">
+        <v>724</v>
+      </c>
+      <c r="C117" t="s">
+        <v>595</v>
+      </c>
+      <c r="D117" t="s">
+        <v>87</v>
+      </c>
+      <c r="E117" t="s">
+        <v>53</v>
+      </c>
+      <c r="F117" t="s">
+        <v>62</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
+        <v>2005</v>
+      </c>
+      <c r="I117">
+        <v>2012</v>
+      </c>
+      <c r="J117" t="s">
+        <v>424</v>
+      </c>
+      <c r="K117" t="s">
+        <v>36</v>
+      </c>
+      <c r="L117" t="s">
+        <v>725</v>
+      </c>
+      <c r="M117" t="s">
+        <v>696</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>726</v>
+      </c>
+      <c r="P117" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>728</v>
+      </c>
+      <c r="B118" t="s">
+        <v>729</v>
+      </c>
+      <c r="C118" t="s">
+        <v>730</v>
+      </c>
+      <c r="D118" t="s">
+        <v>87</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
         <v>44</v>
       </c>
-      <c r="F111" t="s">
-[...310 lines deleted...]
-      <c r="G118">
+      <c r="G118" t="s">
+        <v>88</v>
+      </c>
+      <c r="H118">
         <v>2014</v>
       </c>
-      <c r="H118"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I118"/>
       <c r="J118" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="K118" t="s">
+        <v>36</v>
+      </c>
+      <c r="L118"/>
       <c r="M118" t="s">
-        <v>24</v>
+        <v>731</v>
       </c>
       <c r="N118" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>732</v>
+      </c>
+      <c r="P118" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>510</v>
+        <v>734</v>
       </c>
       <c r="B119" t="s">
-        <v>179</v>
+        <v>735</v>
       </c>
       <c r="C119" t="s">
-        <v>43</v>
+        <v>251</v>
       </c>
       <c r="D119" t="s">
-        <v>36</v>
+        <v>61</v>
       </c>
       <c r="E119" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="F119" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>62</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
       </c>
       <c r="H119">
         <v>2012</v>
       </c>
-      <c r="I119" t="s">
-        <v>170</v>
+      <c r="I119">
+        <v>2012</v>
       </c>
       <c r="J119" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>238</v>
+      </c>
+      <c r="K119" t="s">
+        <v>36</v>
+      </c>
+      <c r="L119"/>
       <c r="M119" t="s">
+        <v>736</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>737</v>
+      </c>
+      <c r="P119" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>739</v>
+      </c>
+      <c r="B120" t="s">
+        <v>740</v>
+      </c>
+      <c r="C120" t="s">
+        <v>741</v>
+      </c>
+      <c r="D120" t="s">
+        <v>363</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>21</v>
+      </c>
+      <c r="G120" t="s">
+        <v>88</v>
+      </c>
+      <c r="H120">
+        <v>2011</v>
+      </c>
+      <c r="I120"/>
+      <c r="J120" t="s">
+        <v>54</v>
+      </c>
+      <c r="K120" t="s">
+        <v>36</v>
+      </c>
+      <c r="L120"/>
+      <c r="M120" t="s">
+        <v>742</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>743</v>
+      </c>
+      <c r="P120" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>745</v>
+      </c>
+      <c r="B121" t="s">
+        <v>746</v>
+      </c>
+      <c r="C121" t="s">
+        <v>747</v>
+      </c>
+      <c r="D121" t="s">
+        <v>87</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>34</v>
+      </c>
+      <c r="G121" t="s">
+        <v>88</v>
+      </c>
+      <c r="H121">
+        <v>2016</v>
+      </c>
+      <c r="I121"/>
+      <c r="J121" t="s">
+        <v>748</v>
+      </c>
+      <c r="K121" t="s">
+        <v>36</v>
+      </c>
+      <c r="L121"/>
+      <c r="M121" t="s">
+        <v>749</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>750</v>
+      </c>
+      <c r="P121" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>752</v>
+      </c>
+      <c r="B122" t="s">
+        <v>753</v>
+      </c>
+      <c r="C122" t="s">
+        <v>754</v>
+      </c>
+      <c r="D122" t="s">
+        <v>755</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>44</v>
+      </c>
+      <c r="G122" t="s">
+        <v>88</v>
+      </c>
+      <c r="H122">
+        <v>2017</v>
+      </c>
+      <c r="I122"/>
+      <c r="J122" t="s">
+        <v>72</v>
+      </c>
+      <c r="K122" t="s">
         <v>24</v>
       </c>
-      <c r="N119" t="s">
-[...22 lines deleted...]
-      <c r="G120">
+      <c r="L122"/>
+      <c r="M122" t="s">
+        <v>756</v>
+      </c>
+      <c r="N122" t="s">
+        <v>501</v>
+      </c>
+      <c r="O122" t="s">
+        <v>757</v>
+      </c>
+      <c r="P122" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>759</v>
+      </c>
+      <c r="B123" t="s">
+        <v>760</v>
+      </c>
+      <c r="C123" t="s">
+        <v>186</v>
+      </c>
+      <c r="D123" t="s">
+        <v>87</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>21</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>2008</v>
+      </c>
+      <c r="I123">
+        <v>2015</v>
+      </c>
+      <c r="J123" t="s">
+        <v>189</v>
+      </c>
+      <c r="K123" t="s">
+        <v>36</v>
+      </c>
+      <c r="L123"/>
+      <c r="M123" t="s">
+        <v>190</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>761</v>
+      </c>
+      <c r="P123" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>763</v>
+      </c>
+      <c r="B124" t="s">
+        <v>764</v>
+      </c>
+      <c r="C124" t="s">
+        <v>186</v>
+      </c>
+      <c r="D124" t="s">
+        <v>87</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>21</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
+        <v>2009</v>
+      </c>
+      <c r="I124">
+        <v>2013</v>
+      </c>
+      <c r="J124" t="s">
+        <v>189</v>
+      </c>
+      <c r="K124" t="s">
+        <v>36</v>
+      </c>
+      <c r="L124"/>
+      <c r="M124" t="s">
+        <v>190</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>765</v>
+      </c>
+      <c r="P124" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>767</v>
+      </c>
+      <c r="B125" t="s">
+        <v>768</v>
+      </c>
+      <c r="C125" t="s">
+        <v>186</v>
+      </c>
+      <c r="D125" t="s">
+        <v>61</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>21</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
+        <v>2012</v>
+      </c>
+      <c r="I125">
+        <v>2021</v>
+      </c>
+      <c r="J125" t="s">
+        <v>332</v>
+      </c>
+      <c r="K125" t="s">
+        <v>36</v>
+      </c>
+      <c r="L125"/>
+      <c r="M125" t="s">
+        <v>190</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>769</v>
+      </c>
+      <c r="P125" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>771</v>
+      </c>
+      <c r="B126" t="s">
+        <v>772</v>
+      </c>
+      <c r="C126" t="s">
+        <v>186</v>
+      </c>
+      <c r="D126" t="s">
+        <v>61</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>21</v>
+      </c>
+      <c r="G126" t="s">
+        <v>71</v>
+      </c>
+      <c r="H126">
+        <v>2012</v>
+      </c>
+      <c r="I126">
+        <v>2015</v>
+      </c>
+      <c r="J126" t="s">
+        <v>293</v>
+      </c>
+      <c r="K126" t="s">
+        <v>36</v>
+      </c>
+      <c r="L126"/>
+      <c r="M126" t="s">
+        <v>190</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>773</v>
+      </c>
+      <c r="P126" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>775</v>
+      </c>
+      <c r="B127" t="s">
+        <v>776</v>
+      </c>
+      <c r="C127" t="s">
+        <v>186</v>
+      </c>
+      <c r="D127" t="s">
+        <v>61</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>21</v>
+      </c>
+      <c r="G127" t="s">
+        <v>88</v>
+      </c>
+      <c r="H127">
+        <v>2012</v>
+      </c>
+      <c r="I127"/>
+      <c r="J127" t="s">
+        <v>189</v>
+      </c>
+      <c r="K127" t="s">
+        <v>36</v>
+      </c>
+      <c r="L127"/>
+      <c r="M127" t="s">
+        <v>190</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>777</v>
+      </c>
+      <c r="P127" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>779</v>
+      </c>
+      <c r="B128" t="s">
+        <v>780</v>
+      </c>
+      <c r="C128" t="s">
+        <v>276</v>
+      </c>
+      <c r="D128" t="s">
+        <v>87</v>
+      </c>
+      <c r="E128" t="s">
+        <v>53</v>
+      </c>
+      <c r="F128" t="s">
+        <v>62</v>
+      </c>
+      <c r="G128" t="s">
+        <v>22</v>
+      </c>
+      <c r="H128">
+        <v>2002</v>
+      </c>
+      <c r="I128">
+        <v>2015</v>
+      </c>
+      <c r="J128" t="s">
+        <v>277</v>
+      </c>
+      <c r="K128" t="s">
+        <v>36</v>
+      </c>
+      <c r="L128" t="s">
+        <v>781</v>
+      </c>
+      <c r="M128" t="s">
+        <v>782</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>783</v>
+      </c>
+      <c r="P128" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>785</v>
+      </c>
+      <c r="B129" t="s">
+        <v>786</v>
+      </c>
+      <c r="C129" t="s">
+        <v>276</v>
+      </c>
+      <c r="D129" t="s">
+        <v>61</v>
+      </c>
+      <c r="E129" t="s">
+        <v>53</v>
+      </c>
+      <c r="F129" t="s">
+        <v>62</v>
+      </c>
+      <c r="G129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H129">
+        <v>2004</v>
+      </c>
+      <c r="I129">
+        <v>2012</v>
+      </c>
+      <c r="J129" t="s">
+        <v>277</v>
+      </c>
+      <c r="K129" t="s">
+        <v>36</v>
+      </c>
+      <c r="L129" t="s">
+        <v>787</v>
+      </c>
+      <c r="M129" t="s">
+        <v>782</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>788</v>
+      </c>
+      <c r="P129" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>790</v>
+      </c>
+      <c r="B130" t="s">
+        <v>791</v>
+      </c>
+      <c r="C130" t="s">
+        <v>123</v>
+      </c>
+      <c r="D130" t="s">
+        <v>792</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>21</v>
+      </c>
+      <c r="G130" t="s">
+        <v>88</v>
+      </c>
+      <c r="H130">
+        <v>2021</v>
+      </c>
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>124</v>
+      </c>
+      <c r="K130" t="s">
+        <v>36</v>
+      </c>
+      <c r="L130"/>
+      <c r="M130"/>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>793</v>
+      </c>
+      <c r="P130" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>795</v>
+      </c>
+      <c r="B131" t="s">
+        <v>796</v>
+      </c>
+      <c r="C131" t="s">
+        <v>276</v>
+      </c>
+      <c r="D131" t="s">
+        <v>797</v>
+      </c>
+      <c r="E131" t="s">
+        <v>53</v>
+      </c>
+      <c r="F131" t="s">
+        <v>21</v>
+      </c>
+      <c r="G131" t="s">
+        <v>88</v>
+      </c>
+      <c r="H131">
+        <v>2013</v>
+      </c>
+      <c r="I131"/>
+      <c r="J131" t="s">
+        <v>564</v>
+      </c>
+      <c r="K131" t="s">
+        <v>36</v>
+      </c>
+      <c r="L131"/>
+      <c r="M131" t="s">
+        <v>798</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>799</v>
+      </c>
+      <c r="P131" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>801</v>
+      </c>
+      <c r="B132" t="s">
+        <v>802</v>
+      </c>
+      <c r="C132" t="s">
+        <v>803</v>
+      </c>
+      <c r="D132" t="s">
+        <v>804</v>
+      </c>
+      <c r="E132" t="s">
+        <v>53</v>
+      </c>
+      <c r="F132" t="s">
+        <v>21</v>
+      </c>
+      <c r="G132" t="s">
+        <v>88</v>
+      </c>
+      <c r="H132">
+        <v>2021</v>
+      </c>
+      <c r="I132"/>
+      <c r="J132" t="s">
+        <v>378</v>
+      </c>
+      <c r="K132" t="s">
+        <v>36</v>
+      </c>
+      <c r="L132" t="s">
+        <v>805</v>
+      </c>
+      <c r="M132" t="s">
+        <v>806</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>807</v>
+      </c>
+      <c r="P132"/>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>801</v>
+      </c>
+      <c r="B133" t="s">
+        <v>802</v>
+      </c>
+      <c r="C133" t="s">
+        <v>803</v>
+      </c>
+      <c r="D133" t="s">
+        <v>804</v>
+      </c>
+      <c r="E133" t="s">
+        <v>53</v>
+      </c>
+      <c r="F133" t="s">
+        <v>21</v>
+      </c>
+      <c r="G133" t="s">
+        <v>88</v>
+      </c>
+      <c r="H133">
+        <v>2021</v>
+      </c>
+      <c r="I133"/>
+      <c r="J133" t="s">
+        <v>378</v>
+      </c>
+      <c r="K133" t="s">
+        <v>36</v>
+      </c>
+      <c r="L133" t="s">
+        <v>805</v>
+      </c>
+      <c r="M133" t="s">
+        <v>806</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>808</v>
+      </c>
+      <c r="P133"/>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>809</v>
+      </c>
+      <c r="B134" t="s">
+        <v>810</v>
+      </c>
+      <c r="C134" t="s">
+        <v>803</v>
+      </c>
+      <c r="D134" t="s">
+        <v>61</v>
+      </c>
+      <c r="E134" t="s">
+        <v>53</v>
+      </c>
+      <c r="F134" t="s">
+        <v>44</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
+        <v>2012</v>
+      </c>
+      <c r="I134">
+        <v>2015</v>
+      </c>
+      <c r="J134" t="s">
+        <v>432</v>
+      </c>
+      <c r="K134" t="s">
+        <v>36</v>
+      </c>
+      <c r="L134" t="s">
+        <v>811</v>
+      </c>
+      <c r="M134" t="s">
+        <v>806</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>812</v>
+      </c>
+      <c r="P134" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>814</v>
+      </c>
+      <c r="B135" t="s">
+        <v>815</v>
+      </c>
+      <c r="C135" t="s">
+        <v>816</v>
+      </c>
+      <c r="D135" t="s">
+        <v>142</v>
+      </c>
+      <c r="E135" t="s">
+        <v>53</v>
+      </c>
+      <c r="F135" t="s">
+        <v>34</v>
+      </c>
+      <c r="G135" t="s">
+        <v>88</v>
+      </c>
+      <c r="H135">
+        <v>2016</v>
+      </c>
+      <c r="I135"/>
+      <c r="J135" t="s">
+        <v>293</v>
+      </c>
+      <c r="K135" t="s">
+        <v>36</v>
+      </c>
+      <c r="L135" t="s">
+        <v>143</v>
+      </c>
+      <c r="M135" t="s">
+        <v>817</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>818</v>
+      </c>
+      <c r="P135" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>820</v>
+      </c>
+      <c r="B136" t="s">
+        <v>821</v>
+      </c>
+      <c r="C136" t="s">
+        <v>822</v>
+      </c>
+      <c r="D136" t="s">
+        <v>61</v>
+      </c>
+      <c r="E136" t="s">
+        <v>20</v>
+      </c>
+      <c r="F136" t="s">
+        <v>34</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
+      </c>
+      <c r="H136">
+        <v>2016</v>
+      </c>
+      <c r="I136">
+        <v>2019</v>
+      </c>
+      <c r="J136" t="s">
+        <v>293</v>
+      </c>
+      <c r="K136" t="s">
+        <v>36</v>
+      </c>
+      <c r="L136"/>
+      <c r="M136" t="s">
+        <v>823</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>824</v>
+      </c>
+      <c r="P136" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>826</v>
+      </c>
+      <c r="B137" t="s">
+        <v>827</v>
+      </c>
+      <c r="C137" t="s">
+        <v>828</v>
+      </c>
+      <c r="D137" t="s">
+        <v>363</v>
+      </c>
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" t="s">
+        <v>21</v>
+      </c>
+      <c r="G137" t="s">
+        <v>88</v>
+      </c>
+      <c r="H137">
+        <v>2007</v>
+      </c>
+      <c r="I137"/>
+      <c r="J137" t="s">
+        <v>483</v>
+      </c>
+      <c r="K137" t="s">
+        <v>36</v>
+      </c>
+      <c r="L137" t="s">
+        <v>829</v>
+      </c>
+      <c r="M137" t="s">
+        <v>830</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>831</v>
+      </c>
+      <c r="P137" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>833</v>
+      </c>
+      <c r="B138" t="s">
+        <v>834</v>
+      </c>
+      <c r="C138" t="s">
+        <v>835</v>
+      </c>
+      <c r="D138" t="s">
+        <v>87</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>21</v>
+      </c>
+      <c r="G138" t="s">
+        <v>88</v>
+      </c>
+      <c r="H138">
         <v>2011</v>
       </c>
-      <c r="H120"/>
-[...83 lines deleted...]
-      <c r="J122" t="s">
+      <c r="I138"/>
+      <c r="J138" t="s">
+        <v>89</v>
+      </c>
+      <c r="K138" t="s">
+        <v>36</v>
+      </c>
+      <c r="L138"/>
+      <c r="M138" t="s">
+        <v>836</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>837</v>
+      </c>
+      <c r="P138" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>839</v>
+      </c>
+      <c r="B139" t="s">
+        <v>840</v>
+      </c>
+      <c r="C139" t="s">
+        <v>835</v>
+      </c>
+      <c r="D139" t="s">
+        <v>87</v>
+      </c>
+      <c r="E139" t="s">
+        <v>20</v>
+      </c>
+      <c r="F139" t="s">
         <v>21</v>
       </c>
-      <c r="K122"/>
-[...113 lines deleted...]
-      <c r="G125">
+      <c r="G139" t="s">
+        <v>88</v>
+      </c>
+      <c r="H139">
+        <v>2011</v>
+      </c>
+      <c r="I139"/>
+      <c r="J139" t="s">
+        <v>89</v>
+      </c>
+      <c r="K139" t="s">
+        <v>36</v>
+      </c>
+      <c r="L139"/>
+      <c r="M139" t="s">
+        <v>836</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>841</v>
+      </c>
+      <c r="P139" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>843</v>
+      </c>
+      <c r="B140" t="s">
+        <v>844</v>
+      </c>
+      <c r="C140" t="s">
+        <v>845</v>
+      </c>
+      <c r="D140" t="s">
+        <v>846</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
+        <v>34</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140">
         <v>2012</v>
       </c>
-      <c r="H125">
-[...38 lines deleted...]
-      <c r="G126">
+      <c r="I140">
+        <v>2014</v>
+      </c>
+      <c r="J140" t="s">
+        <v>424</v>
+      </c>
+      <c r="K140" t="s">
+        <v>36</v>
+      </c>
+      <c r="L140" t="s">
+        <v>847</v>
+      </c>
+      <c r="M140" t="s">
+        <v>848</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>849</v>
+      </c>
+      <c r="P140" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>851</v>
+      </c>
+      <c r="B141" t="s">
+        <v>852</v>
+      </c>
+      <c r="C141" t="s">
+        <v>845</v>
+      </c>
+      <c r="D141" t="s">
+        <v>87</v>
+      </c>
+      <c r="E141" t="s">
+        <v>20</v>
+      </c>
+      <c r="F141" t="s">
+        <v>21</v>
+      </c>
+      <c r="G141" t="s">
+        <v>22</v>
+      </c>
+      <c r="H141">
         <v>2012</v>
       </c>
-      <c r="H126">
-[...581 lines deleted...]
-      <c r="H140">
+      <c r="I141">
         <v>2014</v>
       </c>
-      <c r="I140" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="J141" t="s">
-        <v>30</v>
+        <v>424</v>
       </c>
       <c r="K141" t="s">
-        <v>587</v>
+        <v>36</v>
       </c>
       <c r="L141" t="s">
-        <v>584</v>
+        <v>853</v>
       </c>
       <c r="M141" t="s">
-        <v>24</v>
+        <v>848</v>
       </c>
       <c r="N141" t="s">
-        <v>588</v>
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>854</v>
+      </c>
+      <c r="P141" t="s">
+        <v>855</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>