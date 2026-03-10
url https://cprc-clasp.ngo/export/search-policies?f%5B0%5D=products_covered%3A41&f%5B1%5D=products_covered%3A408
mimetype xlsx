--- v0 (2025-10-13)
+++ v1 (2026-03-10)
@@ -12,1624 +12,2312 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="486">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="708">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
-    <t>Energy Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
     <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
   </si>
   <si>
+    <t>The product group 'televisions' shall comprise: Mains powered electronic equipment; the primary purpose and function of which is to receive; decode and display TV transmission signals.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
+  </si>
+  <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
+  </si>
+  <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL - High Pressure Sodium Lamps</t>
   </si>
   <si>
+    <t>Applies to ordinary high-pressure sodium vapor lamps with transparent glass cover for outdoor lighting service and rated power 50W; 70W; 100W; 150W; 250W; 400W; and 1000W with matching ballasts and ignitors; and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-high-pressure-sodium-lamps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E9%AB%98%E5%8E%8B%E9%92%A0%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL 022-2021 Flat panel TVs</t>
   </si>
   <si>
+    <t>This policy specifies energy labeling requirements for flat panel TVs. It applies to both LCD TVs and OLED TVs.</t>
+  </si>
+  <si>
     <t>GB 24850-2013</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China(SAMR) and National Deve…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-022-2021-flat-panel-tvs</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=d6c1a8d2aed2480c9fbf43c16c246f6c</t>
+  </si>
+  <si>
     <t>CEL- LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>This policy covers LED luminaires for road and tunnel lighting.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-led-luminaires-road-and-tunnel-lighting</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%81%93%E8%B7%AF%E5%92%8C%E9%9A%A7%E9%81%93%E7%85%A7%E6%98%8</t>
+  </si>
+  <si>
     <t>CEL- LED products for indoor lighting: LED downlights</t>
   </si>
   <si>
+    <t>This policy covers LED downlights.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 29293; GB/T 29294</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-led-products-indoor-lighting-led-downlights</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
+  </si>
+  <si>
     <t>CEL-024. Flat Panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD and OLED TV (referred to as "flat panel TV") and LCD and OLED monitors that work under AC 220 V and 50 Hz power supply conditions.</t>
+  </si>
+  <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-024-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E7%94%B5%E8%A7%86.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
+    <t>Televisions, Displays</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>EN 50301</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Televisions, Displays</t>
-[...1 lines deleted...]
-  <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>EN 50301</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>September 2023</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2013/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021 of 1 October 2019 laying down ecodesign requirements for electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of televisions.  In addition to the definitions set out in Directive 2005-32-EC; the following definitions shall apply: 1. 'Television' means a television set or a television monitor; 2. ‘television set’ means a product designed primarily for the display and reception of audiovisual signals which is placed on the market under one model or system designation; and which consists of: a display;  one or more tuner or receiver  and optional additional functions for data storage and/or display such as DVD; hard disk drive  or videocassette recorder; either in a single unit combined with the display; or in one or more separate units.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192021-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2021-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>CQC31-452631-2013. CQC Mark Certification - Flat panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD TV and Plasma TV that work under electricity grid of normal voltage and serve for general service. Also applies to LCD or plasma display equipment which main function is TV but without moderator and other types of flat panel displays.</t>
+  </si>
+  <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2013-cqc-mark-certification-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465134-2009. CQC Mark Certification - High Pressure Sodium Lamp</t>
   </si>
   <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465134-2009-cqc-mark-certification-high-pressure-sodium-lamp</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-22/492722.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465315-2013. CQC Mark Certification. LED Downlights</t>
   </si>
   <si>
+    <t>Applies to domestic LED Downlights operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>CQC 3128-2013 GB 17625.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465315-2013-cqc-mark-certification-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492712.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465318-2016. Energy Conservation Certification Rules for Lighting Products Used in Classrooms in Schools and Kindergartens</t>
   </si>
   <si>
+    <t>This policy applies to lighting products used in classrooms in schools and kindergartens.</t>
+  </si>
+  <si>
     <t>CQC3155-2016; GB/T 18595-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465318-2016-energy-conservation-certification-rules-lighting-products-used</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/513894.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465331-2019. Energy Conservation Certification Rules for LED Downlights</t>
   </si>
   <si>
+    <t>Apply to  LED downlights</t>
+  </si>
+  <si>
     <t>GB 30255-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465331-2019-energy-conservation-certification-rules-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555384.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465391-2018 Energy Conservation Certification Rules for Luminaries System for Road Lighting</t>
   </si>
   <si>
+    <t>Applies to Powers Luminaries System for Road Lighting which use Fluorescent lamps and high intensity gas discharge lamps as lighting source</t>
+  </si>
+  <si>
     <t>CQC 3105-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465391-2018-energy-conservation-certification-rules-luminaries-system-road-lighting</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-02-05/492775.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465392-2016. Energy Conservation Certification Rules for LED Lighting Products for Street Lighting &amp; Tunnel Lighting</t>
   </si>
   <si>
+    <t>Applies to LED Lighting Products for Street Lighting and Tunnel Lighting operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>CQC 3127-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465392-2016-energy-conservation-certification-rules-led-lighting-products-street</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492713.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465397-2019. Energy Conservation Certification Rules for LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>Apply to LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
     <t>GB 37478-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465397-2019-energy-conservation-certification-rules-led-luminaires-road-and-tunnel</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555385.shtml</t>
+  </si>
+  <si>
     <t>Decision 13/2008 Technical requirements for energy-efficient street lights</t>
   </si>
   <si>
+    <t>This document specifies the technical requirements and labeling instructions for energy-efficient street lights.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-132008-technical-requirements-energy-efficient-street-lights</t>
   </si>
   <si>
+    <t>http://thuvienphapluat.vn/van-ban/Linh-vuc-khac/Quyet-dinh-13-2008-QD-BCT-quy-dinh-ve-yeu-cau-ky-thuat-choa-den-chieu-sang-duong-pho-tiet-kiem-nang-luong-67650.aspx</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Draft MEPS for televisions</t>
   </si>
   <si>
-    <t>Indonesia</t>
+    <t>The document specifies the MEPS and labeling instructions for televisions.</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
-[...1 lines deleted...]
-  <si>
     <t>Under development</t>
   </si>
   <si>
     <t>IEC 62301, IEC 62087, SNI 04 6958 - 2003</t>
   </si>
   <si>
-    <t>Ministry of Energy and Mineral Resources</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-televisions</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor of domestic and foreign make</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Displays, Televisions</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/teh-regl-tv.doc</t>
+  </si>
+  <si>
     <t>Draft TV policy</t>
   </si>
   <si>
+    <t>LCD-LED, LCD-CCFL, OLED, Plasma  and CRT</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>IEC 62087: 2008 or IEC 62087: 2011</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-tv-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Televisions</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than equal to 1,000W, consisting of atuner|receiver and a monitor encased in a single housing</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-televisions</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Television</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 14336-1 or CNS 14408; Chinese National Standards; or be recognized by Bureau of Energy</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Test procedure acording to En-Tech 10405003751</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-label-television</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=7</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Exit Lights and Emergency Direction Lights</t>
   </si>
   <si>
+    <t>Exit lights and emergency direction lights - The applicable products shall meet the requirements by NATIONAL FIRE AGENCY MINISTRY OF THE INTERIOR and its future amendments</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-exit-lights-and-emergency-direction</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=24%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Indoor Light Fixtures: En-Tech 10205019771</t>
   </si>
   <si>
+    <t>Indoor light fixtures - The applicable products shall meet Chinese National Standards -CNS 14335 and 14115. Desk lamps; table lamps; bedside lamps; floor lamps or lamps which are not recognized by the Bureau of Energy MOEA are not included</t>
+  </si>
+  <si>
     <t>CIE 70, 84 and 121, CNS 15437, CNS 691, CNS 14125, CNS 14576, CNS 15049, CIE 117</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-indoor-light-fixtures-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=27%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp; No. En-Tech 10405000341</t>
   </si>
   <si>
+    <t>Desk; table; bedside; and floor lightings as well as any planar lamp compliant with the following criteria: Products shall meet the requirements of Article 14335 or 14115; Chinese National Standards -CNS; or be recognized by Bureau of Energy -MOEA. The light emitting surface is composed of diffusion assembly or light guide plate. Size of the surface shall be of 30cm or more in diameter for circular one and in least side length for rectangle one. Upper limit of thickness: 70mm</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-led-planar-lamp-no</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=56</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Street Lights</t>
   </si>
   <si>
+    <t>Street lights - The product shall meet the definitions of street lights as defined in CNS 9118 Street Lights or CNS 15233 LED Street Lights.</t>
+  </si>
+  <si>
     <t>CNS 9118 Street Lights or CNS 15233 LED Street Lights</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-street-lights</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=35</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Downlights and Recessed Luminaries</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy-label-qualified downlights and recessed luminaires</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>CNS14335
 ,   
                     CNS14115</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-downlights-and-recessed-luminaries</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=60</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Indoor Parking Lot Smart Lighting Fixtures</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified indoor parking lot smart lighting fixtures.</t>
   </si>
   <si>
     <t>CIE70
 ,   
                     CIE84
 ,   
                     CIE121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-indoor-parking-lot-smart-lighting-fixtures</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=62</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Office and Business Area Luminaires</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified office and business area luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-office-and-business-area-luminaires</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=61</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Qualified High Bay Luminaire</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label-qualified high bay luminaires.</t>
+  </si>
+  <si>
     <t>CNS15437</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-qualified-high-bay-luminaire</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=58</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency % shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-television</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for TVs</t>
+  </si>
+  <si>
+    <t>This program covers TV screen types: LCD, EDGE LED, FULL LED, DIRECT LED, OLED, UHD 4K, Plasma, etc.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301 Ed 2.0 (2011-01)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-tvs</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/tv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for televisions. It applies to televisions used for the reception and display of television broadcasts that use mains electricity as the only power source, have a rated visible diagonal screen size exceeding 50 cm, and have a built-in television tuner. It does not apply to products that display broadcasts by means of front or rear projection.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-televisions</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Televisions%202021%20Jan_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Color Televisions (Color TV)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for every colour television with native resolution up to 1920 x 1080 pixels, of cathode ray tube (CRT), liquid crystal display (LCD) with cold cathode fluorescent lamp backlight, and plasma technologies type, and liquid crystal display with light emitting diode backlight, excluding computer monitors being manufactured, commercially purchased or sold in India. The policy is revised in the year of 2022.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-color-televisions-color-tv</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/CTV_notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ultra High-Definition Televisions</t>
+  </si>
+  <si>
+    <t>This policy defines the energy consumption standards, star rating, and labeling requirements for ultra-high definition televisions with a native resolution of 3,840 x 2,160 (4K), including Liquid Crystal Displays with Light Emitting Diode backlighting, Organic Light Emitting Diode displays, Quantum dot Light Emitting Diode displays, Micro-Light Emitting Diode displays. It excludes televisions that include a non-removable main battery and computer monitors. 
+The standard specifies the ultra-high definition televisions must meet the</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015
 ,   
                     IS 616: 2017
 ,   
                     IEC 60065:2014 Edition 8.0
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ultra-high-definition-televisions</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Televisions Version 8.0</t>
   </si>
   <si>
+    <t>With the exception of products listed in Section 2.2 of the policy document, products that are: 1) marketed to the consumer as a TV/HTD (i.e., TV/HTD is the primary function); 2) capable of being powered from a wall outlet or with an external power supply; and 3) meet one of the following product type definitions, are eligible for ENERGY STAR certification:
+i. TVs
+ii. Hospitality TV/HTDs
+iii. Home Theater Displays</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>10 CFR Part 430</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-televisions-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/televisions/partners</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
   </si>
   <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
     <t>GB 19573-2004 Limited values of energy efficiency and rating criteria for high-pressure sodium vapour lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19573-2004-limited-values-energy-efficiency-and-rating-criteria-high-pressure-sodium</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C5F2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24850-2013 Minimum allowable values of energy efficiency and energy efficiency grades for flat panel TV</t>
   </si>
   <si>
+    <t>Applies to liquid crystal display and plasma display TVs referred as flat-panel TVs; that has the following characteristics: work under grid voltage; receive ground cable satellite or analogue signals; and have primary functions of demodulation and display. Also applies to display equipments that function as TV but not equipped with tuners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-24850-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-flat</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803C2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24850-2020 Minimum allowable values of energy efficiency limits and energy efficiency grades for flat-panel TVs and set-top boxes</t>
+  </si>
+  <si>
+    <t>MEPS for flat panel televisions and set-top boxes</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 17309.1
 ,   
                     GB 24850-2020
 ,   
                     IEC 62087-2:2015</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24850-2020-minimum-allowable-values-energy-efficiency-limits-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EFC3FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>This revised MEPS raises the minimum energy efficiency requirements by about 25% for LED road and tunnel lighting luminaires, setting a benchmark of 130 lm/W for LED road lighting luminaires with Correlated Color Temperature (CCT) between 3500K to 5000K, and 150 lm/W for LED road lighting luminaires with CCT over 5000K. The minimum energy efficiency requirements for LED tunnel lighting luminaires are 10 lm/W lower than the requirements for LED road lighting luminaires. The standard scope is expanded from AC products to AC and DC LED Road and tunnel lighting luminaires.</t>
+  </si>
+  <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>GB/T39018</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37478-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29FD444E06397BE0A0ACC4C</t>
+  </si>
+  <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
   </si>
   <si>
+    <t>This policy covers LED flat panel luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Television</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for television with size up to or equal to 177.8 cm (70 inch):
+(a) plasma;
+(b) liquid crystal display (LCD);
+(c) light emitting diode (LED);
+(d) cathode ray tube (CRT); and
+(e) any other display type with similar function</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS IEC 62301:2012; IEC 62301:2011
 ,   
                     MS IEC 62087-3:2017; IEC 62087-3:2015</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-television</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
   </si>
   <si>
+    <t>This Determination covers incandescent lamps used in general lighting services in the product classes set out in the following table: GLS tungsten filament lamps; extra low voltage halogen non-reflector lamps; candle tungsten filament lamps; fancy round tungsten filament lamps; decorative tungsten filament lamps; mains voltage halogen non-reflector lamps; and extra low voltage halogen reflector lamps.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Indoor Luminaires, Non-Directional lamps</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4934.1(Int):2014</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-incandescent-lamps-general-lighting-services</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2016L00659</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Self-ballasted Compact Fluorescent Lamps for General Lighting Services) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers self-ballasted compact fluorescent lamps of any voltage or wattage and with any type of lamp cap, whether supplied as an individual lamp or as part of a luminaire, that are ordinarily supplied and used for general lighting services.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Television) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>Any display device that is designed for the primary purpose of showing television pictures and is supplied with a television tuner must meet the requirements set out in the relevant standards. This includes multifunction televisions and display devices supplied in modular form with an external television tuner.. All televisions excluding the following:</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-television-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2013L01500</t>
+  </si>
+  <si>
     <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
   </si>
   <si>
+    <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n107-exit-signs-and-emergency-directional-lights</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/107/361d4ceb-4e59-4a66-bec0-ac69176e48b4.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N60 - Televisions</t>
   </si>
   <si>
+    <t>Applies to television sets. The backlight module or unit of the products display panel shall not use mercury-containing lamps. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>CNS 14466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n60-televisions</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/60/160f6010-15b0-462d-aa1c-76ce4601ab35.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>LED traffic lights, LED leading lights, LED guard lighting equipment, LED street lights, LED flood lighting equipment, LED tunnel luminaires, LED module for channel letter signs</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-6</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-streetlighting</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Television Sets 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for television sets according to Department Circular No. 2020-06-0015. The policy applies to all television sets.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS IEC 62087
 ,   
                     PNS 378
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 377 of 14 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for televisions.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR IEC 60065:2009 / CISPR 32: 2012 / IEC PAS 62825:2013 / IEC 62087:2011</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-377-14-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-377-de-14-de-setembro-de-2021-345136102</t>
+  </si>
+  <si>
     <t>INTE E18-1: 2020</t>
   </si>
   <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
     <t>INTE E18-2 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
+  </si>
+  <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
   </si>
   <si>
     <t>LI 2455 Energy Commission (Energy Efficiency Standards and Labelling) (Television Sets) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a television set or monitor, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to a rating plate or the equivalent of a rating plate, a digital display and signage, and or non-electric mains operated television or monitor.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/li-2455-energy-commission-energy-efficiency-standards-and-labelling-television-sets</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MELS for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy labeling scheme (MELS) requirements for televisions.</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-televisions</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for televisions</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover televisions defined as a display device; designed for the primary purpose of showing television pictures; and supplied with a television tuner. This includes multifunction televisions and display devices supplied in modular form with an external television tuner. The E3 Programme is planning to undertake a review of the existing requirements for televisions and assess opportunities to make further energy efficiency gains</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2:2011</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-mepl-televisions</t>
   </si>
   <si>
-    <t>MEPS for indoor LED lamps</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/televisions/</t>
   </si>
   <si>
     <t>MEPS for Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency percent shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-television</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-televisions-20242025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
+  </si>
+  <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Television of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers televisions (CRT, LCD, Plasma, LED, or other technologies) that can operate with the power from the mains electricity supply.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Televisions</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-television-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048426</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>MS : 208 : 2012 Energy efficiency and labelling requirements-Television</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Television</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>MS 208</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-208-2012-energy-efficiency-and-labelling-requirements-television</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-682/</t>
+  </si>
+  <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
+    <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
+  </si>
+  <si>
+    <t>Nigeria</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>Standards Council of Nigeria</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
   </si>
   <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
+  </si>
+  <si>
+    <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
+    <t>https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>PNS 2098-1:2013 - Audio video and related equipment - Energy efficiency factor (EEF) and labeling requirements - Part 1: Television set</t>
   </si>
   <si>
+    <t>This labeling program covers television sets and computer monitors with built-in tuner with screen size up to 1520 mm directly connected to the mains.</t>
+  </si>
+  <si>
     <t>PNS 387</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2098-12013-audio-video-and-related-equipment-energy-efficiency-factor-eef-and-labeling</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202098-1-2013-tv.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - LED Street Light Luminaires</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED street light luminaires.</t>
+  </si>
+  <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-led-street-light-luminaires</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Procel Seal - Televisions</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for televisions.</t>
+  </si>
+  <si>
     <t>IEC 60065 Ed. 7.1 2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-televisions</t>
   </si>
   <si>
     <t>Provision 219/2015</t>
   </si>
   <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62411 / IRAM 62301</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-2192015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico De Luminarias LED 112</t>
   </si>
   <si>
+    <t>street lighting</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-de-luminarias-led-112</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20tecnico%20de%20luminarias%20LED_112.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy-0</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution No. 7 - Labeling for Televisions</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for televisions.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-7-labeling-televisions</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100326</t>
+  </si>
+  <si>
     <t>Schedule 26 - Ultra-High Definition Televisions (UHD TV)</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labelling program for Ultra-High Definition (UHD) televisions of Liquid Crystal Display with LED backlighting, OLED displays, QLED displays, Micro-LED displays, that may be utilised to make and sell UHD televisions in the Indian market having native resolution of 3,840 x 2,160 pixels (4K) and 7,680 x 4,320 pixels (8K) which can be powered only by an external power supply at a voltage not exceeding 250 V ac, 50 Hz being manufactured, imported and commercially purchased or sold in India.</t>
+  </si>
+  <si>
     <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
   </si>
   <si>
     <t>Sello FIDE No. 4139</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for LED fixtures for street lighting used in principal roads, highways, primary or secondary streets and pedestrian zones. With LED integrated modules or LED adapted to street lighting fixtures. The LED supply sourcemay have a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>IES LM-79, 31</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4139</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4177</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor LED reflectors with a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-198-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4177</t>
   </si>
   <si>
     <t>Singapore Green Labeling Scheme: Televisions Sets</t>
   </si>
   <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-televisions-sets</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
     <t>Standard NOM-031-ENER-2012 - LED Street Lighting</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the luminous efficacy specifications for luminaires with light emitting diodes (LEDs), destined for roads and public outdoor areas, as well as the applicable test methods to verify said specifications.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NMX-J-507/2-ANCE-2010 / NMX-J-550/4-5-ANCE-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-031-ener-2012-led-street-lighting</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5276652&amp;fecha=06/11/2012</t>
+  </si>
+  <si>
     <t>TCVN 12666:2019 LED Road and Street Lighting Luminaires – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency levels for LED street and road lighting lamps with a power rating greater than or equal to 20 W, including those with separate power control gear.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-126662019-led-road-and-street-lighting-luminaires-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+12666%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
+It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
+It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
+It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
+  </si>
+  <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Televisions TGL-34-R1-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to a television set that is powered by the mains power and is a device that serves to receive displays images and sounds transmission (e.g. analogue or digital), with display methods such as Liquid Crystal Display (LCD), Plasma Display Panel (PDP), Light-emitting-diode (LED), or LED-backdrop LCD or Organic Light-Emitting Devices (OLED), excluding Cathode Ray Tube (CRT) display systems and battery-operated portable television set.</t>
+  </si>
+  <si>
     <t>TIS 1195</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-televisions-tgl-34-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-34-R1-12.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>EC 1062-2010</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/TELEV%C4%B0ZYONLARIN%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
+    <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
   </si>
   <si>
+    <t>https://www.tuvsud.com/en/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-11-2019/uae-mandatory-standard-for-tv-energy-efficiency-labelling-in-force</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1893,4967 +2581,5658 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N115"/>
+  <dimension ref="A1:P115"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="255" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1994</v>
+      </c>
+      <c r="I2">
+        <v>2023</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>53</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1980</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>55</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
+        <v>38</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>53</v>
+      </c>
+      <c r="F6" t="s">
+        <v>62</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>63</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>70</v>
+      </c>
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...204 lines deleted...]
-        <v>1979</v>
+      <c r="G7" t="s">
+        <v>71</v>
       </c>
       <c r="H7">
         <v>2018</v>
       </c>
-      <c r="I7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
+        <v>72</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>73</v>
+      </c>
+      <c r="N7" t="s">
+        <v>38</v>
+      </c>
+      <c r="O7" t="s">
+        <v>74</v>
+      </c>
+      <c r="P7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>76</v>
+      </c>
+      <c r="B8" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" t="s">
+        <v>78</v>
+      </c>
+      <c r="D8" t="s">
+        <v>79</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K7" t="s">
-[...8 lines deleted...]
-      <c r="N7" t="s">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1979</v>
+      </c>
+      <c r="I8">
+        <v>2018</v>
+      </c>
+      <c r="J8" t="s">
+        <v>72</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>80</v>
+      </c>
+      <c r="M8" t="s">
+        <v>81</v>
+      </c>
+      <c r="N8" t="s">
+        <v>38</v>
+      </c>
+      <c r="O8" t="s">
+        <v>82</v>
+      </c>
+      <c r="P8" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>84</v>
+      </c>
+      <c r="B9" t="s">
+        <v>85</v>
+      </c>
+      <c r="C9" t="s">
+        <v>86</v>
+      </c>
+      <c r="D9" t="s">
+        <v>87</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G9" t="s">
+        <v>88</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>54</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>89</v>
+      </c>
+      <c r="N9" t="s">
+        <v>38</v>
+      </c>
+      <c r="O9" t="s">
+        <v>90</v>
+      </c>
+      <c r="P9" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>92</v>
+      </c>
+      <c r="B10" t="s">
+        <v>93</v>
+      </c>
+      <c r="C10" t="s">
+        <v>94</v>
+      </c>
+      <c r="D10" t="s">
+        <v>95</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>44</v>
+      </c>
+      <c r="G10" t="s">
+        <v>88</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>96</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>97</v>
+      </c>
+      <c r="M10" t="s">
+        <v>98</v>
+      </c>
+      <c r="N10" t="s">
+        <v>38</v>
+      </c>
+      <c r="O10" t="s">
+        <v>99</v>
+      </c>
+      <c r="P10" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>101</v>
+      </c>
+      <c r="B11" t="s">
+        <v>102</v>
+      </c>
+      <c r="C11" t="s">
+        <v>94</v>
+      </c>
+      <c r="D11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>44</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11">
+        <v>2021</v>
+      </c>
+      <c r="J11" t="s">
+        <v>72</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>103</v>
+      </c>
+      <c r="M11" t="s">
+        <v>104</v>
+      </c>
+      <c r="N11" t="s">
+        <v>38</v>
+      </c>
+      <c r="O11" t="s">
+        <v>105</v>
+      </c>
+      <c r="P11" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>107</v>
+      </c>
+      <c r="B12" t="s">
+        <v>108</v>
+      </c>
+      <c r="C12" t="s">
+        <v>94</v>
+      </c>
+      <c r="D12" t="s">
+        <v>95</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>44</v>
+      </c>
+      <c r="G12" t="s">
+        <v>88</v>
+      </c>
+      <c r="H12">
+        <v>2020</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>96</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>109</v>
+      </c>
+      <c r="M12" t="s">
+        <v>98</v>
+      </c>
+      <c r="N12" t="s">
+        <v>38</v>
+      </c>
+      <c r="O12" t="s">
+        <v>110</v>
+      </c>
+      <c r="P12" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>112</v>
+      </c>
+      <c r="B13" t="s">
+        <v>113</v>
+      </c>
+      <c r="C13" t="s">
+        <v>94</v>
+      </c>
+      <c r="D13" t="s">
+        <v>114</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>44</v>
+      </c>
+      <c r="G13" t="s">
+        <v>88</v>
+      </c>
+      <c r="H13">
+        <v>2020</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>115</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>116</v>
+      </c>
+      <c r="M13" t="s">
+        <v>98</v>
+      </c>
+      <c r="N13" t="s">
+        <v>38</v>
+      </c>
+      <c r="O13" t="s">
+        <v>117</v>
+      </c>
+      <c r="P13" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>119</v>
+      </c>
+      <c r="B14" t="s">
+        <v>120</v>
+      </c>
+      <c r="C14" t="s">
+        <v>94</v>
+      </c>
+      <c r="D14" t="s">
+        <v>61</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>44</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2011</v>
+      </c>
+      <c r="I14">
+        <v>2013</v>
+      </c>
+      <c r="J14" t="s">
+        <v>121</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>103</v>
+      </c>
+      <c r="M14" t="s">
+        <v>98</v>
+      </c>
+      <c r="N14" t="s">
+        <v>38</v>
+      </c>
+      <c r="O14" t="s">
+        <v>122</v>
+      </c>
+      <c r="P14" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>124</v>
+      </c>
+      <c r="B15" t="s">
+        <v>125</v>
+      </c>
+      <c r="C15" t="s">
         <v>60</v>
       </c>
-    </row>
-[...26 lines deleted...]
-      <c r="J8" t="s">
+      <c r="D15" t="s">
+        <v>126</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>44</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2010</v>
+      </c>
+      <c r="I15">
+        <v>2019</v>
+      </c>
+      <c r="J15" t="s">
+        <v>127</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>128</v>
+      </c>
+      <c r="M15" t="s">
+        <v>129</v>
+      </c>
+      <c r="N15" t="s">
+        <v>38</v>
+      </c>
+      <c r="O15" t="s">
+        <v>130</v>
+      </c>
+      <c r="P15" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>124</v>
+      </c>
+      <c r="B16" t="s">
+        <v>132</v>
+      </c>
+      <c r="C16" t="s">
+        <v>133</v>
+      </c>
+      <c r="D16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>44</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2010</v>
+      </c>
+      <c r="I16">
+        <v>2019</v>
+      </c>
+      <c r="J16" t="s">
+        <v>134</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>128</v>
+      </c>
+      <c r="M16"/>
+      <c r="N16" t="s">
+        <v>38</v>
+      </c>
+      <c r="O16" t="s">
+        <v>135</v>
+      </c>
+      <c r="P16" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>137</v>
+      </c>
+      <c r="B17" t="s">
+        <v>138</v>
+      </c>
+      <c r="C17" t="s">
+        <v>60</v>
+      </c>
+      <c r="D17" t="s">
+        <v>126</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K8"/>
-[...246 lines deleted...]
-      <c r="H14">
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17">
         <v>2019</v>
       </c>
-      <c r="I14" t="s">
-[...127 lines deleted...]
-      </c>
       <c r="J17" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K17"/>
+        <v>127</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>32</v>
+        <v>129</v>
       </c>
       <c r="N17" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:14">
+        <v>38</v>
+      </c>
+      <c r="O17" t="s">
+        <v>139</v>
+      </c>
+      <c r="P17" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>99</v>
+        <v>141</v>
       </c>
       <c r="B18" t="s">
-        <v>42</v>
+        <v>142</v>
       </c>
       <c r="C18" t="s">
-        <v>100</v>
+        <v>133</v>
       </c>
       <c r="D18" t="s">
-        <v>17</v>
+        <v>143</v>
       </c>
       <c r="E18" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G18">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>88</v>
+      </c>
+      <c r="H18">
         <v>2013</v>
       </c>
-      <c r="H18">
-[...4 lines deleted...]
-      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
+        <v>134</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18"/>
+      <c r="N18" t="s">
+        <v>38</v>
+      </c>
+      <c r="O18" t="s">
+        <v>144</v>
+      </c>
+      <c r="P18" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>141</v>
+      </c>
+      <c r="B19" t="s">
+        <v>146</v>
+      </c>
+      <c r="C19" t="s">
+        <v>60</v>
+      </c>
+      <c r="D19" t="s">
+        <v>143</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K18"/>
-[...30 lines deleted...]
-        <v>2002</v>
+      <c r="G19" t="s">
+        <v>22</v>
       </c>
       <c r="H19">
         <v>2013</v>
       </c>
-      <c r="I19" t="s">
-        <v>82</v>
+      <c r="I19">
+        <v>2023</v>
       </c>
       <c r="J19" t="s">
+        <v>127</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>129</v>
+      </c>
+      <c r="N19" t="s">
+        <v>38</v>
+      </c>
+      <c r="O19" t="s">
+        <v>147</v>
+      </c>
+      <c r="P19" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>149</v>
+      </c>
+      <c r="B20" t="s">
+        <v>150</v>
+      </c>
+      <c r="C20" t="s">
+        <v>94</v>
+      </c>
+      <c r="D20" t="s">
+        <v>61</v>
+      </c>
+      <c r="E20" t="s">
+        <v>53</v>
+      </c>
+      <c r="F20" t="s">
+        <v>62</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2002</v>
+      </c>
+      <c r="I20">
+        <v>2013</v>
+      </c>
+      <c r="J20" t="s">
+        <v>115</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>103</v>
+      </c>
+      <c r="M20" t="s">
+        <v>151</v>
+      </c>
+      <c r="N20" t="s">
+        <v>38</v>
+      </c>
+      <c r="O20" t="s">
+        <v>152</v>
+      </c>
+      <c r="P20" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>154</v>
+      </c>
+      <c r="B21" t="s">
+        <v>155</v>
+      </c>
+      <c r="C21" t="s">
+        <v>94</v>
+      </c>
+      <c r="D21" t="s">
+        <v>156</v>
+      </c>
+      <c r="E21" t="s">
+        <v>53</v>
+      </c>
+      <c r="F21" t="s">
+        <v>62</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2002</v>
+      </c>
+      <c r="I21">
+        <v>2021</v>
+      </c>
+      <c r="J21" t="s">
+        <v>72</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>157</v>
+      </c>
+      <c r="M21" t="s">
+        <v>158</v>
+      </c>
+      <c r="N21" t="s">
+        <v>38</v>
+      </c>
+      <c r="O21" t="s">
+        <v>159</v>
+      </c>
+      <c r="P21" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>161</v>
+      </c>
+      <c r="B22" t="s">
+        <v>162</v>
+      </c>
+      <c r="C22" t="s">
+        <v>94</v>
+      </c>
+      <c r="D22" t="s">
+        <v>95</v>
+      </c>
+      <c r="E22" t="s">
+        <v>53</v>
+      </c>
+      <c r="F22" t="s">
+        <v>62</v>
+      </c>
+      <c r="G22" t="s">
+        <v>88</v>
+      </c>
+      <c r="H22">
+        <v>2009</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>115</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>97</v>
+      </c>
+      <c r="M22" t="s">
+        <v>151</v>
+      </c>
+      <c r="N22" t="s">
+        <v>38</v>
+      </c>
+      <c r="O22" t="s">
+        <v>163</v>
+      </c>
+      <c r="P22" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>165</v>
+      </c>
+      <c r="B23" t="s">
+        <v>166</v>
+      </c>
+      <c r="C23" t="s">
+        <v>94</v>
+      </c>
+      <c r="D23" t="s">
+        <v>114</v>
+      </c>
+      <c r="E23" t="s">
+        <v>53</v>
+      </c>
+      <c r="F23" t="s">
+        <v>62</v>
+      </c>
+      <c r="G23" t="s">
+        <v>88</v>
+      </c>
+      <c r="H23">
+        <v>2014</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>115</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>167</v>
+      </c>
+      <c r="M23" t="s">
+        <v>151</v>
+      </c>
+      <c r="N23" t="s">
+        <v>38</v>
+      </c>
+      <c r="O23" t="s">
+        <v>168</v>
+      </c>
+      <c r="P23" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>170</v>
+      </c>
+      <c r="B24" t="s">
+        <v>171</v>
+      </c>
+      <c r="C24" t="s">
+        <v>94</v>
+      </c>
+      <c r="D24" t="s">
+        <v>114</v>
+      </c>
+      <c r="E24" t="s">
+        <v>53</v>
+      </c>
+      <c r="F24" t="s">
+        <v>62</v>
+      </c>
+      <c r="G24" t="s">
+        <v>88</v>
+      </c>
+      <c r="H24">
+        <v>2016</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>96</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>172</v>
+      </c>
+      <c r="M24" t="s">
+        <v>151</v>
+      </c>
+      <c r="N24" t="s">
+        <v>38</v>
+      </c>
+      <c r="O24" t="s">
+        <v>173</v>
+      </c>
+      <c r="P24" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>175</v>
+      </c>
+      <c r="B25" t="s">
+        <v>176</v>
+      </c>
+      <c r="C25" t="s">
+        <v>94</v>
+      </c>
+      <c r="D25" t="s">
+        <v>114</v>
+      </c>
+      <c r="E25" t="s">
+        <v>53</v>
+      </c>
+      <c r="F25" t="s">
+        <v>62</v>
+      </c>
+      <c r="G25" t="s">
+        <v>88</v>
+      </c>
+      <c r="H25">
+        <v>2019</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>115</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>177</v>
+      </c>
+      <c r="M25" t="s">
+        <v>151</v>
+      </c>
+      <c r="N25" t="s">
+        <v>38</v>
+      </c>
+      <c r="O25" t="s">
+        <v>178</v>
+      </c>
+      <c r="P25" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>180</v>
+      </c>
+      <c r="B26" t="s">
+        <v>181</v>
+      </c>
+      <c r="C26" t="s">
+        <v>94</v>
+      </c>
+      <c r="D26" t="s">
+        <v>95</v>
+      </c>
+      <c r="E26" t="s">
+        <v>53</v>
+      </c>
+      <c r="F26" t="s">
+        <v>62</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2014</v>
+      </c>
+      <c r="I26">
+        <v>2018</v>
+      </c>
+      <c r="J26" t="s">
+        <v>115</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>182</v>
+      </c>
+      <c r="M26" t="s">
+        <v>151</v>
+      </c>
+      <c r="N26" t="s">
+        <v>38</v>
+      </c>
+      <c r="O26" t="s">
+        <v>183</v>
+      </c>
+      <c r="P26" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>185</v>
+      </c>
+      <c r="B27" t="s">
+        <v>186</v>
+      </c>
+      <c r="C27" t="s">
+        <v>94</v>
+      </c>
+      <c r="D27" t="s">
+        <v>95</v>
+      </c>
+      <c r="E27" t="s">
+        <v>53</v>
+      </c>
+      <c r="F27" t="s">
+        <v>62</v>
+      </c>
+      <c r="G27" t="s">
+        <v>88</v>
+      </c>
+      <c r="H27">
+        <v>2014</v>
+      </c>
+      <c r="I27">
+        <v>2017</v>
+      </c>
+      <c r="J27" t="s">
+        <v>96</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>187</v>
+      </c>
+      <c r="M27" t="s">
+        <v>151</v>
+      </c>
+      <c r="N27" t="s">
+        <v>38</v>
+      </c>
+      <c r="O27" t="s">
+        <v>188</v>
+      </c>
+      <c r="P27" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>190</v>
+      </c>
+      <c r="B28" t="s">
+        <v>191</v>
+      </c>
+      <c r="C28" t="s">
+        <v>94</v>
+      </c>
+      <c r="D28" t="s">
+        <v>95</v>
+      </c>
+      <c r="E28" t="s">
+        <v>53</v>
+      </c>
+      <c r="F28" t="s">
+        <v>62</v>
+      </c>
+      <c r="G28" t="s">
+        <v>88</v>
+      </c>
+      <c r="H28">
+        <v>2019</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>96</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>192</v>
+      </c>
+      <c r="M28" t="s">
+        <v>151</v>
+      </c>
+      <c r="N28" t="s">
+        <v>38</v>
+      </c>
+      <c r="O28" t="s">
+        <v>193</v>
+      </c>
+      <c r="P28" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>195</v>
+      </c>
+      <c r="B29" t="s">
+        <v>196</v>
+      </c>
+      <c r="C29" t="s">
+        <v>197</v>
+      </c>
+      <c r="D29" t="s">
+        <v>95</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
         <v>21</v>
       </c>
-      <c r="K19" t="s">
-[...5 lines deleted...]
-      <c r="M19" t="s">
+      <c r="G29" t="s">
+        <v>88</v>
+      </c>
+      <c r="H29">
+        <v>2008</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>198</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>199</v>
+      </c>
+      <c r="N29" t="s">
+        <v>38</v>
+      </c>
+      <c r="O29" t="s">
+        <v>200</v>
+      </c>
+      <c r="P29" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>202</v>
+      </c>
+      <c r="B30" t="s">
+        <v>203</v>
+      </c>
+      <c r="C30" t="s">
+        <v>197</v>
+      </c>
+      <c r="D30" t="s">
+        <v>204</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>205</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2011</v>
+      </c>
+      <c r="I30">
+        <v>2023</v>
+      </c>
+      <c r="J30" t="s">
+        <v>206</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>199</v>
+      </c>
+      <c r="N30" t="s">
+        <v>38</v>
+      </c>
+      <c r="O30" t="s">
+        <v>207</v>
+      </c>
+      <c r="P30" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>209</v>
+      </c>
+      <c r="B31" t="s">
+        <v>210</v>
+      </c>
+      <c r="C31" t="s">
+        <v>211</v>
+      </c>
+      <c r="D31" t="s">
+        <v>212</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>88</v>
+      </c>
+      <c r="H31">
+        <v>2020</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>206</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>213</v>
+      </c>
+      <c r="N31" t="s">
+        <v>38</v>
+      </c>
+      <c r="O31" t="s">
+        <v>214</v>
+      </c>
+      <c r="P31" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>216</v>
+      </c>
+      <c r="B32" t="s">
+        <v>217</v>
+      </c>
+      <c r="C32" t="s">
         <v>32</v>
       </c>
-      <c r="N19" t="s">
-[...16 lines deleted...]
-      <c r="E20" t="s">
+      <c r="D32" t="s">
+        <v>61</v>
+      </c>
+      <c r="E32" t="s">
+        <v>218</v>
+      </c>
+      <c r="F32" t="s">
+        <v>34</v>
+      </c>
+      <c r="G32" t="s">
+        <v>219</v>
+      </c>
+      <c r="H32"/>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>72</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>220</v>
+      </c>
+      <c r="M32" t="s">
+        <v>37</v>
+      </c>
+      <c r="N32" t="s">
+        <v>38</v>
+      </c>
+      <c r="O32" t="s">
+        <v>221</v>
+      </c>
+      <c r="P32" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>223</v>
+      </c>
+      <c r="B33" t="s">
+        <v>224</v>
+      </c>
+      <c r="C33" t="s">
+        <v>225</v>
+      </c>
+      <c r="D33" t="s">
+        <v>226</v>
+      </c>
+      <c r="E33" t="s">
+        <v>53</v>
+      </c>
+      <c r="F33" t="s">
         <v>44</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20">
+      <c r="G33" t="s">
+        <v>219</v>
+      </c>
+      <c r="H33"/>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>227</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>228</v>
+      </c>
+      <c r="N33" t="s">
+        <v>38</v>
+      </c>
+      <c r="O33" t="s">
+        <v>229</v>
+      </c>
+      <c r="P33" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>231</v>
+      </c>
+      <c r="B34" t="s">
+        <v>232</v>
+      </c>
+      <c r="C34" t="s">
+        <v>233</v>
+      </c>
+      <c r="D34" t="s">
+        <v>61</v>
+      </c>
+      <c r="E34" t="s">
+        <v>53</v>
+      </c>
+      <c r="F34" t="s">
+        <v>44</v>
+      </c>
+      <c r="G34" t="s">
+        <v>219</v>
+      </c>
+      <c r="H34"/>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>234</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>235</v>
+      </c>
+      <c r="M34" t="s">
+        <v>236</v>
+      </c>
+      <c r="N34" t="s">
+        <v>38</v>
+      </c>
+      <c r="O34" t="s">
+        <v>237</v>
+      </c>
+      <c r="P34" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>239</v>
+      </c>
+      <c r="B35" t="s">
+        <v>240</v>
+      </c>
+      <c r="C35" t="s">
+        <v>241</v>
+      </c>
+      <c r="D35" t="s">
+        <v>61</v>
+      </c>
+      <c r="E35" t="s">
+        <v>53</v>
+      </c>
+      <c r="F35" t="s">
+        <v>62</v>
+      </c>
+      <c r="G35" t="s">
+        <v>88</v>
+      </c>
+      <c r="H35">
+        <v>2008</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>242</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>243</v>
+      </c>
+      <c r="N35" t="s">
+        <v>38</v>
+      </c>
+      <c r="O35" t="s">
+        <v>244</v>
+      </c>
+      <c r="P35" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>246</v>
+      </c>
+      <c r="B36" t="s">
+        <v>247</v>
+      </c>
+      <c r="C36" t="s">
+        <v>248</v>
+      </c>
+      <c r="D36" t="s">
+        <v>249</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>34</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36"/>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>72</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>250</v>
+      </c>
+      <c r="M36" t="s">
+        <v>251</v>
+      </c>
+      <c r="N36" t="s">
+        <v>38</v>
+      </c>
+      <c r="O36" t="s">
+        <v>252</v>
+      </c>
+      <c r="P36" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>254</v>
+      </c>
+      <c r="B37" t="s">
+        <v>255</v>
+      </c>
+      <c r="C37" t="s">
+        <v>256</v>
+      </c>
+      <c r="D37" t="s">
+        <v>61</v>
+      </c>
+      <c r="E37" t="s">
+        <v>53</v>
+      </c>
+      <c r="F37" t="s">
+        <v>62</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
         <v>2002</v>
       </c>
-      <c r="H20">
+      <c r="I37">
+        <v>2015</v>
+      </c>
+      <c r="J37" t="s">
+        <v>257</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>258</v>
+      </c>
+      <c r="M37" t="s">
+        <v>259</v>
+      </c>
+      <c r="N37" t="s">
+        <v>38</v>
+      </c>
+      <c r="O37" t="s">
+        <v>260</v>
+      </c>
+      <c r="P37" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>262</v>
+      </c>
+      <c r="B38" t="s">
+        <v>263</v>
+      </c>
+      <c r="C38" t="s">
+        <v>256</v>
+      </c>
+      <c r="D38" t="s">
+        <v>95</v>
+      </c>
+      <c r="E38" t="s">
+        <v>53</v>
+      </c>
+      <c r="F38" t="s">
+        <v>62</v>
+      </c>
+      <c r="G38" t="s">
+        <v>88</v>
+      </c>
+      <c r="H38">
+        <v>2013</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>257</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>264</v>
+      </c>
+      <c r="M38" t="s">
+        <v>259</v>
+      </c>
+      <c r="N38" t="s">
+        <v>38</v>
+      </c>
+      <c r="O38" t="s">
+        <v>265</v>
+      </c>
+      <c r="P38" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>267</v>
+      </c>
+      <c r="B39" t="s">
+        <v>268</v>
+      </c>
+      <c r="C39" t="s">
+        <v>256</v>
+      </c>
+      <c r="D39" t="s">
+        <v>114</v>
+      </c>
+      <c r="E39" t="s">
+        <v>53</v>
+      </c>
+      <c r="F39" t="s">
+        <v>62</v>
+      </c>
+      <c r="G39" t="s">
+        <v>88</v>
+      </c>
+      <c r="H39">
+        <v>2013</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>257</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>269</v>
+      </c>
+      <c r="M39" t="s">
+        <v>259</v>
+      </c>
+      <c r="N39" t="s">
+        <v>38</v>
+      </c>
+      <c r="O39" t="s">
+        <v>270</v>
+      </c>
+      <c r="P39" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>272</v>
+      </c>
+      <c r="B40" t="s">
+        <v>273</v>
+      </c>
+      <c r="C40" t="s">
+        <v>256</v>
+      </c>
+      <c r="D40" t="s">
+        <v>114</v>
+      </c>
+      <c r="E40" t="s">
+        <v>53</v>
+      </c>
+      <c r="F40" t="s">
+        <v>62</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2013</v>
+      </c>
+      <c r="I40">
+        <v>2015</v>
+      </c>
+      <c r="J40" t="s">
+        <v>257</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>274</v>
+      </c>
+      <c r="M40" t="s">
+        <v>275</v>
+      </c>
+      <c r="N40" t="s">
+        <v>38</v>
+      </c>
+      <c r="O40" t="s">
+        <v>276</v>
+      </c>
+      <c r="P40" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>278</v>
+      </c>
+      <c r="B41" t="s">
+        <v>279</v>
+      </c>
+      <c r="C41" t="s">
+        <v>256</v>
+      </c>
+      <c r="D41" t="s">
+        <v>95</v>
+      </c>
+      <c r="E41" t="s">
+        <v>53</v>
+      </c>
+      <c r="F41" t="s">
+        <v>62</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2012</v>
+      </c>
+      <c r="I41">
+        <v>2012</v>
+      </c>
+      <c r="J41" t="s">
+        <v>257</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>280</v>
+      </c>
+      <c r="M41" t="s">
+        <v>275</v>
+      </c>
+      <c r="N41" t="s">
+        <v>38</v>
+      </c>
+      <c r="O41" t="s">
+        <v>281</v>
+      </c>
+      <c r="P41" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>283</v>
+      </c>
+      <c r="B42" t="s">
+        <v>284</v>
+      </c>
+      <c r="C42" t="s">
+        <v>256</v>
+      </c>
+      <c r="D42" t="s">
+        <v>285</v>
+      </c>
+      <c r="E42" t="s">
+        <v>53</v>
+      </c>
+      <c r="F42" t="s">
+        <v>62</v>
+      </c>
+      <c r="G42" t="s">
+        <v>88</v>
+      </c>
+      <c r="H42">
+        <v>2013</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>72</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>286</v>
+      </c>
+      <c r="M42" t="s">
+        <v>259</v>
+      </c>
+      <c r="N42" t="s">
+        <v>38</v>
+      </c>
+      <c r="O42" t="s">
+        <v>287</v>
+      </c>
+      <c r="P42" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>289</v>
+      </c>
+      <c r="B43" t="s">
+        <v>290</v>
+      </c>
+      <c r="C43" t="s">
+        <v>256</v>
+      </c>
+      <c r="D43" t="s">
+        <v>285</v>
+      </c>
+      <c r="E43" t="s">
+        <v>53</v>
+      </c>
+      <c r="F43" t="s">
+        <v>62</v>
+      </c>
+      <c r="G43" t="s">
+        <v>88</v>
+      </c>
+      <c r="H43">
+        <v>2017</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>72</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>291</v>
+      </c>
+      <c r="M43" t="s">
+        <v>259</v>
+      </c>
+      <c r="N43" t="s">
+        <v>38</v>
+      </c>
+      <c r="O43" t="s">
+        <v>292</v>
+      </c>
+      <c r="P43" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>294</v>
+      </c>
+      <c r="B44" t="s">
+        <v>295</v>
+      </c>
+      <c r="C44" t="s">
+        <v>256</v>
+      </c>
+      <c r="D44" t="s">
+        <v>285</v>
+      </c>
+      <c r="E44" t="s">
+        <v>53</v>
+      </c>
+      <c r="F44" t="s">
+        <v>62</v>
+      </c>
+      <c r="G44" t="s">
+        <v>88</v>
+      </c>
+      <c r="H44">
+        <v>2017</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>72</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>291</v>
+      </c>
+      <c r="M44" t="s">
+        <v>259</v>
+      </c>
+      <c r="N44" t="s">
+        <v>38</v>
+      </c>
+      <c r="O44" t="s">
+        <v>296</v>
+      </c>
+      <c r="P44" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>298</v>
+      </c>
+      <c r="B45" t="s">
+        <v>299</v>
+      </c>
+      <c r="C45" t="s">
+        <v>256</v>
+      </c>
+      <c r="D45" t="s">
+        <v>285</v>
+      </c>
+      <c r="E45" t="s">
+        <v>53</v>
+      </c>
+      <c r="F45" t="s">
+        <v>62</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45"/>
+      <c r="I45">
+        <v>2016</v>
+      </c>
+      <c r="J45" t="s">
+        <v>72</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>300</v>
+      </c>
+      <c r="M45" t="s">
+        <v>259</v>
+      </c>
+      <c r="N45" t="s">
+        <v>38</v>
+      </c>
+      <c r="O45" t="s">
+        <v>301</v>
+      </c>
+      <c r="P45" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>303</v>
+      </c>
+      <c r="B46" t="s">
+        <v>304</v>
+      </c>
+      <c r="C46" t="s">
+        <v>241</v>
+      </c>
+      <c r="D46" t="s">
+        <v>61</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>44</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2012</v>
+      </c>
+      <c r="I46">
+        <v>2012</v>
+      </c>
+      <c r="J46" t="s">
+        <v>242</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>243</v>
+      </c>
+      <c r="N46" t="s">
+        <v>38</v>
+      </c>
+      <c r="O46" t="s">
+        <v>305</v>
+      </c>
+      <c r="P46" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>307</v>
+      </c>
+      <c r="B47" t="s">
+        <v>308</v>
+      </c>
+      <c r="C47" t="s">
+        <v>309</v>
+      </c>
+      <c r="D47" t="s">
+        <v>61</v>
+      </c>
+      <c r="E47" t="s">
+        <v>53</v>
+      </c>
+      <c r="F47" t="s">
+        <v>44</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2014</v>
+      </c>
+      <c r="I47">
+        <v>2019</v>
+      </c>
+      <c r="J47" t="s">
+        <v>310</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>311</v>
+      </c>
+      <c r="M47" t="s">
+        <v>312</v>
+      </c>
+      <c r="N47" t="s">
+        <v>38</v>
+      </c>
+      <c r="O47" t="s">
+        <v>313</v>
+      </c>
+      <c r="P47" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>315</v>
+      </c>
+      <c r="B48" t="s">
+        <v>316</v>
+      </c>
+      <c r="C48" t="s">
+        <v>317</v>
+      </c>
+      <c r="D48" t="s">
+        <v>61</v>
+      </c>
+      <c r="E48" t="s">
+        <v>53</v>
+      </c>
+      <c r="F48" t="s">
+        <v>62</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2003</v>
+      </c>
+      <c r="I48">
+        <v>2022</v>
+      </c>
+      <c r="J48" t="s">
+        <v>72</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>318</v>
+      </c>
+      <c r="M48" t="s">
+        <v>319</v>
+      </c>
+      <c r="N48" t="s">
+        <v>38</v>
+      </c>
+      <c r="O48" t="s">
+        <v>320</v>
+      </c>
+      <c r="P48" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>322</v>
+      </c>
+      <c r="B49" t="s">
+        <v>323</v>
+      </c>
+      <c r="C49" t="s">
+        <v>324</v>
+      </c>
+      <c r="D49" t="s">
+        <v>61</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>34</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2009</v>
+      </c>
+      <c r="I49">
+        <v>2024</v>
+      </c>
+      <c r="J49" t="s">
+        <v>325</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>326</v>
+      </c>
+      <c r="M49" t="s">
+        <v>327</v>
+      </c>
+      <c r="N49" t="s">
+        <v>38</v>
+      </c>
+      <c r="O49" t="s">
+        <v>328</v>
+      </c>
+      <c r="P49" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>330</v>
+      </c>
+      <c r="B50" t="s">
+        <v>331</v>
+      </c>
+      <c r="C50" t="s">
+        <v>324</v>
+      </c>
+      <c r="D50" t="s">
+        <v>61</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>34</v>
+      </c>
+      <c r="G50" t="s">
+        <v>88</v>
+      </c>
+      <c r="H50">
+        <v>2023</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>332</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>333</v>
+      </c>
+      <c r="M50" t="s">
+        <v>327</v>
+      </c>
+      <c r="N50" t="s">
+        <v>38</v>
+      </c>
+      <c r="O50" t="s">
+        <v>334</v>
+      </c>
+      <c r="P50" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>336</v>
+      </c>
+      <c r="B51" t="s">
+        <v>337</v>
+      </c>
+      <c r="C51" t="s">
+        <v>338</v>
+      </c>
+      <c r="D51" t="s">
+        <v>339</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>34</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2016</v>
+      </c>
+      <c r="I51">
+        <v>2019</v>
+      </c>
+      <c r="J51" t="s">
+        <v>72</v>
+      </c>
+      <c r="K51" t="s">
+        <v>55</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>340</v>
+      </c>
+      <c r="N51" t="s">
+        <v>38</v>
+      </c>
+      <c r="O51" t="s">
+        <v>341</v>
+      </c>
+      <c r="P51" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>343</v>
+      </c>
+      <c r="B52" t="s">
+        <v>344</v>
+      </c>
+      <c r="C52" t="s">
+        <v>345</v>
+      </c>
+      <c r="D52" t="s">
+        <v>61</v>
+      </c>
+      <c r="E52" t="s">
+        <v>53</v>
+      </c>
+      <c r="F52" t="s">
+        <v>62</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>1998</v>
+      </c>
+      <c r="I52">
+        <v>2019</v>
+      </c>
+      <c r="J52" t="s">
+        <v>115</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>346</v>
+      </c>
+      <c r="M52" t="s">
+        <v>347</v>
+      </c>
+      <c r="N52" t="s">
+        <v>38</v>
+      </c>
+      <c r="O52" t="s">
+        <v>348</v>
+      </c>
+      <c r="P52" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>350</v>
+      </c>
+      <c r="B53" t="s">
+        <v>351</v>
+      </c>
+      <c r="C53" t="s">
+        <v>32</v>
+      </c>
+      <c r="D53" t="s">
+        <v>61</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>34</v>
+      </c>
+      <c r="G53" t="s">
+        <v>88</v>
+      </c>
+      <c r="H53">
+        <v>2023</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>352</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>353</v>
+      </c>
+      <c r="N53" t="s">
+        <v>38</v>
+      </c>
+      <c r="O53" t="s">
+        <v>354</v>
+      </c>
+      <c r="P53" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>356</v>
+      </c>
+      <c r="B54" t="s">
+        <v>162</v>
+      </c>
+      <c r="C54" t="s">
+        <v>94</v>
+      </c>
+      <c r="D54" t="s">
+        <v>95</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2005</v>
+      </c>
+      <c r="I54">
+        <v>2005</v>
+      </c>
+      <c r="J54" t="s">
+        <v>115</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>97</v>
+      </c>
+      <c r="M54" t="s">
+        <v>98</v>
+      </c>
+      <c r="N54" t="s">
+        <v>38</v>
+      </c>
+      <c r="O54" t="s">
+        <v>357</v>
+      </c>
+      <c r="P54" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>359</v>
+      </c>
+      <c r="B55" t="s">
+        <v>360</v>
+      </c>
+      <c r="C55" t="s">
+        <v>94</v>
+      </c>
+      <c r="D55" t="s">
+        <v>61</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>1989</v>
+      </c>
+      <c r="I55">
+        <v>2016</v>
+      </c>
+      <c r="J55" t="s">
+        <v>115</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>103</v>
+      </c>
+      <c r="M55" t="s">
+        <v>98</v>
+      </c>
+      <c r="N55" t="s">
+        <v>38</v>
+      </c>
+      <c r="O55" t="s">
+        <v>361</v>
+      </c>
+      <c r="P55" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>363</v>
+      </c>
+      <c r="B56" t="s">
+        <v>364</v>
+      </c>
+      <c r="C56" t="s">
+        <v>94</v>
+      </c>
+      <c r="D56" t="s">
+        <v>365</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2010</v>
+      </c>
+      <c r="I56">
         <v>2021</v>
       </c>
-      <c r="I20" t="s">
-[...2 lines deleted...]
-      <c r="J20" t="s">
+      <c r="J56" t="s">
+        <v>72</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>366</v>
+      </c>
+      <c r="M56" t="s">
+        <v>367</v>
+      </c>
+      <c r="N56" t="s">
+        <v>38</v>
+      </c>
+      <c r="O56" t="s">
+        <v>368</v>
+      </c>
+      <c r="P56" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>370</v>
+      </c>
+      <c r="B57" t="s">
+        <v>108</v>
+      </c>
+      <c r="C57" t="s">
+        <v>94</v>
+      </c>
+      <c r="D57" t="s">
+        <v>95</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
         <v>21</v>
       </c>
-      <c r="K20" t="s">
-[...2 lines deleted...]
-      <c r="L20" t="s">
+      <c r="G57" t="s">
+        <v>371</v>
+      </c>
+      <c r="H57">
+        <v>2020</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>96</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
         <v>109</v>
       </c>
-      <c r="M20" t="s">
-[...25 lines deleted...]
-      <c r="G21">
+      <c r="M57" t="s">
+        <v>372</v>
+      </c>
+      <c r="N57" t="s">
+        <v>38</v>
+      </c>
+      <c r="O57" t="s">
+        <v>373</v>
+      </c>
+      <c r="P57" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>375</v>
+      </c>
+      <c r="B58" t="s">
+        <v>376</v>
+      </c>
+      <c r="C58" t="s">
+        <v>94</v>
+      </c>
+      <c r="D58" t="s">
+        <v>95</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>8</v>
+      </c>
+      <c r="H58">
+        <v>1989</v>
+      </c>
+      <c r="I58">
+        <v>2025</v>
+      </c>
+      <c r="J58" t="s">
+        <v>377</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>378</v>
+      </c>
+      <c r="M58" t="s">
+        <v>379</v>
+      </c>
+      <c r="N58" t="s">
+        <v>38</v>
+      </c>
+      <c r="O58" t="s">
+        <v>380</v>
+      </c>
+      <c r="P58" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>382</v>
+      </c>
+      <c r="B59" t="s">
+        <v>383</v>
+      </c>
+      <c r="C59" t="s">
+        <v>94</v>
+      </c>
+      <c r="D59" t="s">
+        <v>114</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>88</v>
+      </c>
+      <c r="H59">
+        <v>2021</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>96</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>109</v>
+      </c>
+      <c r="M59" t="s">
+        <v>372</v>
+      </c>
+      <c r="N59" t="s">
+        <v>38</v>
+      </c>
+      <c r="O59" t="s">
+        <v>384</v>
+      </c>
+      <c r="P59" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>386</v>
+      </c>
+      <c r="B60" t="s">
+        <v>387</v>
+      </c>
+      <c r="C60" t="s">
+        <v>388</v>
+      </c>
+      <c r="D60" t="s">
+        <v>61</v>
+      </c>
+      <c r="E60" t="s">
+        <v>53</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>1989</v>
+      </c>
+      <c r="I60">
+        <v>1991</v>
+      </c>
+      <c r="J60" t="s">
+        <v>257</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>389</v>
+      </c>
+      <c r="N60" t="s">
+        <v>38</v>
+      </c>
+      <c r="O60" t="s">
+        <v>390</v>
+      </c>
+      <c r="P60" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>392</v>
+      </c>
+      <c r="B61" t="s">
+        <v>393</v>
+      </c>
+      <c r="C61" t="s">
+        <v>394</v>
+      </c>
+      <c r="D61" t="s">
+        <v>61</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>34</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2015</v>
+      </c>
+      <c r="I61">
+        <v>2024</v>
+      </c>
+      <c r="J61" t="s">
+        <v>395</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>396</v>
+      </c>
+      <c r="M61" t="s">
+        <v>397</v>
+      </c>
+      <c r="N61" t="s">
+        <v>38</v>
+      </c>
+      <c r="O61" t="s">
+        <v>398</v>
+      </c>
+      <c r="P61" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>400</v>
+      </c>
+      <c r="B62" t="s">
+        <v>401</v>
+      </c>
+      <c r="C62" t="s">
+        <v>402</v>
+      </c>
+      <c r="D62" t="s">
+        <v>403</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>34</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
         <v>2009</v>
       </c>
-      <c r="H21"/>
-[...3 lines deleted...]
-      <c r="J21" t="s">
+      <c r="I62">
+        <v>2016</v>
+      </c>
+      <c r="J62" t="s">
+        <v>404</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>405</v>
+      </c>
+      <c r="M62" t="s">
+        <v>406</v>
+      </c>
+      <c r="N62" t="s">
+        <v>38</v>
+      </c>
+      <c r="O62" t="s">
+        <v>407</v>
+      </c>
+      <c r="P62" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>409</v>
+      </c>
+      <c r="B63" t="s">
+        <v>410</v>
+      </c>
+      <c r="C63" t="s">
+        <v>402</v>
+      </c>
+      <c r="D63" t="s">
+        <v>411</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
         <v>21</v>
       </c>
-      <c r="K21" t="s">
-[...204 lines deleted...]
-      <c r="H26">
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2009</v>
+      </c>
+      <c r="I63">
         <v>2017</v>
       </c>
-      <c r="I26" t="s">
-[...443 lines deleted...]
-      <c r="G37">
+      <c r="J63" t="s">
+        <v>404</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>412</v>
+      </c>
+      <c r="M63" t="s">
+        <v>406</v>
+      </c>
+      <c r="N63" t="s">
+        <v>38</v>
+      </c>
+      <c r="O63" t="s">
+        <v>413</v>
+      </c>
+      <c r="P63" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>415</v>
+      </c>
+      <c r="B64" t="s">
+        <v>416</v>
+      </c>
+      <c r="C64" t="s">
+        <v>402</v>
+      </c>
+      <c r="D64" t="s">
+        <v>61</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>34</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2009</v>
+      </c>
+      <c r="I64">
         <v>2013</v>
       </c>
-      <c r="H37"/>
-[...829 lines deleted...]
-      <c r="N56" t="s">
+      <c r="J64" t="s">
+        <v>404</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>417</v>
+      </c>
+      <c r="M64" t="s">
+        <v>406</v>
+      </c>
+      <c r="N64" t="s">
+        <v>38</v>
+      </c>
+      <c r="O64" t="s">
+        <v>418</v>
+      </c>
+      <c r="P64" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>420</v>
+      </c>
+      <c r="B65" t="s">
+        <v>421</v>
+      </c>
+      <c r="C65" t="s">
         <v>256</v>
       </c>
-    </row>
-[...353 lines deleted...]
-      </c>
       <c r="D65" t="s">
-        <v>36</v>
+        <v>95</v>
       </c>
       <c r="E65" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="F65" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>62</v>
+      </c>
+      <c r="G65" t="s">
+        <v>88</v>
       </c>
       <c r="H65">
         <v>2013</v>
       </c>
-      <c r="I65" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I65"/>
       <c r="J65" t="s">
-        <v>21</v>
+        <v>257</v>
       </c>
       <c r="K65" t="s">
-        <v>291</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L65"/>
       <c r="M65" t="s">
-        <v>32</v>
+        <v>275</v>
       </c>
       <c r="N65" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:14">
+        <v>38</v>
+      </c>
+      <c r="O65" t="s">
+        <v>422</v>
+      </c>
+      <c r="P65" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>293</v>
+        <v>424</v>
       </c>
       <c r="B66" t="s">
-        <v>294</v>
+        <v>425</v>
       </c>
       <c r="C66" t="s">
-        <v>43</v>
+        <v>256</v>
       </c>
       <c r="D66" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E66" t="s">
-        <v>149</v>
+        <v>53</v>
       </c>
       <c r="F66" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G66">
+        <v>62</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2002</v>
+      </c>
+      <c r="I66">
+        <v>2013</v>
+      </c>
+      <c r="J66" t="s">
+        <v>257</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>426</v>
+      </c>
+      <c r="M66" t="s">
+        <v>259</v>
+      </c>
+      <c r="N66" t="s">
+        <v>38</v>
+      </c>
+      <c r="O66" t="s">
+        <v>427</v>
+      </c>
+      <c r="P66" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>429</v>
+      </c>
+      <c r="B67" t="s">
+        <v>430</v>
+      </c>
+      <c r="C67" t="s">
+        <v>431</v>
+      </c>
+      <c r="D67" t="s">
+        <v>61</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>34</v>
+      </c>
+      <c r="G67" t="s">
+        <v>432</v>
+      </c>
+      <c r="H67">
         <v>2015</v>
       </c>
-      <c r="H66">
+      <c r="I67">
         <v>2019</v>
       </c>
-      <c r="I66" t="s">
-[...37 lines deleted...]
-      <c r="G67">
+      <c r="J67" t="s">
+        <v>433</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>434</v>
+      </c>
+      <c r="M67" t="s">
+        <v>397</v>
+      </c>
+      <c r="N67" t="s">
+        <v>38</v>
+      </c>
+      <c r="O67" t="s">
+        <v>435</v>
+      </c>
+      <c r="P67" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>437</v>
+      </c>
+      <c r="B68" t="s">
+        <v>438</v>
+      </c>
+      <c r="C68" t="s">
+        <v>241</v>
+      </c>
+      <c r="D68" t="s">
+        <v>95</v>
+      </c>
+      <c r="E68" t="s">
+        <v>53</v>
+      </c>
+      <c r="F68" t="s">
+        <v>62</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
         <v>2012</v>
       </c>
-      <c r="H67">
+      <c r="I68">
         <v>2012</v>
       </c>
-      <c r="I67" t="s">
-[...35 lines deleted...]
-      <c r="G68">
+      <c r="J68" t="s">
+        <v>439</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>243</v>
+      </c>
+      <c r="N68" t="s">
+        <v>38</v>
+      </c>
+      <c r="O68" t="s">
+        <v>440</v>
+      </c>
+      <c r="P68" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>442</v>
+      </c>
+      <c r="B69" t="s">
+        <v>95</v>
+      </c>
+      <c r="C69" t="s">
+        <v>241</v>
+      </c>
+      <c r="D69" t="s">
+        <v>95</v>
+      </c>
+      <c r="E69" t="s">
+        <v>53</v>
+      </c>
+      <c r="F69" t="s">
+        <v>62</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
         <v>1996</v>
       </c>
-      <c r="H68">
+      <c r="I69">
         <v>2010</v>
       </c>
-      <c r="I68" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="J69" t="s">
-        <v>21</v>
+        <v>234</v>
       </c>
       <c r="K69" t="s">
-        <v>305</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L69"/>
       <c r="M69" t="s">
-        <v>32</v>
+        <v>243</v>
       </c>
       <c r="N69" t="s">
-        <v>306</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:14">
+        <v>38</v>
+      </c>
+      <c r="O69" t="s">
+        <v>443</v>
+      </c>
+      <c r="P69" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>307</v>
+        <v>445</v>
       </c>
       <c r="B70" t="s">
-        <v>308</v>
+        <v>446</v>
       </c>
       <c r="C70" t="s">
-        <v>43</v>
+        <v>211</v>
       </c>
       <c r="D70" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E70" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F70" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2009</v>
+        <v>34</v>
+      </c>
+      <c r="G70" t="s">
+        <v>88</v>
       </c>
       <c r="H70">
         <v>2021</v>
       </c>
-      <c r="I70" t="s">
-        <v>309</v>
+      <c r="I70">
+        <v>2024</v>
       </c>
       <c r="J70" t="s">
+        <v>447</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>448</v>
+      </c>
+      <c r="M70" t="s">
+        <v>213</v>
+      </c>
+      <c r="N70" t="s">
+        <v>38</v>
+      </c>
+      <c r="O70" t="s">
+        <v>449</v>
+      </c>
+      <c r="P70" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>451</v>
+      </c>
+      <c r="B71" t="s">
+        <v>452</v>
+      </c>
+      <c r="C71" t="s">
+        <v>453</v>
+      </c>
+      <c r="D71" t="s">
+        <v>61</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>44</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2009</v>
+      </c>
+      <c r="I71">
+        <v>2021</v>
+      </c>
+      <c r="J71" t="s">
+        <v>454</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>455</v>
+      </c>
+      <c r="M71" t="s">
+        <v>456</v>
+      </c>
+      <c r="N71" t="s">
+        <v>38</v>
+      </c>
+      <c r="O71" t="s">
+        <v>457</v>
+      </c>
+      <c r="P71" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>459</v>
+      </c>
+      <c r="B72" t="s">
+        <v>460</v>
+      </c>
+      <c r="C72" t="s">
+        <v>461</v>
+      </c>
+      <c r="D72" t="s">
+        <v>95</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
         <v>21</v>
       </c>
-      <c r="K70" t="s">
-[...31 lines deleted...]
-      <c r="G71">
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
         <v>2016</v>
       </c>
-      <c r="H71">
+      <c r="I72">
         <v>2020</v>
       </c>
-      <c r="I71" t="s">
-[...2 lines deleted...]
-      <c r="J71" t="s">
+      <c r="J72" t="s">
+        <v>54</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>462</v>
+      </c>
+      <c r="N72" t="s">
+        <v>38</v>
+      </c>
+      <c r="O72" t="s">
+        <v>463</v>
+      </c>
+      <c r="P72" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>459</v>
+      </c>
+      <c r="B73" t="s">
+        <v>465</v>
+      </c>
+      <c r="C73" t="s">
+        <v>461</v>
+      </c>
+      <c r="D73" t="s">
+        <v>95</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
         <v>21</v>
       </c>
-      <c r="K71"/>
-[...29 lines deleted...]
-      <c r="G72">
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
         <v>2016</v>
       </c>
-      <c r="H72">
+      <c r="I73">
         <v>2020</v>
       </c>
-      <c r="I72" t="s">
-[...2 lines deleted...]
-      <c r="J72" t="s">
+      <c r="J73" t="s">
+        <v>54</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>462</v>
+      </c>
+      <c r="N73" t="s">
+        <v>38</v>
+      </c>
+      <c r="O73" t="s">
+        <v>466</v>
+      </c>
+      <c r="P73" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>468</v>
+      </c>
+      <c r="B74" t="s">
+        <v>469</v>
+      </c>
+      <c r="C74" t="s">
+        <v>461</v>
+      </c>
+      <c r="D74" t="s">
+        <v>95</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>44</v>
+      </c>
+      <c r="G74" t="s">
+        <v>88</v>
+      </c>
+      <c r="H74">
+        <v>2016</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>470</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>462</v>
+      </c>
+      <c r="N74" t="s">
+        <v>38</v>
+      </c>
+      <c r="O74" t="s">
+        <v>471</v>
+      </c>
+      <c r="P74" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>473</v>
+      </c>
+      <c r="B75" t="s">
+        <v>474</v>
+      </c>
+      <c r="C75" t="s">
+        <v>475</v>
+      </c>
+      <c r="D75" t="s">
+        <v>126</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>44</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2013</v>
+      </c>
+      <c r="I75">
+        <v>2014</v>
+      </c>
+      <c r="J75" t="s">
+        <v>115</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" t="s">
+        <v>476</v>
+      </c>
+      <c r="M75" t="s">
+        <v>477</v>
+      </c>
+      <c r="N75" t="s">
+        <v>38</v>
+      </c>
+      <c r="O75" t="s">
+        <v>478</v>
+      </c>
+      <c r="P75" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>480</v>
+      </c>
+      <c r="B76" t="s">
+        <v>481</v>
+      </c>
+      <c r="C76" t="s">
+        <v>475</v>
+      </c>
+      <c r="D76" t="s">
+        <v>126</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
         <v>21</v>
       </c>
-      <c r="K72"/>
-[...6 lines deleted...]
-      <c r="N72" t="s">
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2013</v>
+      </c>
+      <c r="I76">
+        <v>2014</v>
+      </c>
+      <c r="J76" t="s">
+        <v>115</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" t="s">
+        <v>482</v>
+      </c>
+      <c r="M76" t="s">
+        <v>477</v>
+      </c>
+      <c r="N76" t="s">
+        <v>38</v>
+      </c>
+      <c r="O76" t="s">
+        <v>483</v>
+      </c>
+      <c r="P76" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>485</v>
+      </c>
+      <c r="B77" t="s">
+        <v>486</v>
+      </c>
+      <c r="C77" t="s">
+        <v>487</v>
+      </c>
+      <c r="D77" t="s">
+        <v>156</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>88</v>
+      </c>
+      <c r="H77"/>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>332</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>488</v>
+      </c>
+      <c r="N77" t="s">
+        <v>38</v>
+      </c>
+      <c r="O77" t="s">
+        <v>489</v>
+      </c>
+      <c r="P77" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>491</v>
+      </c>
+      <c r="B78" t="s">
+        <v>492</v>
+      </c>
+      <c r="C78" t="s">
+        <v>487</v>
+      </c>
+      <c r="D78" t="s">
+        <v>95</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>88</v>
+      </c>
+      <c r="H78">
+        <v>2022</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>493</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>488</v>
+      </c>
+      <c r="N78" t="s">
+        <v>38</v>
+      </c>
+      <c r="O78" t="s">
+        <v>494</v>
+      </c>
+      <c r="P78" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>495</v>
+      </c>
+      <c r="B79" t="s">
+        <v>496</v>
+      </c>
+      <c r="C79" t="s">
+        <v>487</v>
+      </c>
+      <c r="D79" t="s">
+        <v>61</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>88</v>
+      </c>
+      <c r="H79">
+        <v>2022</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>493</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>488</v>
+      </c>
+      <c r="N79" t="s">
+        <v>38</v>
+      </c>
+      <c r="O79" t="s">
+        <v>497</v>
+      </c>
+      <c r="P79" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>498</v>
+      </c>
+      <c r="B80" t="s">
+        <v>499</v>
+      </c>
+      <c r="C80" t="s">
         <v>317</v>
       </c>
-    </row>
-[...26 lines deleted...]
-      <c r="J73" t="s">
+      <c r="D80" t="s">
+        <v>500</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>34</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2008</v>
+      </c>
+      <c r="I80">
+        <v>2020</v>
+      </c>
+      <c r="J80" t="s">
+        <v>54</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80" t="s">
+        <v>501</v>
+      </c>
+      <c r="M80" t="s">
+        <v>502</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>503</v>
+      </c>
+      <c r="P80" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>505</v>
+      </c>
+      <c r="B81" t="s">
+        <v>506</v>
+      </c>
+      <c r="C81" t="s">
+        <v>248</v>
+      </c>
+      <c r="D81" t="s">
+        <v>61</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>44</v>
+      </c>
+      <c r="G81" t="s">
+        <v>507</v>
+      </c>
+      <c r="H81">
+        <v>2014</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>404</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81" t="s">
+        <v>508</v>
+      </c>
+      <c r="M81" t="s">
+        <v>509</v>
+      </c>
+      <c r="N81" t="s">
+        <v>38</v>
+      </c>
+      <c r="O81" t="s">
+        <v>510</v>
+      </c>
+      <c r="P81" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>512</v>
+      </c>
+      <c r="B82" t="s">
+        <v>513</v>
+      </c>
+      <c r="C82" t="s">
+        <v>514</v>
+      </c>
+      <c r="D82" t="s">
+        <v>61</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>34</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>2012</v>
+      </c>
+      <c r="I82">
+        <v>2017</v>
+      </c>
+      <c r="J82" t="s">
+        <v>257</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82" t="s">
+        <v>515</v>
+      </c>
+      <c r="M82" t="s">
+        <v>516</v>
+      </c>
+      <c r="N82" t="s">
+        <v>38</v>
+      </c>
+      <c r="O82" t="s">
+        <v>517</v>
+      </c>
+      <c r="P82" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>519</v>
+      </c>
+      <c r="B83" t="s">
+        <v>520</v>
+      </c>
+      <c r="C83" t="s">
+        <v>241</v>
+      </c>
+      <c r="D83" t="s">
+        <v>61</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
         <v>21</v>
       </c>
-      <c r="K73"/>
-[...410 lines deleted...]
-        <v>2012</v>
+      <c r="G83" t="s">
+        <v>22</v>
       </c>
       <c r="H83">
         <v>2012</v>
       </c>
-      <c r="I83" t="s">
-        <v>168</v>
+      <c r="I83">
+        <v>2012</v>
       </c>
       <c r="J83" t="s">
+        <v>242</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>243</v>
+      </c>
+      <c r="N83" t="s">
+        <v>38</v>
+      </c>
+      <c r="O83" t="s">
+        <v>521</v>
+      </c>
+      <c r="P83" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>522</v>
+      </c>
+      <c r="B84" t="s">
+        <v>523</v>
+      </c>
+      <c r="C84" t="s">
+        <v>248</v>
+      </c>
+      <c r="D84" t="s">
+        <v>61</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
         <v>21</v>
       </c>
-      <c r="K83"/>
-[...33 lines deleted...]
-      </c>
+      <c r="G84" t="s">
+        <v>88</v>
+      </c>
+      <c r="H84">
+        <v>2024</v>
+      </c>
+      <c r="I84"/>
       <c r="J84" t="s">
+        <v>524</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84"/>
+      <c r="M84" t="s">
+        <v>509</v>
+      </c>
+      <c r="N84" t="s">
+        <v>38</v>
+      </c>
+      <c r="O84" t="s">
+        <v>525</v>
+      </c>
+      <c r="P84" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>527</v>
+      </c>
+      <c r="B85" t="s">
+        <v>528</v>
+      </c>
+      <c r="C85" t="s">
+        <v>529</v>
+      </c>
+      <c r="D85" t="s">
+        <v>61</v>
+      </c>
+      <c r="E85" t="s">
+        <v>53</v>
+      </c>
+      <c r="F85" t="s">
+        <v>530</v>
+      </c>
+      <c r="G85" t="s">
+        <v>88</v>
+      </c>
+      <c r="H85">
+        <v>2017</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>206</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85" t="s">
+        <v>531</v>
+      </c>
+      <c r="M85" t="s">
+        <v>532</v>
+      </c>
+      <c r="N85" t="s">
+        <v>38</v>
+      </c>
+      <c r="O85" t="s">
+        <v>533</v>
+      </c>
+      <c r="P85" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>535</v>
+      </c>
+      <c r="B86" t="s">
+        <v>536</v>
+      </c>
+      <c r="C86" t="s">
+        <v>309</v>
+      </c>
+      <c r="D86" t="s">
+        <v>537</v>
+      </c>
+      <c r="E86" t="s">
+        <v>53</v>
+      </c>
+      <c r="F86" t="s">
+        <v>538</v>
+      </c>
+      <c r="G86" t="s">
+        <v>88</v>
+      </c>
+      <c r="H86">
+        <v>2015</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>539</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>540</v>
+      </c>
+      <c r="N86" t="s">
+        <v>38</v>
+      </c>
+      <c r="O86" t="s">
+        <v>541</v>
+      </c>
+      <c r="P86" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>543</v>
+      </c>
+      <c r="B87" t="s">
+        <v>544</v>
+      </c>
+      <c r="C87" t="s">
+        <v>388</v>
+      </c>
+      <c r="D87" t="s">
+        <v>545</v>
+      </c>
+      <c r="E87" t="s">
+        <v>53</v>
+      </c>
+      <c r="F87" t="s">
+        <v>44</v>
+      </c>
+      <c r="G87" t="s">
+        <v>88</v>
+      </c>
+      <c r="H87">
+        <v>2012</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>257</v>
+      </c>
+      <c r="K87" t="s">
+        <v>546</v>
+      </c>
+      <c r="L87" t="s">
+        <v>547</v>
+      </c>
+      <c r="M87" t="s">
+        <v>548</v>
+      </c>
+      <c r="N87" t="s">
+        <v>38</v>
+      </c>
+      <c r="O87" t="s">
+        <v>549</v>
+      </c>
+      <c r="P87" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>551</v>
+      </c>
+      <c r="B88" t="s">
+        <v>552</v>
+      </c>
+      <c r="C88" t="s">
+        <v>553</v>
+      </c>
+      <c r="D88" t="s">
+        <v>61</v>
+      </c>
+      <c r="E88" t="s">
+        <v>53</v>
+      </c>
+      <c r="F88" t="s">
         <v>21</v>
       </c>
-      <c r="K84"/>
-[...29 lines deleted...]
-      <c r="G85">
+      <c r="G88" t="s">
+        <v>88</v>
+      </c>
+      <c r="H88">
+        <v>2012</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>54</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88" t="s">
+        <v>554</v>
+      </c>
+      <c r="M88" t="s">
+        <v>555</v>
+      </c>
+      <c r="N88" t="s">
+        <v>38</v>
+      </c>
+      <c r="O88" t="s">
+        <v>556</v>
+      </c>
+      <c r="P88" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>558</v>
+      </c>
+      <c r="B89" t="s">
+        <v>559</v>
+      </c>
+      <c r="C89" t="s">
+        <v>553</v>
+      </c>
+      <c r="D89" t="s">
+        <v>560</v>
+      </c>
+      <c r="E89" t="s">
+        <v>53</v>
+      </c>
+      <c r="F89" t="s">
+        <v>34</v>
+      </c>
+      <c r="G89" t="s">
+        <v>88</v>
+      </c>
+      <c r="H89">
+        <v>2014</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>54</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89" t="s">
+        <v>561</v>
+      </c>
+      <c r="M89" t="s">
+        <v>555</v>
+      </c>
+      <c r="N89" t="s">
+        <v>38</v>
+      </c>
+      <c r="O89" t="s">
+        <v>562</v>
+      </c>
+      <c r="P89" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>564</v>
+      </c>
+      <c r="B90" t="s">
+        <v>565</v>
+      </c>
+      <c r="C90" t="s">
+        <v>566</v>
+      </c>
+      <c r="D90" t="s">
+        <v>285</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>34</v>
+      </c>
+      <c r="G90" t="s">
+        <v>88</v>
+      </c>
+      <c r="H90">
+        <v>2024</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>567</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90" t="s">
+        <v>568</v>
+      </c>
+      <c r="M90" t="s">
+        <v>569</v>
+      </c>
+      <c r="N90" t="s">
+        <v>38</v>
+      </c>
+      <c r="O90" t="s">
+        <v>570</v>
+      </c>
+      <c r="P90" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>572</v>
+      </c>
+      <c r="B91" t="s">
+        <v>573</v>
+      </c>
+      <c r="C91" t="s">
+        <v>574</v>
+      </c>
+      <c r="D91" t="s">
+        <v>95</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>21</v>
+      </c>
+      <c r="G91" t="s">
+        <v>88</v>
+      </c>
+      <c r="H91">
+        <v>2021</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>404</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91" t="s">
+        <v>575</v>
+      </c>
+      <c r="M91" t="s">
+        <v>576</v>
+      </c>
+      <c r="N91" t="s">
+        <v>38</v>
+      </c>
+      <c r="O91" t="s">
+        <v>577</v>
+      </c>
+      <c r="P91" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>579</v>
+      </c>
+      <c r="B92" t="s">
+        <v>580</v>
+      </c>
+      <c r="C92" t="s">
+        <v>581</v>
+      </c>
+      <c r="D92" t="s">
+        <v>582</v>
+      </c>
+      <c r="E92" t="s">
+        <v>53</v>
+      </c>
+      <c r="F92" t="s">
+        <v>62</v>
+      </c>
+      <c r="G92" t="s">
+        <v>88</v>
+      </c>
+      <c r="H92">
+        <v>2015</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>227</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92" t="s">
+        <v>583</v>
+      </c>
+      <c r="M92" t="s">
+        <v>584</v>
+      </c>
+      <c r="N92" t="s">
+        <v>38</v>
+      </c>
+      <c r="O92" t="s">
+        <v>585</v>
+      </c>
+      <c r="P92" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>587</v>
+      </c>
+      <c r="B93" t="s">
+        <v>588</v>
+      </c>
+      <c r="C93" t="s">
+        <v>211</v>
+      </c>
+      <c r="D93" t="s">
+        <v>61</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>44</v>
+      </c>
+      <c r="G93" t="s">
+        <v>88</v>
+      </c>
+      <c r="H93">
+        <v>2013</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>198</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93" t="s">
+        <v>589</v>
+      </c>
+      <c r="M93" t="s">
+        <v>213</v>
+      </c>
+      <c r="N93" t="s">
+        <v>38</v>
+      </c>
+      <c r="O93" t="s">
+        <v>590</v>
+      </c>
+      <c r="P93" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>592</v>
+      </c>
+      <c r="B94" t="s">
+        <v>593</v>
+      </c>
+      <c r="C94" t="s">
+        <v>453</v>
+      </c>
+      <c r="D94" t="s">
+        <v>95</v>
+      </c>
+      <c r="E94" t="s">
+        <v>53</v>
+      </c>
+      <c r="F94" t="s">
+        <v>62</v>
+      </c>
+      <c r="G94" t="s">
+        <v>88</v>
+      </c>
+      <c r="H94">
+        <v>2018</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>454</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94" t="s">
+        <v>594</v>
+      </c>
+      <c r="N94" t="s">
+        <v>38</v>
+      </c>
+      <c r="O94" t="s">
+        <v>595</v>
+      </c>
+      <c r="P94" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>597</v>
+      </c>
+      <c r="B95" t="s">
+        <v>598</v>
+      </c>
+      <c r="C95" t="s">
+        <v>453</v>
+      </c>
+      <c r="D95" t="s">
+        <v>61</v>
+      </c>
+      <c r="E95" t="s">
+        <v>53</v>
+      </c>
+      <c r="F95" t="s">
+        <v>62</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2010</v>
+      </c>
+      <c r="I95">
         <v>2017</v>
       </c>
-      <c r="H85"/>
-[...38 lines deleted...]
-      <c r="G86">
+      <c r="J95" t="s">
+        <v>454</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95" t="s">
+        <v>599</v>
+      </c>
+      <c r="M95" t="s">
+        <v>594</v>
+      </c>
+      <c r="N95" t="s">
+        <v>38</v>
+      </c>
+      <c r="O95" t="s">
+        <v>600</v>
+      </c>
+      <c r="P95" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>601</v>
+      </c>
+      <c r="B96" t="s">
+        <v>602</v>
+      </c>
+      <c r="C96" t="s">
+        <v>603</v>
+      </c>
+      <c r="D96" t="s">
+        <v>61</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>44</v>
+      </c>
+      <c r="G96" t="s">
+        <v>88</v>
+      </c>
+      <c r="H96">
         <v>2015</v>
       </c>
-      <c r="H86"/>
-[...120 lines deleted...]
-      <c r="G89">
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>454</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96" t="s">
+        <v>604</v>
+      </c>
+      <c r="M96" t="s">
+        <v>605</v>
+      </c>
+      <c r="N96" t="s">
+        <v>38</v>
+      </c>
+      <c r="O96" t="s">
+        <v>606</v>
+      </c>
+      <c r="P96" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>608</v>
+      </c>
+      <c r="B97" t="s">
+        <v>609</v>
+      </c>
+      <c r="C97" t="s">
+        <v>610</v>
+      </c>
+      <c r="D97" t="s">
+        <v>95</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>44</v>
+      </c>
+      <c r="G97" t="s">
+        <v>88</v>
+      </c>
+      <c r="H97">
         <v>2014</v>
       </c>
-      <c r="H89"/>
-[...338 lines deleted...]
-      </c>
+      <c r="I97"/>
       <c r="J97" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>242</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97"/>
       <c r="M97" t="s">
-        <v>32</v>
+        <v>611</v>
       </c>
       <c r="N97" t="s">
-        <v>423</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:14">
+        <v>38</v>
+      </c>
+      <c r="O97" t="s">
+        <v>612</v>
+      </c>
+      <c r="P97" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>424</v>
+        <v>614</v>
       </c>
       <c r="B98" t="s">
-        <v>167</v>
+        <v>61</v>
       </c>
       <c r="C98" t="s">
-        <v>43</v>
+        <v>241</v>
       </c>
       <c r="D98" t="s">
-        <v>36</v>
+        <v>61</v>
       </c>
       <c r="E98" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="F98" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>62</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
       </c>
       <c r="H98">
         <v>2012</v>
       </c>
-      <c r="I98" t="s">
-        <v>168</v>
+      <c r="I98">
+        <v>2012</v>
       </c>
       <c r="J98" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>242</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98"/>
       <c r="M98" t="s">
-        <v>32</v>
+        <v>243</v>
       </c>
       <c r="N98" t="s">
-        <v>425</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:14">
+        <v>38</v>
+      </c>
+      <c r="O98" t="s">
+        <v>615</v>
+      </c>
+      <c r="P98" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>426</v>
+        <v>616</v>
       </c>
       <c r="B99" t="s">
-        <v>427</v>
+        <v>617</v>
       </c>
       <c r="C99" t="s">
-        <v>428</v>
+        <v>618</v>
       </c>
       <c r="D99" t="s">
-        <v>17</v>
+        <v>619</v>
       </c>
       <c r="E99" t="s">
-        <v>149</v>
+        <v>20</v>
       </c>
       <c r="F99" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G99">
+        <v>34</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
         <v>2017</v>
       </c>
-      <c r="H99">
+      <c r="I99">
         <v>2021</v>
       </c>
-      <c r="I99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J99" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="K99" t="s">
-        <v>430</v>
+        <v>620</v>
       </c>
       <c r="L99" t="s">
-        <v>431</v>
+        <v>621</v>
       </c>
       <c r="M99" t="s">
-        <v>24</v>
+        <v>622</v>
       </c>
       <c r="N99" t="s">
-        <v>432</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>623</v>
+      </c>
+      <c r="P99" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>433</v>
+        <v>625</v>
       </c>
       <c r="B100" t="s">
-        <v>434</v>
+        <v>626</v>
       </c>
       <c r="C100" t="s">
-        <v>43</v>
+        <v>627</v>
       </c>
       <c r="D100" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E100" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F100" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G100">
+        <v>44</v>
+      </c>
+      <c r="G100" t="s">
+        <v>88</v>
+      </c>
+      <c r="H100">
         <v>2017</v>
       </c>
-      <c r="H100"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I100"/>
       <c r="J100" t="s">
-        <v>21</v>
+        <v>454</v>
       </c>
       <c r="K100" t="s">
-        <v>46</v>
+        <v>24</v>
       </c>
       <c r="L100" t="s">
-        <v>435</v>
+        <v>64</v>
       </c>
       <c r="M100" t="s">
-        <v>32</v>
+        <v>628</v>
       </c>
       <c r="N100" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:14">
+        <v>38</v>
+      </c>
+      <c r="O100" t="s">
+        <v>629</v>
+      </c>
+      <c r="P100" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>437</v>
+        <v>631</v>
       </c>
       <c r="B101" t="s">
-        <v>222</v>
+        <v>632</v>
       </c>
       <c r="C101" t="s">
-        <v>43</v>
+        <v>324</v>
       </c>
       <c r="D101" t="s">
-        <v>36</v>
+        <v>61</v>
       </c>
       <c r="E101" t="s">
-        <v>149</v>
+        <v>53</v>
       </c>
       <c r="F101" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G101">
+        <v>34</v>
+      </c>
+      <c r="G101" t="s">
+        <v>88</v>
+      </c>
+      <c r="H101">
         <v>2021</v>
       </c>
-      <c r="H101"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I101"/>
       <c r="J101" t="s">
-        <v>21</v>
+        <v>72</v>
       </c>
       <c r="K101" t="s">
-        <v>438</v>
+        <v>24</v>
       </c>
       <c r="L101" t="s">
-        <v>225</v>
+        <v>633</v>
       </c>
       <c r="M101" t="s">
-        <v>32</v>
+        <v>327</v>
       </c>
       <c r="N101" t="s">
-        <v>439</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:14">
+        <v>38</v>
+      </c>
+      <c r="O101" t="s">
+        <v>634</v>
+      </c>
+      <c r="P101" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>440</v>
+        <v>635</v>
       </c>
       <c r="B102" t="s">
-        <v>396</v>
+        <v>636</v>
       </c>
       <c r="C102" t="s">
-        <v>68</v>
+        <v>574</v>
       </c>
       <c r="D102" t="s">
-        <v>36</v>
+        <v>95</v>
       </c>
       <c r="E102" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="F102" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G102">
+        <v>62</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
         <v>2013</v>
       </c>
-      <c r="H102">
+      <c r="I102">
         <v>2014</v>
       </c>
-      <c r="I102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J102" t="s">
-        <v>21</v>
+        <v>242</v>
       </c>
       <c r="K102" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="L102" t="s">
-        <v>442</v>
+        <v>637</v>
       </c>
       <c r="M102" t="s">
-        <v>32</v>
+        <v>638</v>
       </c>
       <c r="N102" t="s">
-        <v>443</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:14">
+        <v>38</v>
+      </c>
+      <c r="O102" t="s">
+        <v>639</v>
+      </c>
+      <c r="P102" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>444</v>
+        <v>641</v>
       </c>
       <c r="B103" t="s">
-        <v>396</v>
+        <v>642</v>
       </c>
       <c r="C103" t="s">
-        <v>68</v>
+        <v>574</v>
       </c>
       <c r="D103" t="s">
-        <v>36</v>
+        <v>95</v>
       </c>
       <c r="E103" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="F103" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G103">
+        <v>62</v>
+      </c>
+      <c r="G103" t="s">
+        <v>88</v>
+      </c>
+      <c r="H103">
         <v>2013</v>
       </c>
-      <c r="H103"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I103"/>
       <c r="J103" t="s">
-        <v>21</v>
+        <v>242</v>
       </c>
       <c r="K103" t="s">
-        <v>445</v>
+        <v>24</v>
       </c>
       <c r="L103" t="s">
-        <v>442</v>
+        <v>643</v>
       </c>
       <c r="M103" t="s">
-        <v>32</v>
+        <v>638</v>
       </c>
       <c r="N103" t="s">
-        <v>446</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:14">
+        <v>38</v>
+      </c>
+      <c r="O103" t="s">
+        <v>644</v>
+      </c>
+      <c r="P103"/>
+    </row>
+    <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>447</v>
+        <v>645</v>
       </c>
       <c r="B104" t="s">
-        <v>172</v>
+        <v>646</v>
       </c>
       <c r="C104" t="s">
-        <v>43</v>
+        <v>248</v>
       </c>
       <c r="D104" t="s">
-        <v>36</v>
+        <v>61</v>
       </c>
       <c r="E104" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="F104" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>62</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
       </c>
       <c r="H104">
         <v>2012</v>
       </c>
-      <c r="I104" t="s">
-        <v>168</v>
+      <c r="I104">
+        <v>2012</v>
       </c>
       <c r="J104" t="s">
+        <v>242</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104"/>
+      <c r="M104" t="s">
+        <v>647</v>
+      </c>
+      <c r="N104" t="s">
+        <v>38</v>
+      </c>
+      <c r="O104" t="s">
+        <v>648</v>
+      </c>
+      <c r="P104" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>650</v>
+      </c>
+      <c r="B105" t="s">
+        <v>651</v>
+      </c>
+      <c r="C105" t="s">
+        <v>248</v>
+      </c>
+      <c r="D105" t="s">
+        <v>652</v>
+      </c>
+      <c r="E105" t="s">
+        <v>53</v>
+      </c>
+      <c r="F105" t="s">
+        <v>62</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2012</v>
+      </c>
+      <c r="I105">
+        <v>2017</v>
+      </c>
+      <c r="J105" t="s">
+        <v>54</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105"/>
+      <c r="M105" t="s">
+        <v>647</v>
+      </c>
+      <c r="N105" t="s">
+        <v>38</v>
+      </c>
+      <c r="O105" t="s">
+        <v>653</v>
+      </c>
+      <c r="P105" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>655</v>
+      </c>
+      <c r="B106" t="s">
+        <v>656</v>
+      </c>
+      <c r="C106" t="s">
+        <v>574</v>
+      </c>
+      <c r="D106" t="s">
+        <v>95</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
         <v>21</v>
       </c>
-      <c r="K104"/>
-[...23 lines deleted...]
-      <c r="E105" t="s">
+      <c r="G106" t="s">
+        <v>88</v>
+      </c>
+      <c r="H106">
+        <v>2012</v>
+      </c>
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>454</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106" t="s">
+        <v>657</v>
+      </c>
+      <c r="M106" t="s">
+        <v>576</v>
+      </c>
+      <c r="N106" t="s">
+        <v>38</v>
+      </c>
+      <c r="O106" t="s">
+        <v>658</v>
+      </c>
+      <c r="P106" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>660</v>
+      </c>
+      <c r="B107" t="s">
+        <v>661</v>
+      </c>
+      <c r="C107" t="s">
+        <v>197</v>
+      </c>
+      <c r="D107" t="s">
+        <v>95</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>21</v>
+      </c>
+      <c r="G107" t="s">
+        <v>88</v>
+      </c>
+      <c r="H107">
+        <v>2019</v>
+      </c>
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>352</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107"/>
+      <c r="M107" t="s">
+        <v>199</v>
+      </c>
+      <c r="N107" t="s">
+        <v>38</v>
+      </c>
+      <c r="O107" t="s">
+        <v>662</v>
+      </c>
+      <c r="P107" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>664</v>
+      </c>
+      <c r="B108" t="s">
+        <v>665</v>
+      </c>
+      <c r="C108" t="s">
+        <v>197</v>
+      </c>
+      <c r="D108" t="s">
+        <v>61</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>21</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2012</v>
+      </c>
+      <c r="I108">
+        <v>2021</v>
+      </c>
+      <c r="J108" t="s">
+        <v>352</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108"/>
+      <c r="M108" t="s">
+        <v>199</v>
+      </c>
+      <c r="N108" t="s">
+        <v>38</v>
+      </c>
+      <c r="O108" t="s">
+        <v>666</v>
+      </c>
+      <c r="P108" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>668</v>
+      </c>
+      <c r="B109" t="s">
+        <v>669</v>
+      </c>
+      <c r="C109" t="s">
+        <v>197</v>
+      </c>
+      <c r="D109" t="s">
+        <v>61</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>21</v>
+      </c>
+      <c r="G109" t="s">
+        <v>71</v>
+      </c>
+      <c r="H109">
+        <v>2012</v>
+      </c>
+      <c r="I109">
+        <v>2015</v>
+      </c>
+      <c r="J109" t="s">
+        <v>198</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109"/>
+      <c r="M109" t="s">
+        <v>199</v>
+      </c>
+      <c r="N109" t="s">
+        <v>38</v>
+      </c>
+      <c r="O109" t="s">
+        <v>670</v>
+      </c>
+      <c r="P109" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>672</v>
+      </c>
+      <c r="B110" t="s">
+        <v>673</v>
+      </c>
+      <c r="C110" t="s">
+        <v>197</v>
+      </c>
+      <c r="D110" t="s">
+        <v>61</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>21</v>
+      </c>
+      <c r="G110" t="s">
+        <v>88</v>
+      </c>
+      <c r="H110">
+        <v>2012</v>
+      </c>
+      <c r="I110"/>
+      <c r="J110" t="s">
+        <v>206</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110"/>
+      <c r="M110" t="s">
+        <v>199</v>
+      </c>
+      <c r="N110" t="s">
+        <v>38</v>
+      </c>
+      <c r="O110" t="s">
+        <v>674</v>
+      </c>
+      <c r="P110" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>676</v>
+      </c>
+      <c r="B111" t="s">
+        <v>677</v>
+      </c>
+      <c r="C111" t="s">
+        <v>309</v>
+      </c>
+      <c r="D111" t="s">
+        <v>61</v>
+      </c>
+      <c r="E111" t="s">
+        <v>53</v>
+      </c>
+      <c r="F111" t="s">
+        <v>62</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>2004</v>
+      </c>
+      <c r="I111">
+        <v>2012</v>
+      </c>
+      <c r="J111" t="s">
+        <v>310</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111" t="s">
+        <v>678</v>
+      </c>
+      <c r="M111" t="s">
+        <v>679</v>
+      </c>
+      <c r="N111" t="s">
+        <v>38</v>
+      </c>
+      <c r="O111" t="s">
+        <v>680</v>
+      </c>
+      <c r="P111" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>682</v>
+      </c>
+      <c r="B112" t="s">
+        <v>683</v>
+      </c>
+      <c r="C112" t="s">
+        <v>133</v>
+      </c>
+      <c r="D112" t="s">
+        <v>684</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>21</v>
+      </c>
+      <c r="G112" t="s">
+        <v>88</v>
+      </c>
+      <c r="H112">
+        <v>2021</v>
+      </c>
+      <c r="I112"/>
+      <c r="J112" t="s">
+        <v>134</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112"/>
+      <c r="M112"/>
+      <c r="N112" t="s">
+        <v>38</v>
+      </c>
+      <c r="O112" t="s">
+        <v>685</v>
+      </c>
+      <c r="P112" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>687</v>
+      </c>
+      <c r="B113" t="s">
+        <v>688</v>
+      </c>
+      <c r="C113" t="s">
+        <v>689</v>
+      </c>
+      <c r="D113" t="s">
+        <v>61</v>
+      </c>
+      <c r="E113" t="s">
+        <v>53</v>
+      </c>
+      <c r="F113" t="s">
         <v>44</v>
       </c>
-      <c r="F105" t="s">
-[...2 lines deleted...]
-      <c r="G105">
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
         <v>2012</v>
       </c>
-      <c r="H105">
-[...38 lines deleted...]
-      <c r="G106">
+      <c r="I113">
+        <v>2015</v>
+      </c>
+      <c r="J113" t="s">
+        <v>470</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113" t="s">
+        <v>690</v>
+      </c>
+      <c r="M113" t="s">
+        <v>691</v>
+      </c>
+      <c r="N113" t="s">
+        <v>38</v>
+      </c>
+      <c r="O113" t="s">
+        <v>692</v>
+      </c>
+      <c r="P113" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>694</v>
+      </c>
+      <c r="B114" t="s">
+        <v>695</v>
+      </c>
+      <c r="C114" t="s">
+        <v>696</v>
+      </c>
+      <c r="D114" t="s">
+        <v>61</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>34</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
+        <v>2016</v>
+      </c>
+      <c r="I114">
+        <v>2019</v>
+      </c>
+      <c r="J114" t="s">
+        <v>198</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114"/>
+      <c r="M114" t="s">
+        <v>697</v>
+      </c>
+      <c r="N114" t="s">
+        <v>38</v>
+      </c>
+      <c r="O114" t="s">
+        <v>698</v>
+      </c>
+      <c r="P114" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>700</v>
+      </c>
+      <c r="B115" t="s">
+        <v>701</v>
+      </c>
+      <c r="C115" t="s">
+        <v>702</v>
+      </c>
+      <c r="D115" t="s">
+        <v>703</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>34</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
         <v>2012</v>
       </c>
-      <c r="H106"/>
-[...6 lines deleted...]
-      <c r="K106" t="s">
+      <c r="I115">
+        <v>2014</v>
+      </c>
+      <c r="J115" t="s">
         <v>454</v>
       </c>
-      <c r="L106" t="s">
-[...371 lines deleted...]
-      </c>
       <c r="K115" t="s">
-        <v>483</v>
+        <v>24</v>
       </c>
       <c r="L115" t="s">
-        <v>484</v>
+        <v>704</v>
       </c>
       <c r="M115" t="s">
-        <v>32</v>
+        <v>705</v>
       </c>
       <c r="N115" t="s">
-        <v>485</v>
+        <v>38</v>
+      </c>
+      <c r="O115" t="s">
+        <v>706</v>
+      </c>
+      <c r="P115" t="s">
+        <v>707</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>