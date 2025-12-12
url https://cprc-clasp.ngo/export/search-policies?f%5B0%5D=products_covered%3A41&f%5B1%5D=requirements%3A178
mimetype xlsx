--- v0 (2025-10-15)
+++ v1 (2025-12-12)
@@ -12,571 +12,722 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="203">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
   </si>
   <si>
+    <t>The product group 'televisions' shall comprise: Mains powered electronic equipment; the primary purpose and function of which is to receive; decode and display TV transmission signals.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
+  </si>
+  <si>
     <t>CQC31-452631-2013. CQC Mark Certification - Flat panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD TV and Plasma TV that work under electricity grid of normal voltage and serve for general service. Also applies to LCD or plasma display equipment which main function is TV but without moderator and other types of flat panel displays.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 24850-2013</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2013-cqc-mark-certification-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor of domestic and foreign make</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Displays, Televisions</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/teh-regl-tv.doc</t>
+  </si>
+  <si>
     <t>Draft TV policy</t>
   </si>
   <si>
+    <t>LCD-LED, LCD-CCFL, OLED, Plasma  and CRT</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>IEC 62087: 2008 or IEC 62087: 2011</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-tv-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Televisions</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than equal to 1,000W, consisting of atuner|receiver and a monitor encased in a single housing</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-televisions</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Television</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 14336-1 or CNS 14408; Chinese National Standards; or be recognized by Bureau of Energy</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Test procedure acording to En-Tech 10405003751</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-label-television</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=7</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for TVs</t>
+  </si>
+  <si>
+    <t>This program covers TV screen types: LCD, EDGE LED, FULL LED, DIRECT LED, OLED, UHD 4K, Plasma, etc.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301 Ed 2.0 (2011-01)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-tvs</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/tv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for televisions. It applies to televisions used for the reception and display of television broadcasts that use mains electricity as the only power source, have a rated visible diagonal screen size exceeding 50 cm, and have a built-in television tuner. It does not apply to products that display broadcasts by means of front or rear projection.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-televisions</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Televisions%202021%20Jan_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Televisions Version 8.0</t>
   </si>
   <si>
+    <t>With the exception of products listed in Section 2.2 of the policy document, products that are: 1) marketed to the consumer as a TV/HTD (i.e., TV/HTD is the primary function); 2) capable of being powered from a wall outlet or with an external power supply; and 3) meet one of the following product type definitions, are eligible for ENERGY STAR certification:
+i. TVs
+ii. Hospitality TV/HTDs
+iii. Home Theater Displays</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>10 CFR Part 430</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-televisions-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/televisions/partners</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>Greenmark N60 - Televisions</t>
   </si>
   <si>
+    <t>Applies to television sets. The backlight module or unit of the products display panel shall not use mercury-containing lamps. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>CNS 14466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n60-televisions</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/60/160f6010-15b0-462d-aa1c-76ce4601ab35.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
+  </si>
+  <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Television of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers televisions (CRT, LCD, Plasma, LED, or other technologies) that can operate with the power from the mains electricity supply.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Televisions</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-television-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048426</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>MS : 208 : 2012 Energy efficiency and labelling requirements-Television</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Television</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>MS 208</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-208-2012-energy-efficiency-and-labelling-requirements-television</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-682/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>Procel Seal - Televisions</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for televisions.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IEC 60065 Ed. 7.1 2005</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-televisions</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy-0</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Schedule 26 - Ultra-High Definition Televisions (UHD TV)</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labelling program for Ultra-High Definition (UHD) televisions of Liquid Crystal Display with LED backlighting, OLED displays, QLED displays, Micro-LED displays, that may be utilised to make and sell UHD televisions in the Indian market having native resolution of 3,840 x 2,160 pixels (4K) and 7,680 x 4,320 pixels (8K) which can be powered only by an external power supply at a voltage not exceeding 250 V ac, 50 Hz being manufactured, imported and commercially purchased or sold in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Televisions Sets</t>
   </si>
   <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-televisions-sets</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Televisions TGL-34-R1-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to a television set that is powered by the mains power and is a device that serves to receive displays images and sounds transmission (e.g. analogue or digital), with display methods such as Liquid Crystal Display (LCD), Plasma Display Panel (PDP), Light-emitting-diode (LED), or LED-backdrop LCD or Organic Light-Emitting Devices (OLED), excluding Cathode Ray Tube (CRT) display systems and battery-operated portable television set.</t>
+  </si>
+  <si>
     <t>TIS 1195</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-televisions-tgl-34-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-34-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>EC 1062-2010</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
+  </si>
+  <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/TELEV%C4%B0ZYONLARIN%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -840,1173 +991,1326 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N25"/>
+  <dimension ref="A1:P25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="165" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="165.103" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="718.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1980</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2002</v>
+      </c>
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2002</v>
+      </c>
+      <c r="I5">
+        <v>2021</v>
+      </c>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G6" t="s">
+        <v>61</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>68</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>61</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>69</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>70</v>
+      </c>
+      <c r="M7" t="s">
+        <v>71</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>76</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>77</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>78</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>79</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>80</v>
+      </c>
+      <c r="P8" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>82</v>
+      </c>
+      <c r="B9" t="s">
+        <v>83</v>
+      </c>
+      <c r="C9" t="s">
+        <v>84</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H9">
+        <v>2002</v>
+      </c>
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
+        <v>85</v>
+      </c>
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9" t="s">
+        <v>86</v>
+      </c>
+      <c r="M9" t="s">
+        <v>87</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>88</v>
+      </c>
+      <c r="P9" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>90</v>
+      </c>
+      <c r="B10" t="s">
+        <v>91</v>
+      </c>
+      <c r="C10" t="s">
+        <v>92</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>93</v>
+      </c>
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L10" t="s">
+        <v>94</v>
+      </c>
+      <c r="M10" t="s">
+        <v>95</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>96</v>
+      </c>
+      <c r="P10" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>98</v>
+      </c>
+      <c r="B11" t="s">
+        <v>99</v>
+      </c>
+      <c r="C11" t="s">
+        <v>100</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2003</v>
+      </c>
+      <c r="I11">
+        <v>2022</v>
+      </c>
+      <c r="J11" t="s">
+        <v>52</v>
+      </c>
+      <c r="K11" t="s">
+        <v>36</v>
+      </c>
+      <c r="L11" t="s">
+        <v>101</v>
+      </c>
+      <c r="M11" t="s">
+        <v>102</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>103</v>
+      </c>
+      <c r="P11" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>105</v>
+      </c>
+      <c r="B12" t="s">
+        <v>106</v>
+      </c>
+      <c r="C12" t="s">
+        <v>107</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1998</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>44</v>
+      </c>
+      <c r="K12" t="s">
+        <v>36</v>
+      </c>
+      <c r="L12" t="s">
+        <v>108</v>
+      </c>
+      <c r="M12" t="s">
+        <v>109</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>110</v>
+      </c>
+      <c r="P12" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>112</v>
+      </c>
+      <c r="B13" t="s">
+        <v>113</v>
+      </c>
+      <c r="C13" t="s">
+        <v>114</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>115</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1989</v>
+      </c>
+      <c r="I13">
+        <v>1991</v>
+      </c>
+      <c r="J13" t="s">
+        <v>85</v>
+      </c>
+      <c r="K13" t="s">
+        <v>36</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>116</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>117</v>
+      </c>
+      <c r="P13" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>119</v>
+      </c>
+      <c r="B14" t="s">
+        <v>120</v>
+      </c>
+      <c r="C14" t="s">
+        <v>84</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2002</v>
+      </c>
+      <c r="I14">
+        <v>2013</v>
+      </c>
+      <c r="J14" t="s">
+        <v>85</v>
+      </c>
+      <c r="K14" t="s">
+        <v>36</v>
+      </c>
+      <c r="L14" t="s">
+        <v>121</v>
+      </c>
+      <c r="M14" t="s">
+        <v>87</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>122</v>
+      </c>
+      <c r="P14" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>124</v>
+      </c>
+      <c r="B15" t="s">
+        <v>125</v>
+      </c>
+      <c r="C15" t="s">
+        <v>126</v>
+      </c>
+      <c r="D15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>127</v>
+      </c>
+      <c r="G15" t="s">
+        <v>77</v>
+      </c>
+      <c r="H15">
+        <v>2017</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>128</v>
+      </c>
+      <c r="K15" t="s">
+        <v>36</v>
+      </c>
+      <c r="L15" t="s">
+        <v>129</v>
+      </c>
+      <c r="M15" t="s">
+        <v>130</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>131</v>
+      </c>
+      <c r="P15" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>133</v>
+      </c>
+      <c r="B16" t="s">
+        <v>134</v>
+      </c>
+      <c r="C16" t="s">
+        <v>92</v>
+      </c>
+      <c r="D16" t="s">
+        <v>135</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>136</v>
+      </c>
+      <c r="G16" t="s">
+        <v>77</v>
+      </c>
+      <c r="H16">
+        <v>2015</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>137</v>
+      </c>
+      <c r="K16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>138</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>139</v>
+      </c>
+      <c r="P16" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>141</v>
+      </c>
+      <c r="B17" t="s">
+        <v>142</v>
+      </c>
+      <c r="C17" t="s">
+        <v>114</v>
+      </c>
+      <c r="D17" t="s">
+        <v>143</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>77</v>
+      </c>
+      <c r="H17">
+        <v>2012</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>85</v>
+      </c>
+      <c r="K17" t="s">
+        <v>144</v>
+      </c>
+      <c r="L17" t="s">
+        <v>145</v>
+      </c>
+      <c r="M17" t="s">
+        <v>146</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>147</v>
+      </c>
+      <c r="P17" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>149</v>
+      </c>
+      <c r="B18" t="s">
+        <v>150</v>
+      </c>
+      <c r="C18" t="s">
+        <v>151</v>
+      </c>
+      <c r="D18" t="s">
+        <v>33</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>115</v>
+      </c>
+      <c r="G18" t="s">
+        <v>77</v>
+      </c>
+      <c r="H18">
+        <v>2012</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...10 lines deleted...]
-      <c r="B3" t="s">
+      <c r="K18" t="s">
+        <v>36</v>
+      </c>
+      <c r="L18" t="s">
+        <v>152</v>
+      </c>
+      <c r="M18" t="s">
+        <v>153</v>
+      </c>
+      <c r="N18" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...26 lines deleted...]
-      <c r="L3" t="s">
+      <c r="O18" t="s">
+        <v>154</v>
+      </c>
+      <c r="P18" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>156</v>
+      </c>
+      <c r="B19" t="s">
+        <v>157</v>
+      </c>
+      <c r="C19" t="s">
+        <v>158</v>
+      </c>
+      <c r="D19" t="s">
+        <v>159</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>77</v>
+      </c>
+      <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>62</v>
+      </c>
+      <c r="K19" t="s">
+        <v>36</v>
+      </c>
+      <c r="L19" t="s">
+        <v>160</v>
+      </c>
+      <c r="M19" t="s">
+        <v>161</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>162</v>
+      </c>
+      <c r="P19" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>164</v>
+      </c>
+      <c r="B20" t="s">
+        <v>165</v>
+      </c>
+      <c r="C20" t="s">
+        <v>166</v>
+      </c>
+      <c r="D20" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
-[...2 lines deleted...]
-      <c r="N3" t="s">
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>34</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" t="s">
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2010</v>
+      </c>
+      <c r="I20">
+        <v>2017</v>
+      </c>
+      <c r="J20" t="s">
+        <v>167</v>
+      </c>
+      <c r="K20" t="s">
         <v>36</v>
       </c>
-      <c r="C4" t="s">
-[...276 lines deleted...]
-      <c r="L10" t="s">
+      <c r="L20" t="s">
+        <v>168</v>
+      </c>
+      <c r="M20" t="s">
+        <v>169</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>170</v>
+      </c>
+      <c r="P20" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>172</v>
+      </c>
+      <c r="B21" t="s">
+        <v>33</v>
+      </c>
+      <c r="C21" t="s">
         <v>76</v>
       </c>
-      <c r="M10" t="s">
-[...327 lines deleted...]
-      <c r="I18" t="s">
+      <c r="D21" t="s">
+        <v>33</v>
+      </c>
+      <c r="E21" t="s">
         <v>20</v>
       </c>
-      <c r="J18" t="s">
-[...116 lines deleted...]
-      </c>
       <c r="F21" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>34</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
       </c>
       <c r="H21">
         <v>2012</v>
       </c>
-      <c r="I21" t="s">
-        <v>63</v>
+      <c r="I21">
+        <v>2012</v>
       </c>
       <c r="J21" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="K21" t="s">
+        <v>36</v>
+      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="N21" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>173</v>
+      </c>
+      <c r="P21" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>134</v>
+        <v>175</v>
       </c>
       <c r="B22" t="s">
-        <v>135</v>
+        <v>176</v>
       </c>
       <c r="C22" t="s">
-        <v>28</v>
+        <v>177</v>
       </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E22" t="s">
-        <v>136</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="G22">
+        <v>178</v>
+      </c>
+      <c r="G22" t="s">
+        <v>77</v>
+      </c>
+      <c r="H22">
         <v>2021</v>
       </c>
-      <c r="H22"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="K22" t="s">
-        <v>137</v>
+        <v>36</v>
       </c>
       <c r="L22" t="s">
-        <v>138</v>
+        <v>179</v>
       </c>
       <c r="M22" t="s">
-        <v>24</v>
+        <v>180</v>
       </c>
       <c r="N22" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>181</v>
+      </c>
+      <c r="P22" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>140</v>
+        <v>183</v>
       </c>
       <c r="B23" t="s">
-        <v>141</v>
+        <v>184</v>
       </c>
       <c r="C23" t="s">
-        <v>28</v>
+        <v>185</v>
       </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E23" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>34</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
       </c>
       <c r="H23">
         <v>2012</v>
       </c>
-      <c r="I23" t="s">
-        <v>63</v>
+      <c r="I23">
+        <v>2012</v>
       </c>
       <c r="J23" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="K23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>24</v>
+        <v>186</v>
       </c>
       <c r="N23" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>187</v>
+      </c>
+      <c r="P23" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>144</v>
+        <v>189</v>
       </c>
       <c r="B24" t="s">
-        <v>73</v>
+        <v>190</v>
       </c>
       <c r="C24" t="s">
-        <v>28</v>
+        <v>92</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E24" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G24">
+        <v>34</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
         <v>2004</v>
       </c>
-      <c r="H24">
+      <c r="I24">
         <v>2012</v>
       </c>
-      <c r="I24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J24" t="s">
-        <v>31</v>
+        <v>93</v>
       </c>
       <c r="K24" t="s">
-        <v>145</v>
+        <v>36</v>
       </c>
       <c r="L24" t="s">
-        <v>146</v>
+        <v>191</v>
       </c>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>192</v>
       </c>
       <c r="N24" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>193</v>
+      </c>
+      <c r="P24" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>148</v>
+        <v>195</v>
       </c>
       <c r="B25" t="s">
-        <v>149</v>
+        <v>196</v>
       </c>
       <c r="C25" t="s">
-        <v>28</v>
+        <v>197</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E25" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G25">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
         <v>2012</v>
       </c>
-      <c r="H25">
+      <c r="I25">
         <v>2015</v>
       </c>
-      <c r="I25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J25" t="s">
-        <v>31</v>
+        <v>198</v>
       </c>
       <c r="K25" t="s">
-        <v>151</v>
+        <v>36</v>
       </c>
       <c r="L25" t="s">
-        <v>152</v>
+        <v>199</v>
       </c>
       <c r="M25" t="s">
-        <v>24</v>
+        <v>200</v>
       </c>
       <c r="N25" t="s">
-        <v>153</v>
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>201</v>
+      </c>
+      <c r="P25" t="s">
+        <v>202</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>