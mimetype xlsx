--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,667 +12,872 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="257">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL-014. Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to CRT and LCD monitors for computers working under normal electricity grid voltage and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 21520-2008 CCEC/T23-2003 GB 20943-2013 GB 20943 SJ/T 11292</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-014-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B616_%E8%AE%A1%E7%AE%97%E6%9C%BA%E6%98%BE%E7%A4%BA%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>Televisions, Displays</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>EN 50301</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Televisions, Displays</t>
-[...4 lines deleted...]
-  <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>EN 50301</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>European Union</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2013/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021 of 1 October 2019 laying down ecodesign requirements for electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of televisions.  In addition to the definitions set out in Directive 2005-32-EC; the following definitions shall apply: 1. 'Television' means a television set or a television monitor; 2. ‘television set’ means a product designed primarily for the display and reception of audiovisual signals which is placed on the market under one model or system designation; and which consists of: a display;  one or more tuner or receiver  and optional additional functions for data storage and/or display such as DVD; hard disk drive  or videocassette recorder; either in a single unit combined with the display; or in one or more separate units.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192021-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2021-20210501</t>
+  </si>
+  <si>
     <t>CQC31-452629-2016. Energy Conservation Certification Rules for Computer Monitors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>GB 21520-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452629-2016-energy-conservation-certification-rules-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492777.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452691-2016 Energy conservation certification rules for LED display unit</t>
   </si>
   <si>
+    <t>Applies to indoor and outdoor full-color LED display units that work under electric grid normal voltage</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC3158-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452691-2016-energy-conservation-certification-rules-led-display-unit</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-22/537408.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452692-2017 Energy conservation certification rules for multimedia display terminal</t>
   </si>
   <si>
+    <t>Applies to on-grid nomral voltage multimedia display terminal</t>
+  </si>
+  <si>
     <t>CQC3163-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452692-2017-energy-conservation-certification-rules-multimedia-display-terminal</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-09-27/549899.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor of domestic and foreign make</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Displays, Televisions</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/teh-regl-tv.doc</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Monitors</t>
   </si>
   <si>
+    <t>This policy applies to commercially-available electronic products with a display screen in a single housing that is capable of displaying output information from a computer via one or more inputs (such as VGA and DVI), with nameplate output power of power supply less than or equal to 1,000W.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-monitors</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Displays</t>
   </si>
   <si>
+    <t>Displays shall meet the requirements of Article 14336-1 or Article 14408; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-displays</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>GB 21520-2015 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to LCD monitors for computers working under normal electricity grid voltage, and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>GB/T 8170; GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21520-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B40D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Computer Monitors) Determination 2014</t>
   </si>
   <si>
+    <t>This Determination covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via: (a) a direct connection; or (b) an external power supply permanently connected to the product; or (c) an external power supply that can be disconnected from the product. Class 1 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution less than or equal to 1.1 MegaPixels. Class 2 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution greater than 1.1 MegaPixels. Class 3 Computer monitors with a diagonal screen size equal to or greater than 76 cm (30 inches) and equal to or less than 152 cm (60 inches)." "</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 5815.1:2012</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2014L00780</t>
+  </si>
+  <si>
     <t>Greenmark N153 - Light Emitting Diode Display Panels</t>
   </si>
   <si>
+    <t>This standard is applicable to products which meet the definition of CNS 13091 and CNS 14555 and their associated indoor products.</t>
+  </si>
+  <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n153-light-emitting-diode-display-panels</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/153/7c68e26b-531c-449b-b0f6-57d5de763473.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N18 - Displays</t>
   </si>
   <si>
+    <t>This standard is applicable to the displays</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n18-displays</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/18/af2050e9-6959-450b-b294-dfb62c7fda69.pdf</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
 ,   
                     PNS 378
 ,   
                     PNS IEC 62301</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024</t>
+  </si>
+  <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for Computer Monitors</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover computer monitors with a diagonal screen size up to 152 cm.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 5815.2:2013</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-mepl-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Monitors in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers monitors with a size of 12 inches or more that are manufactured to be used as a display for a computer (excluding the monitor integrated into the processor and the monitor used to receive TV signals).</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Displays</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-monitors-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048422</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Standards and Labeling of Evaporative Air Coolers</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for direct evaporative air coolers (commercially known as desert coolers) for household and similar use for capacity up to and including 6000 CMH( 1.67m3/sec) suitable for rated voltage upto and including 250V 50Hz ac covered under the scope of IS 3315: 2024 as amended from time to time, being manufactured, imported or assembled for the purpose
+of commercial sale.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, India</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>IS 3315: 2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency, Ministry of Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standards-and-labeling-evaporative-air-coolers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for computer monitors.</t>
+  </si>
+  <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9508-2012-man-hinh-may-tinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LCD Monitors</t>
   </si>
   <si>
+    <t>Applies to standard LCD monitors that are designed for use with computers. The monitor must be capable of being powered from either a wall outlet or a battery unit that is sold with an AC adaptor. LCD monitors with a tuner|receiver may qualify under this scheme as long as they are marketed and sold to consumers as computer monitors, i.e. focusing on computer monitor as the primary function; or as dual functions computer monitors and televisions.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-lcd-monitors</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS%20-%20LCD%20Monitor%20(Eng)_2019.1.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 |  Energy Labeling of Electronic Displays (2019/2013/EU) (SGM:2021/6)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on electronic displays, including televisions, monitors, and digital signage displays. This policy applies to electronic displays with a screen area greater than 100 square centimeters. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2013 .</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-electronic-displays-20192013eu-sgm20216</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Electronic Displays (2019/2021/EU) (SGM:2021/5)</t>
   </si>
   <si>
+    <t>This policy establishes a minimum energy performance standard for electronic displays, including televisions, monitors, and digital signage displays with a liquid crystal screen (LCD) and a screen area greater than 100 square centimeters. This policy is a transposition of Commission Regulation (EU) 2019/2021.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-electronic</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-5.htm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -936,1551 +1141,1758 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N34"/>
+  <dimension ref="A1:P34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="241" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="241.798" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="898.781" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...25 lines deleted...]
-      <c r="G3">
+      <c r="H3">
         <v>2009</v>
       </c>
-      <c r="H3">
+      <c r="I3">
         <v>2015</v>
       </c>
-      <c r="I3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3" t="s">
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>38</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>44</v>
+      </c>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>40</v>
+      </c>
+      <c r="D6" t="s">
+        <v>41</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G6" t="s">
+        <v>42</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>43</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>45</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
         <v>30</v>
       </c>
-      <c r="M3" t="s">
-[...2 lines deleted...]
-      <c r="N3" t="s">
+      <c r="C7" t="s">
         <v>31</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="D7" t="s">
         <v>32</v>
       </c>
-      <c r="B4" t="s">
+      <c r="E7" t="s">
+        <v>59</v>
+      </c>
+      <c r="F7" t="s">
+        <v>60</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2016</v>
+      </c>
+      <c r="J7" t="s">
         <v>33</v>
       </c>
-      <c r="C4" t="s">
-[...8 lines deleted...]
-      <c r="F4" t="s">
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>62</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" t="s">
+        <v>59</v>
+      </c>
+      <c r="F8" t="s">
+        <v>60</v>
+      </c>
+      <c r="G8" t="s">
+        <v>42</v>
+      </c>
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
+        <v>2016</v>
+      </c>
+      <c r="J8" t="s">
+        <v>67</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>68</v>
+      </c>
+      <c r="M8" t="s">
+        <v>62</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" t="s">
+        <v>59</v>
+      </c>
+      <c r="F9" t="s">
+        <v>60</v>
+      </c>
+      <c r="G9" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9">
+        <v>2003</v>
+      </c>
+      <c r="I9">
+        <v>2017</v>
+      </c>
+      <c r="J9" t="s">
+        <v>67</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>73</v>
+      </c>
+      <c r="M9" t="s">
+        <v>62</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>78</v>
+      </c>
+      <c r="D10" t="s">
+        <v>79</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>80</v>
+      </c>
+      <c r="G10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H10">
+        <v>2011</v>
+      </c>
+      <c r="I10">
+        <v>2023</v>
+      </c>
+      <c r="J10" t="s">
+        <v>81</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>82</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>87</v>
+      </c>
+      <c r="D11" t="s">
+        <v>88</v>
+      </c>
+      <c r="E11" t="s">
+        <v>59</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>89</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>90</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>91</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
+        <v>96</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
+        <v>59</v>
+      </c>
+      <c r="F12" t="s">
+        <v>60</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>97</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>98</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>99</v>
+      </c>
+      <c r="P12" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>101</v>
+      </c>
+      <c r="B13" t="s">
+        <v>102</v>
+      </c>
+      <c r="C13" t="s">
+        <v>103</v>
+      </c>
+      <c r="D13" t="s">
+        <v>32</v>
+      </c>
+      <c r="E13" t="s">
+        <v>59</v>
+      </c>
+      <c r="F13" t="s">
+        <v>60</v>
+      </c>
+      <c r="G13" t="s">
+        <v>42</v>
+      </c>
+      <c r="H13">
+        <v>2000</v>
+      </c>
+      <c r="I13">
+        <v>2015</v>
+      </c>
+      <c r="J13" t="s">
+        <v>104</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>105</v>
+      </c>
+      <c r="M13" t="s">
+        <v>106</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>107</v>
+      </c>
+      <c r="P13" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>109</v>
+      </c>
+      <c r="B14" t="s">
+        <v>110</v>
+      </c>
+      <c r="C14" t="s">
+        <v>111</v>
+      </c>
+      <c r="D14" t="s">
+        <v>112</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>113</v>
+      </c>
+      <c r="G14" t="s">
+        <v>42</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>114</v>
+      </c>
+      <c r="K14" t="s">
+        <v>115</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>116</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>117</v>
+      </c>
+      <c r="P14" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>119</v>
+      </c>
+      <c r="B15" t="s">
+        <v>120</v>
+      </c>
+      <c r="C15" t="s">
+        <v>121</v>
+      </c>
+      <c r="D15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" t="s">
+        <v>59</v>
+      </c>
+      <c r="F15" t="s">
+        <v>60</v>
+      </c>
+      <c r="G15" t="s">
+        <v>42</v>
+      </c>
+      <c r="H15">
+        <v>1992</v>
+      </c>
+      <c r="I15">
+        <v>2020</v>
+      </c>
+      <c r="J15" t="s">
+        <v>67</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>122</v>
+      </c>
+      <c r="M15" t="s">
+        <v>123</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>124</v>
+      </c>
+      <c r="P15" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>126</v>
+      </c>
+      <c r="B16" t="s">
+        <v>127</v>
+      </c>
+      <c r="C16" t="s">
+        <v>31</v>
+      </c>
+      <c r="D16" t="s">
+        <v>32</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>55</v>
+      </c>
+      <c r="G16" t="s">
+        <v>42</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16">
+        <v>2016</v>
+      </c>
+      <c r="J16" t="s">
+        <v>67</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>128</v>
+      </c>
+      <c r="M16" t="s">
         <v>35</v>
       </c>
-      <c r="G4">
-[...8 lines deleted...]
-      <c r="J4" t="s">
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>129</v>
+      </c>
+      <c r="P16" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>131</v>
+      </c>
+      <c r="B17" t="s">
+        <v>132</v>
+      </c>
+      <c r="C17" t="s">
+        <v>133</v>
+      </c>
+      <c r="D17" t="s">
+        <v>32</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>113</v>
+      </c>
+      <c r="G17" t="s">
+        <v>42</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17">
+        <v>2014</v>
+      </c>
+      <c r="J17" t="s">
+        <v>134</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>135</v>
+      </c>
+      <c r="M17" t="s">
+        <v>136</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>137</v>
+      </c>
+      <c r="P17" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>139</v>
+      </c>
+      <c r="B18" t="s">
+        <v>140</v>
+      </c>
+      <c r="C18" t="s">
+        <v>103</v>
+      </c>
+      <c r="D18" t="s">
+        <v>32</v>
+      </c>
+      <c r="E18" t="s">
+        <v>59</v>
+      </c>
+      <c r="F18" t="s">
+        <v>60</v>
+      </c>
+      <c r="G18" t="s">
+        <v>42</v>
+      </c>
+      <c r="H18">
+        <v>2000</v>
+      </c>
+      <c r="I18">
+        <v>2016</v>
+      </c>
+      <c r="J18" t="s">
+        <v>104</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>141</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>142</v>
+      </c>
+      <c r="P18" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>144</v>
+      </c>
+      <c r="B19" t="s">
+        <v>145</v>
+      </c>
+      <c r="C19" t="s">
+        <v>103</v>
+      </c>
+      <c r="D19" t="s">
+        <v>32</v>
+      </c>
+      <c r="E19" t="s">
+        <v>59</v>
+      </c>
+      <c r="F19" t="s">
+        <v>60</v>
+      </c>
+      <c r="G19" t="s">
+        <v>42</v>
+      </c>
+      <c r="H19">
+        <v>2000</v>
+      </c>
+      <c r="I19">
+        <v>2015</v>
+      </c>
+      <c r="J19" t="s">
+        <v>104</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>106</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>146</v>
+      </c>
+      <c r="P19" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>148</v>
+      </c>
+      <c r="B20" t="s">
+        <v>149</v>
+      </c>
+      <c r="C20" t="s">
+        <v>150</v>
+      </c>
+      <c r="D20" t="s">
+        <v>32</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>113</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2024</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>151</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>152</v>
+      </c>
+      <c r="M20" t="s">
+        <v>153</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>154</v>
+      </c>
+      <c r="P20" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>156</v>
+      </c>
+      <c r="B21" t="s">
+        <v>157</v>
+      </c>
+      <c r="C21" t="s">
+        <v>158</v>
+      </c>
+      <c r="D21" t="s">
+        <v>159</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>113</v>
+      </c>
+      <c r="G21" t="s">
+        <v>42</v>
+      </c>
+      <c r="H21">
+        <v>1999</v>
+      </c>
+      <c r="I21">
+        <v>2009</v>
+      </c>
+      <c r="J21" t="s">
+        <v>97</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>160</v>
+      </c>
+      <c r="M21" t="s">
+        <v>161</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>162</v>
+      </c>
+      <c r="P21" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>164</v>
+      </c>
+      <c r="B22" t="s">
+        <v>165</v>
+      </c>
+      <c r="C22" t="s">
+        <v>166</v>
+      </c>
+      <c r="D22" t="s">
+        <v>41</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...11 lines deleted...]
-      <c r="A5" t="s">
+      <c r="G22" t="s">
+        <v>42</v>
+      </c>
+      <c r="H22">
+        <v>2013</v>
+      </c>
+      <c r="I22">
+        <v>2014</v>
+      </c>
+      <c r="J22" t="s">
+        <v>67</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>167</v>
+      </c>
+      <c r="M22" t="s">
+        <v>168</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>169</v>
+      </c>
+      <c r="P22" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>171</v>
+      </c>
+      <c r="B23" t="s">
+        <v>172</v>
+      </c>
+      <c r="C23" t="s">
+        <v>166</v>
+      </c>
+      <c r="D23" t="s">
+        <v>41</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>55</v>
+      </c>
+      <c r="G23" t="s">
+        <v>42</v>
+      </c>
+      <c r="H23">
+        <v>2013</v>
+      </c>
+      <c r="I23">
+        <v>2014</v>
+      </c>
+      <c r="J23" t="s">
+        <v>67</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>173</v>
+      </c>
+      <c r="M23" t="s">
+        <v>168</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>174</v>
+      </c>
+      <c r="P23" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>176</v>
+      </c>
+      <c r="B24" t="s">
+        <v>177</v>
+      </c>
+      <c r="C24" t="s">
+        <v>178</v>
+      </c>
+      <c r="D24" t="s">
         <v>32</v>
       </c>
-      <c r="B5" t="s">
-[...23 lines deleted...]
-      <c r="J5" t="s">
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>113</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2013</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>104</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>179</v>
+      </c>
+      <c r="M24" t="s">
+        <v>180</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>181</v>
+      </c>
+      <c r="P24" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>183</v>
+      </c>
+      <c r="B25" t="s">
+        <v>184</v>
+      </c>
+      <c r="C25" t="s">
+        <v>185</v>
+      </c>
+      <c r="D25" t="s">
+        <v>186</v>
+      </c>
+      <c r="E25" t="s">
+        <v>59</v>
+      </c>
+      <c r="F25" t="s">
+        <v>55</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2015</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>187</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>188</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>189</v>
+      </c>
+      <c r="P25" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>191</v>
+      </c>
+      <c r="B26" t="s">
+        <v>192</v>
+      </c>
+      <c r="C26" t="s">
+        <v>193</v>
+      </c>
+      <c r="D26" t="s">
+        <v>194</v>
+      </c>
+      <c r="E26" t="s">
+        <v>59</v>
+      </c>
+      <c r="F26" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...8 lines deleted...]
-      <c r="N5" t="s">
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2012</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>104</v>
+      </c>
+      <c r="K26" t="s">
+        <v>195</v>
+      </c>
+      <c r="L26" t="s">
+        <v>196</v>
+      </c>
+      <c r="M26" t="s">
+        <v>197</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>198</v>
+      </c>
+      <c r="P26" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>200</v>
+      </c>
+      <c r="B27" t="s">
+        <v>200</v>
+      </c>
+      <c r="C27" t="s">
+        <v>201</v>
+      </c>
+      <c r="D27" t="s">
+        <v>202</v>
+      </c>
+      <c r="E27" t="s">
+        <v>59</v>
+      </c>
+      <c r="F27" t="s">
+        <v>60</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2015</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>90</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>203</v>
+      </c>
+      <c r="M27" t="s">
+        <v>204</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>205</v>
+      </c>
+      <c r="P27" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>207</v>
+      </c>
+      <c r="B28" t="s">
+        <v>208</v>
+      </c>
+      <c r="C28" t="s">
+        <v>209</v>
+      </c>
+      <c r="D28" t="s">
+        <v>210</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>113</v>
+      </c>
+      <c r="G28" t="s">
         <v>42</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="J6" t="s">
+      <c r="H28">
+        <v>2017</v>
+      </c>
+      <c r="I28">
+        <v>2021</v>
+      </c>
+      <c r="J28" t="s">
+        <v>211</v>
+      </c>
+      <c r="K28" t="s">
+        <v>212</v>
+      </c>
+      <c r="L28" t="s">
+        <v>213</v>
+      </c>
+      <c r="M28" t="s">
+        <v>214</v>
+      </c>
+      <c r="N28" t="s">
+        <v>215</v>
+      </c>
+      <c r="O28" t="s">
+        <v>216</v>
+      </c>
+      <c r="P28" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>218</v>
+      </c>
+      <c r="B29" t="s">
+        <v>219</v>
+      </c>
+      <c r="C29" t="s">
+        <v>220</v>
+      </c>
+      <c r="D29" t="s">
+        <v>159</v>
+      </c>
+      <c r="E29" t="s">
+        <v>59</v>
+      </c>
+      <c r="F29" t="s">
+        <v>113</v>
+      </c>
+      <c r="G29" t="s">
+        <v>221</v>
+      </c>
+      <c r="H29">
+        <v>2025</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>222</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>223</v>
+      </c>
+      <c r="M29" t="s">
+        <v>224</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>225</v>
+      </c>
+      <c r="P29" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>227</v>
+      </c>
+      <c r="B30" t="s">
+        <v>228</v>
+      </c>
+      <c r="C30" t="s">
+        <v>78</v>
+      </c>
+      <c r="D30" t="s">
+        <v>32</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>55</v>
+      </c>
+      <c r="G30" t="s">
+        <v>42</v>
+      </c>
+      <c r="H30">
+        <v>2012</v>
+      </c>
+      <c r="I30">
+        <v>2015</v>
+      </c>
+      <c r="J30" t="s">
+        <v>81</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>229</v>
+      </c>
+      <c r="M30" t="s">
+        <v>82</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>230</v>
+      </c>
+      <c r="P30" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>232</v>
+      </c>
+      <c r="B31" t="s">
+        <v>233</v>
+      </c>
+      <c r="C31" t="s">
+        <v>49</v>
+      </c>
+      <c r="D31" t="s">
+        <v>234</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>55</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2021</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>50</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31"/>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>235</v>
+      </c>
+      <c r="P31" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>237</v>
+      </c>
+      <c r="B32" t="s">
+        <v>238</v>
+      </c>
+      <c r="C32" t="s">
+        <v>239</v>
+      </c>
+      <c r="D32" t="s">
+        <v>32</v>
+      </c>
+      <c r="E32" t="s">
+        <v>59</v>
+      </c>
+      <c r="F32" t="s">
+        <v>60</v>
+      </c>
+      <c r="G32" t="s">
+        <v>42</v>
+      </c>
+      <c r="H32">
+        <v>2003</v>
+      </c>
+      <c r="I32">
+        <v>2020</v>
+      </c>
+      <c r="J32" t="s">
+        <v>240</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>241</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>242</v>
+      </c>
+      <c r="P32" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>244</v>
+      </c>
+      <c r="B33" t="s">
+        <v>245</v>
+      </c>
+      <c r="C33" t="s">
+        <v>246</v>
+      </c>
+      <c r="D33" t="s">
+        <v>32</v>
+      </c>
+      <c r="E33" t="s">
+        <v>59</v>
+      </c>
+      <c r="F33" t="s">
         <v>21</v>
       </c>
-      <c r="K6"/>
-[...143 lines deleted...]
-      <c r="A10" t="s">
+      <c r="G33" t="s">
+        <v>247</v>
+      </c>
+      <c r="H33">
+        <v>2021</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>134</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>248</v>
+      </c>
+      <c r="M33" t="s">
+        <v>249</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>250</v>
+      </c>
+      <c r="P33" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>252</v>
+      </c>
+      <c r="B34" t="s">
+        <v>253</v>
+      </c>
+      <c r="C34" t="s">
+        <v>246</v>
+      </c>
+      <c r="D34" t="s">
+        <v>32</v>
+      </c>
+      <c r="E34" t="s">
         <v>59</v>
       </c>
-      <c r="B10" t="s">
-[...623 lines deleted...]
-      <c r="L24" t="s">
+      <c r="F34" t="s">
+        <v>254</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2021</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
         <v>134</v>
       </c>
-      <c r="M24" t="s">
-[...410 lines deleted...]
-      </c>
       <c r="K34" t="s">
-        <v>184</v>
+        <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>185</v>
+        <v>248</v>
       </c>
       <c r="M34" t="s">
-        <v>23</v>
+        <v>249</v>
       </c>
       <c r="N34" t="s">
-        <v>189</v>
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>255</v>
+      </c>
+      <c r="P34" t="s">
+        <v>256</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>