--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,988 +12,1378 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="297">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="425">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL-014. Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to CRT and LCD monitors for computers working under normal electricity grid voltage and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 21520-2008 CCEC/T23-2003 GB 20943-2013 GB 20943 SJ/T 11292</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-014-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B616_%E8%AE%A1%E7%AE%97%E6%9C%BA%E6%98%BE%E7%A4%BA%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>Televisions, Displays</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>EN 50301</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Televisions, Displays</t>
-[...4 lines deleted...]
-  <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>EN 50301</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>European Union</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2013/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021 of 1 October 2019 laying down ecodesign requirements for electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of televisions.  In addition to the definitions set out in Directive 2005-32-EC; the following definitions shall apply: 1. 'Television' means a television set or a television monitor; 2. ‘television set’ means a product designed primarily for the display and reception of audiovisual signals which is placed on the market under one model or system designation; and which consists of: a display;  one or more tuner or receiver  and optional additional functions for data storage and/or display such as DVD; hard disk drive  or videocassette recorder; either in a single unit combined with the display; or in one or more separate units.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192021-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2021-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 547/2012 of 25 June 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water pumps</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0547-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/547/contents</t>
+  </si>
+  <si>
     <t>CQC31-432212-2009. CQC Mark Certification - Centrifugal Corrosion Resisting Pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pump for fresh water; single stage double suction centrifugal pump for fresh water; and multiple stage centrifugal pump for fresh water</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 19762-2007 GB/T 3216 GB/T 5657 GB/T 7021 GB/T 13006</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432212-2009-cqc-mark-certification-centrifugal-corrosion-resisting-pumps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-11-20/492766.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432216-2011. Energy Conservation Certification Rules for Centrifual Corrosion Resisting Pump</t>
   </si>
   <si>
+    <t>Apply to centrifual corrosion resisting pump</t>
+  </si>
+  <si>
     <t>CQC 3122-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432216-2011-energy-conservation-certification-rules-centrifual-corrosion-resisting</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492994.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432217-2017 Energy Conservation Certification Rules for Submersible motor-pumps</t>
   </si>
   <si>
+    <t>Applies to  small size submersible motor-pumps; sewage submersible motor-pumps; well-use submersible motor-pumps</t>
+  </si>
+  <si>
     <t>GB32029-2015, GB32031-2015, GB32030-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432217-2017-energy-conservation-certification-rules-submersible-motor-pumps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546484.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432218-2017 Energy Conservation Certification Rules for Centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies to centrifugal pump for fresh water powered by 50Hz three-phase DC power under 690V or lower; which are three-phase DC motor drive typical load units; Applies to single stage single punction|single stage double punction|multi-stage centrifugal pump for fresh water with a rated power of 0.75kW-375kW</t>
+  </si>
+  <si>
     <t>JBT 11706.1-2013</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432218-2017-energy-conservation-certification-rules-centrifugal-pump-fresh-water</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546487.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
+    <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
+  </si>
+  <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452629-2016. Energy Conservation Certification Rules for Computer Monitors</t>
   </si>
   <si>
     <t>GB 21520-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452629-2016-energy-conservation-certification-rules-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492777.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452691-2016 Energy conservation certification rules for LED display unit</t>
   </si>
   <si>
+    <t>Applies to indoor and outdoor full-color LED display units that work under electric grid normal voltage</t>
+  </si>
+  <si>
     <t>CQC3158-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452691-2016-energy-conservation-certification-rules-led-display-unit</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-22/537408.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452692-2017 Energy conservation certification rules for multimedia display terminal</t>
   </si>
   <si>
+    <t>Applies to on-grid nomral voltage multimedia display terminal</t>
+  </si>
+  <si>
     <t>CQC3163-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452692-2017-energy-conservation-certification-rules-multimedia-display-terminal</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-09-27/549899.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Draft MEPS for water pumps</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for water pumps.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-water-pumps</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor of domestic and foreign make</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Displays, Televisions</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/teh-regl-tv.doc</t>
+  </si>
+  <si>
     <t>Draft water pumps policy</t>
   </si>
   <si>
+    <t>All types of water pumps over 2 horsepower</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-water-pumps-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Monitors</t>
   </si>
   <si>
+    <t>This policy applies to commercially-available electronic products with a display screen in a single housing that is capable of displaying output information from a computer via one or more inputs (such as VGA and DVI), with nameplate output power of power supply less than or equal to 1,000W.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-monitors</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Displays</t>
   </si>
   <si>
+    <t>Displays shall meet the requirements of Article 14336-1 or Article 14408; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-displays</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Pump</t>
   </si>
   <si>
+    <t>This program covers automatic electric water pumps - sprocket and normal blades types.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2618-2557</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-water-pump</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pump.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>GB 19762-2007 Minimum allowable values of energy efficiency and evaluating values of energy conservation of centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction clear water centrifugal pumps, single stage double suction clear water centrifugal pumps, and multiple stage clear water centrifugal pumps. This standard does not apply to other types of pumps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-19762-2007-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D78826D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21520-2015 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to LCD monitors for computers working under normal electricity grid voltage, and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>GB/T 8170; GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21520-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B40D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32029-2015 Minimum allowable values of energy efficiency and energy efficiency grades for small-size submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to small-size submersible motor-pumps with rated power no larger than 22kW that are single- or three- phase and single- or multi- stage.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 25409</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32029-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80934D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32030-2015 Minimum allowable values of energy efficiency and energy efficiency grades for submersible pumps for deep well</t>
   </si>
   <si>
+    <t>This policy applies to submersible pumps for deep well - an integrated system of pump and submersible motors used in well, which is used to extract clean water.</t>
+  </si>
+  <si>
     <t>GB/T 2816; GB/T 2818; GB/T 2828.1; GB/T 2829; GB/T 12785-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32030-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80933D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32031-2015 Minimum allowable values of energy efficiency and energy efficiency grades for waste submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to single-phase or three-phase waste submersible motor-pumps that are used for carrying sewage or mixed liquid that contains sediment, fabrics, feces, and river sludge.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 24674</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32031-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80932D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32284-2015 Minimum allowable values of energy efficiency and energy efficiency grades for petrochemical centrifugal pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pumps with shrouded -maximum- impeller which are used to transport clean liquid</t>
+  </si>
+  <si>
     <t>GB/T 3215; GB/T 3216; GB/T 5656; GB/T 7021; GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32284-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EEBD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37483-2019 Minimum allowable values of energy efficiency and energy efficiency grades for rotary aerator in wastewater treatment</t>
   </si>
   <si>
+    <t>This policy covers rotary aerators in wastewater treatment.</t>
+  </si>
+  <si>
     <t>GB 18613; JB/T 12579</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37483-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB60E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37485-2019 Minimum allowable values of energy efficiency and energy efficiency grades for submersible mixers of wastewater</t>
   </si>
   <si>
+    <t>This policy covers submersible mixers of wastewater.</t>
+  </si>
+  <si>
     <t>GB 18163; GB/T 33566</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37485-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB90E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Computer Monitors) Determination 2014</t>
   </si>
   <si>
+    <t>This Determination covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via: (a) a direct connection; or (b) an external power supply permanently connected to the product; or (c) an external power supply that can be disconnected from the product. Class 1 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution less than or equal to 1.1 MegaPixels. Class 2 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution greater than 1.1 MegaPixels. Class 3 Computer monitors with a diagonal screen size equal to or greater than 76 cm (30 inches) and equal to or less than 152 cm (60 inches)." "</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AS/NZS 5815.1:2012</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2014L00780</t>
+  </si>
+  <si>
     <t>Greenmark N153 - Light Emitting Diode Display Panels</t>
   </si>
   <si>
+    <t>This standard is applicable to products which meet the definition of CNS 13091 and CNS 14555 and their associated indoor products.</t>
+  </si>
+  <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n153-light-emitting-diode-display-panels</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/153/7c68e26b-531c-449b-b0f6-57d5de763473.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N18 - Displays</t>
   </si>
   <si>
+    <t>This standard is applicable to the displays</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n18-displays</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/18/af2050e9-6959-450b-b294-dfb62c7fda69.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Pump: Centrifugal pump for feeding water into boilers</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-pumps-0</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
 ,   
                     PNS 378
 ,   
                     PNS IEC 62301</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 319 of 23 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for pumps.
+It covers closed, open and semi-open rotor pumps, self-aspiring centrifugal pumps, multi-stage pumps with horizontal or vertical axis, up to 25 HP for three-phase monoblock centrifugal pumps, and up to 15 HP for single phase monoblock centrifugal pumps.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ISO 9906:2012 / ABNT NBR 17094-1:2018 / ABNT NBR 17094-2:2018</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-319-23-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-319-de-23-de-julho-de-2021-334087813</t>
+  </si>
+  <si>
     <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
   </si>
   <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62408</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iram-62408-voluntary-label-electric-pumps</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for Computer Monitors</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover computer monitors with a diagonal screen size up to 152 cm.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 5815.2:2013</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-mepl-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Household Water Pump, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers single-stage suction centrifugal pumps that are used to pump water with temperatures from 5 to 40 °C. Maximum working pressure 1 MPa, inlet diameter not more than 32 mm. Single-phase induction motors, the maximum voltage does not exceed 250 volts, frequency of 50 hertz. The power is not more than 746 watts. It excludes submersible pumps and special pumps.</t>
+  </si>
+  <si>
     <t>Pumps, Pumps Other</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-household-water-pump-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063743</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Monitors in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers monitors with a size of 12 inches or more that are manufactured to be used as a display for a computer (excluding the monitor integrated into the processor and the monitor used to receive TV signals).</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-monitors-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048422</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2025, Energy efficiency for motor pumps and motor pumps for pumping clean water, with capacities from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
   </si>
   <si>
+    <t>This standard establishes the maximum Pump Energy Index (PEI) that motor-pump and motor-pump assemblies must meet for clean water handling. It applies to the motor pump and motor pump assembly, which use single-phase squirrel-cage induction motors, for handling clean water in powers from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-004-ener-2025-energy-efficiency-motor-pumps-and-motor-pumps-pumping-clean-water</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9501/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-006-ENER-2015, Electromechanical Energy Efficiency in Deep-Well Pumping Systems in Operation</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values ​​that deep-well pumping systems installed in the field. It applies to vertical turbine-type pumps with external electric motors and submersible pumps, used for pumping water from deep wells, in the power range of 5.5 - 261 kW (7.5 - 350 hp).</t>
+  </si>
+  <si>
     <t>Agricultural Pumps, Pumps Other</t>
   </si>
   <si>
     <t>ANSI/HI 14.6-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-006-ener-2015-electromechanical-energy-efficiency-deep-well-pumping-systems-operation</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5393140&amp;fecha=21/05/2015#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-010-ENER-2004</t>
   </si>
   <si>
+    <t>Standard NOM-010-ENER-2004 applies to submersible deep well type clean water motor pumps operated by a submersible three-phase electric motor. The standard does not apply to sewage and mud pumps.</t>
+  </si>
+  <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-010-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=2033456&amp;fecha=18/04/2005</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Procel Seal - Centrifugal Pumps and Motor Pumps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for centrifugal pumps.</t>
+  </si>
+  <si>
     <t>NBR 626-2, NBR 5383-1, NBR 5383-2</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-centrifugal-pumps-and-motor-pumps</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4118 - Water Pumps</t>
   </si>
   <si>
+    <t>This specification is applicable to: clean water submersible motor pumps from 1HP to 200HP, vertical turbine pumps with external electric motor for pumping clean water from 5HP to 500HP, vertical turbine pumps with external or submersible electric motor for the extraction of deep well water from 7.5HP to 350HP</t>
+  </si>
+  <si>
     <t>NOM-001-ENER / NOM-006- ENER / NOM-010-ENER / ISO 3555 / ANSI/AWWAE101</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4118-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4118_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4128 - Domestic Centrifugal Water Pumps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for centrifugal water pumps for residential use, from 0.187kW (1/4HP) to 0.746kW (1HP), with nominal voltage of 115 and 127V, operating at a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>NOM-004-ENER / NOM-014-ENER / NOM-003-SCFI / NOM-008-SCFI / NOM-J-098-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4128-domestic-centrifugal-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4128_02.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
+    <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
+  </si>
+  <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for computer monitors.</t>
+  </si>
+  <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9508-2012-man-hinh-may-tinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Pump TGL-94-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to pumps for pumping liquids with a temperature not exceeding 90°C intended for use in residential and similar purposes with a rated voltage that does not exceed 250 V for single-phase pumps and 480 V for other pumps.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1548 (or IEC 60335-2-41)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-water-pump-tgl-94-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/application.html</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LCD Monitors</t>
   </si>
   <si>
+    <t>Applies to standard LCD monitors that are designed for use with computers. The monitor must be capable of being powered from either a wall outlet or a battery unit that is sold with an AC adaptor. LCD monitors with a tuner|receiver may qualify under this scheme as long as they are marketed and sold to consumers as computer monitors, i.e. focusing on computer monitor as the primary function; or as dual functions computer monitors and televisions.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-lcd-monitors</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS%20-%20LCD%20Monitor%20(Eng)_2019.1.pdf</t>
+  </si>
+  <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2618-2557-2014-single-suction-centrifugal-electric-pumps-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2557/E/079/6.PDF</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 |  Energy Labeling of Electronic Displays (2019/2013/EU) (SGM:2021/6)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on electronic displays, including televisions, monitors, and digital signage displays. This policy applies to electronic displays with a screen area greater than 100 square centimeters. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2013 .</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-electronic-displays-20192013eu-sgm20216</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Electronic Displays (2019/2021/EU) (SGM:2021/5)</t>
   </si>
   <si>
+    <t>This policy establishes a minimum energy performance standard for electronic displays, including televisions, monitors, and digital signage displays with a liquid crystal screen (LCD) and a screen area greater than 100 square centimeters. This policy is a transposition of Commission Regulation (EU) 2019/2021.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-electronic</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-5.htm</t>
+  </si>
+  <si>
     <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
   </si>
   <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
+  </si>
+  <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1257,2867 +1647,3260 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N65"/>
+  <dimension ref="A1:P65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="241" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="241.798" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="898.781" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...25 lines deleted...]
-      <c r="G3">
+      <c r="H3">
         <v>2009</v>
       </c>
-      <c r="H3">
+      <c r="I3">
         <v>2015</v>
       </c>
-      <c r="I3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3" t="s">
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>38</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>44</v>
+      </c>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>40</v>
+      </c>
+      <c r="D6" t="s">
+        <v>41</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G6" t="s">
+        <v>42</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>43</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>45</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>55</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>43</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>45</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>58</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>49</v>
+      </c>
+      <c r="D8" t="s">
+        <v>60</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>55</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>50</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>60</v>
+      </c>
+      <c r="E9" t="s">
+        <v>68</v>
+      </c>
+      <c r="F9" t="s">
+        <v>69</v>
+      </c>
+      <c r="G9" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9">
+        <v>2004</v>
+      </c>
+      <c r="I9">
+        <v>2011</v>
+      </c>
+      <c r="J9" t="s">
+        <v>70</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>71</v>
+      </c>
+      <c r="M9" t="s">
+        <v>72</v>
+      </c>
+      <c r="N9" t="s">
+        <v>73</v>
+      </c>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D10" t="s">
+        <v>60</v>
+      </c>
+      <c r="E10" t="s">
+        <v>68</v>
+      </c>
+      <c r="F10" t="s">
+        <v>69</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2011</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>33</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M10" t="s">
+        <v>72</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" t="s">
+        <v>60</v>
+      </c>
+      <c r="E11" t="s">
+        <v>68</v>
+      </c>
+      <c r="F11" t="s">
+        <v>69</v>
+      </c>
+      <c r="G11" t="s">
+        <v>42</v>
+      </c>
+      <c r="H11">
+        <v>2004</v>
+      </c>
+      <c r="I11">
+        <v>2017</v>
+      </c>
+      <c r="J11" t="s">
+        <v>70</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>83</v>
+      </c>
+      <c r="M11" t="s">
+        <v>72</v>
+      </c>
+      <c r="N11" t="s">
+        <v>73</v>
+      </c>
+      <c r="O11" t="s">
+        <v>84</v>
+      </c>
+      <c r="P11" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>86</v>
+      </c>
+      <c r="B12" t="s">
+        <v>87</v>
+      </c>
+      <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
+        <v>60</v>
+      </c>
+      <c r="E12" t="s">
+        <v>68</v>
+      </c>
+      <c r="F12" t="s">
+        <v>69</v>
+      </c>
+      <c r="G12" t="s">
+        <v>42</v>
+      </c>
+      <c r="H12">
+        <v>2004</v>
+      </c>
+      <c r="I12">
+        <v>2017</v>
+      </c>
+      <c r="J12" t="s">
+        <v>70</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>88</v>
+      </c>
+      <c r="M12" t="s">
+        <v>72</v>
+      </c>
+      <c r="N12" t="s">
+        <v>89</v>
+      </c>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D13" t="s">
+        <v>94</v>
+      </c>
+      <c r="E13" t="s">
+        <v>68</v>
+      </c>
+      <c r="F13" t="s">
+        <v>69</v>
+      </c>
+      <c r="G13" t="s">
+        <v>42</v>
+      </c>
+      <c r="H13">
+        <v>2004</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>70</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>95</v>
+      </c>
+      <c r="M13" t="s">
+        <v>72</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>96</v>
+      </c>
+      <c r="P13" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>98</v>
+      </c>
+      <c r="B14" t="s">
         <v>30</v>
       </c>
-      <c r="M3" t="s">
-[...2 lines deleted...]
-      <c r="N3" t="s">
+      <c r="C14" t="s">
         <v>31</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="D14" t="s">
         <v>32</v>
       </c>
-      <c r="B4" t="s">
+      <c r="E14" t="s">
+        <v>68</v>
+      </c>
+      <c r="F14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G14" t="s">
+        <v>42</v>
+      </c>
+      <c r="H14">
+        <v>2003</v>
+      </c>
+      <c r="I14">
+        <v>2016</v>
+      </c>
+      <c r="J14" t="s">
         <v>33</v>
       </c>
-      <c r="C4" t="s">
-[...14 lines deleted...]
-      <c r="H4">
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>99</v>
+      </c>
+      <c r="M14" t="s">
+        <v>72</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>100</v>
+      </c>
+      <c r="P14" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>102</v>
+      </c>
+      <c r="B15" t="s">
+        <v>103</v>
+      </c>
+      <c r="C15" t="s">
+        <v>31</v>
+      </c>
+      <c r="D15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" t="s">
+        <v>68</v>
+      </c>
+      <c r="F15" t="s">
+        <v>69</v>
+      </c>
+      <c r="G15" t="s">
+        <v>42</v>
+      </c>
+      <c r="H15">
+        <v>2003</v>
+      </c>
+      <c r="I15">
+        <v>2016</v>
+      </c>
+      <c r="J15" t="s">
+        <v>70</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>104</v>
+      </c>
+      <c r="M15" t="s">
+        <v>72</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>105</v>
+      </c>
+      <c r="P15" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>107</v>
+      </c>
+      <c r="B16" t="s">
+        <v>108</v>
+      </c>
+      <c r="C16" t="s">
+        <v>31</v>
+      </c>
+      <c r="D16" t="s">
+        <v>32</v>
+      </c>
+      <c r="E16" t="s">
+        <v>68</v>
+      </c>
+      <c r="F16" t="s">
+        <v>69</v>
+      </c>
+      <c r="G16" t="s">
+        <v>42</v>
+      </c>
+      <c r="H16">
+        <v>2003</v>
+      </c>
+      <c r="I16">
+        <v>2017</v>
+      </c>
+      <c r="J16" t="s">
+        <v>70</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>109</v>
+      </c>
+      <c r="M16" t="s">
+        <v>72</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>110</v>
+      </c>
+      <c r="P16" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>112</v>
+      </c>
+      <c r="B17" t="s">
+        <v>113</v>
+      </c>
+      <c r="C17" t="s">
+        <v>114</v>
+      </c>
+      <c r="D17" t="s">
+        <v>115</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>116</v>
+      </c>
+      <c r="G17" t="s">
+        <v>42</v>
+      </c>
+      <c r="H17">
+        <v>2011</v>
+      </c>
+      <c r="I17">
+        <v>2023</v>
+      </c>
+      <c r="J17" t="s">
+        <v>117</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>118</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>119</v>
+      </c>
+      <c r="P17" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>121</v>
+      </c>
+      <c r="B18" t="s">
+        <v>122</v>
+      </c>
+      <c r="C18" t="s">
+        <v>123</v>
+      </c>
+      <c r="D18" t="s">
+        <v>60</v>
+      </c>
+      <c r="E18" t="s">
+        <v>124</v>
+      </c>
+      <c r="F18" t="s">
+        <v>125</v>
+      </c>
+      <c r="G18" t="s">
+        <v>126</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>127</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>128</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>129</v>
+      </c>
+      <c r="P18" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>131</v>
+      </c>
+      <c r="B19" t="s">
+        <v>132</v>
+      </c>
+      <c r="C19" t="s">
+        <v>133</v>
+      </c>
+      <c r="D19" t="s">
+        <v>134</v>
+      </c>
+      <c r="E19" t="s">
+        <v>68</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H19"/>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>135</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>136</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>137</v>
+      </c>
+      <c r="P19" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>139</v>
+      </c>
+      <c r="B20" t="s">
+        <v>140</v>
+      </c>
+      <c r="C20" t="s">
+        <v>141</v>
+      </c>
+      <c r="D20" t="s">
+        <v>60</v>
+      </c>
+      <c r="E20" t="s">
+        <v>68</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>126</v>
+      </c>
+      <c r="H20"/>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>142</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>143</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>144</v>
+      </c>
+      <c r="P20" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>146</v>
+      </c>
+      <c r="B21" t="s">
+        <v>147</v>
+      </c>
+      <c r="C21" t="s">
+        <v>148</v>
+      </c>
+      <c r="D21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E21" t="s">
+        <v>68</v>
+      </c>
+      <c r="F21" t="s">
+        <v>69</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2009</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>149</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>150</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>151</v>
+      </c>
+      <c r="P21" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>153</v>
+      </c>
+      <c r="B22" t="s">
+        <v>154</v>
+      </c>
+      <c r="C22" t="s">
+        <v>155</v>
+      </c>
+      <c r="D22" t="s">
+        <v>32</v>
+      </c>
+      <c r="E22" t="s">
+        <v>68</v>
+      </c>
+      <c r="F22" t="s">
+        <v>69</v>
+      </c>
+      <c r="G22" t="s">
+        <v>42</v>
+      </c>
+      <c r="H22">
+        <v>2000</v>
+      </c>
+      <c r="I22">
+        <v>2015</v>
+      </c>
+      <c r="J22" t="s">
+        <v>156</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>157</v>
+      </c>
+      <c r="M22" t="s">
+        <v>158</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>159</v>
+      </c>
+      <c r="P22" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>161</v>
+      </c>
+      <c r="B23" t="s">
+        <v>162</v>
+      </c>
+      <c r="C23" t="s">
+        <v>163</v>
+      </c>
+      <c r="D23" t="s">
+        <v>60</v>
+      </c>
+      <c r="E23" t="s">
+        <v>68</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>42</v>
+      </c>
+      <c r="H23">
+        <v>2016</v>
+      </c>
+      <c r="I23">
         <v>2019</v>
       </c>
-      <c r="I4" t="s">
-[...38 lines deleted...]
-      <c r="H5">
+      <c r="J23" t="s">
+        <v>164</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>165</v>
+      </c>
+      <c r="M23" t="s">
+        <v>166</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>167</v>
+      </c>
+      <c r="P23" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>169</v>
+      </c>
+      <c r="B24" t="s">
+        <v>170</v>
+      </c>
+      <c r="C24" t="s">
+        <v>171</v>
+      </c>
+      <c r="D24" t="s">
+        <v>172</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G24" t="s">
+        <v>42</v>
+      </c>
+      <c r="H24">
+        <v>2016</v>
+      </c>
+      <c r="I24">
         <v>2019</v>
-      </c>
-[...799 lines deleted...]
-        <v>93</v>
       </c>
       <c r="J24" t="s">
         <v>127</v>
       </c>
-      <c r="K24"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K24" t="s">
+        <v>173</v>
+      </c>
+      <c r="L24"/>
       <c r="M24" t="s">
-        <v>23</v>
+        <v>174</v>
       </c>
       <c r="N24" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>175</v>
+      </c>
+      <c r="P24" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>130</v>
+        <v>177</v>
       </c>
       <c r="B25" t="s">
-        <v>131</v>
+        <v>178</v>
       </c>
       <c r="C25" t="s">
-        <v>27</v>
+        <v>179</v>
       </c>
       <c r="D25" t="s">
-        <v>51</v>
+        <v>32</v>
       </c>
       <c r="E25" t="s">
-        <v>52</v>
+        <v>68</v>
       </c>
       <c r="F25" t="s">
+        <v>69</v>
+      </c>
+      <c r="G25" t="s">
+        <v>42</v>
+      </c>
+      <c r="H25">
+        <v>1992</v>
+      </c>
+      <c r="I25">
+        <v>2020</v>
+      </c>
+      <c r="J25" t="s">
+        <v>70</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>180</v>
+      </c>
+      <c r="M25" t="s">
+        <v>181</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>182</v>
+      </c>
+      <c r="P25" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>184</v>
+      </c>
+      <c r="B26" t="s">
+        <v>185</v>
+      </c>
+      <c r="C26" t="s">
+        <v>31</v>
+      </c>
+      <c r="D26" t="s">
+        <v>60</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>55</v>
+      </c>
+      <c r="G26" t="s">
+        <v>42</v>
+      </c>
+      <c r="H26">
+        <v>2005</v>
+      </c>
+      <c r="I26">
+        <v>2011</v>
+      </c>
+      <c r="J26" t="s">
+        <v>70</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>71</v>
+      </c>
+      <c r="M26" t="s">
         <v>35</v>
       </c>
-      <c r="G25">
-[...2 lines deleted...]
-      <c r="H25">
+      <c r="N26" t="s">
+        <v>73</v>
+      </c>
+      <c r="O26" t="s">
+        <v>186</v>
+      </c>
+      <c r="P26" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>188</v>
+      </c>
+      <c r="B27" t="s">
+        <v>189</v>
+      </c>
+      <c r="C27" t="s">
+        <v>31</v>
+      </c>
+      <c r="D27" t="s">
+        <v>32</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>55</v>
+      </c>
+      <c r="G27" t="s">
+        <v>42</v>
+      </c>
+      <c r="H27">
+        <v>2008</v>
+      </c>
+      <c r="I27">
+        <v>2016</v>
+      </c>
+      <c r="J27" t="s">
+        <v>70</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>190</v>
+      </c>
+      <c r="M27" t="s">
+        <v>35</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>191</v>
+      </c>
+      <c r="P27" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>193</v>
+      </c>
+      <c r="B28" t="s">
+        <v>194</v>
+      </c>
+      <c r="C28" t="s">
+        <v>31</v>
+      </c>
+      <c r="D28" t="s">
+        <v>60</v>
+      </c>
+      <c r="E28" t="s">
+        <v>68</v>
+      </c>
+      <c r="F28" t="s">
+        <v>55</v>
+      </c>
+      <c r="G28" t="s">
+        <v>42</v>
+      </c>
+      <c r="H28">
+        <v>2005</v>
+      </c>
+      <c r="I28">
+        <v>2016</v>
+      </c>
+      <c r="J28" t="s">
+        <v>70</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>195</v>
+      </c>
+      <c r="M28" t="s">
+        <v>196</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>197</v>
+      </c>
+      <c r="P28" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>199</v>
+      </c>
+      <c r="B29" t="s">
+        <v>200</v>
+      </c>
+      <c r="C29" t="s">
+        <v>31</v>
+      </c>
+      <c r="D29" t="s">
+        <v>60</v>
+      </c>
+      <c r="E29" t="s">
+        <v>68</v>
+      </c>
+      <c r="F29" t="s">
+        <v>55</v>
+      </c>
+      <c r="G29" t="s">
+        <v>42</v>
+      </c>
+      <c r="H29">
+        <v>2005</v>
+      </c>
+      <c r="I29">
+        <v>2016</v>
+      </c>
+      <c r="J29" t="s">
+        <v>70</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>201</v>
+      </c>
+      <c r="M29" t="s">
+        <v>196</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>202</v>
+      </c>
+      <c r="P29" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>204</v>
+      </c>
+      <c r="B30" t="s">
+        <v>205</v>
+      </c>
+      <c r="C30" t="s">
+        <v>31</v>
+      </c>
+      <c r="D30" t="s">
+        <v>60</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>55</v>
+      </c>
+      <c r="G30" t="s">
+        <v>42</v>
+      </c>
+      <c r="H30">
+        <v>2005</v>
+      </c>
+      <c r="I30">
+        <v>2016</v>
+      </c>
+      <c r="J30" t="s">
+        <v>70</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>206</v>
+      </c>
+      <c r="M30" t="s">
+        <v>196</v>
+      </c>
+      <c r="N30" t="s">
+        <v>73</v>
+      </c>
+      <c r="O30" t="s">
+        <v>207</v>
+      </c>
+      <c r="P30" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>209</v>
+      </c>
+      <c r="B31" t="s">
+        <v>210</v>
+      </c>
+      <c r="C31" t="s">
+        <v>31</v>
+      </c>
+      <c r="D31" t="s">
+        <v>60</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>55</v>
+      </c>
+      <c r="G31" t="s">
+        <v>42</v>
+      </c>
+      <c r="H31">
+        <v>2005</v>
+      </c>
+      <c r="I31">
+        <v>2017</v>
+      </c>
+      <c r="J31" t="s">
+        <v>70</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>211</v>
+      </c>
+      <c r="M31" t="s">
+        <v>196</v>
+      </c>
+      <c r="N31" t="s">
+        <v>73</v>
+      </c>
+      <c r="O31" t="s">
+        <v>212</v>
+      </c>
+      <c r="P31" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>214</v>
+      </c>
+      <c r="B32" t="s">
+        <v>215</v>
+      </c>
+      <c r="C32" t="s">
+        <v>31</v>
+      </c>
+      <c r="D32" t="s">
+        <v>60</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>55</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
         <v>2020</v>
       </c>
-      <c r="I25" t="s">
-[...2 lines deleted...]
-      <c r="J25" t="s">
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>33</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>216</v>
+      </c>
+      <c r="M32" t="s">
+        <v>196</v>
+      </c>
+      <c r="N32" t="s">
+        <v>73</v>
+      </c>
+      <c r="O32" t="s">
+        <v>217</v>
+      </c>
+      <c r="P32" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>219</v>
+      </c>
+      <c r="B33" t="s">
+        <v>220</v>
+      </c>
+      <c r="C33" t="s">
+        <v>31</v>
+      </c>
+      <c r="D33" t="s">
+        <v>60</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>55</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2020</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>33</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>221</v>
+      </c>
+      <c r="M33" t="s">
+        <v>196</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>222</v>
+      </c>
+      <c r="P33" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>224</v>
+      </c>
+      <c r="B34" t="s">
+        <v>225</v>
+      </c>
+      <c r="C34" t="s">
+        <v>226</v>
+      </c>
+      <c r="D34" t="s">
+        <v>32</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>125</v>
+      </c>
+      <c r="G34" t="s">
+        <v>42</v>
+      </c>
+      <c r="H34">
+        <v>2013</v>
+      </c>
+      <c r="I34">
+        <v>2014</v>
+      </c>
+      <c r="J34" t="s">
+        <v>164</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>227</v>
+      </c>
+      <c r="M34" t="s">
+        <v>228</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>229</v>
+      </c>
+      <c r="P34" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>231</v>
+      </c>
+      <c r="B35" t="s">
+        <v>232</v>
+      </c>
+      <c r="C35" t="s">
+        <v>155</v>
+      </c>
+      <c r="D35" t="s">
+        <v>32</v>
+      </c>
+      <c r="E35" t="s">
+        <v>68</v>
+      </c>
+      <c r="F35" t="s">
+        <v>69</v>
+      </c>
+      <c r="G35" t="s">
+        <v>42</v>
+      </c>
+      <c r="H35">
+        <v>2000</v>
+      </c>
+      <c r="I35">
+        <v>2016</v>
+      </c>
+      <c r="J35" t="s">
+        <v>156</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>233</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>234</v>
+      </c>
+      <c r="P35" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>236</v>
+      </c>
+      <c r="B36" t="s">
+        <v>237</v>
+      </c>
+      <c r="C36" t="s">
+        <v>155</v>
+      </c>
+      <c r="D36" t="s">
+        <v>32</v>
+      </c>
+      <c r="E36" t="s">
+        <v>68</v>
+      </c>
+      <c r="F36" t="s">
+        <v>69</v>
+      </c>
+      <c r="G36" t="s">
+        <v>42</v>
+      </c>
+      <c r="H36">
+        <v>2000</v>
+      </c>
+      <c r="I36">
+        <v>2015</v>
+      </c>
+      <c r="J36" t="s">
+        <v>156</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>158</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>238</v>
+      </c>
+      <c r="P36" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>240</v>
+      </c>
+      <c r="B37" t="s">
+        <v>241</v>
+      </c>
+      <c r="C37" t="s">
+        <v>148</v>
+      </c>
+      <c r="D37" t="s">
+        <v>60</v>
+      </c>
+      <c r="E37" t="s">
+        <v>68</v>
+      </c>
+      <c r="F37" t="s">
+        <v>69</v>
+      </c>
+      <c r="G37" t="s">
+        <v>42</v>
+      </c>
+      <c r="H37">
+        <v>1996</v>
+      </c>
+      <c r="I37">
+        <v>2010</v>
+      </c>
+      <c r="J37" t="s">
+        <v>149</v>
+      </c>
+      <c r="K37" t="s">
+        <v>242</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>150</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>243</v>
+      </c>
+      <c r="P37" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>245</v>
+      </c>
+      <c r="B38" t="s">
+        <v>246</v>
+      </c>
+      <c r="C38" t="s">
+        <v>247</v>
+      </c>
+      <c r="D38" t="s">
+        <v>32</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>125</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2024</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>248</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>249</v>
+      </c>
+      <c r="M38" t="s">
+        <v>250</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>251</v>
+      </c>
+      <c r="P38" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>253</v>
+      </c>
+      <c r="B39" t="s">
+        <v>254</v>
+      </c>
+      <c r="C39" t="s">
+        <v>255</v>
+      </c>
+      <c r="D39" t="s">
+        <v>60</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
         <v>21</v>
       </c>
-      <c r="K25" t="s">
-[...40 lines deleted...]
-      <c r="J26" t="s">
+      <c r="G39" t="s">
+        <v>42</v>
+      </c>
+      <c r="H39">
+        <v>2010</v>
+      </c>
+      <c r="I39">
+        <v>2021</v>
+      </c>
+      <c r="J39" t="s">
+        <v>256</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>257</v>
+      </c>
+      <c r="M39" t="s">
+        <v>258</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>259</v>
+      </c>
+      <c r="P39" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>261</v>
+      </c>
+      <c r="B40" t="s">
+        <v>262</v>
+      </c>
+      <c r="C40" t="s">
+        <v>263</v>
+      </c>
+      <c r="D40" t="s">
+        <v>60</v>
+      </c>
+      <c r="E40" t="s">
+        <v>68</v>
+      </c>
+      <c r="F40" t="s">
         <v>21</v>
       </c>
-      <c r="K26" t="s">
-[...591 lines deleted...]
-      <c r="G40">
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
         <v>2012</v>
       </c>
-      <c r="H40"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I40"/>
       <c r="J40" t="s">
-        <v>21</v>
+        <v>256</v>
       </c>
       <c r="K40" t="s">
-        <v>186</v>
+        <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>187</v>
+        <v>264</v>
       </c>
       <c r="M40" t="s">
-        <v>23</v>
+        <v>265</v>
       </c>
       <c r="N40" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>266</v>
+      </c>
+      <c r="P40" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>189</v>
+        <v>268</v>
       </c>
       <c r="B41" t="s">
-        <v>190</v>
+        <v>269</v>
       </c>
       <c r="C41" t="s">
-        <v>47</v>
+        <v>270</v>
       </c>
       <c r="D41" t="s">
-        <v>17</v>
+        <v>60</v>
       </c>
       <c r="E41" t="s">
-        <v>91</v>
+        <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>125</v>
+      </c>
+      <c r="G41" t="s">
+        <v>42</v>
       </c>
       <c r="H41">
         <v>2002</v>
       </c>
-      <c r="I41" t="s">
-        <v>109</v>
+      <c r="I41">
+        <v>2002</v>
       </c>
       <c r="J41" t="s">
+        <v>149</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>271</v>
+      </c>
+      <c r="M41" t="s">
+        <v>272</v>
+      </c>
+      <c r="N41" t="s">
+        <v>73</v>
+      </c>
+      <c r="O41" t="s">
+        <v>273</v>
+      </c>
+      <c r="P41" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>275</v>
+      </c>
+      <c r="B42" t="s">
+        <v>276</v>
+      </c>
+      <c r="C42" t="s">
+        <v>277</v>
+      </c>
+      <c r="D42" t="s">
+        <v>41</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
         <v>21</v>
       </c>
-      <c r="K41" t="s">
-[...31 lines deleted...]
-      <c r="G42">
+      <c r="G42" t="s">
+        <v>42</v>
+      </c>
+      <c r="H42">
         <v>2013</v>
       </c>
-      <c r="H42">
+      <c r="I42">
         <v>2014</v>
       </c>
-      <c r="I42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J42" t="s">
+        <v>70</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>278</v>
+      </c>
+      <c r="M42" t="s">
+        <v>279</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>280</v>
+      </c>
+      <c r="P42" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>282</v>
+      </c>
+      <c r="B43" t="s">
+        <v>283</v>
+      </c>
+      <c r="C43" t="s">
+        <v>277</v>
+      </c>
+      <c r="D43" t="s">
+        <v>41</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>55</v>
+      </c>
+      <c r="G43" t="s">
+        <v>42</v>
+      </c>
+      <c r="H43">
+        <v>2013</v>
+      </c>
+      <c r="I43">
+        <v>2014</v>
+      </c>
+      <c r="J43" t="s">
+        <v>70</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>284</v>
+      </c>
+      <c r="M43" t="s">
+        <v>279</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>285</v>
+      </c>
+      <c r="P43" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>287</v>
+      </c>
+      <c r="B44" t="s">
+        <v>288</v>
+      </c>
+      <c r="C44" t="s">
+        <v>289</v>
+      </c>
+      <c r="D44" t="s">
+        <v>32</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>125</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2013</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>156</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>290</v>
+      </c>
+      <c r="M44" t="s">
+        <v>291</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>292</v>
+      </c>
+      <c r="P44" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>294</v>
+      </c>
+      <c r="B45" t="s">
+        <v>295</v>
+      </c>
+      <c r="C45" t="s">
+        <v>163</v>
+      </c>
+      <c r="D45" t="s">
+        <v>296</v>
+      </c>
+      <c r="E45" t="s">
+        <v>68</v>
+      </c>
+      <c r="F45" t="s">
+        <v>297</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2021</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>298</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>299</v>
+      </c>
+      <c r="N45" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>300</v>
+      </c>
+      <c r="P45" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>302</v>
+      </c>
+      <c r="B46" t="s">
+        <v>303</v>
+      </c>
+      <c r="C46" t="s">
+        <v>163</v>
+      </c>
+      <c r="D46" t="s">
+        <v>304</v>
+      </c>
+      <c r="E46" t="s">
+        <v>68</v>
+      </c>
+      <c r="F46" t="s">
+        <v>55</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2015</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>298</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>299</v>
+      </c>
+      <c r="N46" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>305</v>
+      </c>
+      <c r="P46" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>307</v>
+      </c>
+      <c r="B47" t="s">
+        <v>308</v>
+      </c>
+      <c r="C47" t="s">
+        <v>309</v>
+      </c>
+      <c r="D47" t="s">
+        <v>310</v>
+      </c>
+      <c r="E47" t="s">
+        <v>68</v>
+      </c>
+      <c r="F47" t="s">
         <v>21</v>
       </c>
-      <c r="K42" t="s">
-[...34 lines deleted...]
-      <c r="H43">
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2012</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>156</v>
+      </c>
+      <c r="K47" t="s">
+        <v>311</v>
+      </c>
+      <c r="L47" t="s">
+        <v>312</v>
+      </c>
+      <c r="M47" t="s">
+        <v>313</v>
+      </c>
+      <c r="N47" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>314</v>
+      </c>
+      <c r="P47" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>316</v>
+      </c>
+      <c r="B48" t="s">
+        <v>317</v>
+      </c>
+      <c r="C48" t="s">
+        <v>318</v>
+      </c>
+      <c r="D48" t="s">
+        <v>60</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>55</v>
+      </c>
+      <c r="G48" t="s">
+        <v>42</v>
+      </c>
+      <c r="H48">
         <v>2014</v>
       </c>
-      <c r="I43" t="s">
-[...2 lines deleted...]
-      <c r="J43" t="s">
+      <c r="I48">
+        <v>2025</v>
+      </c>
+      <c r="J48" t="s">
+        <v>319</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>320</v>
+      </c>
+      <c r="N48" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>321</v>
+      </c>
+      <c r="P48" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>323</v>
+      </c>
+      <c r="B49" t="s">
+        <v>324</v>
+      </c>
+      <c r="C49" t="s">
+        <v>318</v>
+      </c>
+      <c r="D49" t="s">
+        <v>325</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>55</v>
+      </c>
+      <c r="G49" t="s">
+        <v>42</v>
+      </c>
+      <c r="H49">
+        <v>2004</v>
+      </c>
+      <c r="I49">
+        <v>2015</v>
+      </c>
+      <c r="J49" t="s">
+        <v>319</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>326</v>
+      </c>
+      <c r="M49" t="s">
+        <v>320</v>
+      </c>
+      <c r="N49" t="s">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>327</v>
+      </c>
+      <c r="P49" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>329</v>
+      </c>
+      <c r="B50" t="s">
+        <v>330</v>
+      </c>
+      <c r="C50" t="s">
+        <v>318</v>
+      </c>
+      <c r="D50" t="s">
+        <v>60</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>55</v>
+      </c>
+      <c r="G50" t="s">
+        <v>42</v>
+      </c>
+      <c r="H50">
+        <v>1996</v>
+      </c>
+      <c r="I50">
+        <v>2005</v>
+      </c>
+      <c r="J50" t="s">
+        <v>331</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>329</v>
+      </c>
+      <c r="M50" t="s">
+        <v>320</v>
+      </c>
+      <c r="N50" t="s">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>332</v>
+      </c>
+      <c r="P50" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>334</v>
+      </c>
+      <c r="B51" t="s">
+        <v>334</v>
+      </c>
+      <c r="C51" t="s">
+        <v>335</v>
+      </c>
+      <c r="D51" t="s">
+        <v>336</v>
+      </c>
+      <c r="E51" t="s">
+        <v>68</v>
+      </c>
+      <c r="F51" t="s">
+        <v>69</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2015</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>135</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>337</v>
+      </c>
+      <c r="M51" t="s">
+        <v>338</v>
+      </c>
+      <c r="N51" t="s">
+        <v>26</v>
+      </c>
+      <c r="O51" t="s">
+        <v>339</v>
+      </c>
+      <c r="P51" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>341</v>
+      </c>
+      <c r="B52" t="s">
+        <v>342</v>
+      </c>
+      <c r="C52" t="s">
+        <v>255</v>
+      </c>
+      <c r="D52" t="s">
+        <v>60</v>
+      </c>
+      <c r="E52" t="s">
+        <v>68</v>
+      </c>
+      <c r="F52" t="s">
+        <v>69</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2011</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>256</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>343</v>
+      </c>
+      <c r="M52" t="s">
+        <v>344</v>
+      </c>
+      <c r="N52" t="s">
+        <v>26</v>
+      </c>
+      <c r="O52" t="s">
+        <v>345</v>
+      </c>
+      <c r="P52" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>347</v>
+      </c>
+      <c r="B53" t="s">
+        <v>348</v>
+      </c>
+      <c r="C53" t="s">
+        <v>349</v>
+      </c>
+      <c r="D53" t="s">
+        <v>350</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>125</v>
+      </c>
+      <c r="G53" t="s">
+        <v>42</v>
+      </c>
+      <c r="H53">
+        <v>2017</v>
+      </c>
+      <c r="I53">
+        <v>2021</v>
+      </c>
+      <c r="J53" t="s">
+        <v>351</v>
+      </c>
+      <c r="K53" t="s">
+        <v>352</v>
+      </c>
+      <c r="L53" t="s">
+        <v>353</v>
+      </c>
+      <c r="M53" t="s">
+        <v>354</v>
+      </c>
+      <c r="N53" t="s">
+        <v>73</v>
+      </c>
+      <c r="O53" t="s">
+        <v>355</v>
+      </c>
+      <c r="P53" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>357</v>
+      </c>
+      <c r="B54" t="s">
+        <v>358</v>
+      </c>
+      <c r="C54" t="s">
+        <v>318</v>
+      </c>
+      <c r="D54" t="s">
+        <v>60</v>
+      </c>
+      <c r="E54" t="s">
+        <v>68</v>
+      </c>
+      <c r="F54" t="s">
+        <v>69</v>
+      </c>
+      <c r="G54" t="s">
+        <v>42</v>
+      </c>
+      <c r="H54">
+        <v>2002</v>
+      </c>
+      <c r="I54">
+        <v>2012</v>
+      </c>
+      <c r="J54" t="s">
+        <v>256</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>359</v>
+      </c>
+      <c r="M54" t="s">
+        <v>360</v>
+      </c>
+      <c r="N54" t="s">
+        <v>26</v>
+      </c>
+      <c r="O54" t="s">
+        <v>361</v>
+      </c>
+      <c r="P54" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>363</v>
+      </c>
+      <c r="B55" t="s">
+        <v>364</v>
+      </c>
+      <c r="C55" t="s">
+        <v>318</v>
+      </c>
+      <c r="D55" t="s">
+        <v>60</v>
+      </c>
+      <c r="E55" t="s">
+        <v>68</v>
+      </c>
+      <c r="F55" t="s">
+        <v>69</v>
+      </c>
+      <c r="G55" t="s">
+        <v>42</v>
+      </c>
+      <c r="H55">
+        <v>2004</v>
+      </c>
+      <c r="I55">
+        <v>2012</v>
+      </c>
+      <c r="J55" t="s">
+        <v>256</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>365</v>
+      </c>
+      <c r="M55" t="s">
+        <v>360</v>
+      </c>
+      <c r="N55" t="s">
+        <v>26</v>
+      </c>
+      <c r="O55" t="s">
+        <v>366</v>
+      </c>
+      <c r="P55" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>368</v>
+      </c>
+      <c r="B56" t="s">
+        <v>369</v>
+      </c>
+      <c r="C56" t="s">
+        <v>318</v>
+      </c>
+      <c r="D56" t="s">
+        <v>60</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>55</v>
+      </c>
+      <c r="G56" t="s">
+        <v>42</v>
+      </c>
+      <c r="H56">
+        <v>2000</v>
+      </c>
+      <c r="I56">
+        <v>2014</v>
+      </c>
+      <c r="J56" t="s">
+        <v>256</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>370</v>
+      </c>
+      <c r="M56" t="s">
+        <v>320</v>
+      </c>
+      <c r="N56" t="s">
+        <v>26</v>
+      </c>
+      <c r="O56" t="s">
+        <v>371</v>
+      </c>
+      <c r="P56" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>373</v>
+      </c>
+      <c r="B57" t="s">
+        <v>374</v>
+      </c>
+      <c r="C57" t="s">
+        <v>318</v>
+      </c>
+      <c r="D57" t="s">
+        <v>60</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>125</v>
+      </c>
+      <c r="G57" t="s">
+        <v>42</v>
+      </c>
+      <c r="H57">
+        <v>1994</v>
+      </c>
+      <c r="I57">
+        <v>2014</v>
+      </c>
+      <c r="J57" t="s">
+        <v>256</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>375</v>
+      </c>
+      <c r="M57" t="s">
+        <v>320</v>
+      </c>
+      <c r="N57" t="s">
+        <v>26</v>
+      </c>
+      <c r="O57" t="s">
+        <v>376</v>
+      </c>
+      <c r="P57" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>378</v>
+      </c>
+      <c r="B58" t="s">
+        <v>379</v>
+      </c>
+      <c r="C58" t="s">
+        <v>114</v>
+      </c>
+      <c r="D58" t="s">
+        <v>32</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>55</v>
+      </c>
+      <c r="G58" t="s">
+        <v>42</v>
+      </c>
+      <c r="H58">
+        <v>2012</v>
+      </c>
+      <c r="I58">
+        <v>2015</v>
+      </c>
+      <c r="J58" t="s">
+        <v>117</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>380</v>
+      </c>
+      <c r="M58" t="s">
+        <v>118</v>
+      </c>
+      <c r="N58" t="s">
+        <v>26</v>
+      </c>
+      <c r="O58" t="s">
+        <v>381</v>
+      </c>
+      <c r="P58" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>383</v>
+      </c>
+      <c r="B59" t="s">
+        <v>384</v>
+      </c>
+      <c r="C59" t="s">
+        <v>163</v>
+      </c>
+      <c r="D59" t="s">
+        <v>60</v>
+      </c>
+      <c r="E59" t="s">
+        <v>68</v>
+      </c>
+      <c r="F59" t="s">
+        <v>69</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2014</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>385</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>386</v>
+      </c>
+      <c r="M59" t="s">
+        <v>387</v>
+      </c>
+      <c r="N59" t="s">
+        <v>26</v>
+      </c>
+      <c r="O59" t="s">
+        <v>388</v>
+      </c>
+      <c r="P59" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>390</v>
+      </c>
+      <c r="B60" t="s">
+        <v>391</v>
+      </c>
+      <c r="C60" t="s">
+        <v>49</v>
+      </c>
+      <c r="D60" t="s">
+        <v>392</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>55</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2021</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>50</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60"/>
+      <c r="N60" t="s">
+        <v>26</v>
+      </c>
+      <c r="O60" t="s">
+        <v>393</v>
+      </c>
+      <c r="P60" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>395</v>
+      </c>
+      <c r="B61" t="s">
+        <v>396</v>
+      </c>
+      <c r="C61" t="s">
+        <v>397</v>
+      </c>
+      <c r="D61" t="s">
+        <v>32</v>
+      </c>
+      <c r="E61" t="s">
+        <v>68</v>
+      </c>
+      <c r="F61" t="s">
+        <v>69</v>
+      </c>
+      <c r="G61" t="s">
+        <v>42</v>
+      </c>
+      <c r="H61">
+        <v>2003</v>
+      </c>
+      <c r="I61">
+        <v>2020</v>
+      </c>
+      <c r="J61" t="s">
+        <v>331</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>398</v>
+      </c>
+      <c r="N61" t="s">
+        <v>26</v>
+      </c>
+      <c r="O61" t="s">
+        <v>399</v>
+      </c>
+      <c r="P61" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>401</v>
+      </c>
+      <c r="B62" t="s">
+        <v>402</v>
+      </c>
+      <c r="C62" t="s">
+        <v>163</v>
+      </c>
+      <c r="D62" t="s">
+        <v>296</v>
+      </c>
+      <c r="E62" t="s">
+        <v>68</v>
+      </c>
+      <c r="F62" t="s">
+        <v>55</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2014</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>298</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>403</v>
+      </c>
+      <c r="N62" t="s">
+        <v>26</v>
+      </c>
+      <c r="O62" t="s">
+        <v>404</v>
+      </c>
+      <c r="P62" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>406</v>
+      </c>
+      <c r="B63" t="s">
+        <v>407</v>
+      </c>
+      <c r="C63" t="s">
+        <v>408</v>
+      </c>
+      <c r="D63" t="s">
+        <v>32</v>
+      </c>
+      <c r="E63" t="s">
+        <v>68</v>
+      </c>
+      <c r="F63" t="s">
         <v>21</v>
       </c>
-      <c r="K43" t="s">
-[...73 lines deleted...]
-      <c r="G45">
+      <c r="G63" t="s">
+        <v>409</v>
+      </c>
+      <c r="H63">
         <v>2021</v>
       </c>
-      <c r="H45"/>
-[...332 lines deleted...]
-      <c r="G53">
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>164</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>410</v>
+      </c>
+      <c r="M63" t="s">
+        <v>411</v>
+      </c>
+      <c r="N63" t="s">
+        <v>26</v>
+      </c>
+      <c r="O63" t="s">
+        <v>412</v>
+      </c>
+      <c r="P63" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>414</v>
+      </c>
+      <c r="B64" t="s">
+        <v>415</v>
+      </c>
+      <c r="C64" t="s">
+        <v>408</v>
+      </c>
+      <c r="D64" t="s">
+        <v>32</v>
+      </c>
+      <c r="E64" t="s">
+        <v>68</v>
+      </c>
+      <c r="F64" t="s">
+        <v>297</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2021</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>164</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>410</v>
+      </c>
+      <c r="M64" t="s">
+        <v>411</v>
+      </c>
+      <c r="N64" t="s">
+        <v>26</v>
+      </c>
+      <c r="O64" t="s">
+        <v>416</v>
+      </c>
+      <c r="P64" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>418</v>
+      </c>
+      <c r="B65" t="s">
+        <v>419</v>
+      </c>
+      <c r="C65" t="s">
+        <v>420</v>
+      </c>
+      <c r="D65" t="s">
+        <v>60</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>125</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
         <v>2017</v>
       </c>
-      <c r="H53">
-[...512 lines deleted...]
-      </c>
+      <c r="I65"/>
       <c r="J65" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>421</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65"/>
       <c r="M65" t="s">
-        <v>23</v>
+        <v>422</v>
       </c>
       <c r="N65" t="s">
-        <v>296</v>
+        <v>26</v>
+      </c>
+      <c r="O65" t="s">
+        <v>423</v>
+      </c>
+      <c r="P65" t="s">
+        <v>424</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>