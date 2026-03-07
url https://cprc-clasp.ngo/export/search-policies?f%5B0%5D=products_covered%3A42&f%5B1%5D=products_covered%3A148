--- v1 (2025-11-29)
+++ v2 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="425">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="426">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1150,50 +1150,53 @@
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4128-domestic-centrifugal-water-pumps</t>
   </si>
   <si>
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4128_02.pdf</t>
   </si>
   <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
     <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
   </si>
   <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
   </si>
   <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS and test methods for computer monitors.</t>
   </si>
   <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9508-2012-man-hinh-may-tinh-hieu-suat-nang-luong</t>
   </si>
@@ -4415,456 +4418,456 @@
       </c>
       <c r="P56" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
         <v>373</v>
       </c>
       <c r="B57" t="s">
         <v>374</v>
       </c>
       <c r="C57" t="s">
         <v>318</v>
       </c>
       <c r="D57" t="s">
         <v>60</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>125</v>
       </c>
       <c r="G57" t="s">
-        <v>42</v>
+        <v>375</v>
       </c>
       <c r="H57">
         <v>1994</v>
       </c>
       <c r="I57">
         <v>2014</v>
       </c>
       <c r="J57" t="s">
         <v>256</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="M57" t="s">
         <v>320</v>
       </c>
       <c r="N57" t="s">
         <v>26</v>
       </c>
       <c r="O57" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="P57" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B58" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C58" t="s">
         <v>114</v>
       </c>
       <c r="D58" t="s">
         <v>32</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>55</v>
       </c>
       <c r="G58" t="s">
         <v>42</v>
       </c>
       <c r="H58">
         <v>2012</v>
       </c>
       <c r="I58">
         <v>2015</v>
       </c>
       <c r="J58" t="s">
         <v>117</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="M58" t="s">
         <v>118</v>
       </c>
       <c r="N58" t="s">
         <v>26</v>
       </c>
       <c r="O58" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="P58" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B59" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C59" t="s">
         <v>163</v>
       </c>
       <c r="D59" t="s">
         <v>60</v>
       </c>
       <c r="E59" t="s">
         <v>68</v>
       </c>
       <c r="F59" t="s">
         <v>69</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2014</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="M59" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="N59" t="s">
         <v>26</v>
       </c>
       <c r="O59" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="P59" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B60" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C60" t="s">
         <v>49</v>
       </c>
       <c r="D60" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>55</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2021</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
         <v>50</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60"/>
       <c r="M60"/>
       <c r="N60" t="s">
         <v>26</v>
       </c>
       <c r="O60" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="P60" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B61" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C61" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D61" t="s">
         <v>32</v>
       </c>
       <c r="E61" t="s">
         <v>68</v>
       </c>
       <c r="F61" t="s">
         <v>69</v>
       </c>
       <c r="G61" t="s">
         <v>42</v>
       </c>
       <c r="H61">
         <v>2003</v>
       </c>
       <c r="I61">
         <v>2020</v>
       </c>
       <c r="J61" t="s">
         <v>331</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61"/>
       <c r="M61" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="N61" t="s">
         <v>26</v>
       </c>
       <c r="O61" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="P61" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B62" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C62" t="s">
         <v>163</v>
       </c>
       <c r="D62" t="s">
         <v>296</v>
       </c>
       <c r="E62" t="s">
         <v>68</v>
       </c>
       <c r="F62" t="s">
         <v>55</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>2014</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
         <v>298</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="N62" t="s">
         <v>26</v>
       </c>
       <c r="O62" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="P62" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="B63" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C63" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D63" t="s">
         <v>32</v>
       </c>
       <c r="E63" t="s">
         <v>68</v>
       </c>
       <c r="F63" t="s">
         <v>21</v>
       </c>
       <c r="G63" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="H63">
         <v>2021</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
         <v>164</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="M63" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="N63" t="s">
         <v>26</v>
       </c>
       <c r="O63" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="P63" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B64" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C64" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D64" t="s">
         <v>32</v>
       </c>
       <c r="E64" t="s">
         <v>68</v>
       </c>
       <c r="F64" t="s">
         <v>297</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>2021</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
         <v>164</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="M64" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="N64" t="s">
         <v>26</v>
       </c>
       <c r="O64" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="P64" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B65" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C65" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D65" t="s">
         <v>60</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>125</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2017</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="N65" t="s">
         <v>26</v>
       </c>
       <c r="O65" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="P65" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">