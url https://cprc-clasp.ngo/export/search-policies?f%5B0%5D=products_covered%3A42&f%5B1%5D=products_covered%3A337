--- v0 (2025-11-28)
+++ v1 (2026-03-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="465">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="466">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1012,67 +1012,67 @@
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-mepl-computer-monitors</t>
   </si>
   <si>
     <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
     <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Monitors in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
     <t>The ministerial regulation covers monitors with a size of 12 inches or more that are manufactured to be used as a display for a computer (excluding the monitor integrated into the processor and the monitor used to receive TV signals).</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Displays</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-monitors-standby-and-mode-power-be</t>
   </si>
@@ -1295,50 +1295,53 @@
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
     <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
     <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS and test methods for computer monitors.</t>
   </si>
   <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9508-2012-man-hinh-may-tinh-hieu-suat-nang-luong</t>
   </si>
@@ -4774,412 +4777,412 @@
       </c>
       <c r="P61" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
         <v>418</v>
       </c>
       <c r="B62" t="s">
         <v>419</v>
       </c>
       <c r="C62" t="s">
         <v>356</v>
       </c>
       <c r="D62" t="s">
         <v>420</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>115</v>
       </c>
       <c r="G62" t="s">
-        <v>22</v>
+        <v>421</v>
       </c>
       <c r="H62">
         <v>2002</v>
       </c>
       <c r="I62">
         <v>2007</v>
       </c>
       <c r="J62" t="s">
         <v>268</v>
       </c>
       <c r="K62" t="s">
         <v>34</v>
       </c>
       <c r="L62" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="M62" t="s">
         <v>359</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="P62" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B63" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C63" t="s">
         <v>164</v>
       </c>
       <c r="D63" t="s">
         <v>80</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>21</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
         <v>2012</v>
       </c>
       <c r="I63">
         <v>2015</v>
       </c>
       <c r="J63" t="s">
         <v>167</v>
       </c>
       <c r="K63" t="s">
         <v>34</v>
       </c>
       <c r="L63" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="M63" t="s">
         <v>168</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="P63" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B64" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C64" t="s">
         <v>103</v>
       </c>
       <c r="D64" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>21</v>
       </c>
       <c r="G64" t="s">
         <v>54</v>
       </c>
       <c r="H64">
         <v>2021</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
         <v>104</v>
       </c>
       <c r="K64" t="s">
         <v>34</v>
       </c>
       <c r="L64"/>
       <c r="M64"/>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="P64" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B65" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C65" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D65" t="s">
         <v>80</v>
       </c>
       <c r="E65" t="s">
         <v>42</v>
       </c>
       <c r="F65" t="s">
         <v>88</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2003</v>
       </c>
       <c r="I65">
         <v>2020</v>
       </c>
       <c r="J65" t="s">
         <v>33</v>
       </c>
       <c r="K65" t="s">
         <v>34</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="P65" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B66" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C66" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D66" t="s">
         <v>80</v>
       </c>
       <c r="E66" t="s">
         <v>42</v>
       </c>
       <c r="F66" t="s">
         <v>43</v>
       </c>
       <c r="G66" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="H66">
         <v>2021</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
         <v>268</v>
       </c>
       <c r="K66" t="s">
         <v>34</v>
       </c>
       <c r="L66" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="M66" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="P66" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B67" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C67" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D67" t="s">
         <v>80</v>
       </c>
       <c r="E67" t="s">
         <v>42</v>
       </c>
       <c r="F67" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="G67" t="s">
         <v>54</v>
       </c>
       <c r="H67">
         <v>2021</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
         <v>268</v>
       </c>
       <c r="K67" t="s">
         <v>34</v>
       </c>
       <c r="L67" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="M67" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="P67" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="B68" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="C68" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="D68" t="s">
         <v>114</v>
       </c>
       <c r="E68" t="s">
         <v>42</v>
       </c>
       <c r="F68" t="s">
         <v>115</v>
       </c>
       <c r="G68" t="s">
         <v>54</v>
       </c>
       <c r="H68">
         <v>2016</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
         <v>212</v>
       </c>
       <c r="K68" t="s">
         <v>34</v>
       </c>
       <c r="L68" t="s">
         <v>116</v>
       </c>
       <c r="M68" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="P68" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B69" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C69" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D69" t="s">
         <v>53</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>115</v>
       </c>
       <c r="G69" t="s">
         <v>54</v>
       </c>
       <c r="H69">
         <v>2014</v>
       </c>
       <c r="I69">
         <v>2019</v>
       </c>
       <c r="J69" t="s">
         <v>62</v>
       </c>
       <c r="K69" t="s">
         <v>34</v>
       </c>
       <c r="L69"/>
       <c r="M69" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="P69" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">