--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,954 +12,1285 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="277">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="383">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>CEL-014. Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to CRT and LCD monitors for computers working under normal electricity grid voltage and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 21520-2008 CCEC/T23-2003 GB 20943-2013 GB 20943 SJ/T 11292</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-014-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B616_%E8%AE%A1%E7%AE%97%E6%9C%BA%E6%98%BE%E7%A4%BA%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-025. Household and Similar Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwaves with rated input power lower than 2500W and uses the electro-magnetic power in ISM frequency range 2450MHz and resistance heating element to heat including microwave ovens with single microwave function and with barbecue and hot wind convection function. Does not apply to commercial and industrial microwave ovens or ovens with ventilators.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 18800-2008 CCEC-T09-2006 GB 24849-2010 GB 4706.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-025-household-and-similar-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>Televisions, Displays</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>EN 50301</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Televisions, Displays</t>
-[...1 lines deleted...]
-  <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>EN 50301</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>European Union</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2013/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021 of 1 October 2019 laying down ecodesign requirements for electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of televisions.  In addition to the definitions set out in Directive 2005-32-EC; the following definitions shall apply: 1. 'Television' means a television set or a television monitor; 2. ‘television set’ means a product designed primarily for the display and reception of audiovisual signals which is placed on the market under one model or system designation; and which consists of: a display;  one or more tuner or receiver  and optional additional functions for data storage and/or display such as DVD; hard disk drive  or videocassette recorder; either in a single unit combined with the display; or in one or more separate units.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192021-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2021-20210501</t>
+  </si>
+  <si>
     <t>CQC31-452629-2016. Energy Conservation Certification Rules for Computer Monitors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>GB 21520-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452629-2016-energy-conservation-certification-rules-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492777.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452691-2016 Energy conservation certification rules for LED display unit</t>
   </si>
   <si>
+    <t>Applies to indoor and outdoor full-color LED display units that work under electric grid normal voltage</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC3158-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452691-2016-energy-conservation-certification-rules-led-display-unit</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-22/537408.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452692-2017 Energy conservation certification rules for multimedia display terminal</t>
   </si>
   <si>
+    <t>Applies to on-grid nomral voltage multimedia display terminal</t>
+  </si>
+  <si>
     <t>CQC3163-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452692-2017-energy-conservation-certification-rules-multimedia-display-terminal</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-09-27/549899.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor of domestic and foreign make</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Displays, Televisions</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/teh-regl-tv.doc</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Microwave Ovens</t>
   </si>
   <si>
+    <t>A household microwave oven with nameplate outputpower of power supply less than equal to 2,000W</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-microwave-ovens</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Monitors</t>
   </si>
   <si>
+    <t>This policy applies to commercially-available electronic products with a display screen in a single housing that is capable of displaying output information from a computer via one or more inputs (such as VGA and DVI), with nameplate output power of power supply less than or equal to 1,000W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-monitors</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Displays</t>
   </si>
   <si>
+    <t>Displays shall meet the requirements of Article 14336-1 or Article 14408; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-displays</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Microwave Oven; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Household and combination microwave ovens which meet the requirements of CNS 3765-25 - Safety of household and similar electrical appliances - Part 2: Particular requirements for microwave ovens and obtain the Certificate for Registration of Product Certification or the Type Approval Certificate from the Bureau of Standards Metrology and Inspection; of the Ministry of Economic Affairs</t>
+  </si>
+  <si>
     <t>IEC 60705: 2010 Edition 4.0 and IEC 62301:2011 Edition 2.0</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-microwave-oven-no-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=48</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Microwaves</t>
   </si>
   <si>
+    <t>This program covers microwave oven types: single and multi-functions</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60705</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-microwaves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/microwave.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>GB 21520-2015 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to LCD monitors for computers working under normal electricity grid voltage, and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>GB/T 8170; GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21520-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B40D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24849-2017 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Household and Similar Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwaves with rated input power lower than 2500W and uses the electro-magnetic power in ISM frequency range 2450MHz and resistance heating element to heat including microwave ovens with single microwave function and with barbecue and hot wind convection function. Does NOT apply to commercial and industrial microwave ovens or ovens with ventilators.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24849-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D817BCD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
+(a) solo;
+(b) combination;
+(c) convection; and
+(d) any other microwave oven with similar function;</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Computer Monitors) Determination 2014</t>
   </si>
   <si>
+    <t>This Determination covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via: (a) a direct connection; or (b) an external power supply permanently connected to the product; or (c) an external power supply that can be disconnected from the product. Class 1 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution less than or equal to 1.1 MegaPixels. Class 2 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution greater than 1.1 MegaPixels. Class 3 Computer monitors with a diagonal screen size equal to or greater than 76 cm (30 inches) and equal to or less than 152 cm (60 inches)." "</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AS/NZS 5815.1:2012</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2014L00780</t>
+  </si>
+  <si>
     <t>Greenmark N153 - Light Emitting Diode Display Panels</t>
   </si>
   <si>
+    <t>This standard is applicable to products which meet the definition of CNS 13091 and CNS 14555 and their associated indoor products.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n153-light-emitting-diode-display-panels</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/153/7c68e26b-531c-449b-b0f6-57d5de763473.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N18 - Displays</t>
   </si>
   <si>
+    <t>This standard is applicable to the displays</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n18-displays</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/18/af2050e9-6959-450b-b294-dfb62c7fda69.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N52 - Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens for household use</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n52-microwave-ovens</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/52/8328d357-ae60-4932-89c2-e28dd5cc58ed.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62301:2012, IEC 60705:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
+  </si>
+  <si>
     <t>Household microwave ovens</t>
   </si>
   <si>
+    <t>Draft labels for microwave ovens. No information available</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>BDS IEC 60705:2008</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/household-microwave-ovens</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
 ,   
                     PNS 378
 ,   
                     PNS IEC 62301</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 268 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-268-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-268-de-22-de-junho-2021-328222087</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>LI 2450 Energy Commission (Energy Efficiency Standards and Labelling) (Microwave Ovens) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an electric mains-operated microwave oven, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to microwave ovens which cannot accept a load with a diameter equal or greater than 200mm or heigh of 120mm.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2450-energy-commission-energy-efficiency-standards-and-labelling-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for Computer Monitors</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover computer monitors with a diagonal screen size up to 152 cm.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 5815.2:2013</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-mepl-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Microwave Oven, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers domestic microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages. The voltage is not more than 250 volts and the electric frequency is 50 hertz.</t>
+  </si>
+  <si>
     <t>Kitchen, Microwaves</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-microwave-oven-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048430</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Monitors in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers monitors with a size of 12 inches or more that are manufactured to be used as a display for a computer (excluding the monitor integrated into the processor and the monitor used to receive TV signals).</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-monitors-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048422</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Pakistan Standard: Household Microwave Oven - Methods for Measuring Performance</t>
   </si>
   <si>
+    <t>This standard applies to microwave ovens for household use and combination microwave ovens. Microwave ovens are defined as appliances using electromagnetic energy in the ISM frequency band of 2,450 MHz for heating food and beverages in the cavity. Combination microwave ovens are microwave ovens in which the microwave energy is combined with thermal energy.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 60705:2018</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-standard-household-microwave-oven-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on%2060705.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Microwave Ovens</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>ABNT NBR NM IEC 60335-2-25; IEC 60705; IEC 62301; ABNT NBR 5891</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-microwave-ovens</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Provision 170/2016</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62412 / IRAM 62301</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-1702016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Schedule 22 - Microwave Ovens</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for microwave ovens (including combination microwave ovens) meant for household or similar use, with or without grill or convection functions, being manufactured, imported or sold in India. This schedule applies to all types of counter-top microwave oven (covered under the scope of IS 302-2-25, and IEC 60705). The label is expected to be voluntary until the end of 2020, and become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IEC 60705: Amendment 1, 2010 and Amendment 2, 2018, IEC 62301, IS 302-2-25</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-22-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule22-MWO.pdf</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Microwave Ovens</t>
   </si>
   <si>
+    <t>This policy establishes criteria for microwave ovens for household use. A microwave oven is an electrical appliance intended for household use that uses high-frequency electromagnetic waves for heating food or beverages, with a rated voltage of not more than 250 V and a frequency ranging from 890 MHz to 6 GHz.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=81</t>
+  </si>
+  <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for computer monitors.</t>
+  </si>
+  <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9508-2012-man-hinh-may-tinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Microwave oven TGL-38-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages.</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1773
 ,   
                     TIS 2238 (or IEC 62301)
 ,   
                     IEC 60705
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-microwave-oven-tgl-38-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-38-11.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LCD Monitors</t>
   </si>
   <si>
+    <t>Applies to standard LCD monitors that are designed for use with computers. The monitor must be capable of being powered from either a wall outlet or a battery unit that is sold with an AC adaptor. LCD monitors with a tuner|receiver may qualify under this scheme as long as they are marketed and sold to consumers as computer monitors, i.e. focusing on computer monitor as the primary function; or as dual functions computer monitors and televisions.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-lcd-monitors</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS%20-%20LCD%20Monitor%20(Eng)_2019.1.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens using electromagnetic energy in the ISM frequency band of 2,450 MHz, with rated power input of less than 2,500 Watt for household use. It also applies to combination microwave ovens with additional heating elements or convection capability. Does not apply to microwave ovens for commercial and industrial use; ovens incorporating conventional heating means only; and ovens with exhaust hood.</t>
+  </si>
+  <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>IEC 60705: 2010 Edition 4.0, IEC 62301: 2011 Edition 2.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Microwave%20Ovens%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2578-2555 (2012) Microwave ovens: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies the size, general requirement, mark and labeling, sampling, and criteria for conformity and testing for microwaves for household use and similar purposes (single-phase, with a frequency of 50 Hz, a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2578-2555-2012-microwave-ovens-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/050/2.PDF</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 |  Energy Labeling of Electronic Displays (2019/2013/EU) (SGM:2021/6)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on electronic displays, including televisions, monitors, and digital signage displays. This policy applies to electronic displays with a screen area greater than 100 square centimeters. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2013 .</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-electronic-displays-20192013eu-sgm20216</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Electronic Displays (2019/2021/EU) (SGM:2021/5)</t>
   </si>
   <si>
+    <t>This policy establishes a minimum energy performance standard for electronic displays, including televisions, monitors, and digital signage displays with a liquid crystal screen (LCD) and a screen area greater than 100 square centimeters. This policy is a transposition of Commission Regulation (EU) 2019/2021.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-electronic</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-5.htm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1223,2387 +1554,2714 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N54"/>
+  <dimension ref="A1:P54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="241" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="241.798" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="898.781" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="286.502" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>39</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>51</v>
+      </c>
+      <c r="D7" t="s">
+        <v>52</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>53</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>55</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>31</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>68</v>
+      </c>
+      <c r="F8" t="s">
+        <v>69</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
+        <v>2016</v>
+      </c>
+      <c r="J8" t="s">
+        <v>36</v>
+      </c>
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8" t="s">
+        <v>70</v>
+      </c>
+      <c r="M8" t="s">
+        <v>71</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>68</v>
+      </c>
+      <c r="F9" t="s">
+        <v>69</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2003</v>
+      </c>
+      <c r="I9">
+        <v>2016</v>
+      </c>
+      <c r="J9" t="s">
+        <v>76</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" t="s">
+        <v>71</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>68</v>
+      </c>
+      <c r="F10" t="s">
+        <v>69</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2003</v>
+      </c>
+      <c r="I10">
+        <v>2017</v>
+      </c>
+      <c r="J10" t="s">
+        <v>76</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10" t="s">
+        <v>82</v>
+      </c>
+      <c r="M10" t="s">
+        <v>71</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>87</v>
+      </c>
+      <c r="D11" t="s">
+        <v>88</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>89</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11">
+        <v>2023</v>
+      </c>
+      <c r="J11" t="s">
+        <v>90</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>91</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
+        <v>96</v>
+      </c>
+      <c r="D12" t="s">
+        <v>97</v>
+      </c>
+      <c r="E12" t="s">
+        <v>68</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>98</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>99</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>100</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>101</v>
+      </c>
+      <c r="P12" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>103</v>
+      </c>
+      <c r="B13" t="s">
+        <v>104</v>
+      </c>
+      <c r="C13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D13" t="s">
+        <v>44</v>
+      </c>
+      <c r="E13" t="s">
+        <v>68</v>
+      </c>
+      <c r="F13" t="s">
+        <v>69</v>
+      </c>
+      <c r="G13" t="s">
+        <v>35</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>106</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>107</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>108</v>
+      </c>
+      <c r="P13" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>110</v>
+      </c>
+      <c r="B14" t="s">
+        <v>111</v>
+      </c>
+      <c r="C14" t="s">
+        <v>105</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>68</v>
+      </c>
+      <c r="F14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G14" t="s">
+        <v>35</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>106</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>107</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>112</v>
+      </c>
+      <c r="P14" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>113</v>
+      </c>
+      <c r="B15" t="s">
+        <v>114</v>
+      </c>
+      <c r="C15" t="s">
+        <v>115</v>
+      </c>
+      <c r="D15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" t="s">
+        <v>68</v>
+      </c>
+      <c r="F15" t="s">
+        <v>69</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2000</v>
+      </c>
+      <c r="I15">
+        <v>2015</v>
+      </c>
+      <c r="J15" t="s">
+        <v>116</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15" t="s">
+        <v>117</v>
+      </c>
+      <c r="M15" t="s">
+        <v>118</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>119</v>
+      </c>
+      <c r="P15" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>121</v>
+      </c>
+      <c r="B16" t="s">
+        <v>122</v>
+      </c>
+      <c r="C16" t="s">
+        <v>115</v>
+      </c>
+      <c r="D16" t="s">
+        <v>44</v>
+      </c>
+      <c r="E16" t="s">
+        <v>68</v>
+      </c>
+      <c r="F16" t="s">
+        <v>69</v>
+      </c>
+      <c r="G16" t="s">
+        <v>35</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>116</v>
+      </c>
+      <c r="K16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16" t="s">
+        <v>123</v>
+      </c>
+      <c r="M16" t="s">
+        <v>124</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>125</v>
+      </c>
+      <c r="P16" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>127</v>
+      </c>
+      <c r="B17" t="s">
+        <v>128</v>
+      </c>
+      <c r="C17" t="s">
+        <v>129</v>
+      </c>
+      <c r="D17" t="s">
+        <v>44</v>
+      </c>
+      <c r="E17" t="s">
+        <v>68</v>
+      </c>
+      <c r="F17" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2014</v>
+      </c>
+      <c r="I17">
+        <v>2019</v>
+      </c>
+      <c r="J17" t="s">
+        <v>130</v>
+      </c>
+      <c r="K17" t="s">
+        <v>37</v>
+      </c>
+      <c r="L17" t="s">
+        <v>131</v>
+      </c>
+      <c r="M17" t="s">
+        <v>132</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>133</v>
+      </c>
+      <c r="P17" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>135</v>
+      </c>
+      <c r="B18" t="s">
+        <v>136</v>
+      </c>
+      <c r="C18" t="s">
+        <v>137</v>
+      </c>
+      <c r="D18" t="s">
+        <v>138</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>139</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2016</v>
+      </c>
+      <c r="I18">
+        <v>2019</v>
+      </c>
+      <c r="J18" t="s">
+        <v>140</v>
+      </c>
+      <c r="K18" t="s">
+        <v>141</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>142</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>143</v>
+      </c>
+      <c r="P18" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>145</v>
+      </c>
+      <c r="B19" t="s">
+        <v>146</v>
+      </c>
+      <c r="C19" t="s">
+        <v>147</v>
+      </c>
+      <c r="D19" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" t="s">
+        <v>68</v>
+      </c>
+      <c r="F19" t="s">
+        <v>69</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1992</v>
+      </c>
+      <c r="I19">
+        <v>2020</v>
+      </c>
+      <c r="J19" t="s">
+        <v>76</v>
+      </c>
+      <c r="K19" t="s">
+        <v>37</v>
+      </c>
+      <c r="L19" t="s">
+        <v>148</v>
+      </c>
+      <c r="M19" t="s">
+        <v>149</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>150</v>
+      </c>
+      <c r="P19" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>152</v>
+      </c>
+      <c r="B20" t="s">
+        <v>153</v>
+      </c>
+      <c r="C20" t="s">
+        <v>154</v>
+      </c>
+      <c r="D20" t="s">
+        <v>155</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2008</v>
+      </c>
+      <c r="I20">
+        <v>2024</v>
+      </c>
+      <c r="J20" t="s">
+        <v>156</v>
+      </c>
+      <c r="K20" t="s">
+        <v>37</v>
+      </c>
+      <c r="L20" t="s">
+        <v>157</v>
+      </c>
+      <c r="M20" t="s">
+        <v>158</v>
+      </c>
+      <c r="N20" t="s">
+        <v>159</v>
+      </c>
+      <c r="O20" t="s">
+        <v>160</v>
+      </c>
+      <c r="P20" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>162</v>
+      </c>
+      <c r="B21" t="s">
+        <v>163</v>
+      </c>
+      <c r="C21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D21" t="s">
+        <v>33</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2008</v>
+      </c>
+      <c r="I21">
+        <v>2016</v>
+      </c>
+      <c r="J21" t="s">
+        <v>76</v>
+      </c>
+      <c r="K21" t="s">
+        <v>37</v>
+      </c>
+      <c r="L21" t="s">
+        <v>164</v>
+      </c>
+      <c r="M21" t="s">
+        <v>39</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>165</v>
+      </c>
+      <c r="P21" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>167</v>
+      </c>
+      <c r="B22" t="s">
+        <v>168</v>
+      </c>
+      <c r="C22" t="s">
+        <v>32</v>
+      </c>
+      <c r="D22" t="s">
+        <v>44</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>169</v>
+      </c>
+      <c r="H22">
+        <v>2010</v>
+      </c>
+      <c r="I22">
+        <v>2017</v>
+      </c>
+      <c r="J22" t="s">
+        <v>156</v>
+      </c>
+      <c r="K22" t="s">
+        <v>37</v>
+      </c>
+      <c r="L22" t="s">
+        <v>170</v>
+      </c>
+      <c r="M22" t="s">
+        <v>39</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>171</v>
+      </c>
+      <c r="P22" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>173</v>
+      </c>
+      <c r="B23" t="s">
+        <v>174</v>
+      </c>
+      <c r="C23" t="s">
+        <v>175</v>
+      </c>
+      <c r="D23" t="s">
+        <v>176</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>139</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2013</v>
+      </c>
+      <c r="I23">
+        <v>2024</v>
+      </c>
+      <c r="J23" t="s">
+        <v>177</v>
+      </c>
+      <c r="K23" t="s">
+        <v>37</v>
+      </c>
+      <c r="L23" t="s">
+        <v>178</v>
+      </c>
+      <c r="M23" t="s">
+        <v>179</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>180</v>
+      </c>
+      <c r="P23" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>182</v>
+      </c>
+      <c r="B24" t="s">
+        <v>183</v>
+      </c>
+      <c r="C24" t="s">
+        <v>184</v>
+      </c>
+      <c r="D24" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>139</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2013</v>
+      </c>
+      <c r="I24">
+        <v>2014</v>
+      </c>
+      <c r="J24" t="s">
+        <v>130</v>
+      </c>
+      <c r="K24" t="s">
+        <v>37</v>
+      </c>
+      <c r="L24" t="s">
+        <v>185</v>
+      </c>
+      <c r="M24" t="s">
+        <v>186</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>187</v>
+      </c>
+      <c r="P24" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>189</v>
+      </c>
+      <c r="B25" t="s">
+        <v>190</v>
+      </c>
+      <c r="C25" t="s">
+        <v>115</v>
+      </c>
+      <c r="D25" t="s">
+        <v>33</v>
+      </c>
+      <c r="E25" t="s">
+        <v>68</v>
+      </c>
+      <c r="F25" t="s">
+        <v>69</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2000</v>
+      </c>
+      <c r="I25">
+        <v>2016</v>
+      </c>
+      <c r="J25" t="s">
+        <v>116</v>
+      </c>
+      <c r="K25" t="s">
+        <v>37</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>124</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>191</v>
+      </c>
+      <c r="P25" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>193</v>
+      </c>
+      <c r="B26" t="s">
+        <v>194</v>
+      </c>
+      <c r="C26" t="s">
+        <v>115</v>
+      </c>
+      <c r="D26" t="s">
+        <v>33</v>
+      </c>
+      <c r="E26" t="s">
+        <v>68</v>
+      </c>
+      <c r="F26" t="s">
+        <v>69</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2000</v>
+      </c>
+      <c r="I26">
+        <v>2015</v>
+      </c>
+      <c r="J26" t="s">
+        <v>116</v>
+      </c>
+      <c r="K26" t="s">
+        <v>37</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>118</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>195</v>
+      </c>
+      <c r="P26" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>197</v>
+      </c>
+      <c r="B27" t="s">
+        <v>198</v>
+      </c>
+      <c r="C27" t="s">
+        <v>115</v>
+      </c>
+      <c r="D27" t="s">
+        <v>44</v>
+      </c>
+      <c r="E27" t="s">
+        <v>68</v>
+      </c>
+      <c r="F27" t="s">
+        <v>69</v>
+      </c>
+      <c r="G27" t="s">
+        <v>35</v>
+      </c>
+      <c r="H27">
+        <v>2013</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>116</v>
+      </c>
+      <c r="K27" t="s">
+        <v>37</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>124</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>199</v>
+      </c>
+      <c r="P27" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>201</v>
+      </c>
+      <c r="B28" t="s">
+        <v>202</v>
+      </c>
+      <c r="C28" t="s">
+        <v>203</v>
+      </c>
+      <c r="D28" t="s">
+        <v>44</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>139</v>
+      </c>
+      <c r="G28" t="s">
+        <v>35</v>
+      </c>
+      <c r="H28">
+        <v>2020</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>204</v>
+      </c>
+      <c r="K28" t="s">
+        <v>37</v>
+      </c>
+      <c r="L28" t="s">
+        <v>205</v>
+      </c>
+      <c r="M28" t="s">
+        <v>179</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>206</v>
+      </c>
+      <c r="P28" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>208</v>
+      </c>
+      <c r="B29" t="s">
+        <v>209</v>
+      </c>
+      <c r="C29" t="s">
+        <v>210</v>
+      </c>
+      <c r="D29" t="s">
+        <v>44</v>
+      </c>
+      <c r="E29" t="s">
+        <v>68</v>
+      </c>
+      <c r="F29" t="s">
+        <v>34</v>
+      </c>
+      <c r="G29" t="s">
+        <v>98</v>
+      </c>
+      <c r="H29"/>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>211</v>
+      </c>
+      <c r="K29" t="s">
+        <v>37</v>
+      </c>
+      <c r="L29" t="s">
+        <v>212</v>
+      </c>
+      <c r="M29" t="s">
+        <v>213</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>214</v>
+      </c>
+      <c r="P29" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>216</v>
+      </c>
+      <c r="B30" t="s">
+        <v>217</v>
+      </c>
+      <c r="C30" t="s">
+        <v>218</v>
+      </c>
+      <c r="D30" t="s">
+        <v>33</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>139</v>
+      </c>
+      <c r="G30" t="s">
+        <v>35</v>
+      </c>
+      <c r="H30">
+        <v>2024</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>219</v>
+      </c>
+      <c r="K30" t="s">
+        <v>37</v>
+      </c>
+      <c r="L30" t="s">
+        <v>220</v>
+      </c>
+      <c r="M30" t="s">
+        <v>221</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>222</v>
+      </c>
+      <c r="P30" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>224</v>
+      </c>
+      <c r="B31" t="s">
+        <v>225</v>
+      </c>
+      <c r="C31" t="s">
+        <v>226</v>
+      </c>
+      <c r="D31" t="s">
+        <v>44</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>34</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2011</v>
+      </c>
+      <c r="I31">
+        <v>2021</v>
+      </c>
+      <c r="J31" t="s">
+        <v>227</v>
+      </c>
+      <c r="K31" t="s">
+        <v>37</v>
+      </c>
+      <c r="L31" t="s">
+        <v>228</v>
+      </c>
+      <c r="M31" t="s">
+        <v>229</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>230</v>
+      </c>
+      <c r="P31" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>232</v>
+      </c>
+      <c r="B32" t="s">
+        <v>233</v>
+      </c>
+      <c r="C32" t="s">
+        <v>234</v>
+      </c>
+      <c r="D32" t="s">
+        <v>52</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>34</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2013</v>
+      </c>
+      <c r="I32">
+        <v>2014</v>
+      </c>
+      <c r="J32" t="s">
+        <v>76</v>
+      </c>
+      <c r="K32" t="s">
+        <v>37</v>
+      </c>
+      <c r="L32" t="s">
+        <v>235</v>
+      </c>
+      <c r="M32" t="s">
+        <v>236</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>237</v>
+      </c>
+      <c r="P32" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>239</v>
+      </c>
+      <c r="B33" t="s">
+        <v>240</v>
+      </c>
+      <c r="C33" t="s">
+        <v>234</v>
+      </c>
+      <c r="D33" t="s">
+        <v>52</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2013</v>
+      </c>
+      <c r="I33">
+        <v>2014</v>
+      </c>
+      <c r="J33" t="s">
+        <v>76</v>
+      </c>
+      <c r="K33" t="s">
+        <v>37</v>
+      </c>
+      <c r="L33" t="s">
+        <v>241</v>
+      </c>
+      <c r="M33" t="s">
+        <v>236</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>242</v>
+      </c>
+      <c r="P33" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>244</v>
+      </c>
+      <c r="B34" t="s">
+        <v>245</v>
+      </c>
+      <c r="C34" t="s">
+        <v>246</v>
+      </c>
+      <c r="D34" t="s">
+        <v>44</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>35</v>
+      </c>
+      <c r="H34">
+        <v>2022</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>247</v>
+      </c>
+      <c r="K34" t="s">
+        <v>37</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>248</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>249</v>
+      </c>
+      <c r="P34" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>251</v>
+      </c>
+      <c r="B35" t="s">
+        <v>252</v>
+      </c>
+      <c r="C35" t="s">
+        <v>253</v>
+      </c>
+      <c r="D35" t="s">
+        <v>33</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>139</v>
+      </c>
+      <c r="G35" t="s">
+        <v>35</v>
+      </c>
+      <c r="H35">
+        <v>2013</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>116</v>
+      </c>
+      <c r="K35" t="s">
+        <v>37</v>
+      </c>
+      <c r="L35" t="s">
+        <v>254</v>
+      </c>
+      <c r="M35" t="s">
+        <v>255</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>256</v>
+      </c>
+      <c r="P35" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>258</v>
+      </c>
+      <c r="B36" t="s">
+        <v>259</v>
+      </c>
+      <c r="C36" t="s">
+        <v>129</v>
+      </c>
+      <c r="D36" t="s">
+        <v>260</v>
+      </c>
+      <c r="E36" t="s">
+        <v>68</v>
+      </c>
+      <c r="F36" t="s">
+        <v>261</v>
+      </c>
+      <c r="G36" t="s">
+        <v>35</v>
+      </c>
+      <c r="H36">
+        <v>2015</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>262</v>
+      </c>
+      <c r="K36" t="s">
+        <v>37</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>263</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>264</v>
+      </c>
+      <c r="P36" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>266</v>
+      </c>
+      <c r="B37" t="s">
+        <v>267</v>
+      </c>
+      <c r="C37" t="s">
+        <v>129</v>
+      </c>
+      <c r="D37" t="s">
+        <v>268</v>
+      </c>
+      <c r="E37" t="s">
+        <v>68</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>35</v>
+      </c>
+      <c r="H37">
+        <v>2015</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>262</v>
+      </c>
+      <c r="K37" t="s">
+        <v>37</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>263</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>269</v>
+      </c>
+      <c r="P37" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>271</v>
+      </c>
+      <c r="B38" t="s">
+        <v>272</v>
+      </c>
+      <c r="C38" t="s">
+        <v>273</v>
+      </c>
+      <c r="D38" t="s">
+        <v>274</v>
+      </c>
+      <c r="E38" t="s">
+        <v>68</v>
+      </c>
+      <c r="F38" t="s">
+        <v>34</v>
+      </c>
+      <c r="G38" t="s">
+        <v>35</v>
+      </c>
+      <c r="H38">
+        <v>2012</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>116</v>
+      </c>
+      <c r="K38" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...25 lines deleted...]
-      <c r="H3">
+      <c r="L38" t="s">
+        <v>275</v>
+      </c>
+      <c r="M38" t="s">
+        <v>276</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>277</v>
+      </c>
+      <c r="P38" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>279</v>
+      </c>
+      <c r="B39" t="s">
+        <v>279</v>
+      </c>
+      <c r="C39" t="s">
+        <v>280</v>
+      </c>
+      <c r="D39" t="s">
+        <v>281</v>
+      </c>
+      <c r="E39" t="s">
+        <v>68</v>
+      </c>
+      <c r="F39" t="s">
+        <v>69</v>
+      </c>
+      <c r="G39" t="s">
+        <v>35</v>
+      </c>
+      <c r="H39">
         <v>2015</v>
       </c>
-      <c r="I3" t="s">
-[...5 lines deleted...]
-      <c r="K3" t="s">
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>99</v>
+      </c>
+      <c r="K39" t="s">
+        <v>37</v>
+      </c>
+      <c r="L39" t="s">
+        <v>282</v>
+      </c>
+      <c r="M39" t="s">
+        <v>283</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>284</v>
+      </c>
+      <c r="P39" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>286</v>
+      </c>
+      <c r="B40" t="s">
+        <v>287</v>
+      </c>
+      <c r="C40" t="s">
+        <v>288</v>
+      </c>
+      <c r="D40" t="s">
+        <v>44</v>
+      </c>
+      <c r="E40" t="s">
+        <v>68</v>
+      </c>
+      <c r="F40" t="s">
+        <v>289</v>
+      </c>
+      <c r="G40" t="s">
+        <v>35</v>
+      </c>
+      <c r="H40"/>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>90</v>
+      </c>
+      <c r="K40" t="s">
+        <v>37</v>
+      </c>
+      <c r="L40" t="s">
+        <v>290</v>
+      </c>
+      <c r="M40" t="s">
+        <v>291</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>292</v>
+      </c>
+      <c r="P40" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>294</v>
+      </c>
+      <c r="B41" t="s">
+        <v>295</v>
+      </c>
+      <c r="C41" t="s">
+        <v>226</v>
+      </c>
+      <c r="D41" t="s">
+        <v>44</v>
+      </c>
+      <c r="E41" t="s">
+        <v>68</v>
+      </c>
+      <c r="F41" t="s">
+        <v>69</v>
+      </c>
+      <c r="G41" t="s">
+        <v>35</v>
+      </c>
+      <c r="H41">
+        <v>2013</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>227</v>
+      </c>
+      <c r="K41" t="s">
+        <v>37</v>
+      </c>
+      <c r="L41" t="s">
+        <v>296</v>
+      </c>
+      <c r="M41" t="s">
+        <v>297</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>298</v>
+      </c>
+      <c r="P41" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>300</v>
+      </c>
+      <c r="B42" t="s">
+        <v>301</v>
+      </c>
+      <c r="C42" t="s">
+        <v>302</v>
+      </c>
+      <c r="D42" t="s">
+        <v>44</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>34</v>
+      </c>
+      <c r="G42" t="s">
+        <v>35</v>
+      </c>
+      <c r="H42">
+        <v>2016</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>227</v>
+      </c>
+      <c r="K42" t="s">
+        <v>37</v>
+      </c>
+      <c r="L42" t="s">
+        <v>303</v>
+      </c>
+      <c r="M42" t="s">
+        <v>304</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>305</v>
+      </c>
+      <c r="P42" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>307</v>
+      </c>
+      <c r="B43" t="s">
+        <v>308</v>
+      </c>
+      <c r="C43" t="s">
+        <v>309</v>
+      </c>
+      <c r="D43" t="s">
+        <v>310</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>139</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2017</v>
+      </c>
+      <c r="I43">
+        <v>2021</v>
+      </c>
+      <c r="J43" t="s">
+        <v>204</v>
+      </c>
+      <c r="K43" t="s">
+        <v>311</v>
+      </c>
+      <c r="L43" t="s">
+        <v>312</v>
+      </c>
+      <c r="M43" t="s">
+        <v>313</v>
+      </c>
+      <c r="N43" t="s">
+        <v>314</v>
+      </c>
+      <c r="O43" t="s">
+        <v>315</v>
+      </c>
+      <c r="P43" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>317</v>
+      </c>
+      <c r="B44" t="s">
+        <v>318</v>
+      </c>
+      <c r="C44" t="s">
+        <v>319</v>
+      </c>
+      <c r="D44" t="s">
+        <v>44</v>
+      </c>
+      <c r="E44" t="s">
+        <v>68</v>
+      </c>
+      <c r="F44" t="s">
+        <v>139</v>
+      </c>
+      <c r="G44" t="s">
+        <v>35</v>
+      </c>
+      <c r="H44">
+        <v>2019</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>140</v>
+      </c>
+      <c r="K44" t="s">
+        <v>37</v>
+      </c>
+      <c r="L44" t="s">
+        <v>320</v>
+      </c>
+      <c r="M44" t="s">
+        <v>321</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>322</v>
+      </c>
+      <c r="P44" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>324</v>
+      </c>
+      <c r="B45" t="s">
+        <v>325</v>
+      </c>
+      <c r="C45" t="s">
+        <v>326</v>
+      </c>
+      <c r="D45" t="s">
+        <v>176</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>35</v>
+      </c>
+      <c r="H45">
+        <v>2016</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>140</v>
+      </c>
+      <c r="K45" t="s">
+        <v>37</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>327</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>328</v>
+      </c>
+      <c r="P45" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>330</v>
+      </c>
+      <c r="B46" t="s">
+        <v>331</v>
+      </c>
+      <c r="C46" t="s">
+        <v>332</v>
+      </c>
+      <c r="D46" t="s">
+        <v>44</v>
+      </c>
+      <c r="E46" t="s">
+        <v>68</v>
+      </c>
+      <c r="F46" t="s">
+        <v>69</v>
+      </c>
+      <c r="G46" t="s">
+        <v>333</v>
+      </c>
+      <c r="H46"/>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>140</v>
+      </c>
+      <c r="K46" t="s">
+        <v>37</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>334</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>335</v>
+      </c>
+      <c r="P46" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>337</v>
+      </c>
+      <c r="B47" t="s">
+        <v>338</v>
+      </c>
+      <c r="C47" t="s">
+        <v>87</v>
+      </c>
+      <c r="D47" t="s">
         <v>33</v>
       </c>
-      <c r="L3" t="s">
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2012</v>
+      </c>
+      <c r="I47">
+        <v>2015</v>
+      </c>
+      <c r="J47" t="s">
+        <v>90</v>
+      </c>
+      <c r="K47" t="s">
+        <v>37</v>
+      </c>
+      <c r="L47" t="s">
+        <v>339</v>
+      </c>
+      <c r="M47" t="s">
+        <v>91</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>340</v>
+      </c>
+      <c r="P47" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>342</v>
+      </c>
+      <c r="B48" t="s">
+        <v>343</v>
+      </c>
+      <c r="C48" t="s">
+        <v>129</v>
+      </c>
+      <c r="D48" t="s">
+        <v>44</v>
+      </c>
+      <c r="E48" t="s">
+        <v>68</v>
+      </c>
+      <c r="F48" t="s">
+        <v>69</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2011</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>344</v>
+      </c>
+      <c r="K48" t="s">
+        <v>37</v>
+      </c>
+      <c r="L48" t="s">
+        <v>345</v>
+      </c>
+      <c r="M48" t="s">
+        <v>346</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>347</v>
+      </c>
+      <c r="P48" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>349</v>
+      </c>
+      <c r="B49" t="s">
+        <v>350</v>
+      </c>
+      <c r="C49" t="s">
+        <v>59</v>
+      </c>
+      <c r="D49" t="s">
+        <v>351</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>35</v>
+      </c>
+      <c r="H49">
+        <v>2021</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>60</v>
+      </c>
+      <c r="K49" t="s">
+        <v>37</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49"/>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>352</v>
+      </c>
+      <c r="P49" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>354</v>
+      </c>
+      <c r="B50" t="s">
+        <v>355</v>
+      </c>
+      <c r="C50" t="s">
+        <v>356</v>
+      </c>
+      <c r="D50" t="s">
+        <v>33</v>
+      </c>
+      <c r="E50" t="s">
+        <v>68</v>
+      </c>
+      <c r="F50" t="s">
+        <v>69</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2003</v>
+      </c>
+      <c r="I50">
+        <v>2020</v>
+      </c>
+      <c r="J50" t="s">
+        <v>357</v>
+      </c>
+      <c r="K50" t="s">
+        <v>37</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>358</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>359</v>
+      </c>
+      <c r="P50" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>361</v>
+      </c>
+      <c r="B51" t="s">
+        <v>362</v>
+      </c>
+      <c r="C51" t="s">
+        <v>356</v>
+      </c>
+      <c r="D51" t="s">
+        <v>44</v>
+      </c>
+      <c r="E51" t="s">
+        <v>68</v>
+      </c>
+      <c r="F51" t="s">
+        <v>69</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2014</v>
+      </c>
+      <c r="I51">
+        <v>2020</v>
+      </c>
+      <c r="J51" t="s">
+        <v>363</v>
+      </c>
+      <c r="K51" t="s">
+        <v>37</v>
+      </c>
+      <c r="L51" t="s">
+        <v>364</v>
+      </c>
+      <c r="M51" t="s">
+        <v>358</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>365</v>
+      </c>
+      <c r="P51" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>367</v>
+      </c>
+      <c r="B52" t="s">
+        <v>368</v>
+      </c>
+      <c r="C52" t="s">
+        <v>129</v>
+      </c>
+      <c r="D52" t="s">
+        <v>260</v>
+      </c>
+      <c r="E52" t="s">
+        <v>68</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>35</v>
+      </c>
+      <c r="H52">
+        <v>2013</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>262</v>
+      </c>
+      <c r="K52" t="s">
+        <v>37</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>369</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>370</v>
+      </c>
+      <c r="P52" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>372</v>
+      </c>
+      <c r="B53" t="s">
+        <v>373</v>
+      </c>
+      <c r="C53" t="s">
+        <v>374</v>
+      </c>
+      <c r="D53" t="s">
+        <v>33</v>
+      </c>
+      <c r="E53" t="s">
+        <v>68</v>
+      </c>
+      <c r="F53" t="s">
         <v>34</v>
       </c>
-      <c r="M3" t="s">
-[...2 lines deleted...]
-      <c r="N3" t="s">
+      <c r="G53" t="s">
+        <v>333</v>
+      </c>
+      <c r="H53">
+        <v>2021</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>130</v>
+      </c>
+      <c r="K53" t="s">
+        <v>37</v>
+      </c>
+      <c r="L53" t="s">
+        <v>375</v>
+      </c>
+      <c r="M53" t="s">
+        <v>376</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>377</v>
+      </c>
+      <c r="P53" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>379</v>
+      </c>
+      <c r="B54" t="s">
+        <v>380</v>
+      </c>
+      <c r="C54" t="s">
+        <v>374</v>
+      </c>
+      <c r="D54" t="s">
+        <v>33</v>
+      </c>
+      <c r="E54" t="s">
+        <v>68</v>
+      </c>
+      <c r="F54" t="s">
+        <v>261</v>
+      </c>
+      <c r="G54" t="s">
         <v>35</v>
       </c>
-    </row>
-[...813 lines deleted...]
-      <c r="A23" t="s">
+      <c r="H54">
+        <v>2021</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
         <v>130</v>
       </c>
-      <c r="B23" t="s">
-[...1317 lines deleted...]
-      </c>
       <c r="K54" t="s">
-        <v>272</v>
+        <v>37</v>
       </c>
       <c r="L54" t="s">
-        <v>273</v>
+        <v>375</v>
       </c>
       <c r="M54" t="s">
-        <v>24</v>
+        <v>376</v>
       </c>
       <c r="N54" t="s">
-        <v>276</v>
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>381</v>
+      </c>
+      <c r="P54" t="s">
+        <v>382</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>