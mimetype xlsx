--- v1 (2025-11-29)
+++ v2 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="383">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="384">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -656,50 +656,53 @@
     <t>https://cprc-clasp.ngo/policies/greenmark-n18-displays</t>
   </si>
   <si>
     <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/18/af2050e9-6959-450b-b294-dfb62c7fda69.pdf</t>
   </si>
   <si>
     <t>Greenmark N52 - Microwave Ovens</t>
   </si>
   <si>
     <t>Applies to microwave ovens for household use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n52-microwave-ovens</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/52/8328d357-ae60-4932-89c2-e28dd5cc58ed.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
   </si>
   <si>
     <t>Malaysia</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62301:2012, IEC 60705:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
   </si>
   <si>
     <t>Household microwave ovens</t>
   </si>
   <si>
     <t>Draft labels for microwave ovens. No information available</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
@@ -2918,1314 +2921,1314 @@
       </c>
       <c r="P27" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>201</v>
       </c>
       <c r="B28" t="s">
         <v>202</v>
       </c>
       <c r="C28" t="s">
         <v>203</v>
       </c>
       <c r="D28" t="s">
         <v>44</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>139</v>
       </c>
       <c r="G28" t="s">
-        <v>35</v>
+        <v>204</v>
       </c>
       <c r="H28">
         <v>2020</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="K28" t="s">
         <v>37</v>
       </c>
       <c r="L28" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="M28" t="s">
         <v>179</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="P28" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B29" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C29" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D29" t="s">
         <v>44</v>
       </c>
       <c r="E29" t="s">
         <v>68</v>
       </c>
       <c r="F29" t="s">
         <v>34</v>
       </c>
       <c r="G29" t="s">
         <v>98</v>
       </c>
       <c r="H29"/>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="K29" t="s">
         <v>37</v>
       </c>
       <c r="L29" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="M29" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="P29" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B30" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C30" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D30" t="s">
         <v>33</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>139</v>
       </c>
       <c r="G30" t="s">
         <v>35</v>
       </c>
       <c r="H30">
         <v>2024</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="K30" t="s">
         <v>37</v>
       </c>
       <c r="L30" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="M30" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="P30" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B31" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C31" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D31" t="s">
         <v>44</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>34</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2011</v>
       </c>
       <c r="I31">
         <v>2021</v>
       </c>
       <c r="J31" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="K31" t="s">
         <v>37</v>
       </c>
       <c r="L31" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="M31" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="P31" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B32" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C32" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D32" t="s">
         <v>52</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>34</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2013</v>
       </c>
       <c r="I32">
         <v>2014</v>
       </c>
       <c r="J32" t="s">
         <v>76</v>
       </c>
       <c r="K32" t="s">
         <v>37</v>
       </c>
       <c r="L32" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="M32" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="P32" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B33" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C33" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D33" t="s">
         <v>52</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2013</v>
       </c>
       <c r="I33">
         <v>2014</v>
       </c>
       <c r="J33" t="s">
         <v>76</v>
       </c>
       <c r="K33" t="s">
         <v>37</v>
       </c>
       <c r="L33" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="M33" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="P33" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B34" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C34" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D34" t="s">
         <v>44</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>35</v>
       </c>
       <c r="H34">
         <v>2022</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="K34" t="s">
         <v>37</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="P34" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B35" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C35" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D35" t="s">
         <v>33</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>139</v>
       </c>
       <c r="G35" t="s">
         <v>35</v>
       </c>
       <c r="H35">
         <v>2013</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
         <v>116</v>
       </c>
       <c r="K35" t="s">
         <v>37</v>
       </c>
       <c r="L35" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="M35" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="P35" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B36" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C36" t="s">
         <v>129</v>
       </c>
       <c r="D36" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="E36" t="s">
         <v>68</v>
       </c>
       <c r="F36" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="G36" t="s">
         <v>35</v>
       </c>
       <c r="H36">
         <v>2015</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="K36" t="s">
         <v>37</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="P36" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B37" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C37" t="s">
         <v>129</v>
       </c>
       <c r="D37" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="E37" t="s">
         <v>68</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>35</v>
       </c>
       <c r="H37">
         <v>2015</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="K37" t="s">
         <v>37</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="P37" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B38" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C38" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D38" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="E38" t="s">
         <v>68</v>
       </c>
       <c r="F38" t="s">
         <v>34</v>
       </c>
       <c r="G38" t="s">
         <v>35</v>
       </c>
       <c r="H38">
         <v>2012</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
         <v>116</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="M38" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="P38" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B39" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C39" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D39" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E39" t="s">
         <v>68</v>
       </c>
       <c r="F39" t="s">
         <v>69</v>
       </c>
       <c r="G39" t="s">
         <v>35</v>
       </c>
       <c r="H39">
         <v>2015</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
         <v>99</v>
       </c>
       <c r="K39" t="s">
         <v>37</v>
       </c>
       <c r="L39" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="M39" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="P39" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B40" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C40" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D40" t="s">
         <v>44</v>
       </c>
       <c r="E40" t="s">
         <v>68</v>
       </c>
       <c r="F40" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="G40" t="s">
         <v>35</v>
       </c>
       <c r="H40"/>
       <c r="I40"/>
       <c r="J40" t="s">
         <v>90</v>
       </c>
       <c r="K40" t="s">
         <v>37</v>
       </c>
       <c r="L40" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="M40" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="P40" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B41" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C41" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D41" t="s">
         <v>44</v>
       </c>
       <c r="E41" t="s">
         <v>68</v>
       </c>
       <c r="F41" t="s">
         <v>69</v>
       </c>
       <c r="G41" t="s">
         <v>35</v>
       </c>
       <c r="H41">
         <v>2013</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="K41" t="s">
         <v>37</v>
       </c>
       <c r="L41" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="M41" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="P41" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B42" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C42" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D42" t="s">
         <v>44</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>34</v>
       </c>
       <c r="G42" t="s">
         <v>35</v>
       </c>
       <c r="H42">
         <v>2016</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="K42" t="s">
         <v>37</v>
       </c>
       <c r="L42" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="M42" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="P42" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B43" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C43" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D43" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>139</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2017</v>
       </c>
       <c r="I43">
         <v>2021</v>
       </c>
       <c r="J43" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="K43" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="L43" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="M43" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="N43" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="O43" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="P43" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B44" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C44" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D44" t="s">
         <v>44</v>
       </c>
       <c r="E44" t="s">
         <v>68</v>
       </c>
       <c r="F44" t="s">
         <v>139</v>
       </c>
       <c r="G44" t="s">
         <v>35</v>
       </c>
       <c r="H44">
         <v>2019</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
         <v>140</v>
       </c>
       <c r="K44" t="s">
         <v>37</v>
       </c>
       <c r="L44" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="M44" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="P44" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B45" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C45" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D45" t="s">
         <v>176</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
         <v>35</v>
       </c>
       <c r="H45">
         <v>2016</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
         <v>140</v>
       </c>
       <c r="K45" t="s">
         <v>37</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="P45" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B46" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C46" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D46" t="s">
         <v>44</v>
       </c>
       <c r="E46" t="s">
         <v>68</v>
       </c>
       <c r="F46" t="s">
         <v>69</v>
       </c>
       <c r="G46" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="H46"/>
       <c r="I46"/>
       <c r="J46" t="s">
         <v>140</v>
       </c>
       <c r="K46" t="s">
         <v>37</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="P46" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B47" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C47" t="s">
         <v>87</v>
       </c>
       <c r="D47" t="s">
         <v>33</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2012</v>
       </c>
       <c r="I47">
         <v>2015</v>
       </c>
       <c r="J47" t="s">
         <v>90</v>
       </c>
       <c r="K47" t="s">
         <v>37</v>
       </c>
       <c r="L47" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="M47" t="s">
         <v>91</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="P47" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B48" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C48" t="s">
         <v>129</v>
       </c>
       <c r="D48" t="s">
         <v>44</v>
       </c>
       <c r="E48" t="s">
         <v>68</v>
       </c>
       <c r="F48" t="s">
         <v>69</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2011</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="K48" t="s">
         <v>37</v>
       </c>
       <c r="L48" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="M48" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="P48" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B49" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C49" t="s">
         <v>59</v>
       </c>
       <c r="D49" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>21</v>
       </c>
       <c r="G49" t="s">
         <v>35</v>
       </c>
       <c r="H49">
         <v>2021</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
         <v>60</v>
       </c>
       <c r="K49" t="s">
         <v>37</v>
       </c>
       <c r="L49"/>
       <c r="M49"/>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="P49" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B50" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C50" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D50" t="s">
         <v>33</v>
       </c>
       <c r="E50" t="s">
         <v>68</v>
       </c>
       <c r="F50" t="s">
         <v>69</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2003</v>
       </c>
       <c r="I50">
         <v>2020</v>
       </c>
       <c r="J50" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="K50" t="s">
         <v>37</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="P50" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B51" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C51" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D51" t="s">
         <v>44</v>
       </c>
       <c r="E51" t="s">
         <v>68</v>
       </c>
       <c r="F51" t="s">
         <v>69</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2014</v>
       </c>
       <c r="I51">
         <v>2020</v>
       </c>
       <c r="J51" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="K51" t="s">
         <v>37</v>
       </c>
       <c r="L51" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="M51" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="P51" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B52" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C52" t="s">
         <v>129</v>
       </c>
       <c r="D52" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="E52" t="s">
         <v>68</v>
       </c>
       <c r="F52" t="s">
         <v>21</v>
       </c>
       <c r="G52" t="s">
         <v>35</v>
       </c>
       <c r="H52">
         <v>2013</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="K52" t="s">
         <v>37</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="P52" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B53" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C53" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D53" t="s">
         <v>33</v>
       </c>
       <c r="E53" t="s">
         <v>68</v>
       </c>
       <c r="F53" t="s">
         <v>34</v>
       </c>
       <c r="G53" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="H53">
         <v>2021</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
         <v>130</v>
       </c>
       <c r="K53" t="s">
         <v>37</v>
       </c>
       <c r="L53" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="M53" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="P53" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B54" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C54" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D54" t="s">
         <v>33</v>
       </c>
       <c r="E54" t="s">
         <v>68</v>
       </c>
       <c r="F54" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="G54" t="s">
         <v>35</v>
       </c>
       <c r="H54">
         <v>2021</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
         <v>130</v>
       </c>
       <c r="K54" t="s">
         <v>37</v>
       </c>
       <c r="L54" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="M54" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="P54" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">