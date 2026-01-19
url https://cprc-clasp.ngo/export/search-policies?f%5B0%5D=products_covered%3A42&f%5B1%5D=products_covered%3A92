--- v0 (2025-11-27)
+++ v1 (2026-01-19)
@@ -628,69 +628,69 @@
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
     <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
   </si>
   <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS and MEPL for Computer Monitors</t>
   </si>
   <si>
     <t>MEPS and MEPL cover computer monitors with a diagonal screen size up to 152 cm.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 5815.2:2013</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-mepl-computer-monitors</t>
   </si>
   <si>
     <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
   </si>
@@ -2714,51 +2714,51 @@
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>201</v>
       </c>
       <c r="B29" t="s">
         <v>202</v>
       </c>
       <c r="C29" t="s">
         <v>203</v>
       </c>
       <c r="D29" t="s">
         <v>204</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
         <v>205</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>206</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
         <v>207</v>
       </c>
       <c r="P29" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>209</v>