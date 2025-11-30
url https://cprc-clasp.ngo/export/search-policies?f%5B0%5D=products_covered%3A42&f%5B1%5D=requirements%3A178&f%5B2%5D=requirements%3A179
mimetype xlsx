--- v0 (2025-10-12)
+++ v1 (2025-11-30)
@@ -12,383 +12,477 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-452629-2016. Energy Conservation Certification Rules for Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to CRT and LCD monitors for computers working under normal electricity grid voltage and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 21520-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452629-2016-energy-conservation-certification-rules-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492777.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452691-2016 Energy conservation certification rules for LED display unit</t>
   </si>
   <si>
+    <t>Applies to indoor and outdoor full-color LED display units that work under electric grid normal voltage</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC3158-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452691-2016-energy-conservation-certification-rules-led-display-unit</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-22/537408.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452692-2017 Energy conservation certification rules for multimedia display terminal</t>
   </si>
   <si>
+    <t>Applies to on-grid nomral voltage multimedia display terminal</t>
+  </si>
+  <si>
     <t>CQC3163-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452692-2017-energy-conservation-certification-rules-multimedia-display-terminal</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-09-27/549899.shtml</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor of domestic and foreign make</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Displays, Televisions</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/teh-regl-tv.doc</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Monitors</t>
   </si>
   <si>
+    <t>This policy applies to commercially-available electronic products with a display screen in a single housing that is capable of displaying output information from a computer via one or more inputs (such as VGA and DVI), with nameplate output power of power supply less than or equal to 1,000W.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-monitors</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Displays</t>
   </si>
   <si>
+    <t>Displays shall meet the requirements of Article 14336-1 or Article 14408; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-displays</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=20</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>Greenmark N153 - Light Emitting Diode Display Panels</t>
   </si>
   <si>
+    <t>This standard is applicable to products which meet the definition of CNS 13091 and CNS 14555 and their associated indoor products.</t>
+  </si>
+  <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n153-light-emitting-diode-display-panels</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/153/7c68e26b-531c-449b-b0f6-57d5de763473.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N18 - Displays</t>
   </si>
   <si>
+    <t>This standard is applicable to the displays</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n18-displays</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/18/af2050e9-6959-450b-b294-dfb62c7fda69.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Monitors in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers monitors with a size of 12 inches or more that are manufactured to be used as a display for a computer (excluding the monitor integrated into the processor and the monitor used to receive TV signals).</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Displays</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-monitors-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048422</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LCD Monitors</t>
   </si>
   <si>
+    <t>Applies to standard LCD monitors that are designed for use with computers. The monitor must be capable of being powered from either a wall outlet or a battery unit that is sold with an AC adaptor. LCD monitors with a tuner|receiver may qualify under this scheme as long as they are marketed and sold to consumers as computer monitors, i.e. focusing on computer monitor as the primary function; or as dual functions computer monitors and televisions.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-lcd-monitors</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS%20-%20LCD%20Monitor%20(Eng)_2019.1.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 |  Energy Labeling of Electronic Displays (2019/2013/EU) (SGM:2021/6)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on electronic displays, including televisions, monitors, and digital signage displays. This policy applies to electronic displays with a screen area greater than 100 square centimeters. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2013 .</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-electronic-displays-20192013eu-sgm20216</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Electronic Displays (2019/2021/EU) (SGM:2021/5)</t>
   </si>
   <si>
+    <t>This policy establishes a minimum energy performance standard for electronic displays, including televisions, monitors, and digital signage displays with a liquid crystal screen (LCD) and a screen area greater than 100 square centimeters. This policy is a transposition of Commission Regulation (EU) 2019/2021.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-electronic</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-5.htm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -652,783 +746,882 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="156" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="530.728" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="126.112" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2003</v>
       </c>
-      <c r="H2">
+      <c r="I3">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>32</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L4" t="s">
+        <v>38</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...15 lines deleted...]
-      <c r="F3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>46</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>56</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>61</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2000</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>62</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1992</v>
+      </c>
+      <c r="I8">
+        <v>2020</v>
+      </c>
+      <c r="J8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>70</v>
+      </c>
+      <c r="M8" t="s">
+        <v>71</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>61</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2000</v>
+      </c>
+      <c r="I9">
+        <v>2016</v>
+      </c>
+      <c r="J9" t="s">
+        <v>62</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>76</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>61</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2000</v>
+      </c>
+      <c r="I10">
+        <v>2015</v>
+      </c>
+      <c r="J10" t="s">
+        <v>62</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>64</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>85</v>
+      </c>
+      <c r="D11" t="s">
+        <v>86</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>87</v>
+      </c>
+      <c r="G11" t="s">
+        <v>54</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>88</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>89</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
+        <v>94</v>
+      </c>
+      <c r="D12" t="s">
+        <v>95</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>45</v>
+      </c>
+      <c r="G12" t="s">
+        <v>54</v>
+      </c>
+      <c r="H12">
+        <v>2012</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>62</v>
+      </c>
+      <c r="K12" t="s">
+        <v>96</v>
+      </c>
+      <c r="L12" t="s">
+        <v>97</v>
+      </c>
+      <c r="M12" t="s">
+        <v>98</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>99</v>
+      </c>
+      <c r="P12" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>101</v>
+      </c>
+      <c r="B13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C13" t="s">
+        <v>102</v>
+      </c>
+      <c r="D13" t="s">
+        <v>103</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>54</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>47</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>104</v>
+      </c>
+      <c r="M13" t="s">
+        <v>105</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>106</v>
+      </c>
+      <c r="P13" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>108</v>
+      </c>
+      <c r="B14" t="s">
+        <v>109</v>
+      </c>
+      <c r="C14" t="s">
+        <v>110</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
         <v>2003</v>
       </c>
-      <c r="H3">
-[...2 lines deleted...]
-      <c r="I3" t="s">
+      <c r="I14">
+        <v>2020</v>
+      </c>
+      <c r="J14" t="s">
+        <v>111</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>112</v>
+      </c>
+      <c r="N14" t="s">
         <v>27</v>
       </c>
-      <c r="J3" t="s">
-[...8 lines deleted...]
-      <c r="M3" t="s">
+      <c r="O14" t="s">
+        <v>113</v>
+      </c>
+      <c r="P14" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>115</v>
+      </c>
+      <c r="B15" t="s">
+        <v>116</v>
+      </c>
+      <c r="C15" t="s">
+        <v>117</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G15" t="s">
+        <v>118</v>
+      </c>
+      <c r="H15">
+        <v>2021</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>119</v>
+      </c>
+      <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-        <v>29</v>
+      <c r="L15" t="s">
+        <v>120</v>
+      </c>
+      <c r="M15" t="s">
+        <v>121</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>122</v>
+      </c>
+      <c r="P15" t="s">
+        <v>123</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...15 lines deleted...]
-      <c r="F4" t="s">
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>124</v>
+      </c>
+      <c r="B16" t="s">
+        <v>125</v>
+      </c>
+      <c r="C16" t="s">
+        <v>117</v>
+      </c>
+      <c r="D16" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
-[...5 lines deleted...]
-      <c r="I4" t="s">
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>126</v>
+      </c>
+      <c r="G16" t="s">
+        <v>54</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>119</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>120</v>
+      </c>
+      <c r="M16" t="s">
+        <v>121</v>
+      </c>
+      <c r="N16" t="s">
         <v>27</v>
       </c>
-      <c r="J4" t="s">
-[...512 lines deleted...]
-        <v>97</v>
+      <c r="O16" t="s">
+        <v>127</v>
+      </c>
+      <c r="P16" t="s">
+        <v>128</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>