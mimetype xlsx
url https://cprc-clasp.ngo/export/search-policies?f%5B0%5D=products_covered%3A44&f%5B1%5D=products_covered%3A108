--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,323 +12,388 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Home Audio Products</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than or equal to 1,000W whose intendedpurpose, other than providing non-video status displays, isthe production of recording of signals in the audio domainas reproduced by headphones, loudspeakers, or othertransducers, except radio cassette players.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-home-audio-products</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Integrated Stereo</t>
   </si>
   <si>
+    <t>The applicable products shall be integrated stereos with the CCC Code of 8518.50.00.00-8A; or have been recognized by the Bureau of Energy of the Ministry of Economic Affairs as integrated stereos.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-integrated-stereo</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=28</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Audio/Video Version 3.0</t>
   </si>
   <si>
+    <t>To be eligible for ENERGY STAR qualification under this specification a product must meet the definition of an AV Product or Dedicated Audio DSP Device. AV Product is a mains-connected product that offers audio amplification and or optical disc drive functions. A Dedicated Audio DSP Device is a device that: provides audio digital signal processing as its primary function; provides support for RS-232; Ethernet; WiFi; IEEE-1394 FireWire or similar protocol for hard-wired or wireless remote control; and does not provide audio amplification.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Audio/Video, Rev. July-2012</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-audiovideo-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/audiovideo_specification_version_3_0_pd</t>
+  </si>
+  <si>
     <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
   </si>
   <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Home Audio Equipment of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers home audio equipment. It includes DVD players, mini component audio, micro component audio, and home theater audio that read or record data from a memory card or memory device or receives radio waves and produce audio or visual signals to provide entertainment or information and can operate with the power from the mains electricity supply. This does not include audio equipment for commercial use (professional audio system) and a public address (PA) system.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Home Theater Equipment</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-home-audio-equipment-standby-mode-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048427</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4146 - Audio and Video Systems</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for audio visual systems: home theater systems, DVD players, and Blu-ray players operating at nominal voltages of 110, 115, 127, 220, 230V, at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Home Theater Equipment, DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / NOM-008-SCFI / NOM-024-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4146-audio-and-video-systems</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4146.pdf</t>
+  </si>
+  <si>
     <t>Standards and Labeling of Evaporative Air Coolers</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for direct evaporative air coolers (commercially known as desert coolers) for household and similar use for capacity up to and including 6000 CMH( 1.67m3/sec) suitable for rated voltage upto and including 250V 50Hz ac covered under the scope of IS 3315: 2024 as amended from time to time, being manufactured, imported or assembled for the purpose
+of commercial sale.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, India</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>IS 3315: 2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency, Ministry of Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standards-and-labeling-evaporative-air-coolers</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Home/EquipmentSchemes?type=V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -592,527 +657,590 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="127" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="641.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="327.92" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>50</v>
+      </c>
+      <c r="H5">
+        <v>2002</v>
+      </c>
+      <c r="I5">
+        <v>2014</v>
+      </c>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>59</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1990</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>42</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>65</v>
+      </c>
+      <c r="D7" t="s">
+        <v>66</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F7" t="s">
+        <v>67</v>
+      </c>
+      <c r="G7" t="s">
+        <v>50</v>
+      </c>
+      <c r="H7">
+        <v>1999</v>
+      </c>
+      <c r="I7">
+        <v>2009</v>
+      </c>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" t="s">
+        <v>75</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>76</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>77</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>78</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B9" t="s">
+        <v>82</v>
+      </c>
+      <c r="C9" t="s">
+        <v>83</v>
+      </c>
+      <c r="D9" t="s">
+        <v>84</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>50</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2009</v>
+      </c>
+      <c r="J9" t="s">
+        <v>85</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>86</v>
+      </c>
+      <c r="M9" t="s">
+        <v>87</v>
+      </c>
+      <c r="N9" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...29 lines deleted...]
-        <v>32</v>
+      <c r="O9" t="s">
+        <v>88</v>
+      </c>
+      <c r="P9" t="s">
+        <v>89</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>90</v>
+      </c>
+      <c r="B10" t="s">
+        <v>91</v>
+      </c>
+      <c r="C10" t="s">
+        <v>92</v>
+      </c>
+      <c r="D10" t="s">
+        <v>66</v>
+      </c>
+      <c r="E10" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
-[...212 lines deleted...]
-      <c r="C9" t="s">
+      <c r="F10" t="s">
         <v>67</v>
       </c>
-      <c r="D9" t="s">
-[...52 lines deleted...]
-      <c r="G10">
+      <c r="G10" t="s">
+        <v>93</v>
+      </c>
+      <c r="H10">
         <v>2025</v>
       </c>
-      <c r="H10"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>21</v>
+        <v>94</v>
       </c>
       <c r="K10" t="s">
-        <v>75</v>
+        <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>76</v>
+        <v>95</v>
       </c>
       <c r="M10" t="s">
-        <v>23</v>
+        <v>96</v>
       </c>
       <c r="N10" t="s">
-        <v>77</v>
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>97</v>
+      </c>
+      <c r="P10" t="s">
+        <v>98</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>