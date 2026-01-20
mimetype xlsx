--- v0 (2025-10-14)
+++ v1 (2026-01-20)
@@ -12,320 +12,381 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Home Audio Products</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than or equal to 1,000W whose intendedpurpose, other than providing non-video status displays, isthe production of recording of signals in the audio domainas reproduced by headphones, loudspeakers, or othertransducers, except radio cassette players.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-home-audio-products</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Integrated Stereo</t>
   </si>
   <si>
+    <t>The applicable products shall be integrated stereos with the CCC Code of 8518.50.00.00-8A; or have been recognized by the Bureau of Energy of the Ministry of Economic Affairs as integrated stereos.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-integrated-stereo</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=28</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Axial flow Fans; No. En-Tech 10205010211</t>
   </si>
   <si>
+    <t>Axial flow Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy. The required specifications are:   -Fan Diameter: between 0.125m and 2m;   -Rated Power: between 125W and 75kW;   -Static Pressure: under 500 mmAq;  -Air Flow Rate: under 3000 CMM</t>
+  </si>
+  <si>
     <t>Duct Fans</t>
   </si>
   <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-axial-flow-fans-no-en-tech-10205010211</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=43</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Audio/Video Version 3.0</t>
   </si>
   <si>
+    <t>To be eligible for ENERGY STAR qualification under this specification a product must meet the definition of an AV Product or Dedicated Audio DSP Device. AV Product is a mains-connected product that offers audio amplification and or optical disc drive functions. A Dedicated Audio DSP Device is a device that: provides audio digital signal processing as its primary function; provides support for RS-232; Ethernet; WiFi; IEEE-1394 FireWire or similar protocol for hard-wired or wireless remote control; and does not provide audio amplification.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Audio/Video, Rev. July-2012</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-audiovideo-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/audiovideo_specification_version_3_0_pd</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Heat-Recovery Ventilators and Energy-Recovery Ventilators (H/ERVs) sold in Canada Version 2.2</t>
   </si>
   <si>
+    <t>A product model must meet the definition of a residential H/ERV as defined in Section 1A or 1B as specified in the policy document, comply with the testing and minimum performance requirements provided in this specification and have a capacity of no greater than 500 CFM (236 L/s) to be eligible for ENERGY STAR certification under this specification. H/ERVs with electric resistance heaters are not eligible for ENERGY STAR certification.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CAN/CSA C439–18</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-technical-specification-residential-heat-recovery-ventilators-and-energy</t>
   </si>
   <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/heatenergy-recovery-ventilators-hrvs-and-ervs/13695</t>
+  </si>
+  <si>
     <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
   </si>
   <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Home Audio Equipment of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers home audio equipment. It includes DVD players, mini component audio, micro component audio, and home theater audio that read or record data from a memory card or memory device or receives radio waves and produce audio or visual signals to provide entertainment or information and can operate with the power from the mains electricity supply. This does not include audio equipment for commercial use (professional audio system) and a public address (PA) system.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Home Theater Equipment</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-home-audio-equipment-standby-mode-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048427</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4146 - Audio and Video Systems</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for audio visual systems: home theater systems, DVD players, and Blu-ray players operating at nominal voltages of 110, 115, 127, 220, 230V, at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Home Theater Equipment, DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / NOM-008-SCFI / NOM-024-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4146-audio-and-video-systems</t>
+  </si>
+  <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4146.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -589,531 +650,594 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="172" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="172.101" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="641.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="195.667" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>37</v>
+      </c>
+      <c r="K3" t="s">
+        <v>38</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>35</v>
+      </c>
+      <c r="G4" t="s">
+        <v>36</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>38</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>35</v>
+      </c>
+      <c r="G5" t="s">
+        <v>36</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>38</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>35</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2002</v>
+      </c>
+      <c r="I6">
+        <v>2014</v>
+      </c>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>38</v>
+      </c>
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>67</v>
+      </c>
+      <c r="D7" t="s">
+        <v>52</v>
+      </c>
+      <c r="E7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" t="s">
+        <v>35</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7">
+        <v>2020</v>
+      </c>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>38</v>
+      </c>
+      <c r="L7" t="s">
+        <v>69</v>
+      </c>
+      <c r="M7" t="s">
+        <v>70</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>75</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G8" t="s">
+        <v>36</v>
+      </c>
+      <c r="H8">
+        <v>1990</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>45</v>
+      </c>
+      <c r="K8" t="s">
+        <v>38</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>76</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>81</v>
+      </c>
+      <c r="D9" t="s">
+        <v>82</v>
+      </c>
+      <c r="E9" t="s">
+        <v>34</v>
+      </c>
+      <c r="F9" t="s">
+        <v>83</v>
+      </c>
+      <c r="G9" t="s">
+        <v>36</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>84</v>
+      </c>
+      <c r="K9" t="s">
+        <v>38</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>85</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>90</v>
+      </c>
+      <c r="D10" t="s">
+        <v>91</v>
+      </c>
+      <c r="E10" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" t="s">
+        <v>35</v>
+      </c>
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...13 lines deleted...]
-      <c r="B3" t="s">
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
+        <v>2009</v>
+      </c>
+      <c r="J10" t="s">
+        <v>92</v>
+      </c>
+      <c r="K10" t="s">
+        <v>38</v>
+      </c>
+      <c r="L10" t="s">
+        <v>93</v>
+      </c>
+      <c r="M10" t="s">
+        <v>94</v>
+      </c>
+      <c r="N10" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...325 lines deleted...]
-        <v>76</v>
+      <c r="O10" t="s">
+        <v>95</v>
+      </c>
+      <c r="P10" t="s">
+        <v>96</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>