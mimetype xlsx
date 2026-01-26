--- v0 (2025-12-12)
+++ v1 (2026-01-26)
@@ -351,69 +351,69 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-269203-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CAD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
     <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
   </si>
   <si>
     <t>This policy covers domestic sound frequency signal amplifiers.</t>
   </si>
   <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
   </si>
   <si>
     <t>http://docs.cntd.ru/document/1200016457</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Home Audio Equipment of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
     <t>The ministerial regulation covers home audio equipment. It includes DVD players, mini component audio, micro component audio, and home theater audio that read or record data from a memory card or memory device or receives radio waves and produce audio or visual signals to provide entertainment or information and can operate with the power from the mains electricity supply. This does not include audio equipment for commercial use (professional audio system) and a public address (PA) system.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
@@ -1500,51 +1500,51 @@
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>112</v>
       </c>
       <c r="B14" t="s">
         <v>113</v>
       </c>
       <c r="C14" t="s">
         <v>114</v>
       </c>
       <c r="D14" t="s">
         <v>115</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>34</v>
       </c>
       <c r="G14" t="s">
         <v>35</v>
       </c>
       <c r="H14">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>116</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>117</v>
       </c>
       <c r="N14" t="s">
         <v>57</v>
       </c>
       <c r="O14" t="s">
         <v>118</v>
       </c>
       <c r="P14" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>120</v>