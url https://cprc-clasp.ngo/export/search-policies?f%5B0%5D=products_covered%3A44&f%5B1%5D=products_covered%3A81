--- v0 (2025-10-12)
+++ v1 (2026-03-06)
@@ -12,361 +12,434 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Home Audio Products</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than or equal to 1,000W whose intendedpurpose, other than providing non-video status displays, isthe production of recording of signals in the audio domainas reproduced by headphones, loudspeakers, or othertransducers, except radio cassette players.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-home-audio-products</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Integrated Stereo</t>
   </si>
   <si>
+    <t>The applicable products shall be integrated stereos with the CCC Code of 8518.50.00.00-8A; or have been recognized by the Bureau of Energy of the Ministry of Economic Affairs as integrated stereos.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-integrated-stereo</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=28</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Domestic Liquefied Petroleum Gas Stove</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/star-label.php</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Audio/Video Version 3.0</t>
   </si>
   <si>
+    <t>To be eligible for ENERGY STAR qualification under this specification a product must meet the definition of an AV Product or Dedicated Audio DSP Device. AV Product is a mains-connected product that offers audio amplification and or optical disc drive functions. A Dedicated Audio DSP Device is a device that: provides audio digital signal processing as its primary function; provides support for RS-232; Ethernet; WiFi; IEEE-1394 FireWire or similar protocol for hard-wired or wireless remote control; and does not provide audio amplification.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Audio/Video, Rev. July-2012</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-audiovideo-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/audiovideo_specification_version_3_0_pd</t>
+  </si>
+  <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>June 2021</t>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...4 lines deleted...]
-  <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
+  </si>
+  <si>
     <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
   </si>
   <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Infrared gas stove</t>
   </si>
   <si>
+    <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ref. A study project of energy efficiency standard for infrared gas stoves (DEDE)</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-infrared-gas-stove</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/2_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Liquefied petroleum gas (LPG) Cookstoves</t>
   </si>
   <si>
+    <t>This scheme covers household stoves (direct heating and flame types) with a maximum gas consumption of each burner that does not exceed 0.42 kg/h (or 5.78 kW) and the total gas consumption of all burners does not exceed 1. kg/h (or 13.76 kW) with one or more burners (without grill, oven or electric stove components). Household cooking stoves for liquefied petroleum gas must only be low-pressure gas stoves and must not be infrared stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, LPG Stoves</t>
   </si>
   <si>
     <t>TIS 2312-2549</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-liquefied-petroleum-gas-lpg-cookstoves</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/1_01032565.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Home Audio Equipment of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers home audio equipment. It includes DVD players, mini component audio, micro component audio, and home theater audio that read or record data from a memory card or memory device or receives radio waves and produce audio or visual signals to provide entertainment or information and can operate with the power from the mains electricity supply. This does not include audio equipment for commercial use (professional audio system) and a public address (PA) system.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Home Theater Equipment</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-home-audio-equipment-standby-mode-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048427</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4146 - Audio and Video Systems</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for audio visual systems: home theater systems, DVD players, and Blu-ray players operating at nominal voltages of 110, 115, 127, 220, 230V, at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Home Theater Equipment, DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / NOM-008-SCFI / NOM-024-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4146-audio-and-video-systems</t>
+  </si>
+  <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4146.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -630,613 +703,688 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N12"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="147" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="147.393" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="641.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="96.691" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="97.833" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>41</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4">
+        <v>2025</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>48</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5">
+        <v>2002</v>
+      </c>
+      <c r="I5">
+        <v>2014</v>
+      </c>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...8 lines deleted...]
-      <c r="F3" t="s">
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E6" t="s">
+        <v>41</v>
+      </c>
+      <c r="F6" t="s">
+        <v>42</v>
+      </c>
+      <c r="G6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>65</v>
+      </c>
+      <c r="K6" t="s">
+        <v>66</v>
+      </c>
+      <c r="L6" t="s">
+        <v>67</v>
+      </c>
+      <c r="M6" t="s">
+        <v>68</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>69</v>
+      </c>
+      <c r="P6" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>71</v>
+      </c>
+      <c r="B7" t="s">
+        <v>72</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
+        <v>73</v>
+      </c>
+      <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
+        <v>42</v>
+      </c>
+      <c r="G7" t="s">
+        <v>8</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7">
+        <v>2025</v>
+      </c>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>74</v>
+      </c>
+      <c r="N7" t="s">
+        <v>48</v>
+      </c>
+      <c r="O7" t="s">
+        <v>75</v>
+      </c>
+      <c r="P7" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>77</v>
+      </c>
+      <c r="B8" t="s">
+        <v>78</v>
+      </c>
+      <c r="C8" t="s">
+        <v>79</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>42</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1990</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>80</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>81</v>
+      </c>
+      <c r="P8" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>83</v>
+      </c>
+      <c r="B9" t="s">
+        <v>84</v>
+      </c>
+      <c r="C9" t="s">
+        <v>85</v>
+      </c>
+      <c r="D9" t="s">
+        <v>40</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>86</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2022</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>87</v>
+      </c>
+      <c r="K9" t="s">
+        <v>45</v>
+      </c>
+      <c r="L9" t="s">
+        <v>88</v>
+      </c>
+      <c r="M9" t="s">
+        <v>89</v>
+      </c>
+      <c r="N9" t="s">
+        <v>90</v>
+      </c>
+      <c r="O9" t="s">
+        <v>91</v>
+      </c>
+      <c r="P9" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>93</v>
+      </c>
+      <c r="B10" t="s">
+        <v>94</v>
+      </c>
+      <c r="C10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D10" t="s">
+        <v>95</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>86</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2022</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>87</v>
+      </c>
+      <c r="K10" t="s">
+        <v>45</v>
+      </c>
+      <c r="L10" t="s">
+        <v>96</v>
+      </c>
+      <c r="M10" t="s">
+        <v>89</v>
+      </c>
+      <c r="N10" t="s">
+        <v>90</v>
+      </c>
+      <c r="O10" t="s">
+        <v>97</v>
+      </c>
+      <c r="P10" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>99</v>
+      </c>
+      <c r="B11" t="s">
+        <v>100</v>
+      </c>
+      <c r="C11" t="s">
+        <v>85</v>
+      </c>
+      <c r="D11" t="s">
+        <v>101</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>102</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>87</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>89</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>103</v>
+      </c>
+      <c r="P11" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>105</v>
+      </c>
+      <c r="B12" t="s">
+        <v>106</v>
+      </c>
+      <c r="C12" t="s">
+        <v>107</v>
+      </c>
+      <c r="D12" t="s">
+        <v>108</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>54</v>
+      </c>
+      <c r="H12">
         <v>2008</v>
       </c>
-      <c r="H3"/>
-[...377 lines deleted...]
-      <c r="H12">
+      <c r="I12">
         <v>2009</v>
       </c>
-      <c r="I12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J12" t="s">
-        <v>21</v>
+        <v>109</v>
       </c>
       <c r="K12" t="s">
-        <v>87</v>
+        <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>88</v>
+        <v>110</v>
       </c>
       <c r="M12" t="s">
-        <v>23</v>
+        <v>111</v>
       </c>
       <c r="N12" t="s">
-        <v>89</v>
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>112</v>
+      </c>
+      <c r="P12" t="s">
+        <v>113</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>