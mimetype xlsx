--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,358 +12,438 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>AS/NZS 4965.2:2008: Performance of close control air conditioners—Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS/NZS 4965.1:2008</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-496522008-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>CEL 035-2016 Projectors</t>
   </si>
   <si>
+    <t>This policy contains energy labeling requirements for projectors. It applies to LCD and DLP projectors that work normally under grid voltage with projection as the main function and high-pressure mercury lamps or metal halide lamps as the light source. It is not suitable for integrated projection units consisting of a projection screen and projector, e.g., professional projectors for cinema projection.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB/T 8170; GB 20943; SJ/T 11332; SJ/T 11346</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-035-2016-projectors</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=e59e428822a54893b571a5cf2b9b4f56</t>
+  </si>
+  <si>
     <t>CQC61-452628-2016. Energy Conservation and Environmentally-Friendly Certification Rules for Projectors</t>
   </si>
   <si>
+    <t>Applies to products of front projecting type with LCD and DMD</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 32028-2015; CQC 6102-2016</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-452628-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-20/492563.shtml</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>Heating controls products</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-2</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Connected Thermostats Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a CT product as specified in the policy document are eligible for ENERGY STAR certification. CT products provided as part of a larger product offering such as a home security system may be certified but will be subject to specific labeling requirements.
+Connected Thermostat (CT) Product: For the purposes of this specification the CT product includes the CT device in the home with associated firmware; which is assumed to be updated during the time the CT device is used in the home; as well as a CT service supported by hardware and software outside of the home. The CT service would typically provide web and smart phone based thermostat control.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>IEC 62301, Ed. 2.0, 2011-01; ENERGY STAR Method to Demonstrate Connected Thermostat Field Savings V1.0</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-connected-thermostats-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/connected_thermostats/partners</t>
+  </si>
+  <si>
     <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors</t>
   </si>
   <si>
+    <t>Applies to LCD and DLP projector used majorly for projection that have High Pressure Mercury Lamp and or metal halide lamp as lighting source. This can serve as reference for solid state lighting projector and projectors with LCOS as display parts.</t>
+  </si>
+  <si>
     <t>GB-T8170 GB20943 SJ-T11332 SJ-T11346</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32028-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80950D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Close Control Air Conditioners) Determination 2012</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners (used where temperature and humidity are required to be monitored and maintained within narrow limits, for example, use in computer rooms, data processing units, telecommunications facilities and other industrial process areas) that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-close-control-air-conditioners-determination-2012</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02124</t>
+  </si>
+  <si>
     <t>Greenmark N82 - Portable Projectors</t>
   </si>
   <si>
+    <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n82-portable-projectors</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1195
 ,   
                     TIS 1956 (or CISPR 32, EN 55032)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-81-R1-17.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -627,653 +707,734 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="166" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="166.245" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="478.883" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="121.399" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2008</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4">
+        <v>2016</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...30 lines deleted...]
-      <c r="N3" t="s">
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
         <v>33</v>
       </c>
-    </row>
-[...48 lines deleted...]
-      <c r="B5" t="s">
+      <c r="E5" t="s">
         <v>42</v>
-      </c>
-[...7 lines deleted...]
-        <v>36</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
-      <c r="G5">
+      <c r="G5" t="s">
+        <v>52</v>
+      </c>
+      <c r="H5">
         <v>2014</v>
       </c>
-      <c r="H5">
+      <c r="I5">
         <v>2020</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>42</v>
+      </c>
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>61</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>67</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K5"/>
-[...3 lines deleted...]
-      <c r="M5" t="s">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>67</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-        <v>46</v>
+      <c r="L8" t="s">
+        <v>74</v>
+      </c>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...15 lines deleted...]
-      <c r="F6" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>80</v>
+      </c>
+      <c r="D9" t="s">
         <v>19</v>
       </c>
-      <c r="G6">
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>81</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>25</v>
+      </c>
+      <c r="M9" t="s">
+        <v>82</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F10" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>88</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>85</v>
+      </c>
+      <c r="M10" t="s">
+        <v>89</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>90</v>
+      </c>
+      <c r="P10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C11" t="s">
+        <v>94</v>
+      </c>
+      <c r="D11" t="s">
+        <v>95</v>
+      </c>
+      <c r="E11" t="s">
+        <v>42</v>
+      </c>
+      <c r="F11" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2015</v>
       </c>
-      <c r="H6"/>
-[...10 lines deleted...]
-      <c r="M6" t="s">
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>96</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N6" t="s">
-        <v>51</v>
+      <c r="L11" t="s">
+        <v>97</v>
+      </c>
+      <c r="M11" t="s">
+        <v>98</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>99</v>
+      </c>
+      <c r="P11" t="s">
+        <v>100</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-[...209 lines deleted...]
-    <row r="12" spans="1:14">
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>79</v>
+        <v>101</v>
       </c>
       <c r="B12" t="s">
-        <v>80</v>
+        <v>102</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>103</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F12" t="s">
         <v>43</v>
       </c>
-      <c r="G12">
+      <c r="G12" t="s">
+        <v>52</v>
+      </c>
+      <c r="H12">
         <v>2013</v>
       </c>
-      <c r="H12">
+      <c r="I12">
         <v>2018</v>
       </c>
-      <c r="I12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J12" t="s">
+        <v>104</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>105</v>
+      </c>
+      <c r="M12" t="s">
+        <v>106</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>107</v>
+      </c>
+      <c r="P12" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>109</v>
+      </c>
+      <c r="B13" t="s">
+        <v>110</v>
+      </c>
+      <c r="C13" t="s">
+        <v>59</v>
+      </c>
+      <c r="D13" t="s">
+        <v>111</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K12" t="s">
-[...5 lines deleted...]
-      <c r="M12" t="s">
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>112</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N12" t="s">
-[...32 lines deleted...]
-      <c r="K13"/>
       <c r="L13"/>
-      <c r="M13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M13"/>
       <c r="N13" t="s">
-        <v>88</v>
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>113</v>
+      </c>
+      <c r="P13" t="s">
+        <v>114</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>