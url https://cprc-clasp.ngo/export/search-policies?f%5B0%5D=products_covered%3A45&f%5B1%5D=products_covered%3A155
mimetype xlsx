--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -12,397 +12,508 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL - Variable-Frequency and Permanent Magnet Synchronous Motors for Elevators</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors for elevators and variable-frequency, permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 755-2008; GB 10068-2008; GB 10069.3-2008; GB/T 22669-2008; GB/T 22670-2008</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-variable-frequency-and-permanent-magnet-synchronous-motors-elevators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%</t>
+  </si>
+  <si>
     <t>CEL 035-2016 Projectors</t>
   </si>
   <si>
+    <t>This policy contains energy labeling requirements for projectors. It applies to LCD and DLP projectors that work normally under grid voltage with projection as the main function and high-pressure mercury lamps or metal halide lamps as the light source. It is not suitable for integrated projection units consisting of a projection screen and projector, e.g., professional projectors for cinema projection.</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB/T 8170; GB 20943; SJ/T 11332; SJ/T 11346</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-035-2016-projectors</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=e59e428822a54893b571a5cf2b9b4f56</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
+  </si>
+  <si>
     <t>CQC31-461238-2009. CQC Mark Certification - Variable frequency speed regulation devices</t>
   </si>
   <si>
+    <t>Applies to variable frequency speed regulation devices using three-phase AC power supply which voltage is no higher than 660V frequency of 50Hz and power no bigger than 315kW.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 12668.2-2002 GB/Z 17625.6-2003 GB/T 17623</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461238-2009-cqc-mark-certification-variable-frequency-speed-regulation-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492770.shtml</t>
+  </si>
+  <si>
     <t>CQC61-452628-2016. Energy Conservation and Environmentally-Friendly Certification Rules for Projectors</t>
   </si>
   <si>
+    <t>Applies to products of front projecting type with LCD and DMD</t>
+  </si>
+  <si>
     <t>GB 32028-2015; CQC 6102-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-452628-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-20/492563.shtml</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPS for electric motors</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-electric-motors-0</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>GB 30253-2013 Minimum allowable values of energy efficiency and energy efficiency grades for permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors. This policy will be replaced by GB 30253-2024, which will enter into force on 1 October 2025. Click 'See More' for a link to the new policy.</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30253-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E902D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors</t>
   </si>
   <si>
+    <t>Applies to LCD and DLP projector used majorly for projection that have High Pressure Mercury Lamp and or metal halide lamp as lighting source. This can serve as reference for solid state lighting projector and projectors with LCOS as display parts.</t>
+  </si>
+  <si>
     <t>GB-T8170 GB20943 SJ-T11332 SJ-T11346</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32028-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80950D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenmark N82 - Portable Projectors</t>
   </si>
   <si>
+    <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n82-portable-projectors</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Variable Speed Drive</t>
   </si>
   <si>
+    <t>This scheme covers variable speed drive for 2 types: 1. Motor speed adjustment device used for AC induction motors with a rated power output of more than 37.5 kW., and 2. Motor speed adjustment device used for AC induction motors with rated power output ranging from 0.37 to 37.5 kW (0.5 to 50 hp).</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment, Motors, Variable Speed Drives</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>IEC 61800-2</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-variable-speed-drive</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/4_01032565.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Variable Speed Drive, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a variable speed drive that is supplied to an AC electric motor. The scope includes 1. Applicable to one-phase or three-phase; 2. Applicable to an AC power supply with a frequency of 50 hertz or an increase or decrease from a frequency of 50 hertz by 5% and a rated voltage not exceeding 1,000 volts; 3. Harmonic quantity control shall be in accordance with IEC 61000-3-2 or IEC 61000-3-4 or equivalent standards; 4. It has a noise emission limit feature and the noise resistance complies with the IEC 61800-3 standard; 5. Withstand the sudden surge of current (surge) according to IEC 61800-3 standard; 6. Can be used with ambient temperature from 5 degrees Celsius; 7. Compatible with 85 percent relative humidity without condensation; and 8. It can be used in vibrating installation conditions as defined in IEC 61800-2.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-variable-speed-drive-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048428</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1195
 ,   
                     TIS 1956 (or CISPR 32, EN 55032)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-81-R1-17.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Electric Motors and Variable Speed Drives</t>
+  </si>
+  <si>
+    <t>This Policy applies to:
+(a) induction electric motors without brushes, commutators, slip rings or electrical connections to the rotor, which are rated for operation on a 50 Hz, 60 Hz or 50/60 Hz sinusoidal voltage and—
+(i) have two, four, six or eight poles;
+(ii) have a rated voltage (“UN”) above 50 V and up to and including 1,000 V;
+(iii) have a rated power output (“PN”) from 0.12 kilowatts (kW) up to and including 1,000 kW;
+(iv) are rated on the basis of continuous duty operation; and
+(v) are rated for direct on-line operation;
+(b) variable speed drives with 3 phase input which:
+(i) are rated for operating with a motor falling within sub-paragraph (a), within the 0.12 kW-1,000 kW motor rated output range;
+(ii) have a rated voltage above 100 V and up to and including 1,000 V AC; and
+(iii) have only one AC voltage output.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-electric-motors</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -666,815 +777,920 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N17"/>
+  <dimension ref="A1:P17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="254" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="254.652" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1012.039" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="157.961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>45</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E5" t="s">
+        <v>50</v>
+      </c>
+      <c r="F5" t="s">
+        <v>51</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5">
+        <v>2002</v>
+      </c>
+      <c r="I5">
+        <v>2009</v>
+      </c>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>50</v>
+      </c>
+      <c r="F6" t="s">
+        <v>51</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6">
+        <v>2016</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>54</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" t="s">
+        <v>50</v>
+      </c>
+      <c r="F7" t="s">
+        <v>51</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7">
         <v>2014</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I7">
+        <v>2020</v>
+      </c>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>66</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>72</v>
+      </c>
+      <c r="F8" t="s">
+        <v>73</v>
+      </c>
+      <c r="G8" t="s">
+        <v>74</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>33</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F9" t="s">
+        <v>41</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>52</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>25</v>
+      </c>
+      <c r="M9" t="s">
+        <v>80</v>
+      </c>
+      <c r="N9" t="s">
+        <v>45</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>41</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>52</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>85</v>
+      </c>
+      <c r="M10" t="s">
+        <v>80</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>86</v>
+      </c>
+      <c r="P10" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>88</v>
+      </c>
+      <c r="B11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C11" t="s">
+        <v>90</v>
+      </c>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" t="s">
+        <v>50</v>
+      </c>
+      <c r="F11" t="s">
+        <v>51</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>91</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>88</v>
+      </c>
+      <c r="M11" t="s">
+        <v>92</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>93</v>
+      </c>
+      <c r="P11" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
+        <v>97</v>
+      </c>
+      <c r="D12" t="s">
+        <v>98</v>
+      </c>
+      <c r="E12" t="s">
+        <v>50</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H12">
+        <v>2022</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>99</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L12" t="s">
+        <v>100</v>
+      </c>
+      <c r="M12" t="s">
+        <v>101</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>102</v>
+      </c>
+      <c r="P12" t="s">
+        <v>103</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>104</v>
+      </c>
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" t="s">
+        <v>97</v>
+      </c>
+      <c r="D13" t="s">
+        <v>98</v>
+      </c>
+      <c r="E13" t="s">
+        <v>50</v>
+      </c>
+      <c r="F13" t="s">
+        <v>106</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>99</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>101</v>
+      </c>
+      <c r="N13" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...5 lines deleted...]
-      <c r="F3" t="s">
+      <c r="O13" t="s">
+        <v>107</v>
+      </c>
+      <c r="P13" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>109</v>
+      </c>
+      <c r="B14" t="s">
+        <v>110</v>
+      </c>
+      <c r="C14" t="s">
+        <v>111</v>
+      </c>
+      <c r="D14" t="s">
+        <v>112</v>
+      </c>
+      <c r="E14" t="s">
+        <v>50</v>
+      </c>
+      <c r="F14" t="s">
+        <v>51</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2015</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>113</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>114</v>
+      </c>
+      <c r="M14" t="s">
+        <v>115</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>116</v>
+      </c>
+      <c r="P14" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>118</v>
+      </c>
+      <c r="B15" t="s">
+        <v>119</v>
+      </c>
+      <c r="C15" t="s">
+        <v>97</v>
+      </c>
+      <c r="D15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F15" t="s">
+        <v>51</v>
+      </c>
+      <c r="G15" t="s">
+        <v>42</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15">
+        <v>2018</v>
+      </c>
+      <c r="J15" t="s">
+        <v>120</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>121</v>
+      </c>
+      <c r="M15" t="s">
+        <v>122</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>123</v>
+      </c>
+      <c r="P15" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>125</v>
+      </c>
+      <c r="B16" t="s">
+        <v>126</v>
+      </c>
+      <c r="C16" t="s">
+        <v>127</v>
+      </c>
+      <c r="D16" t="s">
+        <v>128</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>41</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>129</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16"/>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>130</v>
+      </c>
+      <c r="P16" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>132</v>
+      </c>
+      <c r="B17" t="s">
+        <v>133</v>
+      </c>
+      <c r="C17" t="s">
+        <v>127</v>
+      </c>
+      <c r="D17" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...15 lines deleted...]
-      <c r="M3" t="s">
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>41</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2021</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>129</v>
+      </c>
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...79 lines deleted...]
-      <c r="L5" t="s">
+      <c r="L17"/>
+      <c r="M17"/>
+      <c r="N17" t="s">
         <v>45</v>
       </c>
-      <c r="M5" t="s">
-[...497 lines deleted...]
-        <v>101</v>
+      <c r="O17" t="s">
+        <v>134</v>
+      </c>
+      <c r="P17" t="s">
+        <v>131</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>