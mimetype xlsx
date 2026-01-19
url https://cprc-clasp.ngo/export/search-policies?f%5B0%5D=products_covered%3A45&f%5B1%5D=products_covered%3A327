--- v0 (2025-11-28)
+++ v1 (2026-01-19)
@@ -1701,54 +1701,54 @@
       </c>
       <c r="P16"/>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>129</v>
       </c>
       <c r="B17" t="s">
         <v>130</v>
       </c>
       <c r="C17" t="s">
         <v>131</v>
       </c>
       <c r="D17" t="s">
         <v>132</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>34</v>
       </c>
       <c r="G17" t="s">
         <v>35</v>
       </c>
-      <c r="H17">
+      <c r="H17"/>
+      <c r="I17">
         <v>2024</v>
       </c>
-      <c r="I17"/>
       <c r="J17" t="s">
         <v>133</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>134</v>
       </c>
       <c r="N17" t="s">
         <v>38</v>
       </c>
       <c r="O17" t="s">
         <v>135</v>
       </c>
       <c r="P17" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>137</v>
       </c>
       <c r="B18" t="s">