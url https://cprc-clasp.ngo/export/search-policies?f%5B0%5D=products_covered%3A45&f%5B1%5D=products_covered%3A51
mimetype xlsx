--- v0 (2025-11-29)
+++ v1 (2026-03-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="209">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="210">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -182,63 +182,64 @@
   <si>
     <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
@@ -321,50 +322,53 @@
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
     <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
+    <t>Revised, To Be Superseded</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors</t>
   </si>
   <si>
     <t>Applies to LCD and DLP projector used majorly for projection that have High Pressure Mercury Lamp and or metal halide lamp as lighting source. This can serve as reference for solid state lighting projector and projectors with LCOS as display parts.</t>
   </si>
   <si>
     <t>GB-T8170 GB20943 SJ-T11332 SJ-T11346</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32028-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
@@ -1285,55 +1289,53 @@
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>55</v>
       </c>
       <c r="B6" t="s">
         <v>56</v>
       </c>
       <c r="C6" t="s">
         <v>57</v>
       </c>
       <c r="D6" t="s">
         <v>58</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>59</v>
       </c>
       <c r="H6">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
         <v>60</v>
       </c>
       <c r="K6" t="s">
         <v>37</v>
       </c>
       <c r="L6" t="s">
         <v>61</v>
       </c>
       <c r="M6" t="s">
         <v>62</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>63</v>
       </c>
       <c r="P6" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>65</v>
@@ -1576,758 +1578,758 @@
       </c>
       <c r="P11" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>101</v>
       </c>
       <c r="B12" t="s">
         <v>102</v>
       </c>
       <c r="C12" t="s">
         <v>32</v>
       </c>
       <c r="D12" t="s">
         <v>45</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>103</v>
       </c>
       <c r="H12">
         <v>2007</v>
       </c>
       <c r="I12">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J12" t="s">
         <v>69</v>
       </c>
       <c r="K12" t="s">
         <v>37</v>
       </c>
       <c r="L12" t="s">
         <v>70</v>
       </c>
       <c r="M12" t="s">
         <v>39</v>
       </c>
       <c r="N12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="O12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="P12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13" t="s">
         <v>33</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>35</v>
       </c>
       <c r="H13">
         <v>2016</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>69</v>
       </c>
       <c r="K13" t="s">
         <v>37</v>
       </c>
       <c r="L13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="P13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B14" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D14" t="s">
         <v>45</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2005</v>
       </c>
       <c r="I14">
         <v>2014</v>
       </c>
       <c r="J14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="K14" t="s">
         <v>37</v>
       </c>
       <c r="L14" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M14" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="P14" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D15" t="s">
         <v>33</v>
       </c>
       <c r="E15" t="s">
         <v>67</v>
       </c>
       <c r="F15" t="s">
         <v>68</v>
       </c>
       <c r="G15" t="s">
         <v>35</v>
       </c>
       <c r="H15">
         <v>2014</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="K15" t="s">
         <v>37</v>
       </c>
       <c r="L15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="P15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B16" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C16" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D16" t="s">
         <v>45</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2013</v>
       </c>
       <c r="I16">
         <v>2014</v>
       </c>
       <c r="J16" t="s">
         <v>69</v>
       </c>
       <c r="K16" t="s">
         <v>37</v>
       </c>
       <c r="L16" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="M16" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="P16" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B17" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C17" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D17" t="s">
         <v>45</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>35</v>
       </c>
       <c r="H17">
         <v>2009</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="K17" t="s">
         <v>37</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="P17" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B18" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C18" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D18" t="s">
         <v>45</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2005</v>
       </c>
       <c r="I18">
         <v>2011</v>
       </c>
       <c r="J18" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="K18" t="s">
         <v>37</v>
       </c>
       <c r="L18" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="M18" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="P18" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B19" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C19" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D19" t="s">
         <v>45</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="H19">
         <v>2017</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="K19" t="s">
         <v>37</v>
       </c>
       <c r="L19" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="M19" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="P19" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B20" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C20" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D20" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E20" t="s">
         <v>67</v>
       </c>
       <c r="F20" t="s">
         <v>68</v>
       </c>
       <c r="G20" t="s">
         <v>35</v>
       </c>
       <c r="H20">
         <v>2015</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="K20" t="s">
         <v>37</v>
       </c>
       <c r="L20" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="M20" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="P20" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B21" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C21" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D21" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>96</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2017</v>
       </c>
       <c r="I21">
         <v>2021</v>
       </c>
       <c r="J21" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="K21" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="L21" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="M21" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="N21" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="O21" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="P21" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B22" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C22" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D22" t="s">
         <v>45</v>
       </c>
       <c r="E22" t="s">
         <v>67</v>
       </c>
       <c r="F22" t="s">
         <v>96</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2014</v>
       </c>
       <c r="I22">
         <v>2016</v>
       </c>
       <c r="J22" t="s">
         <v>36</v>
       </c>
       <c r="K22" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="L22" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="M22" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="P22" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B23" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C23" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D23" t="s">
         <v>45</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>96</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2007</v>
       </c>
       <c r="I23">
         <v>2011</v>
       </c>
       <c r="J23" t="s">
         <v>36</v>
       </c>
       <c r="K23" t="s">
         <v>37</v>
       </c>
       <c r="L23" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="M23" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="P23" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B24" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C24" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D24" t="s">
         <v>33</v>
       </c>
       <c r="E24" t="s">
         <v>67</v>
       </c>
       <c r="F24" t="s">
         <v>68</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2013</v>
       </c>
       <c r="I24">
         <v>2018</v>
       </c>
       <c r="J24" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="K24" t="s">
         <v>37</v>
       </c>
       <c r="L24" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="M24" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="P24" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B25" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C25" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D25" t="s">
         <v>45</v>
       </c>
       <c r="E25" t="s">
         <v>67</v>
       </c>
       <c r="F25" t="s">
         <v>68</v>
       </c>
       <c r="G25" t="s">
         <v>35</v>
       </c>
       <c r="H25">
         <v>2012</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="K25" t="s">
         <v>37</v>
       </c>
       <c r="L25" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="M25" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="P25" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B26" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C26" t="s">
         <v>44</v>
       </c>
       <c r="D26" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>35</v>
       </c>
       <c r="H26">
         <v>2021</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>46</v>
       </c>
       <c r="K26" t="s">
         <v>37</v>
       </c>
       <c r="L26"/>
       <c r="M26"/>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="P26" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">