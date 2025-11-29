--- v0 (2025-10-13)
+++ v1 (2025-11-29)
@@ -12,397 +12,494 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>CEL 035-2016 Projectors</t>
   </si>
   <si>
+    <t>This policy contains energy labeling requirements for projectors. It applies to LCD and DLP projectors that work normally under grid voltage with projection as the main function and high-pressure mercury lamps or metal halide lamps as the light source. It is not suitable for integrated projection units consisting of a projection screen and projector, e.g., professional projectors for cinema projection.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 8170; GB 20943; SJ/T 11332; SJ/T 11346</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-035-2016-projectors</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=e59e428822a54893b571a5cf2b9b4f56</t>
+  </si>
+  <si>
     <t>CQC31-461234-2009. CQC Mark Certification - Uninterruptible Power Supplies (UPS)</t>
   </si>
   <si>
+    <t>This policy applies to uninterruptible power supplies.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 3108-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461234-2009-cqc-mark-certification-uninterruptible-power-supplies-ups</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492771.shtml</t>
+  </si>
+  <si>
     <t>CQC61-452628-2016. Energy Conservation and Environmentally-Friendly Certification Rules for Projectors</t>
   </si>
   <si>
+    <t>Applies to products of front projecting type with LCD and DMD</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 32028-2015; CQC 6102-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-452628-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-20/492563.shtml</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Uninterruptible Power Supplies (UPSs) Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Uninterruptible Power Supply (UPS) as specified in the policy document, including Static and Rotary UPSs and Ac-output UPSs and Dc-output UPSs/Rectifiers, are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2. Eligible products include:</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Uninterruptible Power Supplies Rev. Dec-2017; 10 CFR 430, Section 4, Subpart B, Appendix Y</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-uninterruptible-power-supplies-upss-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/uninterruptible_power_supplies/partners</t>
+  </si>
+  <si>
     <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors</t>
   </si>
   <si>
+    <t>Applies to LCD and DLP projector used majorly for projection that have High Pressure Mercury Lamp and or metal halide lamp as lighting source. This can serve as reference for solid state lighting projector and projectors with LCOS as display parts.</t>
+  </si>
+  <si>
     <t>GB-T8170 GB20943 SJ-T11332 SJ-T11346</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32028-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80950D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenmark N141 - Uninterruptible Power Supply Systems</t>
   </si>
   <si>
+    <t>This standard is applicable to the uninterruptible power supply systems as defined in CNS 14843-1 and CNS 14843-2.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n141-uninterruptible-power-supply-systems</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/141/0e5d3b89-12e8-40de-b8d2-5ee476cb445d.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N82 - Portable Projectors</t>
   </si>
   <si>
+    <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
+  </si>
+  <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n82-portable-projectors</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Uniterruptible Power System</t>
   </si>
   <si>
+    <t>Uniterruptible power system: controlling its function according to the amount of loads</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-uniterruptible-power-system</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4167 - Uninterruptible Power Supplies</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for uninterruptible power systems (UPS) in standby, interactive and double conversion line, with nominal supply voltage of 120 V to 480 V to deliver regulated voltage of 120 V up to 480 V and a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NMX-I-163-NYCE / NOM-001-SCFI / IEC 62040-3 / CAN/CSA C813.1-01</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4167-uninterruptible-power-supplies</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4167_01.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1195
 ,   
                     TIS 1956 (or CISPR 32, EN 55032)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-81-R1-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Uninterruptible Power System TGL-106-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to uninterrupted power system (UPS) products that have electrical energy storage devices in the DC connection.</t>
+  </si>
+  <si>
     <t>TIS 1291 P 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-uninterruptible-power-system-tgl-106-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-106-15.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -666,789 +763,888 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="166" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="166.245" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="478.883" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="140.252" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2016</v>
+      </c>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F6" t="s">
+        <v>46</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6">
+        <v>2020</v>
+      </c>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>67</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>46</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>47</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>47</v>
+      </c>
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8" t="s">
+        <v>74</v>
+      </c>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>80</v>
+      </c>
+      <c r="D9" t="s">
+        <v>44</v>
+      </c>
+      <c r="E9" t="s">
+        <v>45</v>
+      </c>
+      <c r="F9" t="s">
+        <v>46</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
-      </c>
-[...286 lines deleted...]
-        <v>2015</v>
       </c>
       <c r="H9">
         <v>2015</v>
       </c>
-      <c r="I9" t="s">
-        <v>64</v>
+      <c r="I9">
+        <v>2015</v>
       </c>
       <c r="J9" t="s">
-        <v>32</v>
+        <v>81</v>
       </c>
       <c r="K9" t="s">
-        <v>62</v>
+        <v>37</v>
       </c>
       <c r="L9" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="M9" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
       <c r="N9" t="s">
-        <v>66</v>
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
       </c>
     </row>
-    <row r="10" spans="1:14">
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>67</v>
+        <v>85</v>
       </c>
       <c r="B10" t="s">
-        <v>63</v>
+        <v>86</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>80</v>
       </c>
       <c r="D10" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="E10" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="F10" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G10">
+        <v>46</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
         <v>2014</v>
       </c>
-      <c r="H10"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>32</v>
+        <v>81</v>
       </c>
       <c r="K10" t="s">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="L10" t="s">
-        <v>68</v>
+        <v>85</v>
       </c>
       <c r="M10" t="s">
-        <v>24</v>
+        <v>87</v>
       </c>
       <c r="N10" t="s">
-        <v>69</v>
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10" t="s">
+        <v>89</v>
       </c>
     </row>
-    <row r="11" spans="1:14">
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="B11" t="s">
-        <v>71</v>
+        <v>91</v>
       </c>
       <c r="C11" t="s">
+        <v>92</v>
+      </c>
+      <c r="D11" t="s">
+        <v>44</v>
+      </c>
+      <c r="E11" t="s">
+        <v>45</v>
+      </c>
+      <c r="F11" t="s">
+        <v>46</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1996</v>
+      </c>
+      <c r="I11">
+        <v>2010</v>
+      </c>
+      <c r="J11" t="s">
+        <v>93</v>
+      </c>
+      <c r="K11" t="s">
         <v>37</v>
       </c>
-      <c r="D11" t="s">
-[...11 lines deleted...]
-      <c r="H11">
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>94</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>95</v>
+      </c>
+      <c r="P11" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>97</v>
+      </c>
+      <c r="B12" t="s">
+        <v>98</v>
+      </c>
+      <c r="C12" t="s">
+        <v>99</v>
+      </c>
+      <c r="D12" t="s">
+        <v>100</v>
+      </c>
+      <c r="E12" t="s">
+        <v>45</v>
+      </c>
+      <c r="F12" t="s">
+        <v>46</v>
+      </c>
+      <c r="G12" t="s">
+        <v>35</v>
+      </c>
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>101</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>102</v>
+      </c>
+      <c r="M12" t="s">
+        <v>103</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>104</v>
+      </c>
+      <c r="P12" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>106</v>
+      </c>
+      <c r="B13" t="s">
+        <v>107</v>
+      </c>
+      <c r="C13" t="s">
+        <v>108</v>
+      </c>
+      <c r="D13" t="s">
+        <v>44</v>
+      </c>
+      <c r="E13" t="s">
+        <v>45</v>
+      </c>
+      <c r="F13" t="s">
+        <v>46</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
         <v>2010</v>
       </c>
-      <c r="I11" t="s">
-[...13 lines deleted...]
-        <v>74</v>
+      <c r="I13">
+        <v>2012</v>
+      </c>
+      <c r="J13" t="s">
+        <v>109</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13" t="s">
+        <v>110</v>
+      </c>
+      <c r="M13" t="s">
+        <v>111</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>112</v>
+      </c>
+      <c r="P13" t="s">
+        <v>113</v>
       </c>
     </row>
-    <row r="12" spans="1:14">
-[...18 lines deleted...]
-      <c r="G12">
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>114</v>
+      </c>
+      <c r="B14" t="s">
+        <v>115</v>
+      </c>
+      <c r="C14" t="s">
+        <v>116</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>45</v>
+      </c>
+      <c r="F14" t="s">
+        <v>46</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14">
+        <v>2018</v>
+      </c>
+      <c r="J14" t="s">
+        <v>117</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14" t="s">
+        <v>118</v>
+      </c>
+      <c r="M14" t="s">
+        <v>119</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>120</v>
+      </c>
+      <c r="P14" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>122</v>
+      </c>
+      <c r="B15" t="s">
+        <v>123</v>
+      </c>
+      <c r="C15" t="s">
+        <v>116</v>
+      </c>
+      <c r="D15" t="s">
+        <v>44</v>
+      </c>
+      <c r="E15" t="s">
+        <v>45</v>
+      </c>
+      <c r="F15" t="s">
+        <v>46</v>
+      </c>
+      <c r="G15" t="s">
+        <v>35</v>
+      </c>
+      <c r="H15">
         <v>2015</v>
       </c>
-      <c r="H12"/>
-[...16 lines deleted...]
-        <v>81</v>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>117</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15" t="s">
+        <v>124</v>
+      </c>
+      <c r="M15" t="s">
+        <v>119</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>125</v>
+      </c>
+      <c r="P15" t="s">
+        <v>126</v>
       </c>
     </row>
-    <row r="13" spans="1:14">
-[...6 lines deleted...]
-      <c r="C13" t="s">
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>127</v>
+      </c>
+      <c r="B16" t="s">
+        <v>128</v>
+      </c>
+      <c r="C16" t="s">
+        <v>129</v>
+      </c>
+      <c r="D16" t="s">
+        <v>130</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>35</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>131</v>
+      </c>
+      <c r="K16" t="s">
         <v>37</v>
       </c>
-      <c r="D13" t="s">
-[...148 lines deleted...]
-      <c r="K16"/>
       <c r="L16"/>
-      <c r="M16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M16"/>
       <c r="N16" t="s">
-        <v>101</v>
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>132</v>
+      </c>
+      <c r="P16" t="s">
+        <v>133</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>