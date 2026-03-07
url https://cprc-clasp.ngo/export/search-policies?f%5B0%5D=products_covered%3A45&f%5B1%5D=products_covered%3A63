--- v0 (2025-10-11)
+++ v1 (2026-03-07)
@@ -12,485 +12,622 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL 035-2016 Projectors</t>
   </si>
   <si>
+    <t>This policy contains energy labeling requirements for projectors. It applies to LCD and DLP projectors that work normally under grid voltage with projection as the main function and high-pressure mercury lamps or metal halide lamps as the light source. It is not suitable for integrated projection units consisting of a projection screen and projector, e.g., professional projectors for cinema projection.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 8170; GB 20943; SJ/T 11332; SJ/T 11346</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-035-2016-projectors</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=e59e428822a54893b571a5cf2b9b4f56</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/666/contents/2013-07-08</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0666-20170109</t>
+  </si>
+  <si>
     <t>CQC61-452628-2016. Energy Conservation and Environmentally-Friendly Certification Rules for Projectors</t>
   </si>
   <si>
+    <t>Applies to products of front projecting type with LCD and DMD</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 32028-2015; CQC 6102-2016</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-452628-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-20/492563.shtml</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
     <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors</t>
   </si>
   <si>
+    <t>Applies to LCD and DLP projector used majorly for projection that have High Pressure Mercury Lamp and or metal halide lamp as lighting source. This can serve as reference for solid state lighting projector and projectors with LCOS as display parts.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB-T8170 GB20943 SJ-T11332 SJ-T11346</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32028-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80950D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>Greenmark N150 - Vacuum Cleaners</t>
   </si>
   <si>
+    <t>This standard is applicable to the vacuum cleaners which use the household AC power including both corded and cordless products.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n150-vacuum-cleaners</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N82 - Portable Projectors</t>
   </si>
   <si>
+    <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
+  </si>
+  <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n82-portable-projectors</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MS : 210 : 2015 Energy efficiency and labelling requirements-vacuum cleaners</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Vacuum cleaners</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>MS 210</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-210-2015-energy-efficiency-and-labelling-requirements-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-683/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1195
 ,   
                     TIS 1956 (or CISPR 32, EN 55032)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-81-R1-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Vacuum TGL-64-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to horizontal canister vacuum cleaners for residential use or similar purpose with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>TIS 1522
 ,   
                     IEC 60335-2-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-vacuum-tgl-64-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-64-12.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 666-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 666-2013 of 8 July 2013</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-666-2013</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29564 - Amending No 29236 | transposition of EC 665-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 665-2013 of 3 May 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29564-amending-no-29236-transposition-ec-665-2013</t>
+  </si>
+  <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -754,1029 +891,1164 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="227" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="227.516" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="478.883" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2015</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E5" t="s">
+        <v>46</v>
+      </c>
+      <c r="F5" t="s">
+        <v>47</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2016</v>
+      </c>
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>55</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>46</v>
+      </c>
+      <c r="F6" t="s">
+        <v>47</v>
+      </c>
+      <c r="G6" t="s">
+        <v>56</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6">
+        <v>2020</v>
+      </c>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>64</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>66</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D8" t="s">
+        <v>72</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>73</v>
+      </c>
+      <c r="H8">
+        <v>2017</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>74</v>
+      </c>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2016</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>80</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>81</v>
+      </c>
+      <c r="M9" t="s">
+        <v>82</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1985</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>88</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>89</v>
+      </c>
+      <c r="M10" t="s">
+        <v>90</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>91</v>
+      </c>
+      <c r="P10" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>93</v>
+      </c>
+      <c r="B11" t="s">
+        <v>94</v>
+      </c>
+      <c r="C11" t="s">
+        <v>95</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>46</v>
+      </c>
+      <c r="F11" t="s">
+        <v>47</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2016</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>88</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>96</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>99</v>
+      </c>
+      <c r="B12" t="s">
+        <v>100</v>
+      </c>
+      <c r="C12" t="s">
+        <v>95</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>46</v>
+      </c>
+      <c r="F12" t="s">
+        <v>47</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>88</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>99</v>
+      </c>
+      <c r="M12" t="s">
+        <v>101</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>102</v>
+      </c>
+      <c r="P12" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>104</v>
+      </c>
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" t="s">
+        <v>106</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>107</v>
+      </c>
+      <c r="G13" t="s">
+        <v>56</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13">
+        <v>2014</v>
+      </c>
+      <c r="J13" t="s">
+        <v>64</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>108</v>
+      </c>
+      <c r="M13" t="s">
+        <v>109</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>110</v>
+      </c>
+      <c r="P13" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>112</v>
+      </c>
+      <c r="B14" t="s">
+        <v>113</v>
+      </c>
+      <c r="C14" t="s">
+        <v>63</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>64</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>65</v>
+      </c>
+      <c r="M14" t="s">
+        <v>66</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>114</v>
+      </c>
+      <c r="P14" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>116</v>
+      </c>
+      <c r="B15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C15" t="s">
+        <v>118</v>
+      </c>
+      <c r="D15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" t="s">
+        <v>46</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2015</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>57</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>119</v>
+      </c>
+      <c r="M15" t="s">
+        <v>120</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>121</v>
+      </c>
+      <c r="P15" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>123</v>
+      </c>
+      <c r="B16" t="s">
+        <v>124</v>
+      </c>
+      <c r="C16" t="s">
+        <v>125</v>
+      </c>
+      <c r="D16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E16" t="s">
+        <v>46</v>
+      </c>
+      <c r="F16" t="s">
+        <v>47</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2015</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>127</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>128</v>
+      </c>
+      <c r="M16" t="s">
+        <v>129</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>130</v>
+      </c>
+      <c r="P16" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>132</v>
+      </c>
+      <c r="B17" t="s">
+        <v>133</v>
+      </c>
+      <c r="C17" t="s">
+        <v>134</v>
+      </c>
+      <c r="D17" t="s">
+        <v>135</v>
+      </c>
+      <c r="E17" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F17" t="s">
+        <v>107</v>
+      </c>
+      <c r="G17" t="s">
+        <v>56</v>
+      </c>
+      <c r="H17">
+        <v>2017</v>
+      </c>
+      <c r="I17">
+        <v>2021</v>
+      </c>
+      <c r="J17" t="s">
+        <v>136</v>
+      </c>
+      <c r="K17" t="s">
+        <v>137</v>
+      </c>
+      <c r="L17" t="s">
+        <v>138</v>
+      </c>
+      <c r="M17" t="s">
+        <v>139</v>
+      </c>
+      <c r="N17" t="s">
+        <v>140</v>
+      </c>
+      <c r="O17" t="s">
+        <v>141</v>
+      </c>
+      <c r="P17" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>143</v>
+      </c>
+      <c r="B18" t="s">
+        <v>144</v>
+      </c>
+      <c r="C18" t="s">
+        <v>145</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>46</v>
+      </c>
+      <c r="F18" t="s">
+        <v>47</v>
+      </c>
+      <c r="G18" t="s">
+        <v>56</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18">
+        <v>2018</v>
+      </c>
+      <c r="J18" t="s">
+        <v>146</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>147</v>
+      </c>
+      <c r="M18" t="s">
+        <v>148</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>149</v>
+      </c>
+      <c r="P18" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>151</v>
+      </c>
+      <c r="B19" t="s">
+        <v>152</v>
+      </c>
+      <c r="C19" t="s">
+        <v>145</v>
+      </c>
+      <c r="D19" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" t="s">
+        <v>46</v>
+      </c>
+      <c r="F19" t="s">
+        <v>47</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>146</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>153</v>
+      </c>
+      <c r="M19" t="s">
+        <v>148</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>154</v>
+      </c>
+      <c r="P19" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>156</v>
+      </c>
+      <c r="B20" t="s">
+        <v>157</v>
+      </c>
+      <c r="C20" t="s">
+        <v>32</v>
+      </c>
+      <c r="D20" t="s">
+        <v>158</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2021</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>35</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20"/>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>159</v>
+      </c>
+      <c r="P20" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>161</v>
+      </c>
+      <c r="B21" t="s">
+        <v>162</v>
+      </c>
+      <c r="C21" t="s">
+        <v>163</v>
+      </c>
+      <c r="D21" t="s">
+        <v>33</v>
+      </c>
+      <c r="E21" t="s">
+        <v>46</v>
+      </c>
+      <c r="F21" t="s">
+        <v>34</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>164</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>165</v>
+      </c>
+      <c r="M21" t="s">
+        <v>166</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>167</v>
+      </c>
+      <c r="P21" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>169</v>
+      </c>
+      <c r="B22" t="s">
+        <v>170</v>
+      </c>
+      <c r="C22" t="s">
+        <v>163</v>
+      </c>
+      <c r="D22" t="s">
+        <v>33</v>
+      </c>
+      <c r="E22" t="s">
+        <v>46</v>
+      </c>
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G22" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H22">
+        <v>2015</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>171</v>
+      </c>
+      <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L22" t="s">
+        <v>172</v>
+      </c>
+      <c r="M22" t="s">
+        <v>166</v>
+      </c>
+      <c r="N22" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...825 lines deleted...]
-        <v>129</v>
+      <c r="O22" t="s">
+        <v>173</v>
+      </c>
+      <c r="P22" t="s">
+        <v>174</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>