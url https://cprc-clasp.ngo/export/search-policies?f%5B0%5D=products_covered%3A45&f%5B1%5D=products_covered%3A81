--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,387 +12,472 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL 035-2016 Projectors</t>
   </si>
   <si>
+    <t>This policy contains energy labeling requirements for projectors. It applies to LCD and DLP projectors that work normally under grid voltage with projection as the main function and high-pressure mercury lamps or metal halide lamps as the light source. It is not suitable for integrated projection units consisting of a projection screen and projector, e.g., professional projectors for cinema projection.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 8170; GB 20943; SJ/T 11332; SJ/T 11346</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-035-2016-projectors</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=e59e428822a54893b571a5cf2b9b4f56</t>
+  </si>
+  <si>
     <t>CQC61-452628-2016. Energy Conservation and Environmentally-Friendly Certification Rules for Projectors</t>
   </si>
   <si>
+    <t>Applies to products of front projecting type with LCD and DMD</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 32028-2015; CQC 6102-2016</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-452628-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-20/492563.shtml</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Domestic Liquefied Petroleum Gas Stove</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+  </si>
+  <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors</t>
   </si>
   <si>
+    <t>Applies to LCD and DLP projector used majorly for projection that have High Pressure Mercury Lamp and or metal halide lamp as lighting source. This can serve as reference for solid state lighting projector and projectors with LCOS as display parts.</t>
+  </si>
+  <si>
     <t>GB-T8170 GB20943 SJ-T11332 SJ-T11346</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32028-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80950D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>October 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
+  </si>
+  <si>
     <t>Greenmark N82 - Portable Projectors</t>
   </si>
   <si>
+    <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n82-portable-projectors</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Infrared gas stove</t>
   </si>
   <si>
+    <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ref. A study project of energy efficiency standard for infrared gas stoves (DEDE)</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-infrared-gas-stove</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/2_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Liquefied petroleum gas (LPG) Cookstoves</t>
   </si>
   <si>
+    <t>This scheme covers household stoves (direct heating and flame types) with a maximum gas consumption of each burner that does not exceed 0.42 kg/h (or 5.78 kW) and the total gas consumption of all burners does not exceed 1. kg/h (or 13.76 kW) with one or more burners (without grill, oven or electric stove components). Household cooking stoves for liquefied petroleum gas must only be low-pressure gas stoves and must not be infrared stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, LPG Stoves</t>
   </si>
   <si>
     <t>TIS 2312-2549</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-liquefied-petroleum-gas-lpg-cookstoves</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/1_01032565.pdf</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1195
 ,   
                     TIS 1956 (or CISPR 32, EN 55032)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-81-R1-17.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -656,699 +741,786 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N14"/>
+  <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="166" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="166.245" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="549.58" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="96.691" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2015</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4">
+        <v>2020</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>51</v>
+      </c>
+      <c r="G5" t="s">
+        <v>52</v>
+      </c>
+      <c r="H5">
+        <v>2025</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>54</v>
+      </c>
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>57</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>62</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>51</v>
+      </c>
+      <c r="G6" t="s">
+        <v>42</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
         <v>2015</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="J6" t="s">
+        <v>63</v>
+      </c>
+      <c r="K6" t="s">
+        <v>64</v>
+      </c>
+      <c r="L6" t="s">
+        <v>65</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F7" t="s">
+        <v>51</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>63</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>70</v>
+      </c>
+      <c r="M7" t="s">
+        <v>71</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>76</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>51</v>
+      </c>
+      <c r="G8" t="s">
+        <v>8</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8">
+        <v>2025</v>
+      </c>
+      <c r="J8" t="s">
+        <v>77</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>78</v>
+      </c>
+      <c r="N8" t="s">
+        <v>57</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B9" t="s">
+        <v>82</v>
+      </c>
+      <c r="C9" t="s">
+        <v>83</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>32</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>84</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>81</v>
+      </c>
+      <c r="M9" t="s">
+        <v>85</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>90</v>
+      </c>
+      <c r="D10" t="s">
+        <v>50</v>
+      </c>
+      <c r="E10" t="s">
+        <v>32</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H10">
+        <v>2022</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>91</v>
+      </c>
+      <c r="K10" t="s">
+        <v>54</v>
+      </c>
+      <c r="L10" t="s">
+        <v>92</v>
+      </c>
+      <c r="M10" t="s">
+        <v>93</v>
+      </c>
+      <c r="N10" t="s">
+        <v>94</v>
+      </c>
+      <c r="O10" t="s">
+        <v>95</v>
+      </c>
+      <c r="P10" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>97</v>
+      </c>
+      <c r="B11" t="s">
+        <v>98</v>
+      </c>
+      <c r="C11" t="s">
+        <v>90</v>
+      </c>
+      <c r="D11" t="s">
+        <v>99</v>
+      </c>
+      <c r="E11" t="s">
+        <v>32</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2022</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>91</v>
+      </c>
+      <c r="K11" t="s">
+        <v>54</v>
+      </c>
+      <c r="L11" t="s">
+        <v>100</v>
+      </c>
+      <c r="M11" t="s">
+        <v>93</v>
+      </c>
+      <c r="N11" t="s">
+        <v>94</v>
+      </c>
+      <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B12" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" t="s">
+        <v>105</v>
+      </c>
+      <c r="D12" t="s">
+        <v>106</v>
+      </c>
+      <c r="E12" t="s">
+        <v>32</v>
+      </c>
+      <c r="F12" t="s">
+        <v>33</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>107</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L12" t="s">
+        <v>108</v>
+      </c>
+      <c r="M12" t="s">
+        <v>109</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>110</v>
+      </c>
+      <c r="P12" t="s">
+        <v>111</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...9 lines deleted...]
-      <c r="D3" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>112</v>
+      </c>
+      <c r="B13" t="s">
+        <v>113</v>
+      </c>
+      <c r="C13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>32</v>
+      </c>
+      <c r="F13" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13" t="s">
+        <v>42</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13">
+        <v>2018</v>
+      </c>
+      <c r="J13" t="s">
+        <v>114</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>115</v>
+      </c>
+      <c r="M13" t="s">
+        <v>116</v>
+      </c>
+      <c r="N13" t="s">
         <v>27</v>
       </c>
-      <c r="E3" t="s">
-[...23 lines deleted...]
-      <c r="M3" t="s">
+      <c r="O13" t="s">
+        <v>117</v>
+      </c>
+      <c r="P13" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>119</v>
+      </c>
+      <c r="B14" t="s">
+        <v>120</v>
+      </c>
+      <c r="C14" t="s">
+        <v>121</v>
+      </c>
+      <c r="D14" t="s">
+        <v>122</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>51</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2021</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>123</v>
+      </c>
+      <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...13 lines deleted...]
-      <c r="D4" t="s">
+      <c r="L14"/>
+      <c r="M14"/>
+      <c r="N14" t="s">
         <v>27</v>
       </c>
-      <c r="E4" t="s">
-[...445 lines deleted...]
-        <v>97</v>
+      <c r="O14" t="s">
+        <v>124</v>
+      </c>
+      <c r="P14" t="s">
+        <v>125</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>