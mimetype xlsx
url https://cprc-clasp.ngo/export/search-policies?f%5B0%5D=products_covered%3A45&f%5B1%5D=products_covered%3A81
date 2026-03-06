--- v1 (2025-11-28)
+++ v2 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -193,105 +193,108 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
     <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>CQC6151-20094.24.3</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors</t>
+  </si>
+  <si>
+    <t>Applies to LCD and DLP projector used majorly for projection that have High Pressure Mercury Lamp and or metal halide lamp as lighting source. This can serve as reference for solid state lighting projector and projectors with LCOS as display parts.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
-    <t>Gas</t>
-[...16 lines deleted...]
-  <si>
     <t>GB-T8170 GB20943 SJ-T11332 SJ-T11346</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32028-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80950D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
     <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
   </si>
   <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
-  </si>
-[...1 lines deleted...]
-    <t>November 2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
   </si>
   <si>
     <t>Greenmark N82 - Portable Projectors</t>
   </si>
   <si>
     <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
@@ -755,51 +758,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="166.245" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="549.58" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="96.691" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1031,460 +1034,460 @@
       </c>
       <c r="P5" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>60</v>
       </c>
       <c r="B6" t="s">
         <v>61</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>62</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>51</v>
       </c>
       <c r="G6" t="s">
-        <v>42</v>
+        <v>63</v>
       </c>
       <c r="H6">
         <v>2008</v>
       </c>
       <c r="I6">
         <v>2015</v>
       </c>
       <c r="J6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="L6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M6" t="s">
         <v>26</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>51</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2016</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="M7" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="P7" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B8" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>51</v>
       </c>
       <c r="G8" t="s">
         <v>8</v>
       </c>
       <c r="H8">
         <v>2014</v>
       </c>
       <c r="I8">
         <v>2025</v>
       </c>
       <c r="J8" t="s">
-        <v>77</v>
+        <v>64</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="N8" t="s">
         <v>57</v>
       </c>
       <c r="O8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="P8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D9" t="s">
         <v>19</v>
       </c>
       <c r="E9" t="s">
         <v>32</v>
       </c>
       <c r="F9" t="s">
         <v>33</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2014</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="M9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="P9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D10" t="s">
         <v>50</v>
       </c>
       <c r="E10" t="s">
         <v>32</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2022</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="K10" t="s">
         <v>54</v>
       </c>
       <c r="L10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="N10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="O10" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="P10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C11" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E11" t="s">
         <v>32</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2022</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="K11" t="s">
         <v>54</v>
       </c>
       <c r="L11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="M11" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="N11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="O11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="P11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" t="s">
         <v>33</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2015</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M12" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="P12" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C13" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D13" t="s">
         <v>19</v>
       </c>
       <c r="E13" t="s">
         <v>32</v>
       </c>
       <c r="F13" t="s">
         <v>33</v>
       </c>
       <c r="G13" t="s">
         <v>42</v>
       </c>
       <c r="H13">
         <v>2013</v>
       </c>
       <c r="I13">
         <v>2018</v>
       </c>
       <c r="J13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="M13" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="P13" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B14" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C14" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D14" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>51</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2021</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14"/>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="P14" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">