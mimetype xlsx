--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,241 +12,278 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC61-452628-2016. Energy Conservation and Environmentally-Friendly Certification Rules for Projectors</t>
   </si>
   <si>
+    <t>Applies to products of front projecting type with LCD and DMD</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 32028-2015; CQC 6102-2016</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-452628-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-20/492563.shtml</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N82 - Portable Projectors</t>
   </si>
   <si>
+    <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n82-portable-projectors</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1195
 ,   
                     TIS 1956 (or CISPR 32, EN 55032)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-81-R1-17.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -510,365 +547,404 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="121" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="140" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="121.399" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="299.498" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="140.252" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3">
+        <v>2020</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L4" t="s">
+        <v>38</v>
+      </c>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...20 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...3 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...120 lines deleted...]
-      </c>
       <c r="L6" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="M6" t="s">
-        <v>24</v>
+        <v>59</v>
       </c>
       <c r="N6" t="s">
-        <v>49</v>
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>