--- v0 (2025-10-13)
+++ v1 (2026-03-05)
@@ -12,601 +12,767 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="223">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
     <t>CEL- Digital Television Adapters (Set Top Box)</t>
   </si>
   <si>
+    <t>This policy covers digital television adapters (set top box).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 2829-2002; GB/T 14857; GB/T 17700; GB/T 17975.1; GB/T 17975.2; GB/T 17975.3; GB/T 20600; GB 20943; GD/JN 01; GY/T 155; GY/T 170; IEC 62087:2008</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-digital-television-adapters-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E6%9C%BA%E9%A1%B6%E7%9B%92.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
+  </si>
+  <si>
     <t>CQC31-030421-2010. CQC Mark Certification - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 3118-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows-0</t>
+    <t>https://cprc-clasp.ngo/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492708.shtml</t>
   </si>
   <si>
     <t>CQC31-371162-2020. Energy Conservation Certification Rules for Sealed Insulating Glass Unit</t>
   </si>
   <si>
+    <t>Apply to sealed insulating glass unit</t>
+  </si>
+  <si>
     <t>Windows, Insulations</t>
   </si>
   <si>
     <t>CQC 3117-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-371162-2020-energy-conservation-certification-rules-sealed-insulating-glass-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-11/492707.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>Draft MEPs for Green Buildings - Windows</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-green-buildings-windows</t>
   </si>
   <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-0</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Exterior and Interior Storm Windows Version 1.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of exterior and interior storm windows that are intended for use in residential buildings as specified herein and are eligible for ENERGY STAR certification, with the exception of: exterior storm windows without weep holes or other features that allow moisture to drain from between the storm window and primary window; storm windows that are intended for non-residential buildings; storm doors; and partial components of an exterior or interior storm window.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>NFRC 301; NFRC 300; AERC 1.2 in accordance with ASTM E283</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-exterior-and-interior-storm-windows-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/stormwindows/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Set-Top Boxes Version 5.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Set-top Box and a Set-top Box Base Type as specified herein are eligible for ENERGY STAR certification.  Set-top Box: A device with the primary purpose of receiving digital television services from a coaxial; hybrid fiber coaxial; or fiber-to-the-home distribution system; from satellites; or encapsulated in IP packets from managed IP distribution networks; decrypting or descrambling these signals; and decoding|decompressing for delivery to residential consumer displays and or recording devices; and or one or more other Set-Top Boxes; including Thin Clients; in a residential multi-room architecture. STBs that incorporate common LAN functionality as a secondary function are considered STBs for this specification. Base Type: The means of access to video content for a STB; includes: cable; sattelliete; cable digital transport adapter; internet protocol; and thin-client|remote.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Set-Top Boxes (Rev. May-2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-set-top-boxes-version-51</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/set_top_boxes_cable_boxes/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Windows, Doors, and Skylights Sold in Canada Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential window, door, or skylight as specified in the policy document are eligible for ENERGY STAR certification. Excluded products include products that are assembled onsite, including but not limited to sash packs or sash kits; windows, doors, or skylights that are intended for installation in non-residential buildings; and window, door, or skylight attachments that are not included in a product’s certified energy performance rating.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-technical-specification-residential-windows-doors-and-skylights-sold-canada</t>
   </si>
   <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/windows-doors-and-skylights-energy-starr-canada-proposed-technical-specification-draf/20950</t>
+  </si>
+  <si>
     <t>GB 24850-2020 Minimum allowable values of energy efficiency limits and energy efficiency grades for flat-panel TVs and set-top boxes</t>
+  </si>
+  <si>
+    <t>MEPS for flat panel televisions and set-top boxes</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 17309.1
 ,   
                     GB 24850-2020
 ,   
                     IEC 62087-2:2015</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24850-2020-minimum-allowable-values-energy-efficiency-limits-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EFC3FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>GB 25957-2010 Minimum allowable values of energy efficiency and energy efficiency grades for digital television adapters -set-top boxes</t>
   </si>
   <si>
+    <t>Applies to adapters working under 220V 50Hz including cable adapters ground adapters and satellite adapters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-25957-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E07ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Digital Television Set-top Boxes) Determination 2012</t>
   </si>
   <si>
+    <t>A Digital TV (DTV) set top box (STB) is used to convert digital TV signals to a signal compatible with the existing audiovisual display technology, including analogue RF, composite video, s-vhs, component video or DVI/HDMI. Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time.Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time. STBs have different requirements if they are designed for free-to-air (FTA) broadcast television or subscription television (STV).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010AS/NZS 62087.2.1: 2008</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-digital-television-set-top-boxes-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02116</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
+  </si>
+  <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-standby-power</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Window Set</t>
   </si>
   <si>
+    <t>Window set defined in KS F 3117, which is used where contact with the outside of buildings and is sold as a combination of frame and glass with 1 or more window area</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-window-set</t>
   </si>
   <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4122 - Set Top Boxes</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for television receivers with images in color or black and white, stable or programmable, analog or digital, fed with a nominal voltage of 110 V, 115 V, 127 V, 220 V or 230 volts at a frequency of 60 Hz, in any of the following types of kinescopes: Cathode Ray Tube screen (CRT), Liquid Crystal Display (LCD), Plasma Screen, with any other similar system flat screen.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4122-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4122_03.pdf</t>
+  </si>
+  <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
   </si>
   <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Doors and windows TGL-70-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to finished products of door sets, window sets, and frames made of composite wood, interlocking wood, plastic, metal, mirror, and insulators.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1288, TIS 1651, TIS 504, TIS 744, TIS 829 (Doors and Windows)
 ,   
                     TIS 1013, TIS 1220, TIS 1568, TIS 1569, TIS 192 (Doors)
 ,   
                     TIS 1043 (Windows)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-doors-and-windows-tgl-70-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-70-12.pdf</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -870,1373 +1036,1554 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N30"/>
+  <dimension ref="A1:P30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="181" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="181.527" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1088.734" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="175.671" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="242.941" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>35</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E5" t="s">
+        <v>49</v>
+      </c>
+      <c r="F5" t="s">
+        <v>50</v>
+      </c>
+      <c r="G5" t="s">
+        <v>51</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>49</v>
+      </c>
+      <c r="F6" t="s">
+        <v>50</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" t="s">
+        <v>54</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>65</v>
+      </c>
+      <c r="E7" t="s">
+        <v>49</v>
+      </c>
+      <c r="F7" t="s">
+        <v>50</v>
+      </c>
+      <c r="G7" t="s">
+        <v>51</v>
+      </c>
+      <c r="H7">
+        <v>2002</v>
+      </c>
+      <c r="I7">
+        <v>2021</v>
+      </c>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>35</v>
+      </c>
+      <c r="L7" t="s">
+        <v>67</v>
+      </c>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>73</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F8" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8" t="s">
+        <v>74</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>75</v>
+      </c>
+      <c r="K8" t="s">
+        <v>35</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>76</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8"/>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>80</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>49</v>
+      </c>
+      <c r="F9" t="s">
+        <v>50</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>81</v>
+      </c>
+      <c r="K9" t="s">
+        <v>35</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>82</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>19</v>
+      </c>
+      <c r="C10" t="s">
+        <v>42</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>49</v>
+      </c>
+      <c r="F10" t="s">
+        <v>50</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>86</v>
+      </c>
+      <c r="M10" t="s">
+        <v>87</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" t="s">
+        <v>92</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>49</v>
+      </c>
+      <c r="F11" t="s">
+        <v>50</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2018</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>52</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>93</v>
+      </c>
+      <c r="M11" t="s">
+        <v>94</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>95</v>
+      </c>
+      <c r="P11" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>97</v>
+      </c>
+      <c r="B12" t="s">
+        <v>98</v>
+      </c>
+      <c r="C12" t="s">
+        <v>92</v>
+      </c>
+      <c r="D12" t="s">
+        <v>99</v>
+      </c>
+      <c r="E12" t="s">
+        <v>49</v>
+      </c>
+      <c r="F12" t="s">
+        <v>50</v>
+      </c>
+      <c r="G12" t="s">
+        <v>51</v>
+      </c>
+      <c r="H12">
+        <v>2003</v>
+      </c>
+      <c r="I12">
+        <v>2015</v>
+      </c>
+      <c r="J12" t="s">
+        <v>52</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>100</v>
+      </c>
+      <c r="M12" t="s">
+        <v>94</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>101</v>
+      </c>
+      <c r="P12" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>103</v>
+      </c>
+      <c r="B13" t="s">
+        <v>104</v>
+      </c>
+      <c r="C13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>49</v>
+      </c>
+      <c r="F13" t="s">
+        <v>50</v>
+      </c>
+      <c r="G13" t="s">
+        <v>51</v>
+      </c>
+      <c r="H13">
+        <v>2001</v>
+      </c>
+      <c r="I13">
+        <v>2018</v>
+      </c>
+      <c r="J13" t="s">
+        <v>52</v>
+      </c>
+      <c r="K13" t="s">
+        <v>35</v>
+      </c>
+      <c r="L13" t="s">
+        <v>106</v>
+      </c>
+      <c r="M13" t="s">
+        <v>94</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>107</v>
+      </c>
+      <c r="P13" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>109</v>
+      </c>
+      <c r="B14" t="s">
+        <v>110</v>
+      </c>
+      <c r="C14" t="s">
+        <v>111</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>49</v>
+      </c>
+      <c r="F14" t="s">
+        <v>50</v>
+      </c>
+      <c r="G14" t="s">
+        <v>51</v>
+      </c>
+      <c r="H14">
+        <v>2018</v>
+      </c>
+      <c r="I14">
+        <v>2020</v>
+      </c>
+      <c r="J14" t="s">
+        <v>52</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>112</v>
+      </c>
+      <c r="M14" t="s">
+        <v>113</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>114</v>
+      </c>
+      <c r="P14" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>116</v>
+      </c>
+      <c r="B15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
+        <v>118</v>
+      </c>
+      <c r="E15" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F15" t="s">
+        <v>43</v>
+      </c>
+      <c r="G15" t="s">
+        <v>51</v>
+      </c>
+      <c r="H15">
+        <v>2010</v>
+      </c>
+      <c r="I15">
+        <v>2021</v>
+      </c>
+      <c r="J15" t="s">
+        <v>66</v>
+      </c>
+      <c r="K15" t="s">
+        <v>35</v>
+      </c>
+      <c r="L15" t="s">
+        <v>119</v>
+      </c>
+      <c r="M15" t="s">
+        <v>120</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>121</v>
+      </c>
+      <c r="P15" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>123</v>
+      </c>
+      <c r="B16" t="s">
+        <v>124</v>
+      </c>
+      <c r="C16" t="s">
+        <v>32</v>
+      </c>
+      <c r="D16" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>43</v>
+      </c>
+      <c r="G16" t="s">
+        <v>51</v>
+      </c>
+      <c r="H16">
+        <v>2011</v>
+      </c>
+      <c r="I16">
+        <v>2016</v>
+      </c>
+      <c r="J16" t="s">
+        <v>52</v>
+      </c>
+      <c r="K16" t="s">
+        <v>35</v>
+      </c>
+      <c r="L16" t="s">
+        <v>36</v>
+      </c>
+      <c r="M16" t="s">
+        <v>37</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>125</v>
+      </c>
+      <c r="P16" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>127</v>
+      </c>
+      <c r="B17" t="s">
+        <v>128</v>
+      </c>
+      <c r="C17" t="s">
+        <v>129</v>
+      </c>
+      <c r="D17" t="s">
+        <v>33</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>43</v>
+      </c>
+      <c r="G17" t="s">
+        <v>51</v>
+      </c>
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17">
+        <v>2012</v>
+      </c>
+      <c r="J17" t="s">
+        <v>130</v>
+      </c>
+      <c r="K17" t="s">
+        <v>35</v>
+      </c>
+      <c r="L17" t="s">
+        <v>131</v>
+      </c>
+      <c r="M17" t="s">
+        <v>132</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>133</v>
+      </c>
+      <c r="P17" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>135</v>
+      </c>
+      <c r="B18" t="s">
+        <v>136</v>
+      </c>
+      <c r="C18" t="s">
+        <v>137</v>
+      </c>
+      <c r="D18" t="s">
+        <v>33</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>43</v>
+      </c>
+      <c r="G18" t="s">
+        <v>51</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18">
+        <v>2014</v>
+      </c>
+      <c r="J18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K18" t="s">
+        <v>35</v>
+      </c>
+      <c r="L18" t="s">
+        <v>138</v>
+      </c>
+      <c r="M18" t="s">
+        <v>139</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>140</v>
+      </c>
+      <c r="P18" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>142</v>
+      </c>
+      <c r="B19" t="s">
+        <v>143</v>
+      </c>
+      <c r="C19" t="s">
+        <v>73</v>
+      </c>
+      <c r="D19" t="s">
+        <v>65</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>43</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19"/>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>144</v>
+      </c>
+      <c r="K19" t="s">
+        <v>35</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>76</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>145</v>
+      </c>
+      <c r="P19" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>147</v>
+      </c>
+      <c r="B20" t="s">
+        <v>148</v>
+      </c>
+      <c r="C20" t="s">
+        <v>149</v>
+      </c>
+      <c r="D20" t="s">
+        <v>33</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>43</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2008</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>150</v>
+      </c>
+      <c r="K20" t="s">
+        <v>35</v>
+      </c>
+      <c r="L20" t="s">
+        <v>151</v>
+      </c>
+      <c r="M20" t="s">
+        <v>152</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>153</v>
+      </c>
+      <c r="P20" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>155</v>
+      </c>
+      <c r="B21" t="s">
+        <v>156</v>
+      </c>
+      <c r="C21" t="s">
+        <v>80</v>
+      </c>
+      <c r="D21" t="s">
+        <v>33</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>43</v>
+      </c>
+      <c r="G21" t="s">
+        <v>51</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21">
+        <v>2019</v>
+      </c>
+      <c r="J21" t="s">
+        <v>66</v>
+      </c>
+      <c r="K21" t="s">
+        <v>35</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>157</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>158</v>
+      </c>
+      <c r="P21" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>160</v>
+      </c>
+      <c r="B22" t="s">
+        <v>79</v>
+      </c>
+      <c r="C22" t="s">
+        <v>80</v>
+      </c>
+      <c r="D22" t="s">
+        <v>33</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>43</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2015</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>81</v>
+      </c>
+      <c r="K22" t="s">
+        <v>35</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>82</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>161</v>
+      </c>
+      <c r="P22" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>163</v>
+      </c>
+      <c r="B23" t="s">
+        <v>164</v>
+      </c>
+      <c r="C23" t="s">
+        <v>80</v>
+      </c>
+      <c r="D23" t="s">
+        <v>19</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>43</v>
+      </c>
+      <c r="G23" t="s">
+        <v>74</v>
+      </c>
+      <c r="H23"/>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>81</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>82</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>165</v>
+      </c>
+      <c r="P23" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>166</v>
+      </c>
+      <c r="B24" t="s">
+        <v>167</v>
+      </c>
+      <c r="C24" t="s">
+        <v>168</v>
+      </c>
+      <c r="D24" t="s">
+        <v>169</v>
+      </c>
+      <c r="E24" t="s">
+        <v>49</v>
+      </c>
+      <c r="F24" t="s">
+        <v>50</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2014</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>170</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>171</v>
+      </c>
+      <c r="M24" t="s">
+        <v>172</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>173</v>
+      </c>
+      <c r="P24" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>175</v>
+      </c>
+      <c r="B25" t="s">
+        <v>176</v>
+      </c>
+      <c r="C25" t="s">
+        <v>177</v>
+      </c>
+      <c r="D25" t="s">
+        <v>178</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>179</v>
+      </c>
+      <c r="G25" t="s">
+        <v>51</v>
+      </c>
+      <c r="H25">
+        <v>2017</v>
+      </c>
+      <c r="I25">
+        <v>2021</v>
+      </c>
+      <c r="J25" t="s">
+        <v>180</v>
+      </c>
+      <c r="K25" t="s">
+        <v>181</v>
+      </c>
+      <c r="L25" t="s">
+        <v>182</v>
+      </c>
+      <c r="M25" t="s">
+        <v>183</v>
+      </c>
+      <c r="N25" t="s">
+        <v>184</v>
+      </c>
+      <c r="O25" t="s">
+        <v>185</v>
+      </c>
+      <c r="P25" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>187</v>
+      </c>
+      <c r="B26" t="s">
+        <v>188</v>
+      </c>
+      <c r="C26" t="s">
+        <v>189</v>
+      </c>
+      <c r="D26" t="s">
+        <v>33</v>
+      </c>
+      <c r="E26" t="s">
+        <v>49</v>
+      </c>
+      <c r="F26" t="s">
+        <v>50</v>
+      </c>
+      <c r="G26" t="s">
+        <v>51</v>
+      </c>
+      <c r="H26">
+        <v>2003</v>
+      </c>
+      <c r="I26">
+        <v>2012</v>
+      </c>
+      <c r="J26" t="s">
+        <v>190</v>
+      </c>
+      <c r="K26" t="s">
+        <v>35</v>
+      </c>
+      <c r="L26" t="s">
+        <v>191</v>
+      </c>
+      <c r="M26" t="s">
+        <v>192</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>193</v>
+      </c>
+      <c r="P26" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>195</v>
+      </c>
+      <c r="B27" t="s">
+        <v>196</v>
+      </c>
+      <c r="C27" t="s">
+        <v>177</v>
+      </c>
+      <c r="D27" t="s">
+        <v>19</v>
+      </c>
+      <c r="E27" t="s">
+        <v>49</v>
+      </c>
+      <c r="F27" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G27" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H27">
+        <v>2015</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>197</v>
+      </c>
+      <c r="K27" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...38 lines deleted...]
-      <c r="M3" t="s">
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>183</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>198</v>
+      </c>
+      <c r="P27" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>200</v>
+      </c>
+      <c r="B28" t="s">
+        <v>201</v>
+      </c>
+      <c r="C28" t="s">
+        <v>202</v>
+      </c>
+      <c r="D28" t="s">
+        <v>169</v>
+      </c>
+      <c r="E28" t="s">
+        <v>49</v>
+      </c>
+      <c r="F28" t="s">
+        <v>50</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2012</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>203</v>
+      </c>
+      <c r="K28" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
+      <c r="L28" t="s">
+        <v>204</v>
+      </c>
+      <c r="M28" t="s">
+        <v>205</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>206</v>
+      </c>
+      <c r="P28" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>208</v>
+      </c>
+      <c r="B29" t="s">
+        <v>209</v>
+      </c>
+      <c r="C29" t="s">
+        <v>210</v>
+      </c>
+      <c r="D29" t="s">
         <v>33</v>
       </c>
-    </row>
-[...63 lines deleted...]
-      <c r="I5" t="s">
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
         <v>43</v>
       </c>
-      <c r="J5" t="s">
-[...58 lines deleted...]
-      <c r="A7" t="s">
+      <c r="G29" t="s">
         <v>51</v>
-      </c>
-[...942 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="H29">
         <v>2011</v>
       </c>
-      <c r="I29" t="s">
-        <v>53</v>
+      <c r="I29">
+        <v>2011</v>
       </c>
       <c r="J29" t="s">
-        <v>30</v>
+        <v>66</v>
       </c>
       <c r="K29" t="s">
-        <v>159</v>
+        <v>35</v>
       </c>
       <c r="L29" t="s">
-        <v>160</v>
+        <v>211</v>
       </c>
       <c r="M29" t="s">
-        <v>24</v>
+        <v>212</v>
       </c>
       <c r="N29" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>213</v>
+      </c>
+      <c r="P29" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>162</v>
+        <v>215</v>
       </c>
       <c r="B30" t="s">
-        <v>163</v>
+        <v>216</v>
       </c>
       <c r="C30" t="s">
-        <v>164</v>
+        <v>217</v>
       </c>
       <c r="D30" t="s">
-        <v>17</v>
+        <v>218</v>
       </c>
       <c r="E30" t="s">
-        <v>135</v>
+        <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="G30">
+        <v>179</v>
+      </c>
+      <c r="G30" t="s">
+        <v>51</v>
+      </c>
+      <c r="H30">
         <v>2012</v>
       </c>
-      <c r="H30">
+      <c r="I30">
         <v>2014</v>
       </c>
-      <c r="I30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J30" t="s">
-        <v>30</v>
+        <v>190</v>
       </c>
       <c r="K30" t="s">
-        <v>165</v>
+        <v>35</v>
       </c>
       <c r="L30" t="s">
-        <v>166</v>
+        <v>219</v>
       </c>
       <c r="M30" t="s">
-        <v>24</v>
+        <v>220</v>
       </c>
       <c r="N30" t="s">
-        <v>167</v>
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>221</v>
+      </c>
+      <c r="P30" t="s">
+        <v>222</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>