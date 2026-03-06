--- v0 (2025-10-13)
+++ v1 (2026-03-06)
@@ -12,612 +12,799 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="173">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="233">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-household-air</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/-arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_climatiseurs_a_usage_domestique_5b69515a43778.pdf</t>
+  </si>
+  <si>
     <t>CEL- Digital Television Adapters (Set Top Box)</t>
   </si>
   <si>
+    <t>This policy covers digital television adapters (set top box).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 2829-2002; GB/T 14857; GB/T 17700; GB/T 17975.1; GB/T 17975.2; GB/T 17975.3; GB/T 20600; GB 20943; GD/JN 01; GY/T 155; GY/T 170; IEC 62087:2008</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-digital-television-adapters-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E6%9C%BA%E9%A1%B6%E7%9B%92.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 626/2011 of 4 May 2011 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of air conditioners</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating, if the product has no cooling function.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-201030eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02011R0626-20170307</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/626/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Set-Top Boxes Version 5.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Set-top Box and a Set-top Box Base Type as specified herein are eligible for ENERGY STAR certification.  Set-top Box: A device with the primary purpose of receiving digital television services from a coaxial; hybrid fiber coaxial; or fiber-to-the-home distribution system; from satellites; or encapsulated in IP packets from managed IP distribution networks; decrypting or descrambling these signals; and decoding|decompressing for delivery to residential consumer displays and or recording devices; and or one or more other Set-Top Boxes; including Thin Clients; in a residential multi-room architecture. STBs that incorporate common LAN functionality as a secondary function are considered STBs for this specification. Base Type: The means of access to video content for a STB; includes: cable; sattelliete; cable digital transport adapter; internet protocol; and thin-client|remote.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Set-Top Boxes (Rev. May-2016)</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-set-top-boxes-version-51</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/set_top_boxes_cable_boxes/partners</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>GB 24850-2020 Minimum allowable values of energy efficiency limits and energy efficiency grades for flat-panel TVs and set-top boxes</t>
+  </si>
+  <si>
+    <t>MEPS for flat panel televisions and set-top boxes</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 17309.1
 ,   
                     GB 24850-2020
 ,   
                     IEC 62087-2:2015</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24850-2020-minimum-allowable-values-energy-efficiency-limits-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EFC3FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>GB 25957-2010 Minimum allowable values of energy efficiency and energy efficiency grades for digital television adapters -set-top boxes</t>
   </si>
   <si>
+    <t>Applies to adapters working under 220V 50Hz including cable adapters ground adapters and satellite adapters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-25957-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E07ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Digital Television Set-top Boxes) Determination 2012</t>
   </si>
   <si>
+    <t>A Digital TV (DTV) set top box (STB) is used to convert digital TV signals to a signal compatible with the existing audiovisual display technology, including analogue RF, composite video, s-vhs, component video or DVI/HDMI. Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time.Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time. STBs have different requirements if they are designed for free-to-air (FTA) broadcast television or subscription television (STV).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010AS/NZS 62087.2.1: 2008</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-digital-television-set-top-boxes-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02116</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS for air conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use , with a cooling capacity less than 12kW.   Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-conditioners-0</t>
   </si>
   <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy regulates minimum energy performance standard for portable air conditioners.
+Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
+Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
+1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
+ N is the number of indoor and outdoor units
+ Standby power is expressed in Watts</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
+  </si>
+  <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-standby-power</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4122 - Set Top Boxes</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for television receivers with images in color or black and white, stable or programmable, analog or digital, fed with a nominal voltage of 110 V, 115 V, 127 V, 220 V or 230 volts at a frequency of 60 Hz, in any of the following types of kinescopes: Cathode Ray Tube screen (CRT), Liquid Crystal Display (LCD), Plasma Screen, with any other similar system flat screen.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4122-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4122_03.pdf</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -881,1445 +1068,1636 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N32"/>
+  <dimension ref="A1:P32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1088.734" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="175.671" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="183.955" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>38</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>58</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...53 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G7" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
-[...134 lines deleted...]
-      <c r="G7">
+      <c r="H7">
         <v>2012</v>
       </c>
-      <c r="H7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K7"/>
+        <v>59</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
       <c r="L7"/>
-      <c r="M7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M7"/>
       <c r="N7" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:14">
+        <v>38</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="B8" t="s">
-        <v>43</v>
+        <v>68</v>
       </c>
       <c r="C8" t="s">
         <v>52</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>64</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G8">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
         <v>2012</v>
       </c>
-      <c r="H8"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
+        <v>54</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>55</v>
+      </c>
+      <c r="N8" t="s">
+        <v>38</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>58</v>
+      </c>
+      <c r="D9" t="s">
+        <v>44</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K8"/>
-      <c r="L8" t="s">
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" t="s">
+        <v>38</v>
+      </c>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>43</v>
+      </c>
+      <c r="D10" t="s">
+        <v>77</v>
+      </c>
+      <c r="E10" t="s">
+        <v>78</v>
+      </c>
+      <c r="F10" t="s">
+        <v>79</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2002</v>
+      </c>
+      <c r="I10">
+        <v>2021</v>
+      </c>
+      <c r="J10" t="s">
+        <v>80</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>81</v>
+      </c>
+      <c r="M10" t="s">
+        <v>82</v>
+      </c>
+      <c r="N10" t="s">
+        <v>38</v>
+      </c>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>87</v>
+      </c>
+      <c r="D11" t="s">
+        <v>44</v>
+      </c>
+      <c r="E11" t="s">
+        <v>78</v>
+      </c>
+      <c r="F11" t="s">
+        <v>79</v>
+      </c>
+      <c r="G11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>88</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>89</v>
+      </c>
+      <c r="N11" t="s">
+        <v>38</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
+        <v>94</v>
+      </c>
+      <c r="D12" t="s">
+        <v>95</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>96</v>
+      </c>
+      <c r="G12" t="s">
+        <v>35</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>36</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>97</v>
+      </c>
+      <c r="M12" t="s">
+        <v>98</v>
+      </c>
+      <c r="N12" t="s">
+        <v>38</v>
+      </c>
+      <c r="O12" t="s">
+        <v>99</v>
+      </c>
+      <c r="P12"/>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>100</v>
+      </c>
+      <c r="B13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C13" t="s">
+        <v>102</v>
+      </c>
+      <c r="D13" t="s">
+        <v>103</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>96</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>80</v>
+      </c>
+      <c r="K13" t="s">
+        <v>104</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>105</v>
+      </c>
+      <c r="N13" t="s">
+        <v>38</v>
+      </c>
+      <c r="O13" t="s">
+        <v>106</v>
+      </c>
+      <c r="P13" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>108</v>
+      </c>
+      <c r="B14" t="s">
+        <v>109</v>
+      </c>
+      <c r="C14" t="s">
+        <v>110</v>
+      </c>
+      <c r="D14" t="s">
+        <v>44</v>
+      </c>
+      <c r="E14" t="s">
+        <v>78</v>
+      </c>
+      <c r="F14" t="s">
+        <v>79</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2001</v>
+      </c>
+      <c r="I14">
+        <v>2018</v>
+      </c>
+      <c r="J14" t="s">
+        <v>111</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>112</v>
+      </c>
+      <c r="M14" t="s">
+        <v>113</v>
+      </c>
+      <c r="N14" t="s">
+        <v>38</v>
+      </c>
+      <c r="O14" t="s">
+        <v>114</v>
+      </c>
+      <c r="P14" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>116</v>
+      </c>
+      <c r="B15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C15" t="s">
+        <v>118</v>
+      </c>
+      <c r="D15" t="s">
+        <v>95</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>35</v>
+      </c>
+      <c r="H15">
+        <v>2017</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>36</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>97</v>
+      </c>
+      <c r="M15" t="s">
+        <v>119</v>
+      </c>
+      <c r="N15" t="s">
+        <v>38</v>
+      </c>
+      <c r="O15" t="s">
+        <v>120</v>
+      </c>
+      <c r="P15" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>122</v>
+      </c>
+      <c r="B16" t="s">
+        <v>123</v>
+      </c>
+      <c r="C16" t="s">
+        <v>43</v>
+      </c>
+      <c r="D16" t="s">
+        <v>124</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2010</v>
+      </c>
+      <c r="I16">
+        <v>2021</v>
+      </c>
+      <c r="J16" t="s">
+        <v>80</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>125</v>
+      </c>
+      <c r="M16" t="s">
+        <v>126</v>
+      </c>
+      <c r="N16" t="s">
+        <v>38</v>
+      </c>
+      <c r="O16" t="s">
+        <v>127</v>
+      </c>
+      <c r="P16" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>129</v>
+      </c>
+      <c r="B17" t="s">
+        <v>130</v>
+      </c>
+      <c r="C17" t="s">
+        <v>43</v>
+      </c>
+      <c r="D17" t="s">
+        <v>44</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2011</v>
+      </c>
+      <c r="I17">
+        <v>2016</v>
+      </c>
+      <c r="J17" t="s">
+        <v>111</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
         <v>46</v>
       </c>
-      <c r="M8" t="s">
+      <c r="M17" t="s">
+        <v>47</v>
+      </c>
+      <c r="N17" t="s">
+        <v>38</v>
+      </c>
+      <c r="O17" t="s">
+        <v>131</v>
+      </c>
+      <c r="P17" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>133</v>
+      </c>
+      <c r="B18" t="s">
+        <v>134</v>
+      </c>
+      <c r="C18" t="s">
+        <v>135</v>
+      </c>
+      <c r="D18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2008</v>
+      </c>
+      <c r="I18">
+        <v>2012</v>
+      </c>
+      <c r="J18" t="s">
+        <v>136</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>137</v>
+      </c>
+      <c r="M18" t="s">
+        <v>138</v>
+      </c>
+      <c r="N18" t="s">
+        <v>38</v>
+      </c>
+      <c r="O18" t="s">
+        <v>139</v>
+      </c>
+      <c r="P18" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>141</v>
+      </c>
+      <c r="B19" t="s">
+        <v>142</v>
+      </c>
+      <c r="C19" t="s">
+        <v>143</v>
+      </c>
+      <c r="D19" t="s">
+        <v>64</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19">
+        <v>2014</v>
+      </c>
+      <c r="J19" t="s">
+        <v>111</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>144</v>
+      </c>
+      <c r="M19" t="s">
+        <v>145</v>
+      </c>
+      <c r="N19" t="s">
+        <v>38</v>
+      </c>
+      <c r="O19" t="s">
+        <v>146</v>
+      </c>
+      <c r="P19"/>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>147</v>
+      </c>
+      <c r="B20" t="s">
+        <v>148</v>
+      </c>
+      <c r="C20" t="s">
+        <v>143</v>
+      </c>
+      <c r="D20" t="s">
+        <v>44</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20">
+        <v>2014</v>
+      </c>
+      <c r="J20" t="s">
+        <v>111</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>149</v>
+      </c>
+      <c r="M20" t="s">
+        <v>145</v>
+      </c>
+      <c r="N20" t="s">
+        <v>38</v>
+      </c>
+      <c r="O20" t="s">
+        <v>150</v>
+      </c>
+      <c r="P20" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>152</v>
+      </c>
+      <c r="B21" t="s">
+        <v>153</v>
+      </c>
+      <c r="C21" t="s">
+        <v>154</v>
+      </c>
+      <c r="D21" t="s">
+        <v>77</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>35</v>
+      </c>
+      <c r="H21"/>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>155</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>156</v>
+      </c>
+      <c r="N21" t="s">
+        <v>38</v>
+      </c>
+      <c r="O21" t="s">
+        <v>157</v>
+      </c>
+      <c r="P21" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>159</v>
+      </c>
+      <c r="B22" t="s">
+        <v>160</v>
+      </c>
+      <c r="C22" t="s">
+        <v>161</v>
+      </c>
+      <c r="D22" t="s">
+        <v>162</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>34</v>
+      </c>
+      <c r="G22" t="s">
+        <v>35</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22">
+        <v>2024</v>
+      </c>
+      <c r="J22" t="s">
+        <v>163</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>164</v>
+      </c>
+      <c r="N22" t="s">
+        <v>38</v>
+      </c>
+      <c r="O22" t="s">
+        <v>165</v>
+      </c>
+      <c r="P22" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>167</v>
+      </c>
+      <c r="B23" t="s">
+        <v>168</v>
+      </c>
+      <c r="C23" t="s">
+        <v>32</v>
+      </c>
+      <c r="D23" t="s">
         <v>33</v>
       </c>
-      <c r="N8" t="s">
-[...10 lines deleted...]
-      <c r="C9" t="s">
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H23">
+        <v>2010</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>36</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
         <v>37</v>
       </c>
-      <c r="D9" t="s">
-[...15 lines deleted...]
-      <c r="J9" t="s">
+      <c r="N23" t="s">
+        <v>38</v>
+      </c>
+      <c r="O23" t="s">
+        <v>169</v>
+      </c>
+      <c r="P23" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>171</v>
+      </c>
+      <c r="B24" t="s">
+        <v>172</v>
+      </c>
+      <c r="C24" t="s">
+        <v>161</v>
+      </c>
+      <c r="D24" t="s">
+        <v>162</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
         <v>21</v>
       </c>
-      <c r="K9"/>
-[...30 lines deleted...]
-      <c r="H10">
+      <c r="G24" t="s">
+        <v>173</v>
+      </c>
+      <c r="H24">
+        <v>2024</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>163</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>164</v>
+      </c>
+      <c r="N24" t="s">
+        <v>38</v>
+      </c>
+      <c r="O24" t="s">
+        <v>174</v>
+      </c>
+      <c r="P24" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>176</v>
+      </c>
+      <c r="B25" t="s">
+        <v>177</v>
+      </c>
+      <c r="C25" t="s">
+        <v>178</v>
+      </c>
+      <c r="D25" t="s">
+        <v>44</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>35</v>
+      </c>
+      <c r="H25">
+        <v>2008</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>179</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>180</v>
+      </c>
+      <c r="M25" t="s">
+        <v>181</v>
+      </c>
+      <c r="N25" t="s">
+        <v>38</v>
+      </c>
+      <c r="O25" t="s">
+        <v>182</v>
+      </c>
+      <c r="P25" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>184</v>
+      </c>
+      <c r="B26" t="s">
+        <v>185</v>
+      </c>
+      <c r="C26" t="s">
+        <v>87</v>
+      </c>
+      <c r="D26" t="s">
+        <v>44</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2015</v>
+      </c>
+      <c r="I26">
+        <v>2019</v>
+      </c>
+      <c r="J26" t="s">
+        <v>80</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>186</v>
+      </c>
+      <c r="N26" t="s">
+        <v>38</v>
+      </c>
+      <c r="O26" t="s">
+        <v>187</v>
+      </c>
+      <c r="P26" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>189</v>
+      </c>
+      <c r="B27" t="s">
+        <v>86</v>
+      </c>
+      <c r="C27" t="s">
+        <v>87</v>
+      </c>
+      <c r="D27" t="s">
+        <v>44</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>35</v>
+      </c>
+      <c r="H27">
+        <v>2015</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>88</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>89</v>
+      </c>
+      <c r="N27" t="s">
+        <v>38</v>
+      </c>
+      <c r="O27" t="s">
+        <v>190</v>
+      </c>
+      <c r="P27" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>192</v>
+      </c>
+      <c r="B28" t="s">
+        <v>193</v>
+      </c>
+      <c r="C28" t="s">
+        <v>194</v>
+      </c>
+      <c r="D28" t="s">
+        <v>195</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>96</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2017</v>
+      </c>
+      <c r="I28">
         <v>2021</v>
       </c>
-      <c r="I10" t="s">
-[...2 lines deleted...]
-      <c r="J10" t="s">
+      <c r="J28" t="s">
+        <v>196</v>
+      </c>
+      <c r="K28" t="s">
+        <v>197</v>
+      </c>
+      <c r="L28" t="s">
+        <v>198</v>
+      </c>
+      <c r="M28" t="s">
+        <v>199</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>200</v>
+      </c>
+      <c r="P28" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>202</v>
+      </c>
+      <c r="B29" t="s">
+        <v>203</v>
+      </c>
+      <c r="C29" t="s">
+        <v>204</v>
+      </c>
+      <c r="D29" t="s">
+        <v>44</v>
+      </c>
+      <c r="E29" t="s">
+        <v>78</v>
+      </c>
+      <c r="F29" t="s">
+        <v>79</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2003</v>
+      </c>
+      <c r="I29">
+        <v>2012</v>
+      </c>
+      <c r="J29" t="s">
+        <v>205</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>206</v>
+      </c>
+      <c r="M29" t="s">
+        <v>207</v>
+      </c>
+      <c r="N29" t="s">
+        <v>38</v>
+      </c>
+      <c r="O29" t="s">
+        <v>208</v>
+      </c>
+      <c r="P29" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>210</v>
+      </c>
+      <c r="B30" t="s">
+        <v>211</v>
+      </c>
+      <c r="C30" t="s">
+        <v>212</v>
+      </c>
+      <c r="D30" t="s">
+        <v>44</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
         <v>21</v>
       </c>
-      <c r="K10" t="s">
-[...832 lines deleted...]
-        <v>2011</v>
+      <c r="G30" t="s">
+        <v>22</v>
       </c>
       <c r="H30">
         <v>2011</v>
       </c>
-      <c r="I30" t="s">
-        <v>62</v>
+      <c r="I30">
+        <v>2011</v>
       </c>
       <c r="J30" t="s">
-        <v>21</v>
+        <v>80</v>
       </c>
       <c r="K30" t="s">
-        <v>158</v>
+        <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>159</v>
+        <v>213</v>
       </c>
       <c r="M30" t="s">
-        <v>33</v>
+        <v>214</v>
       </c>
       <c r="N30" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:14">
+        <v>38</v>
+      </c>
+      <c r="O30" t="s">
+        <v>215</v>
+      </c>
+      <c r="P30" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>161</v>
+        <v>217</v>
       </c>
       <c r="B31" t="s">
-        <v>162</v>
+        <v>218</v>
       </c>
       <c r="C31" t="s">
-        <v>44</v>
+        <v>219</v>
       </c>
       <c r="D31" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="E31" t="s">
-        <v>29</v>
+        <v>78</v>
       </c>
       <c r="F31" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G31">
+        <v>34</v>
+      </c>
+      <c r="G31" t="s">
+        <v>35</v>
+      </c>
+      <c r="H31">
         <v>2006</v>
       </c>
-      <c r="H31"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I31"/>
       <c r="J31" t="s">
-        <v>21</v>
+        <v>220</v>
       </c>
       <c r="K31" t="s">
-        <v>164</v>
+        <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>165</v>
+        <v>221</v>
       </c>
       <c r="M31" t="s">
-        <v>33</v>
+        <v>222</v>
       </c>
       <c r="N31" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>38</v>
+      </c>
+      <c r="O31" t="s">
+        <v>223</v>
+      </c>
+      <c r="P31" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>167</v>
+        <v>225</v>
       </c>
       <c r="B32" t="s">
-        <v>168</v>
+        <v>226</v>
       </c>
       <c r="C32" t="s">
-        <v>169</v>
+        <v>227</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>228</v>
       </c>
       <c r="E32" t="s">
-        <v>74</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G32">
+        <v>96</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
         <v>2012</v>
       </c>
-      <c r="H32">
+      <c r="I32">
         <v>2014</v>
       </c>
-      <c r="I32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J32" t="s">
-        <v>21</v>
+        <v>205</v>
       </c>
       <c r="K32" t="s">
-        <v>170</v>
+        <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>171</v>
+        <v>229</v>
       </c>
       <c r="M32" t="s">
-        <v>33</v>
+        <v>230</v>
       </c>
       <c r="N32" t="s">
-        <v>172</v>
+        <v>38</v>
+      </c>
+      <c r="O32" t="s">
+        <v>231</v>
+      </c>
+      <c r="P32" t="s">
+        <v>232</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>