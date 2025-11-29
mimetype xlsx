--- v0 (2025-10-13)
+++ v1 (2025-11-29)
@@ -12,611 +12,798 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="233">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>CEL- Air Cleaners</t>
   </si>
   <si>
+    <t>This policy covers air cleaners.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 18801-2015; GB/T 18883-2002</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E7%A9%BA%E6%B0%94%E5%87%80%E5%8C%96%E5%99%A8%E8%83%BD%E6%BA%</t>
+  </si>
+  <si>
     <t>CEL- Digital Television Adapters (Set Top Box)</t>
   </si>
   <si>
+    <t>This policy covers digital television adapters (set top box).</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 2829-2002; GB/T 14857; GB/T 17700; GB/T 17975.1; GB/T 17975.2; GB/T 17975.3; GB/T 20600; GB 20943; GD/JN 01; GY/T 155; GY/T 170; IEC 62087:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-digital-television-adapters-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E6%9C%BA%E9%A1%B6%E7%9B%92.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439141-2017 Safety and Performance and Energy Conservation Certification Rules For Household and Similar Use Outdoor Air System Equipment</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Outdoor Air System Equipment with an air volume below 2000cubic meters per hour</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CQC6401-2017 4.3.1 and 4.3.2</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-439141-2017-safety-and-performance-and-energy-conservation-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-13/544879.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448157-2014. CQC Mark Certification - Air Cleaners</t>
   </si>
   <si>
+    <t>Air cleaners: single-phase rated voltage not exceeding 250V; other rated voltage not exceeding 450V</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 18801-2015 5.5.2 and 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-448157-2014-cqc-mark-certification-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-08/511616.shtml</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Air Cleaners</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 7619 regarding air cleaners or recognized by the Bureau of Energy of MOEA as domestic indoor air cleaners.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>CNS 7619</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=34</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Air Cleaners</t>
   </si>
   <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
     <t>KS C 9314</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Air Purifiers</t>
   </si>
   <si>
+    <t>This program covers split-type air purifiers such as mechanical air cleaners, ionic air cleaners, and Combined Air Purifiers</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Cleaners Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Room Air Cleaner as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Combination products and ozone generators. Qualifying air cleaner models shall produce a minimum 50 CADR for Dust to be considered under this specification.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-1-2006; UL 867 Ed. 4.0; IEC 62301 Ed. 1.0</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-room-air-cleaners-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/air_purifiers_cleaners/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Set-Top Boxes Version 5.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Set-top Box and a Set-top Box Base Type as specified herein are eligible for ENERGY STAR certification.  Set-top Box: A device with the primary purpose of receiving digital television services from a coaxial; hybrid fiber coaxial; or fiber-to-the-home distribution system; from satellites; or encapsulated in IP packets from managed IP distribution networks; decrypting or descrambling these signals; and decoding|decompressing for delivery to residential consumer displays and or recording devices; and or one or more other Set-Top Boxes; including Thin Clients; in a residential multi-room architecture. STBs that incorporate common LAN functionality as a secondary function are considered STBs for this specification. Base Type: The means of access to video content for a STB; includes: cable; sattelliete; cable digital transport adapter; internet protocol; and thin-client|remote.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Set-Top Boxes (Rev. May-2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-set-top-boxes-version-51</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/set_top_boxes_cable_boxes/partners</t>
+  </si>
+  <si>
     <t>GB 24850-2020 Minimum allowable values of energy efficiency limits and energy efficiency grades for flat-panel TVs and set-top boxes</t>
+  </si>
+  <si>
+    <t>MEPS for flat panel televisions and set-top boxes</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 17309.1
 ,   
                     GB 24850-2020
 ,   
                     IEC 62087-2:2015</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24850-2020-minimum-allowable-values-energy-efficiency-limits-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EFC3FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>GB 25957-2010 Minimum allowable values of energy efficiency and energy efficiency grades for digital television adapters -set-top boxes</t>
   </si>
   <si>
+    <t>Applies to adapters working under 220V 50Hz including cable adapters ground adapters and satellite adapters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-25957-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E07ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
+  </si>
+  <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
-    <t>October 2025</t>
+    <t>This standard revised minimum energy performance standards and grades for air cleaners:
+ — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
+— Air cleaners with functions for removing particulate matter and gaseous pollutants;
+— Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E22E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
     <t>GB 37484-2019 Minimum allowable values of energy efficiency and energy efficiency grades for precipitators</t>
   </si>
   <si>
+    <t>This policy covers precipitators.</t>
+  </si>
+  <si>
     <t>GB/T 6719; GB/T 13931; GB 19153; GB/T 32154</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37484-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBD0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Digital Television Set-top Boxes) Determination 2012</t>
   </si>
   <si>
+    <t>A Digital TV (DTV) set top box (STB) is used to convert digital TV signals to a signal compatible with the existing audiovisual display technology, including analogue RF, composite video, s-vhs, component video or DVI/HDMI. Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time.Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time. STBs have different requirements if they are designed for free-to-air (FTA) broadcast television or subscription television (STV).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010AS/NZS 62087.2.1: 2008</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-digital-television-set-top-boxes-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02116</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
+  </si>
+  <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-standby-power</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4122 - Set Top Boxes</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for television receivers with images in color or black and white, stable or programmable, analog or digital, fed with a nominal voltage of 110 V, 115 V, 127 V, 220 V or 230 volts at a frequency of 60 Hz, in any of the following types of kinescopes: Cathode Ray Tube screen (CRT), Liquid Crystal Display (LCD), Plasma Screen, with any other similar system flat screen.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4122-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4122_03.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Air Cleaners TGL-91-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to air purifiers for residential or similar purposes with a rated voltage not exceeding 250 V for single-phase alternating current (AC).</t>
+  </si>
+  <si>
     <t>Electronics, Other-Electronics, Air Cleaners</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 1516 (or IEC 60335-2-65)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-air-cleaners-tgl-91-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-91-14.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Purifiers</t>
+  </si>
+  <si>
+    <t>This policy defines energy efficiency level criteria and test standards for air purifiers. The scope of air purifiers includes air purifiers, split type, cooled with air, according to the following types: mechanical air cleaners, ion air purifiers (ionic air cleaners), and combined air purifiers. The policy applies to air purifiers intended for use in homes or places with similar purposes such as offices, and shops. The number 5 efficiency criteria for an air cleaner with an area of use less than or equal to 50m2 is set at greater than or equal to 7.5 baht/year (annual electricity cost).</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>TIS 3061-2020
 ,   
                     ANSI/AHAM AC-3-2009</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-purifiers-0</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/%e0%b9%80%e0%b8%81%e0%b8%93%e0%b8%91%e0%b9%8c%e0%b8%9b%e0%b8%a3%e0%b8%b0%e0%b8%aa%e0%b8%b4%e0%b8%97%e0%b8%98%e0%b8%b4%e0%b8%a0%e0%b8%b2%e0%b8%9e%e0%b8%9e%e0%b8%a5%e0%b8%b1%e0%b8%87%e0%b8%87%e0%b8%b2/</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -880,1477 +1067,1672 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N32"/>
+  <dimension ref="A1:P32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="181" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="181.527" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1088.734" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="175.671" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2019</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>39</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>56</v>
+      </c>
+      <c r="E6" t="s">
+        <v>57</v>
+      </c>
+      <c r="F6" t="s">
+        <v>58</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...35 lines deleted...]
-      <c r="J3" t="s">
+      <c r="H6">
+        <v>2002</v>
+      </c>
+      <c r="I6">
+        <v>2021</v>
+      </c>
+      <c r="J6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" t="s">
+        <v>61</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
         <v>32</v>
       </c>
-      <c r="K3" t="s">
+      <c r="D7" t="s">
         <v>33</v>
       </c>
-      <c r="L3" t="s">
-[...5 lines deleted...]
-      <c r="N3" t="s">
+      <c r="E7" t="s">
+        <v>57</v>
+      </c>
+      <c r="F7" t="s">
+        <v>58</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7">
+        <v>2017</v>
+      </c>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>67</v>
+      </c>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>57</v>
+      </c>
+      <c r="F8" t="s">
+        <v>58</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8">
+        <v>2015</v>
+      </c>
+      <c r="J8" t="s">
+        <v>73</v>
+      </c>
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8" t="s">
+        <v>74</v>
+      </c>
+      <c r="M8" t="s">
+        <v>68</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" t="s">
+        <v>44</v>
+      </c>
+      <c r="E9" t="s">
+        <v>57</v>
+      </c>
+      <c r="F9" t="s">
+        <v>58</v>
+      </c>
+      <c r="G9" t="s">
         <v>35</v>
       </c>
-    </row>
-[...169 lines deleted...]
-      <c r="A8" t="s">
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>80</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>81</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>86</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
         <v>57</v>
       </c>
-      <c r="B8" t="s">
-[...20 lines deleted...]
-      <c r="I8" t="s">
+      <c r="F10" t="s">
         <v>58</v>
       </c>
-      <c r="J8" t="s">
-[...75 lines deleted...]
-        <v>2011</v>
+      <c r="G10" t="s">
+        <v>22</v>
       </c>
       <c r="H10">
         <v>2011</v>
       </c>
-      <c r="I10" t="s">
-        <v>53</v>
+      <c r="I10">
+        <v>2011</v>
       </c>
       <c r="J10" t="s">
+        <v>66</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10" t="s">
+        <v>87</v>
+      </c>
+      <c r="M10" t="s">
+        <v>88</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>79</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H11">
+        <v>2009</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>80</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>93</v>
+      </c>
+      <c r="M11" t="s">
+        <v>81</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>94</v>
+      </c>
+      <c r="P11" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>96</v>
+      </c>
+      <c r="B12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" t="s">
+        <v>98</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>57</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2021</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>99</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>100</v>
+      </c>
+      <c r="M12" t="s">
+        <v>101</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>102</v>
+      </c>
+      <c r="P12" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>104</v>
+      </c>
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" t="s">
+        <v>106</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F13" t="s">
+        <v>58</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2004</v>
+      </c>
+      <c r="I13">
+        <v>2020</v>
+      </c>
+      <c r="J13" t="s">
+        <v>73</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13" t="s">
+        <v>107</v>
+      </c>
+      <c r="M13" t="s">
+        <v>108</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>109</v>
+      </c>
+      <c r="P13" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>111</v>
+      </c>
+      <c r="B14" t="s">
+        <v>112</v>
+      </c>
+      <c r="C14" t="s">
+        <v>106</v>
+      </c>
+      <c r="D14" t="s">
+        <v>44</v>
+      </c>
+      <c r="E14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F14" t="s">
+        <v>58</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2001</v>
+      </c>
+      <c r="I14">
+        <v>2018</v>
+      </c>
+      <c r="J14" t="s">
+        <v>73</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14" t="s">
+        <v>113</v>
+      </c>
+      <c r="M14" t="s">
+        <v>108</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>114</v>
+      </c>
+      <c r="P14" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>116</v>
+      </c>
+      <c r="B15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C15" t="s">
         <v>32</v>
       </c>
-      <c r="K10" t="s">
-[...38 lines deleted...]
-      <c r="J11" t="s">
+      <c r="D15" t="s">
+        <v>118</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2010</v>
+      </c>
+      <c r="I15">
+        <v>2021</v>
+      </c>
+      <c r="J15" t="s">
+        <v>59</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15" t="s">
+        <v>119</v>
+      </c>
+      <c r="M15" t="s">
+        <v>120</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>121</v>
+      </c>
+      <c r="P15" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>123</v>
+      </c>
+      <c r="B16" t="s">
+        <v>124</v>
+      </c>
+      <c r="C16" t="s">
         <v>32</v>
       </c>
-      <c r="K11" t="s">
-[...8 lines deleted...]
-      <c r="N11" t="s">
+      <c r="D16" t="s">
+        <v>44</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2011</v>
+      </c>
+      <c r="I16">
+        <v>2016</v>
+      </c>
+      <c r="J16" t="s">
         <v>73</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="J12" t="s">
+      <c r="K16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16" t="s">
+        <v>45</v>
+      </c>
+      <c r="M16" t="s">
+        <v>39</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>125</v>
+      </c>
+      <c r="P16" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>127</v>
+      </c>
+      <c r="B17" t="s">
+        <v>31</v>
+      </c>
+      <c r="C17" t="s">
         <v>32</v>
       </c>
-      <c r="K12" t="s">
-[...8 lines deleted...]
-      <c r="N12" t="s">
+      <c r="D17" t="s">
+        <v>33</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>128</v>
+      </c>
+      <c r="H17">
+        <v>2018</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>129</v>
+      </c>
+      <c r="K17" t="s">
+        <v>37</v>
+      </c>
+      <c r="L17" t="s">
+        <v>38</v>
+      </c>
+      <c r="M17" t="s">
+        <v>130</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>131</v>
+      </c>
+      <c r="P17" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>133</v>
+      </c>
+      <c r="B18" t="s">
+        <v>134</v>
+      </c>
+      <c r="C18" t="s">
+        <v>32</v>
+      </c>
+      <c r="D18" t="s">
+        <v>33</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2018</v>
+      </c>
+      <c r="I18">
+        <v>2024</v>
+      </c>
+      <c r="J18" t="s">
+        <v>129</v>
+      </c>
+      <c r="K18" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18" t="s">
+        <v>135</v>
+      </c>
+      <c r="M18" t="s">
+        <v>136</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>137</v>
+      </c>
+      <c r="P18" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>139</v>
+      </c>
+      <c r="B19" t="s">
+        <v>140</v>
+      </c>
+      <c r="C19" t="s">
+        <v>32</v>
+      </c>
+      <c r="D19" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>35</v>
+      </c>
+      <c r="H19">
+        <v>2020</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>36</v>
+      </c>
+      <c r="K19" t="s">
+        <v>37</v>
+      </c>
+      <c r="L19" t="s">
+        <v>141</v>
+      </c>
+      <c r="M19" t="s">
+        <v>130</v>
+      </c>
+      <c r="N19" t="s">
+        <v>142</v>
+      </c>
+      <c r="O19" t="s">
+        <v>143</v>
+      </c>
+      <c r="P19" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>145</v>
+      </c>
+      <c r="B20" t="s">
+        <v>146</v>
+      </c>
+      <c r="C20" t="s">
+        <v>147</v>
+      </c>
+      <c r="D20" t="s">
+        <v>44</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2008</v>
+      </c>
+      <c r="I20">
+        <v>2012</v>
+      </c>
+      <c r="J20" t="s">
+        <v>148</v>
+      </c>
+      <c r="K20" t="s">
+        <v>37</v>
+      </c>
+      <c r="L20" t="s">
+        <v>149</v>
+      </c>
+      <c r="M20" t="s">
+        <v>150</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>151</v>
+      </c>
+      <c r="P20" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>153</v>
+      </c>
+      <c r="B21" t="s">
+        <v>154</v>
+      </c>
+      <c r="C21" t="s">
+        <v>155</v>
+      </c>
+      <c r="D21" t="s">
+        <v>44</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21">
+        <v>2014</v>
+      </c>
+      <c r="J21" t="s">
+        <v>73</v>
+      </c>
+      <c r="K21" t="s">
+        <v>37</v>
+      </c>
+      <c r="L21" t="s">
+        <v>156</v>
+      </c>
+      <c r="M21" t="s">
+        <v>157</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>158</v>
+      </c>
+      <c r="P21" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>160</v>
+      </c>
+      <c r="B22" t="s">
+        <v>161</v>
+      </c>
+      <c r="C22" t="s">
+        <v>162</v>
+      </c>
+      <c r="D22" t="s">
+        <v>56</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>35</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>163</v>
+      </c>
+      <c r="K22" t="s">
+        <v>37</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>164</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>165</v>
+      </c>
+      <c r="P22" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>167</v>
+      </c>
+      <c r="B23" t="s">
+        <v>92</v>
+      </c>
+      <c r="C23" t="s">
         <v>79</v>
       </c>
-    </row>
-[...205 lines deleted...]
-      <c r="K17" t="s">
+      <c r="D23" t="s">
         <v>33</v>
       </c>
-      <c r="L17" t="s">
-[...233 lines deleted...]
-      </c>
       <c r="E23" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
       </c>
       <c r="H23">
         <v>2011</v>
       </c>
-      <c r="I23" t="s">
-        <v>63</v>
+      <c r="I23">
+        <v>2011</v>
       </c>
       <c r="J23" t="s">
-        <v>32</v>
+        <v>80</v>
       </c>
       <c r="K23" t="s">
-        <v>72</v>
+        <v>37</v>
       </c>
       <c r="L23" t="s">
-        <v>64</v>
+        <v>93</v>
       </c>
       <c r="M23" t="s">
-        <v>24</v>
+        <v>81</v>
       </c>
       <c r="N23" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>168</v>
+      </c>
+      <c r="P23" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>125</v>
+        <v>170</v>
       </c>
       <c r="B24" t="s">
-        <v>126</v>
+        <v>171</v>
       </c>
       <c r="C24" t="s">
-        <v>37</v>
+        <v>172</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="E24" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G24">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H24">
         <v>2008</v>
       </c>
-      <c r="H24"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>32</v>
+        <v>66</v>
       </c>
       <c r="K24" t="s">
-        <v>127</v>
+        <v>37</v>
       </c>
       <c r="L24" t="s">
-        <v>128</v>
+        <v>173</v>
       </c>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>174</v>
       </c>
       <c r="N24" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>175</v>
+      </c>
+      <c r="P24" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>130</v>
+        <v>177</v>
       </c>
       <c r="B25" t="s">
-        <v>62</v>
+        <v>178</v>
       </c>
       <c r="C25" t="s">
-        <v>37</v>
+        <v>79</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="E25" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="G25">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
         <v>2015</v>
       </c>
-      <c r="H25">
+      <c r="I25">
         <v>2019</v>
       </c>
-      <c r="I25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J25" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="K25" t="s">
+        <v>37</v>
+      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>24</v>
+        <v>179</v>
       </c>
       <c r="N25" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>180</v>
+      </c>
+      <c r="P25" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>134</v>
+        <v>182</v>
       </c>
       <c r="B26" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="C26" t="s">
-        <v>37</v>
+        <v>79</v>
       </c>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="E26" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G26">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>35</v>
+      </c>
+      <c r="H26">
         <v>2015</v>
       </c>
-      <c r="H26"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="K26" t="s">
+        <v>37</v>
+      </c>
+      <c r="L26"/>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>81</v>
       </c>
       <c r="N26" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>183</v>
+      </c>
+      <c r="P26" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>136</v>
+        <v>184</v>
       </c>
       <c r="B27" t="s">
-        <v>137</v>
+        <v>185</v>
       </c>
       <c r="C27" t="s">
-        <v>138</v>
+        <v>186</v>
       </c>
       <c r="D27" t="s">
-        <v>17</v>
+        <v>187</v>
       </c>
       <c r="E27" t="s">
-        <v>139</v>
+        <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G27">
+        <v>188</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
         <v>2017</v>
       </c>
-      <c r="H27">
+      <c r="I27">
         <v>2021</v>
       </c>
-      <c r="I27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J27" t="s">
-        <v>141</v>
+        <v>189</v>
       </c>
       <c r="K27" t="s">
+        <v>190</v>
+      </c>
+      <c r="L27" t="s">
+        <v>191</v>
+      </c>
+      <c r="M27" t="s">
+        <v>192</v>
+      </c>
+      <c r="N27" t="s">
         <v>142</v>
       </c>
-      <c r="L27" t="s">
-[...9 lines deleted...]
-    <row r="28" spans="1:14">
+      <c r="O27" t="s">
+        <v>193</v>
+      </c>
+      <c r="P27" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>145</v>
+        <v>195</v>
       </c>
       <c r="B28" t="s">
-        <v>146</v>
+        <v>196</v>
       </c>
       <c r="C28" t="s">
-        <v>37</v>
+        <v>197</v>
       </c>
       <c r="D28" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="E28" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="F28" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G28">
+        <v>58</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
         <v>2003</v>
       </c>
-      <c r="H28">
+      <c r="I28">
         <v>2012</v>
       </c>
-      <c r="I28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J28" t="s">
-        <v>32</v>
+        <v>198</v>
       </c>
       <c r="K28" t="s">
+        <v>37</v>
+      </c>
+      <c r="L28" t="s">
+        <v>199</v>
+      </c>
+      <c r="M28" t="s">
+        <v>200</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>201</v>
+      </c>
+      <c r="P28" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>203</v>
+      </c>
+      <c r="B29" t="s">
+        <v>204</v>
+      </c>
+      <c r="C29" t="s">
+        <v>98</v>
+      </c>
+      <c r="D29" t="s">
+        <v>205</v>
+      </c>
+      <c r="E29" t="s">
+        <v>57</v>
+      </c>
+      <c r="F29" t="s">
+        <v>58</v>
+      </c>
+      <c r="G29" t="s">
+        <v>35</v>
+      </c>
+      <c r="H29">
+        <v>2014</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>206</v>
+      </c>
+      <c r="K29" t="s">
+        <v>37</v>
+      </c>
+      <c r="L29" t="s">
+        <v>207</v>
+      </c>
+      <c r="M29" t="s">
+        <v>208</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>209</v>
+      </c>
+      <c r="P29" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>211</v>
+      </c>
+      <c r="B30" t="s">
+        <v>212</v>
+      </c>
+      <c r="C30" t="s">
+        <v>98</v>
+      </c>
+      <c r="D30" t="s">
+        <v>33</v>
+      </c>
+      <c r="E30" t="s">
+        <v>57</v>
+      </c>
+      <c r="F30" t="s">
+        <v>34</v>
+      </c>
+      <c r="G30" t="s">
+        <v>213</v>
+      </c>
+      <c r="H30">
+        <v>2021</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
         <v>148</v>
       </c>
-      <c r="L28" t="s">
-[...79 lines deleted...]
-      </c>
       <c r="K30" t="s">
-        <v>158</v>
+        <v>37</v>
       </c>
       <c r="L30" t="s">
-        <v>159</v>
+        <v>214</v>
       </c>
       <c r="M30" t="s">
-        <v>24</v>
+        <v>215</v>
       </c>
       <c r="N30" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>216</v>
+      </c>
+      <c r="P30" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>161</v>
+        <v>218</v>
       </c>
       <c r="B31" t="s">
-        <v>162</v>
+        <v>219</v>
       </c>
       <c r="C31" t="s">
-        <v>37</v>
+        <v>220</v>
       </c>
       <c r="D31" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="E31" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
       </c>
       <c r="H31">
         <v>2011</v>
       </c>
-      <c r="I31" t="s">
-        <v>48</v>
+      <c r="I31">
+        <v>2011</v>
       </c>
       <c r="J31" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="K31" t="s">
-        <v>163</v>
+        <v>37</v>
       </c>
       <c r="L31" t="s">
-        <v>164</v>
+        <v>221</v>
       </c>
       <c r="M31" t="s">
-        <v>24</v>
+        <v>222</v>
       </c>
       <c r="N31" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>223</v>
+      </c>
+      <c r="P31" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>166</v>
+        <v>225</v>
       </c>
       <c r="B32" t="s">
-        <v>167</v>
+        <v>226</v>
       </c>
       <c r="C32" t="s">
-        <v>168</v>
+        <v>227</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>228</v>
       </c>
       <c r="E32" t="s">
-        <v>139</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G32">
+        <v>188</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
         <v>2012</v>
       </c>
-      <c r="H32">
+      <c r="I32">
         <v>2014</v>
       </c>
-      <c r="I32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J32" t="s">
-        <v>32</v>
+        <v>198</v>
       </c>
       <c r="K32" t="s">
-        <v>169</v>
+        <v>37</v>
       </c>
       <c r="L32" t="s">
-        <v>170</v>
+        <v>229</v>
       </c>
       <c r="M32" t="s">
-        <v>24</v>
+        <v>230</v>
       </c>
       <c r="N32" t="s">
-        <v>171</v>
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>231</v>
+      </c>
+      <c r="P32" t="s">
+        <v>232</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>