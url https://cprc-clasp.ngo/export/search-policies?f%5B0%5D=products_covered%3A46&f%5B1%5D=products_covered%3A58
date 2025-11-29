--- v0 (2025-10-10)
+++ v1 (2025-11-29)
@@ -12,600 +12,775 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="227">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>CEL- Digital Television Adapters (Set Top Box)</t>
   </si>
   <si>
+    <t>This policy covers digital television adapters (set top box).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 2829-2002; GB/T 14857; GB/T 17700; GB/T 17975.1; GB/T 17975.2; GB/T 17975.3; GB/T 20600; GB 20943; GD/JN 01; GY/T 155; GY/T 170; IEC 62087:2008</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-digital-television-adapters-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E6%9C%BA%E9%A1%B6%E7%9B%92.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
+  </si>
+  <si>
     <t>CQC31-439126-2014. CQC Mark Certification - Dehumidifier</t>
   </si>
   <si>
+    <t>Applies to whole-type or split-type dehumidifiers with a dehumidification capacity of more than 0.16 kg per h</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 19411-2003, GB/T 20109-2006</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439126-2014-cqc-mark-certification-dehumidifier</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/509967.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439802-2018 Safety and Energy conservation certification rules for air source heat pump drying -dehumidifying unit</t>
   </si>
   <si>
+    <t>Applies to air source heat pump drying -dehumidifying unit</t>
+  </si>
+  <si>
     <t>CQC6402-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-439802-2018-safety-and-energy-conservation-certification-rules-air-source-heat-pump</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/553403.shtml</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Dehumidifiers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 12492 regarding dehumidifiers or recognized by the Bureau of Energy of MOEA as dehumidifiers.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 12492</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-dehumidifiers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=5</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dehumidifier</t>
   </si>
   <si>
+    <t>As a single-phase AC, and rated voltage of 220V, its aim is to decrease the humidity of indoors, equipped with compression refrigerating system, blower fan, etc in a single cabinet, its electric power consumption is shall be less than 1,000W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-dehumidifier</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Dehumidifiers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dehumidifier as specified in the policy document, including standalone and whole house units, are eligible for ENERGY STAR qualification. Dehumidifiers with daily water-removal capacities greater than 185 U.S. pints/87.5 liters are not eligible.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>10 CFR Appendix X to Subpart B of Part 430</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-dehumidifiers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/dehumidifiers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Set-Top Boxes Version 5.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Set-top Box and a Set-top Box Base Type as specified herein are eligible for ENERGY STAR certification.  Set-top Box: A device with the primary purpose of receiving digital television services from a coaxial; hybrid fiber coaxial; or fiber-to-the-home distribution system; from satellites; or encapsulated in IP packets from managed IP distribution networks; decrypting or descrambling these signals; and decoding|decompressing for delivery to residential consumer displays and or recording devices; and or one or more other Set-Top Boxes; including Thin Clients; in a residential multi-room architecture. STBs that incorporate common LAN functionality as a secondary function are considered STBs for this specification. Base Type: The means of access to video content for a STB; includes: cable; sattelliete; cable digital transport adapter; internet protocol; and thin-client|remote.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Set-Top Boxes (Rev. May-2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-set-top-boxes-version-51</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/set_top_boxes_cable_boxes/partners</t>
+  </si>
+  <si>
     <t>GB 24850-2020 Minimum allowable values of energy efficiency limits and energy efficiency grades for flat-panel TVs and set-top boxes</t>
+  </si>
+  <si>
+    <t>MEPS for flat panel televisions and set-top boxes</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 17309.1
 ,   
                     GB 24850-2020
 ,   
                     IEC 62087-2:2015</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24850-2020-minimum-allowable-values-energy-efficiency-limits-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EFC3FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>GB 25957-2010 Minimum allowable values of energy efficiency and energy efficiency grades for digital television adapters -set-top boxes</t>
   </si>
   <si>
+    <t>Applies to adapters working under 220V 50Hz including cable adapters ground adapters and satellite adapters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-25957-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E07ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Digital Television Set-top Boxes) Determination 2012</t>
   </si>
   <si>
+    <t>A Digital TV (DTV) set top box (STB) is used to convert digital TV signals to a signal compatible with the existing audiovisual display technology, including analogue RF, composite video, s-vhs, component video or DVI/HDMI. Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time.Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time. STBs have different requirements if they are designed for free-to-air (FTA) broadcast television or subscription television (STV).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010AS/NZS 62087.2.1: 2008</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-digital-television-set-top-boxes-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02116</t>
+  </si>
+  <si>
     <t>Greenmark N48 - Dehumidifier</t>
   </si>
   <si>
+    <t>This standard is applicable to the dehumidifiers which meet the definition of CNS 12492</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n48-dehumidifier</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/48/b1c13332-4241-4dea-9d4d-ed8f54f3e75c.pdf</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MEPS - Dehumidifier</t>
   </si>
   <si>
+    <t>The EF is limited to dehumidifiers with electric power not higher than 1000W at the present stage.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-dehumidifier-0</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>MEPS for Dehumidifier</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-dehumidifier</t>
   </si>
   <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
+  </si>
+  <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-standby-power</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Dehumidifiers</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/home/English.aspx</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Dehumidifier Products</t>
   </si>
   <si>
+    <t>The dehumidifiers meeting the definition of dehumidifiers as defined in CNS 12492 and promulgated by the Bureau of Standards Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-3</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=31</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4122 - Set Top Boxes</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for television receivers with images in color or black and white, stable or programmable, analog or digital, fed with a nominal voltage of 110 V, 115 V, 127 V, 220 V or 230 volts at a frequency of 60 Hz, in any of the following types of kinescopes: Cathode Ray Tube screen (CRT), Liquid Crystal Display (LCD), Plasma Screen, with any other similar system flat screen.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4122-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4122_03.pdf</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Dehumidifiers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to self-contained, electrically operated, and mechanically refrigerated dehumidifiers that provide daily water removal capacities not exceeding 87 litres. Appliances that have larger capacity are excluded.</t>
+  </si>
+  <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>ANSI / AHAM DH-1 CAN/CSA-C749</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Dehumidifiers%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -869,1473 +1044,1666 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N32"/>
+  <dimension ref="A1:P32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="181" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="181.527" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="175.671" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="159.104" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F5" t="s">
+        <v>52</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E6" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...35 lines deleted...]
-      <c r="J3" t="s">
+      <c r="H6">
+        <v>2002</v>
+      </c>
+      <c r="I6">
+        <v>2021</v>
+      </c>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
         <v>32</v>
       </c>
-      <c r="K3" t="s">
+      <c r="D7" t="s">
+        <v>50</v>
+      </c>
+      <c r="E7" t="s">
+        <v>51</v>
+      </c>
+      <c r="F7" t="s">
+        <v>52</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7">
+        <v>2018</v>
+      </c>
+      <c r="J7" t="s">
+        <v>53</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>55</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>73</v>
+      </c>
+      <c r="D8" t="s">
         <v>33</v>
       </c>
-      <c r="L3" t="s">
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
+      <c r="F8" t="s">
+        <v>52</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>74</v>
+      </c>
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>80</v>
+      </c>
+      <c r="D9" t="s">
+        <v>50</v>
+      </c>
+      <c r="E9" t="s">
+        <v>51</v>
+      </c>
+      <c r="F9" t="s">
+        <v>52</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>81</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
+        <v>82</v>
+      </c>
+      <c r="M9" t="s">
+        <v>83</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>73</v>
+      </c>
+      <c r="D10" t="s">
+        <v>50</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>34</v>
       </c>
-      <c r="M3" t="s">
-[...276 lines deleted...]
-        <v>2012</v>
+      <c r="G10" t="s">
+        <v>22</v>
       </c>
       <c r="H10">
         <v>2012</v>
       </c>
-      <c r="I10" t="s">
-        <v>59</v>
+      <c r="I10">
+        <v>2012</v>
       </c>
       <c r="J10" t="s">
+        <v>74</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>75</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" t="s">
+        <v>92</v>
+      </c>
+      <c r="D11" t="s">
+        <v>93</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>94</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2016</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>61</v>
+      </c>
+      <c r="K11" t="s">
+        <v>95</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>96</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>99</v>
+      </c>
+      <c r="B12" t="s">
+        <v>100</v>
+      </c>
+      <c r="C12" t="s">
+        <v>101</v>
+      </c>
+      <c r="D12" t="s">
+        <v>50</v>
+      </c>
+      <c r="E12" t="s">
+        <v>51</v>
+      </c>
+      <c r="F12" t="s">
+        <v>52</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2012</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>53</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>102</v>
+      </c>
+      <c r="M12" t="s">
+        <v>103</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>104</v>
+      </c>
+      <c r="P12" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>106</v>
+      </c>
+      <c r="B13" t="s">
+        <v>107</v>
+      </c>
+      <c r="C13" t="s">
+        <v>101</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>51</v>
+      </c>
+      <c r="F13" t="s">
+        <v>52</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2001</v>
+      </c>
+      <c r="I13">
+        <v>2018</v>
+      </c>
+      <c r="J13" t="s">
+        <v>53</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13" t="s">
+        <v>108</v>
+      </c>
+      <c r="M13" t="s">
+        <v>103</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>109</v>
+      </c>
+      <c r="P13" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>111</v>
+      </c>
+      <c r="B14" t="s">
+        <v>112</v>
+      </c>
+      <c r="C14" t="s">
         <v>32</v>
       </c>
-      <c r="K10"/>
-      <c r="L10" t="s">
+      <c r="D14" t="s">
+        <v>113</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2010</v>
+      </c>
+      <c r="I14">
+        <v>2021</v>
+      </c>
+      <c r="J14" t="s">
+        <v>61</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14" t="s">
+        <v>114</v>
+      </c>
+      <c r="M14" t="s">
+        <v>115</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>116</v>
+      </c>
+      <c r="P14" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>118</v>
+      </c>
+      <c r="B15" t="s">
+        <v>119</v>
+      </c>
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2011</v>
+      </c>
+      <c r="I15">
+        <v>2016</v>
+      </c>
+      <c r="J15" t="s">
+        <v>53</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15" t="s">
+        <v>38</v>
+      </c>
+      <c r="M15" t="s">
+        <v>39</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>120</v>
+      </c>
+      <c r="P15" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>122</v>
+      </c>
+      <c r="B16" t="s">
+        <v>123</v>
+      </c>
+      <c r="C16" t="s">
+        <v>124</v>
+      </c>
+      <c r="D16" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16">
+        <v>2012</v>
+      </c>
+      <c r="J16" t="s">
+        <v>125</v>
+      </c>
+      <c r="K16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16" t="s">
+        <v>126</v>
+      </c>
+      <c r="M16" t="s">
+        <v>127</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>128</v>
+      </c>
+      <c r="P16" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>130</v>
+      </c>
+      <c r="B17" t="s">
+        <v>131</v>
+      </c>
+      <c r="C17" t="s">
+        <v>80</v>
+      </c>
+      <c r="D17" t="s">
+        <v>50</v>
+      </c>
+      <c r="E17" t="s">
+        <v>51</v>
+      </c>
+      <c r="F17" t="s">
+        <v>52</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2011</v>
+      </c>
+      <c r="I17">
+        <v>2013</v>
+      </c>
+      <c r="J17" t="s">
+        <v>81</v>
+      </c>
+      <c r="K17" t="s">
+        <v>37</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>132</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>133</v>
+      </c>
+      <c r="P17" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>135</v>
+      </c>
+      <c r="B18" t="s">
+        <v>136</v>
+      </c>
+      <c r="C18" t="s">
+        <v>137</v>
+      </c>
+      <c r="D18" t="s">
+        <v>33</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18">
+        <v>2014</v>
+      </c>
+      <c r="J18" t="s">
+        <v>53</v>
+      </c>
+      <c r="K18" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18" t="s">
+        <v>138</v>
+      </c>
+      <c r="M18" t="s">
+        <v>139</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>140</v>
+      </c>
+      <c r="P18" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>142</v>
+      </c>
+      <c r="B19" t="s">
+        <v>143</v>
+      </c>
+      <c r="C19" t="s">
+        <v>144</v>
+      </c>
+      <c r="D19" t="s">
         <v>60</v>
       </c>
-      <c r="M10" t="s">
-[...19 lines deleted...]
-      <c r="E11" t="s">
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>35</v>
+      </c>
+      <c r="H19"/>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>145</v>
+      </c>
+      <c r="K19" t="s">
+        <v>37</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>146</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>147</v>
+      </c>
+      <c r="P19" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>149</v>
+      </c>
+      <c r="B20" t="s">
+        <v>150</v>
+      </c>
+      <c r="C20" t="s">
+        <v>151</v>
+      </c>
+      <c r="D20" t="s">
+        <v>152</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>94</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2008</v>
+      </c>
+      <c r="I20">
+        <v>2020</v>
+      </c>
+      <c r="J20" t="s">
+        <v>153</v>
+      </c>
+      <c r="K20" t="s">
+        <v>37</v>
+      </c>
+      <c r="L20" t="s">
+        <v>154</v>
+      </c>
+      <c r="M20" t="s">
+        <v>155</v>
+      </c>
+      <c r="N20" t="s">
+        <v>156</v>
+      </c>
+      <c r="O20" t="s">
+        <v>157</v>
+      </c>
+      <c r="P20" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>159</v>
+      </c>
+      <c r="B21" t="s">
+        <v>160</v>
+      </c>
+      <c r="C21" t="s">
+        <v>80</v>
+      </c>
+      <c r="D21" t="s">
+        <v>50</v>
+      </c>
+      <c r="E21" t="s">
+        <v>51</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>35</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>81</v>
+      </c>
+      <c r="K21" t="s">
+        <v>37</v>
+      </c>
+      <c r="L21" t="s">
+        <v>82</v>
+      </c>
+      <c r="M21" t="s">
+        <v>83</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>161</v>
+      </c>
+      <c r="P21" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>163</v>
+      </c>
+      <c r="B22" t="s">
+        <v>87</v>
+      </c>
+      <c r="C22" t="s">
         <v>73</v>
       </c>
-      <c r="F11" t="s">
-[...8 lines deleted...]
-      <c r="I11" t="s">
+      <c r="D22" t="s">
         <v>50</v>
       </c>
-      <c r="J11" t="s">
-[...455 lines deleted...]
-      </c>
       <c r="E22" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
       </c>
       <c r="H22">
         <v>2012</v>
       </c>
-      <c r="I22" t="s">
-        <v>59</v>
+      <c r="I22">
+        <v>2012</v>
       </c>
       <c r="J22" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="K22" t="s">
+        <v>37</v>
+      </c>
+      <c r="L22"/>
       <c r="M22" t="s">
-        <v>24</v>
+        <v>75</v>
       </c>
       <c r="N22" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>164</v>
+      </c>
+      <c r="P22" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>123</v>
+        <v>165</v>
       </c>
       <c r="B23" t="s">
-        <v>124</v>
+        <v>166</v>
       </c>
       <c r="C23" t="s">
-        <v>28</v>
+        <v>167</v>
       </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E23" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G23">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H23">
         <v>2008</v>
       </c>
-      <c r="H23"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
-        <v>32</v>
+        <v>81</v>
       </c>
       <c r="K23" t="s">
-        <v>125</v>
+        <v>37</v>
       </c>
       <c r="L23" t="s">
-        <v>126</v>
+        <v>168</v>
       </c>
       <c r="M23" t="s">
-        <v>24</v>
+        <v>169</v>
       </c>
       <c r="N23" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>170</v>
+      </c>
+      <c r="P23" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>128</v>
+        <v>172</v>
       </c>
       <c r="B24" t="s">
-        <v>58</v>
+        <v>173</v>
       </c>
       <c r="C24" t="s">
-        <v>28</v>
+        <v>73</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E24" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="G24">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
         <v>2015</v>
       </c>
-      <c r="H24">
+      <c r="I24">
         <v>2019</v>
       </c>
-      <c r="I24" t="s">
+      <c r="J24" t="s">
+        <v>61</v>
+      </c>
+      <c r="K24" t="s">
+        <v>37</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>174</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>175</v>
+      </c>
+      <c r="P24" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>177</v>
+      </c>
+      <c r="B25" t="s">
+        <v>72</v>
+      </c>
+      <c r="C25" t="s">
+        <v>73</v>
+      </c>
+      <c r="D25" t="s">
+        <v>33</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>35</v>
+      </c>
+      <c r="H25">
+        <v>2015</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>74</v>
+      </c>
+      <c r="K25" t="s">
+        <v>37</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>75</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>178</v>
+      </c>
+      <c r="P25" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>179</v>
+      </c>
+      <c r="B26"/>
+      <c r="C26" t="s">
+        <v>80</v>
+      </c>
+      <c r="D26" t="s">
         <v>50</v>
       </c>
-      <c r="J24" t="s">
-[...65 lines deleted...]
-      </c>
       <c r="E26" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G26">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
         <v>2011</v>
       </c>
-      <c r="H26">
+      <c r="I26">
         <v>2018</v>
       </c>
-      <c r="I26" t="s">
+      <c r="J26" t="s">
+        <v>61</v>
+      </c>
+      <c r="K26" t="s">
+        <v>37</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>180</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>181</v>
+      </c>
+      <c r="P26" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>183</v>
+      </c>
+      <c r="B27" t="s">
+        <v>184</v>
+      </c>
+      <c r="C27" t="s">
+        <v>185</v>
+      </c>
+      <c r="D27" t="s">
+        <v>186</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>94</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2017</v>
+      </c>
+      <c r="I27">
+        <v>2021</v>
+      </c>
+      <c r="J27" t="s">
+        <v>187</v>
+      </c>
+      <c r="K27" t="s">
+        <v>188</v>
+      </c>
+      <c r="L27" t="s">
+        <v>189</v>
+      </c>
+      <c r="M27" t="s">
+        <v>190</v>
+      </c>
+      <c r="N27" t="s">
+        <v>156</v>
+      </c>
+      <c r="O27" t="s">
+        <v>191</v>
+      </c>
+      <c r="P27" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>193</v>
+      </c>
+      <c r="B28" t="s">
+        <v>194</v>
+      </c>
+      <c r="C28" t="s">
+        <v>80</v>
+      </c>
+      <c r="D28" t="s">
         <v>50</v>
       </c>
-      <c r="J26" t="s">
-[...69 lines deleted...]
-      </c>
       <c r="E28" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="F28" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>34</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
       </c>
       <c r="H28">
         <v>2011</v>
       </c>
-      <c r="I28" t="s">
-        <v>64</v>
+      <c r="I28">
+        <v>2011</v>
       </c>
       <c r="J28" t="s">
-        <v>32</v>
+        <v>81</v>
       </c>
       <c r="K28" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="L28" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
       <c r="M28" t="s">
-        <v>24</v>
+        <v>83</v>
       </c>
       <c r="N28" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>195</v>
+      </c>
+      <c r="P28" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>147</v>
+        <v>197</v>
       </c>
       <c r="B29" t="s">
-        <v>148</v>
+        <v>198</v>
       </c>
       <c r="C29" t="s">
-        <v>28</v>
+        <v>199</v>
       </c>
       <c r="D29" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="E29" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="F29" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G29">
+        <v>52</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
         <v>2003</v>
       </c>
-      <c r="H29">
+      <c r="I29">
         <v>2012</v>
       </c>
-      <c r="I29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J29" t="s">
-        <v>32</v>
+        <v>200</v>
       </c>
       <c r="K29" t="s">
-        <v>150</v>
+        <v>37</v>
       </c>
       <c r="L29" t="s">
-        <v>151</v>
+        <v>201</v>
       </c>
       <c r="M29" t="s">
-        <v>24</v>
+        <v>202</v>
       </c>
       <c r="N29" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>203</v>
+      </c>
+      <c r="P29" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>153</v>
+        <v>205</v>
       </c>
       <c r="B30" t="s">
-        <v>154</v>
+        <v>206</v>
       </c>
       <c r="C30" t="s">
-        <v>28</v>
+        <v>207</v>
       </c>
       <c r="D30" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E30" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
       </c>
       <c r="H30">
         <v>2011</v>
       </c>
-      <c r="I30" t="s">
+      <c r="I30">
+        <v>2011</v>
+      </c>
+      <c r="J30" t="s">
+        <v>61</v>
+      </c>
+      <c r="K30" t="s">
+        <v>37</v>
+      </c>
+      <c r="L30" t="s">
+        <v>208</v>
+      </c>
+      <c r="M30" t="s">
+        <v>209</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>210</v>
+      </c>
+      <c r="P30" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>212</v>
+      </c>
+      <c r="B31" t="s">
+        <v>213</v>
+      </c>
+      <c r="C31" t="s">
+        <v>151</v>
+      </c>
+      <c r="D31" t="s">
         <v>50</v>
       </c>
-      <c r="J30" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="E31" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="F31" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G31">
+        <v>52</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
         <v>2013</v>
       </c>
-      <c r="H31">
+      <c r="I31">
         <v>2020</v>
       </c>
-      <c r="I31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J31" t="s">
-        <v>32</v>
+        <v>214</v>
       </c>
       <c r="K31" t="s">
-        <v>160</v>
+        <v>37</v>
       </c>
       <c r="L31" t="s">
-        <v>161</v>
+        <v>215</v>
       </c>
       <c r="M31" t="s">
-        <v>24</v>
+        <v>216</v>
       </c>
       <c r="N31" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>217</v>
+      </c>
+      <c r="P31" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>163</v>
+        <v>219</v>
       </c>
       <c r="B32" t="s">
-        <v>164</v>
+        <v>220</v>
       </c>
       <c r="C32" t="s">
-        <v>165</v>
+        <v>221</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>222</v>
       </c>
       <c r="E32" t="s">
-        <v>73</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G32">
+        <v>94</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
         <v>2012</v>
       </c>
-      <c r="H32">
+      <c r="I32">
         <v>2014</v>
       </c>
-      <c r="I32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J32" t="s">
-        <v>32</v>
+        <v>200</v>
       </c>
       <c r="K32" t="s">
-        <v>166</v>
+        <v>37</v>
       </c>
       <c r="L32" t="s">
-        <v>167</v>
+        <v>223</v>
       </c>
       <c r="M32" t="s">
-        <v>24</v>
+        <v>224</v>
       </c>
       <c r="N32" t="s">
-        <v>168</v>
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>225</v>
+      </c>
+      <c r="P32" t="s">
+        <v>226</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>